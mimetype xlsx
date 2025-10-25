--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -648,51 +648,51 @@
       <c r="G2">
         <v>21.7728</v>
       </c>
       <c r="H2">
         <v>1146</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
         <v>360.731</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P2">
         <v>14924</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="s">
         <v>32</v>
       </c>
       <c r="V2">
         <v>18</v>
       </c>
       <c r="W2">
         <v>0</v>
       </c>
@@ -725,51 +725,51 @@
       <c r="G3">
         <v>21.7728</v>
       </c>
       <c r="H3">
         <v>1146</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>360.731</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P3">
         <v>14924</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>30</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="s">
         <v>33</v>
       </c>
       <c r="V3">
         <v>79</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
@@ -802,51 +802,51 @@
       <c r="G4">
         <v>21.7728</v>
       </c>
       <c r="H4">
         <v>1146</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>360.731</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P4">
         <v>14924</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>30</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="s">
         <v>34</v>
       </c>
       <c r="V4">
         <v>28</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
@@ -879,51 +879,51 @@
       <c r="G5">
         <v>21.7728</v>
       </c>
       <c r="H5">
         <v>1146</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>360.731</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P5">
         <v>14924</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>30</v>
       </c>
       <c r="S5" t="s">
         <v>31</v>
       </c>
       <c r="T5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="s">
         <v>35</v>
       </c>
       <c r="V5">
         <v>37</v>
       </c>
       <c r="W5">
         <v>0</v>
       </c>
@@ -956,51 +956,51 @@
       <c r="G6">
         <v>21.7728</v>
       </c>
       <c r="H6">
         <v>1146</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>360.731</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P6">
         <v>14924</v>
       </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
         <v>30</v>
       </c>
       <c r="S6" t="s">
         <v>31</v>
       </c>
       <c r="T6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="s">
         <v>36</v>
       </c>
       <c r="V6">
         <v>18</v>
       </c>
       <c r="W6">
         <v>0</v>
       </c>
@@ -1033,51 +1033,51 @@
       <c r="G7">
         <v>21.7728</v>
       </c>
       <c r="H7">
         <v>1146</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>360.731</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P7">
         <v>14924</v>
       </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
         <v>30</v>
       </c>
       <c r="S7" t="s">
         <v>31</v>
       </c>
       <c r="T7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="s">
         <v>37</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>0</v>
       </c>
@@ -1110,51 +1110,51 @@
       <c r="G8">
         <v>21.7728</v>
       </c>
       <c r="H8">
         <v>1146</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>360.731</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P8">
         <v>14924</v>
       </c>
       <c r="Q8" t="s">
         <v>29</v>
       </c>
       <c r="R8" t="s">
         <v>30</v>
       </c>
       <c r="S8" t="s">
         <v>31</v>
       </c>
       <c r="T8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="s">
         <v>38</v>
       </c>
       <c r="V8">
         <v>1</v>
       </c>
       <c r="W8">
         <v>0</v>
       </c>
@@ -1187,51 +1187,51 @@
       <c r="G9">
         <v>21.7728</v>
       </c>
       <c r="H9">
         <v>1146</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>360.731</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P9">
         <v>14924</v>
       </c>
       <c r="Q9" t="s">
         <v>29</v>
       </c>
       <c r="R9" t="s">
         <v>30</v>
       </c>
       <c r="S9" t="s">
         <v>39</v>
       </c>
       <c r="T9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="s">
         <v>32</v>
       </c>
       <c r="V9">
         <v>11</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
@@ -1264,51 +1264,51 @@
       <c r="G10">
         <v>21.7728</v>
       </c>
       <c r="H10">
         <v>1146</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>360.731</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P10">
         <v>14924</v>
       </c>
       <c r="Q10" t="s">
         <v>29</v>
       </c>
       <c r="R10" t="s">
         <v>30</v>
       </c>
       <c r="S10" t="s">
         <v>39</v>
       </c>
       <c r="T10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="s">
         <v>33</v>
       </c>
       <c r="V10">
         <v>35</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
@@ -1341,51 +1341,51 @@
       <c r="G11">
         <v>21.7728</v>
       </c>
       <c r="H11">
         <v>1146</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>360.731</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P11">
         <v>14924</v>
       </c>
       <c r="Q11" t="s">
         <v>29</v>
       </c>
       <c r="R11" t="s">
         <v>30</v>
       </c>
       <c r="S11" t="s">
         <v>39</v>
       </c>
       <c r="T11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="s">
         <v>34</v>
       </c>
       <c r="V11">
         <v>1</v>
       </c>
       <c r="W11">
         <v>0</v>
       </c>
@@ -1418,51 +1418,51 @@
       <c r="G12">
         <v>21.7728</v>
       </c>
       <c r="H12">
         <v>1146</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>360.731</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P12">
         <v>14924</v>
       </c>
       <c r="Q12" t="s">
         <v>29</v>
       </c>
       <c r="R12" t="s">
         <v>30</v>
       </c>
       <c r="S12" t="s">
         <v>39</v>
       </c>
       <c r="T12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="s">
         <v>35</v>
       </c>
       <c r="V12">
         <v>2</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
@@ -1495,51 +1495,51 @@
       <c r="G13">
         <v>21.7728</v>
       </c>
       <c r="H13">
         <v>1146</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
         <v>360.731</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P13">
         <v>14924</v>
       </c>
       <c r="Q13" t="s">
         <v>29</v>
       </c>
       <c r="R13" t="s">
         <v>30</v>
       </c>
       <c r="S13" t="s">
         <v>39</v>
       </c>
       <c r="T13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="s">
         <v>36</v>
       </c>
       <c r="V13">
         <v>1</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
@@ -1572,51 +1572,51 @@
       <c r="G14">
         <v>21.7728</v>
       </c>
       <c r="H14">
         <v>1146</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
       <c r="K14">
         <v>360.731</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P14">
         <v>14924</v>
       </c>
       <c r="Q14" t="s">
         <v>29</v>
       </c>
       <c r="R14" t="s">
         <v>30</v>
       </c>
       <c r="S14" t="s">
         <v>39</v>
       </c>
       <c r="T14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="s">
         <v>38</v>
       </c>
       <c r="V14">
         <v>1</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>
@@ -1649,51 +1649,51 @@
       <c r="G15">
         <v>21.7728</v>
       </c>
       <c r="H15">
         <v>1146</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>360.731</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P15">
         <v>14924</v>
       </c>
       <c r="Q15" t="s">
         <v>40</v>
       </c>
       <c r="R15" t="s">
         <v>30</v>
       </c>
       <c r="S15" t="s">
         <v>31</v>
       </c>
       <c r="T15" t="s">
         <v>31</v>
       </c>
       <c r="U15" t="s">
         <v>32</v>
       </c>
       <c r="V15">
         <v>17</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
@@ -1726,51 +1726,51 @@
       <c r="G16">
         <v>21.7728</v>
       </c>
       <c r="H16">
         <v>1146</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>360.731</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P16">
         <v>14924</v>
       </c>
       <c r="Q16" t="s">
         <v>40</v>
       </c>
       <c r="R16" t="s">
         <v>30</v>
       </c>
       <c r="S16" t="s">
         <v>31</v>
       </c>
       <c r="T16" t="s">
         <v>31</v>
       </c>
       <c r="U16" t="s">
         <v>33</v>
       </c>
       <c r="V16">
         <v>271</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
@@ -1803,51 +1803,51 @@
       <c r="G17">
         <v>21.7728</v>
       </c>
       <c r="H17">
         <v>1146</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
         <v>360.731</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P17">
         <v>14924</v>
       </c>
       <c r="Q17" t="s">
         <v>40</v>
       </c>
       <c r="R17" t="s">
         <v>30</v>
       </c>
       <c r="S17" t="s">
         <v>31</v>
       </c>
       <c r="T17" t="s">
         <v>31</v>
       </c>
       <c r="U17" t="s">
         <v>34</v>
       </c>
       <c r="V17">
         <v>153</v>
       </c>
       <c r="W17">
         <v>0</v>
       </c>
@@ -1880,51 +1880,51 @@
       <c r="G18">
         <v>21.7728</v>
       </c>
       <c r="H18">
         <v>1146</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
         <v>360.731</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P18">
         <v>14924</v>
       </c>
       <c r="Q18" t="s">
         <v>40</v>
       </c>
       <c r="R18" t="s">
         <v>30</v>
       </c>
       <c r="S18" t="s">
         <v>31</v>
       </c>
       <c r="T18" t="s">
         <v>31</v>
       </c>
       <c r="U18" t="s">
         <v>35</v>
       </c>
       <c r="V18">
         <v>172</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
@@ -1957,51 +1957,51 @@
       <c r="G19">
         <v>21.7728</v>
       </c>
       <c r="H19">
         <v>1146</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
         <v>360.731</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P19">
         <v>14924</v>
       </c>
       <c r="Q19" t="s">
         <v>40</v>
       </c>
       <c r="R19" t="s">
         <v>30</v>
       </c>
       <c r="S19" t="s">
         <v>31</v>
       </c>
       <c r="T19" t="s">
         <v>31</v>
       </c>
       <c r="U19" t="s">
         <v>36</v>
       </c>
       <c r="V19">
         <v>40</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
@@ -2034,51 +2034,51 @@
       <c r="G20">
         <v>21.7728</v>
       </c>
       <c r="H20">
         <v>1146</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
         <v>360.731</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P20">
         <v>14924</v>
       </c>
       <c r="Q20" t="s">
         <v>40</v>
       </c>
       <c r="R20" t="s">
         <v>30</v>
       </c>
       <c r="S20" t="s">
         <v>31</v>
       </c>
       <c r="T20" t="s">
         <v>31</v>
       </c>
       <c r="U20" t="s">
         <v>37</v>
       </c>
       <c r="V20">
         <v>5</v>
       </c>
       <c r="W20">
         <v>0</v>
       </c>
@@ -2111,51 +2111,51 @@
       <c r="G21">
         <v>21.7728</v>
       </c>
       <c r="H21">
         <v>1146</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21">
         <v>360.731</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P21">
         <v>14924</v>
       </c>
       <c r="Q21" t="s">
         <v>41</v>
       </c>
       <c r="R21" t="s">
         <v>30</v>
       </c>
       <c r="S21" t="s">
         <v>31</v>
       </c>
       <c r="T21" t="s">
         <v>31</v>
       </c>
       <c r="U21" t="s">
         <v>32</v>
       </c>
       <c r="V21">
         <v>8</v>
       </c>
       <c r="W21">
         <v>0</v>
       </c>
@@ -2188,51 +2188,51 @@
       <c r="G22">
         <v>21.7728</v>
       </c>
       <c r="H22">
         <v>1146</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22">
         <v>360.731</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P22">
         <v>14924</v>
       </c>
       <c r="Q22" t="s">
         <v>41</v>
       </c>
       <c r="R22" t="s">
         <v>30</v>
       </c>
       <c r="S22" t="s">
         <v>31</v>
       </c>
       <c r="T22" t="s">
         <v>31</v>
       </c>
       <c r="U22" t="s">
         <v>33</v>
       </c>
       <c r="V22">
         <v>45</v>
       </c>
       <c r="W22">
         <v>0</v>
       </c>
@@ -2265,51 +2265,51 @@
       <c r="G23">
         <v>21.7728</v>
       </c>
       <c r="H23">
         <v>1146</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23">
         <v>360.731</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P23">
         <v>14924</v>
       </c>
       <c r="Q23" t="s">
         <v>41</v>
       </c>
       <c r="R23" t="s">
         <v>30</v>
       </c>
       <c r="S23" t="s">
         <v>31</v>
       </c>
       <c r="T23" t="s">
         <v>31</v>
       </c>
       <c r="U23" t="s">
         <v>34</v>
       </c>
       <c r="V23">
         <v>57</v>
       </c>
       <c r="W23">
         <v>0</v>
       </c>
@@ -2342,51 +2342,51 @@
       <c r="G24">
         <v>21.7728</v>
       </c>
       <c r="H24">
         <v>1146</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24">
         <v>360.731</v>
       </c>
       <c r="L24" t="s">
         <v>27</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P24">
         <v>14924</v>
       </c>
       <c r="Q24" t="s">
         <v>41</v>
       </c>
       <c r="R24" t="s">
         <v>30</v>
       </c>
       <c r="S24" t="s">
         <v>31</v>
       </c>
       <c r="T24" t="s">
         <v>31</v>
       </c>
       <c r="U24" t="s">
         <v>35</v>
       </c>
       <c r="V24">
         <v>77</v>
       </c>
       <c r="W24">
         <v>0</v>
       </c>
@@ -2419,51 +2419,51 @@
       <c r="G25">
         <v>21.7728</v>
       </c>
       <c r="H25">
         <v>1146</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
         <v>360.731</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P25">
         <v>14924</v>
       </c>
       <c r="Q25" t="s">
         <v>41</v>
       </c>
       <c r="R25" t="s">
         <v>30</v>
       </c>
       <c r="S25" t="s">
         <v>31</v>
       </c>
       <c r="T25" t="s">
         <v>31</v>
       </c>
       <c r="U25" t="s">
         <v>36</v>
       </c>
       <c r="V25">
         <v>14</v>
       </c>
       <c r="W25">
         <v>0</v>
       </c>
@@ -2496,51 +2496,51 @@
       <c r="G26">
         <v>21.7728</v>
       </c>
       <c r="H26">
         <v>1146</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
         <v>360.731</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P26">
         <v>14924</v>
       </c>
       <c r="Q26" t="s">
         <v>42</v>
       </c>
       <c r="R26" t="s">
         <v>30</v>
       </c>
       <c r="S26" t="s">
         <v>31</v>
       </c>
       <c r="T26" t="s">
         <v>31</v>
       </c>
       <c r="U26" t="s">
         <v>33</v>
       </c>
       <c r="V26">
         <v>24</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
@@ -2573,51 +2573,51 @@
       <c r="G27">
         <v>21.7728</v>
       </c>
       <c r="H27">
         <v>1146</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27">
         <v>360.731</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P27">
         <v>14924</v>
       </c>
       <c r="Q27" t="s">
         <v>42</v>
       </c>
       <c r="R27" t="s">
         <v>30</v>
       </c>
       <c r="S27" t="s">
         <v>31</v>
       </c>
       <c r="T27" t="s">
         <v>31</v>
       </c>
       <c r="U27" t="s">
         <v>34</v>
       </c>
       <c r="V27">
         <v>14</v>
       </c>
       <c r="W27">
         <v>0</v>
       </c>
@@ -2650,51 +2650,51 @@
       <c r="G28">
         <v>21.7728</v>
       </c>
       <c r="H28">
         <v>1146</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28">
         <v>360.731</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P28">
         <v>14924</v>
       </c>
       <c r="Q28" t="s">
         <v>42</v>
       </c>
       <c r="R28" t="s">
         <v>30</v>
       </c>
       <c r="S28" t="s">
         <v>31</v>
       </c>
       <c r="T28" t="s">
         <v>31</v>
       </c>
       <c r="U28" t="s">
         <v>35</v>
       </c>
       <c r="V28">
         <v>14</v>
       </c>
       <c r="W28">
         <v>0</v>
       </c>