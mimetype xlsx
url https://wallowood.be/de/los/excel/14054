--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -632,51 +632,51 @@
       <c r="G2">
         <v>10.9437</v>
       </c>
       <c r="H2">
         <v>136</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>116.799</v>
       </c>
       <c r="K2">
         <v>0</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P2">
         <v>14924</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="s">
         <v>32</v>
       </c>
       <c r="V2">
         <v>28</v>
       </c>
       <c r="W2">
         <v>0</v>
       </c>
@@ -709,51 +709,51 @@
       <c r="G3">
         <v>10.9437</v>
       </c>
       <c r="H3">
         <v>136</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>116.799</v>
       </c>
       <c r="K3">
         <v>0</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P3">
         <v>14924</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>30</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="s">
         <v>33</v>
       </c>
       <c r="V3">
         <v>31</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
@@ -786,51 +786,51 @@
       <c r="G4">
         <v>10.9437</v>
       </c>
       <c r="H4">
         <v>136</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>116.799</v>
       </c>
       <c r="K4">
         <v>0</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P4">
         <v>14924</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>30</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="s">
         <v>34</v>
       </c>
       <c r="V4">
         <v>26</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
@@ -863,51 +863,51 @@
       <c r="G5">
         <v>10.9437</v>
       </c>
       <c r="H5">
         <v>136</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>116.799</v>
       </c>
       <c r="K5">
         <v>0</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P5">
         <v>14924</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>30</v>
       </c>
       <c r="S5" t="s">
         <v>31</v>
       </c>
       <c r="T5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="s">
         <v>35</v>
       </c>
       <c r="V5">
         <v>5</v>
       </c>
       <c r="W5">
         <v>0</v>
       </c>
@@ -940,51 +940,51 @@
       <c r="G6">
         <v>10.9437</v>
       </c>
       <c r="H6">
         <v>136</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>116.799</v>
       </c>
       <c r="K6">
         <v>0</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P6">
         <v>14924</v>
       </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
         <v>30</v>
       </c>
       <c r="S6" t="s">
         <v>31</v>
       </c>
       <c r="T6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="s">
         <v>36</v>
       </c>
       <c r="V6">
         <v>1</v>
       </c>
       <c r="W6">
         <v>0</v>
       </c>
@@ -1017,51 +1017,51 @@
       <c r="G7">
         <v>10.9437</v>
       </c>
       <c r="H7">
         <v>136</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>116.799</v>
       </c>
       <c r="K7">
         <v>0</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P7">
         <v>14924</v>
       </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
         <v>30</v>
       </c>
       <c r="S7" t="s">
         <v>37</v>
       </c>
       <c r="T7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="s">
         <v>32</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>0</v>
       </c>
@@ -1094,51 +1094,51 @@
       <c r="G8">
         <v>10.9437</v>
       </c>
       <c r="H8">
         <v>136</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>116.799</v>
       </c>
       <c r="K8">
         <v>0</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P8">
         <v>14924</v>
       </c>
       <c r="Q8" t="s">
         <v>29</v>
       </c>
       <c r="R8" t="s">
         <v>30</v>
       </c>
       <c r="S8" t="s">
         <v>37</v>
       </c>
       <c r="T8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="s">
         <v>33</v>
       </c>
       <c r="V8">
         <v>19</v>
       </c>
       <c r="W8">
         <v>0</v>
       </c>
@@ -1171,51 +1171,51 @@
       <c r="G9">
         <v>10.9437</v>
       </c>
       <c r="H9">
         <v>136</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>116.799</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P9">
         <v>14924</v>
       </c>
       <c r="Q9" t="s">
         <v>29</v>
       </c>
       <c r="R9" t="s">
         <v>30</v>
       </c>
       <c r="S9" t="s">
         <v>37</v>
       </c>
       <c r="T9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="s">
         <v>34</v>
       </c>
       <c r="V9">
         <v>9</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
@@ -1248,51 +1248,51 @@
       <c r="G10">
         <v>10.9437</v>
       </c>
       <c r="H10">
         <v>136</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>116.799</v>
       </c>
       <c r="K10">
         <v>0</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P10">
         <v>14924</v>
       </c>
       <c r="Q10" t="s">
         <v>29</v>
       </c>
       <c r="R10" t="s">
         <v>30</v>
       </c>
       <c r="S10" t="s">
         <v>37</v>
       </c>
       <c r="T10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="s">
         <v>35</v>
       </c>
       <c r="V10">
         <v>5</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
@@ -1325,51 +1325,51 @@
       <c r="G11">
         <v>10.9437</v>
       </c>
       <c r="H11">
         <v>136</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>116.799</v>
       </c>
       <c r="K11">
         <v>0</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P11">
         <v>14924</v>
       </c>
       <c r="Q11" t="s">
         <v>29</v>
       </c>
       <c r="R11" t="s">
         <v>30</v>
       </c>
       <c r="S11" t="s">
         <v>37</v>
       </c>
       <c r="T11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="s">
         <v>36</v>
       </c>
       <c r="V11">
         <v>2</v>
       </c>
       <c r="W11">
         <v>0</v>
       </c>
@@ -1402,51 +1402,51 @@
       <c r="G12">
         <v>10.9437</v>
       </c>
       <c r="H12">
         <v>136</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>116.799</v>
       </c>
       <c r="K12">
         <v>0</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P12">
         <v>14924</v>
       </c>
       <c r="Q12" t="s">
         <v>29</v>
       </c>
       <c r="R12" t="s">
         <v>30</v>
       </c>
       <c r="S12" t="s">
         <v>38</v>
       </c>
       <c r="T12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="s">
         <v>33</v>
       </c>
       <c r="V12">
         <v>1</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
@@ -1479,51 +1479,51 @@
       <c r="G13">
         <v>10.9437</v>
       </c>
       <c r="H13">
         <v>136</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>116.799</v>
       </c>
       <c r="K13">
         <v>0</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P13">
         <v>14924</v>
       </c>
       <c r="Q13" t="s">
         <v>29</v>
       </c>
       <c r="R13" t="s">
         <v>30</v>
       </c>
       <c r="S13" t="s">
         <v>38</v>
       </c>
       <c r="T13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="s">
         <v>34</v>
       </c>
       <c r="V13">
         <v>2</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
@@ -1556,51 +1556,51 @@
       <c r="G14">
         <v>10.9437</v>
       </c>
       <c r="H14">
         <v>136</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>116.799</v>
       </c>
       <c r="K14">
         <v>0</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P14">
         <v>14924</v>
       </c>
       <c r="Q14" t="s">
         <v>29</v>
       </c>
       <c r="R14" t="s">
         <v>30</v>
       </c>
       <c r="S14" t="s">
         <v>38</v>
       </c>
       <c r="T14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="s">
         <v>35</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>