--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -638,51 +638,51 @@
       <c r="G2">
         <v>12.4513</v>
       </c>
       <c r="H2">
         <v>668</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
         <v>865.592</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P2">
         <v>14924</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
         <v>31</v>
       </c>
       <c r="U2" t="s">
         <v>32</v>
       </c>
       <c r="V2">
         <v>19</v>
       </c>
       <c r="W2">
         <v>0</v>
       </c>
@@ -715,51 +715,51 @@
       <c r="G3">
         <v>12.4513</v>
       </c>
       <c r="H3">
         <v>668</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>865.592</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P3">
         <v>14924</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>30</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
       <c r="T3" t="s">
         <v>31</v>
       </c>
       <c r="U3" t="s">
         <v>33</v>
       </c>
       <c r="V3">
         <v>260</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
@@ -792,51 +792,51 @@
       <c r="G4">
         <v>12.4513</v>
       </c>
       <c r="H4">
         <v>668</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>865.592</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P4">
         <v>14924</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>30</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
       <c r="T4" t="s">
         <v>31</v>
       </c>
       <c r="U4" t="s">
         <v>34</v>
       </c>
       <c r="V4">
         <v>219</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
@@ -869,51 +869,51 @@
       <c r="G5">
         <v>12.4513</v>
       </c>
       <c r="H5">
         <v>668</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>865.592</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P5">
         <v>14924</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>30</v>
       </c>
       <c r="S5" t="s">
         <v>31</v>
       </c>
       <c r="T5" t="s">
         <v>31</v>
       </c>
       <c r="U5" t="s">
         <v>35</v>
       </c>
       <c r="V5">
         <v>27</v>
       </c>
       <c r="W5">
         <v>0</v>
       </c>
@@ -946,51 +946,51 @@
       <c r="G6">
         <v>12.4513</v>
       </c>
       <c r="H6">
         <v>668</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>865.592</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P6">
         <v>14924</v>
       </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
         <v>30</v>
       </c>
       <c r="S6" t="s">
         <v>31</v>
       </c>
       <c r="T6" t="s">
         <v>31</v>
       </c>
       <c r="U6" t="s">
         <v>36</v>
       </c>
       <c r="V6">
         <v>1</v>
       </c>
       <c r="W6">
         <v>0</v>
       </c>
@@ -1023,51 +1023,51 @@
       <c r="G7">
         <v>12.4513</v>
       </c>
       <c r="H7">
         <v>668</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>865.592</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P7">
         <v>14924</v>
       </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
         <v>30</v>
       </c>
       <c r="S7" t="s">
         <v>37</v>
       </c>
       <c r="T7" t="s">
         <v>31</v>
       </c>
       <c r="U7" t="s">
         <v>32</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>0</v>
       </c>
@@ -1100,51 +1100,51 @@
       <c r="G8">
         <v>12.4513</v>
       </c>
       <c r="H8">
         <v>668</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
         <v>865.592</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P8">
         <v>14924</v>
       </c>
       <c r="Q8" t="s">
         <v>29</v>
       </c>
       <c r="R8" t="s">
         <v>30</v>
       </c>
       <c r="S8" t="s">
         <v>37</v>
       </c>
       <c r="T8" t="s">
         <v>31</v>
       </c>
       <c r="U8" t="s">
         <v>33</v>
       </c>
       <c r="V8">
         <v>16</v>
       </c>
       <c r="W8">
         <v>0</v>
       </c>
@@ -1177,51 +1177,51 @@
       <c r="G9">
         <v>12.4513</v>
       </c>
       <c r="H9">
         <v>668</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
         <v>865.592</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P9">
         <v>14924</v>
       </c>
       <c r="Q9" t="s">
         <v>29</v>
       </c>
       <c r="R9" t="s">
         <v>30</v>
       </c>
       <c r="S9" t="s">
         <v>37</v>
       </c>
       <c r="T9" t="s">
         <v>31</v>
       </c>
       <c r="U9" t="s">
         <v>34</v>
       </c>
       <c r="V9">
         <v>19</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
@@ -1254,51 +1254,51 @@
       <c r="G10">
         <v>12.4513</v>
       </c>
       <c r="H10">
         <v>668</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>865.592</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P10">
         <v>14924</v>
       </c>
       <c r="Q10" t="s">
         <v>29</v>
       </c>
       <c r="R10" t="s">
         <v>30</v>
       </c>
       <c r="S10" t="s">
         <v>37</v>
       </c>
       <c r="T10" t="s">
         <v>31</v>
       </c>
       <c r="U10" t="s">
         <v>35</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
@@ -1331,51 +1331,51 @@
       <c r="G11">
         <v>12.4513</v>
       </c>
       <c r="H11">
         <v>668</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>865.592</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P11">
         <v>14924</v>
       </c>
       <c r="Q11" t="s">
         <v>38</v>
       </c>
       <c r="R11" t="s">
         <v>30</v>
       </c>
       <c r="S11" t="s">
         <v>31</v>
       </c>
       <c r="T11" t="s">
         <v>31</v>
       </c>
       <c r="U11" t="s">
         <v>32</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>0</v>
       </c>
@@ -1408,51 +1408,51 @@
       <c r="G12">
         <v>12.4513</v>
       </c>
       <c r="H12">
         <v>668</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>865.592</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P12">
         <v>14924</v>
       </c>
       <c r="Q12" t="s">
         <v>38</v>
       </c>
       <c r="R12" t="s">
         <v>30</v>
       </c>
       <c r="S12" t="s">
         <v>31</v>
       </c>
       <c r="T12" t="s">
         <v>31</v>
       </c>
       <c r="U12" t="s">
         <v>33</v>
       </c>
       <c r="V12">
         <v>27</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
@@ -1485,51 +1485,51 @@
       <c r="G13">
         <v>12.4513</v>
       </c>
       <c r="H13">
         <v>668</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
         <v>865.592</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P13">
         <v>14924</v>
       </c>
       <c r="Q13" t="s">
         <v>38</v>
       </c>
       <c r="R13" t="s">
         <v>30</v>
       </c>
       <c r="S13" t="s">
         <v>31</v>
       </c>
       <c r="T13" t="s">
         <v>31</v>
       </c>
       <c r="U13" t="s">
         <v>34</v>
       </c>
       <c r="V13">
         <v>8</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
@@ -1562,51 +1562,51 @@
       <c r="G14">
         <v>12.4513</v>
       </c>
       <c r="H14">
         <v>668</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
       <c r="K14">
         <v>865.592</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P14">
         <v>14924</v>
       </c>
       <c r="Q14" t="s">
         <v>39</v>
       </c>
       <c r="R14" t="s">
         <v>30</v>
       </c>
       <c r="S14" t="s">
         <v>31</v>
       </c>
       <c r="T14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="s">
         <v>32</v>
       </c>
       <c r="V14">
         <v>1</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>
@@ -1639,51 +1639,51 @@
       <c r="G15">
         <v>12.4513</v>
       </c>
       <c r="H15">
         <v>668</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
         <v>865.592</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P15">
         <v>14924</v>
       </c>
       <c r="Q15" t="s">
         <v>39</v>
       </c>
       <c r="R15" t="s">
         <v>30</v>
       </c>
       <c r="S15" t="s">
         <v>31</v>
       </c>
       <c r="T15" t="s">
         <v>31</v>
       </c>
       <c r="U15" t="s">
         <v>33</v>
       </c>
       <c r="V15">
         <v>31</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
@@ -1716,51 +1716,51 @@
       <c r="G16">
         <v>12.4513</v>
       </c>
       <c r="H16">
         <v>668</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
         <v>865.592</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P16">
         <v>14924</v>
       </c>
       <c r="Q16" t="s">
         <v>39</v>
       </c>
       <c r="R16" t="s">
         <v>30</v>
       </c>
       <c r="S16" t="s">
         <v>31</v>
       </c>
       <c r="T16" t="s">
         <v>31</v>
       </c>
       <c r="U16" t="s">
         <v>34</v>
       </c>
       <c r="V16">
         <v>26</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
@@ -1793,51 +1793,51 @@
       <c r="G17">
         <v>12.4513</v>
       </c>
       <c r="H17">
         <v>668</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
         <v>865.592</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P17">
         <v>14924</v>
       </c>
       <c r="Q17" t="s">
         <v>29</v>
       </c>
       <c r="R17" t="s">
         <v>30</v>
       </c>
       <c r="S17" t="s">
         <v>40</v>
       </c>
       <c r="T17" t="s">
         <v>31</v>
       </c>
       <c r="U17" t="s">
         <v>33</v>
       </c>
       <c r="V17">
         <v>1</v>
       </c>
       <c r="W17">
         <v>0</v>
       </c>
@@ -1870,51 +1870,51 @@
       <c r="G18">
         <v>12.4513</v>
       </c>
       <c r="H18">
         <v>668</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
         <v>865.592</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P18">
         <v>14924</v>
       </c>
       <c r="Q18" t="s">
         <v>29</v>
       </c>
       <c r="R18" t="s">
         <v>30</v>
       </c>
       <c r="S18" t="s">
         <v>40</v>
       </c>
       <c r="T18" t="s">
         <v>31</v>
       </c>
       <c r="U18" t="s">
         <v>34</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
@@ -1947,51 +1947,51 @@
       <c r="G19">
         <v>12.4513</v>
       </c>
       <c r="H19">
         <v>668</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
         <v>865.592</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P19">
         <v>14924</v>
       </c>
       <c r="Q19" t="s">
         <v>29</v>
       </c>
       <c r="R19" t="s">
         <v>30</v>
       </c>
       <c r="S19" t="s">
         <v>40</v>
       </c>
       <c r="T19" t="s">
         <v>31</v>
       </c>
       <c r="U19" t="s">
         <v>35</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
@@ -2024,51 +2024,51 @@
       <c r="G20">
         <v>12.4513</v>
       </c>
       <c r="H20">
         <v>668</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
         <v>865.592</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P20">
         <v>14924</v>
       </c>
       <c r="Q20" t="s">
         <v>29</v>
       </c>
       <c r="R20" t="s">
         <v>30</v>
       </c>
       <c r="S20" t="s">
         <v>40</v>
       </c>
       <c r="T20" t="s">
         <v>31</v>
       </c>
       <c r="U20" t="s">
         <v>36</v>
       </c>
       <c r="V20">
         <v>1</v>
       </c>
       <c r="W20">
         <v>0</v>
       </c>