--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -633,60 +633,60 @@
       </c>
     </row>
     <row r="2" spans="1:25">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2">
         <v>2025</v>
       </c>
       <c r="C2">
         <v>4088</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
         <v>2</v>
       </c>
       <c r="G2">
         <v>20.4858</v>
       </c>
       <c r="H2">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>28</v>
       </c>
       <c r="O2">
         <v>6</v>
       </c>
       <c r="P2">
         <v>15164</v>
       </c>
       <c r="Q2" t="s">
         <v>29</v>
       </c>
       <c r="R2" t="s">
         <v>30</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
@@ -710,60 +710,60 @@
       </c>
     </row>
     <row r="3" spans="1:25">
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3">
         <v>2025</v>
       </c>
       <c r="C3">
         <v>4088</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
       <c r="F3">
         <v>2</v>
       </c>
       <c r="G3">
         <v>20.4858</v>
       </c>
       <c r="H3">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L3" t="s">
         <v>27</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>28</v>
       </c>
       <c r="O3">
         <v>6</v>
       </c>
       <c r="P3">
         <v>15164</v>
       </c>
       <c r="Q3" t="s">
         <v>29</v>
       </c>
       <c r="R3" t="s">
         <v>30</v>
       </c>
       <c r="S3" t="s">
         <v>31</v>
       </c>
@@ -787,60 +787,60 @@
       </c>
     </row>
     <row r="4" spans="1:25">
       <c r="A4" t="s">
         <v>25</v>
       </c>
       <c r="B4">
         <v>2025</v>
       </c>
       <c r="C4">
         <v>4088</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4">
         <v>2</v>
       </c>
       <c r="F4">
         <v>2</v>
       </c>
       <c r="G4">
         <v>20.4858</v>
       </c>
       <c r="H4">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L4" t="s">
         <v>27</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>28</v>
       </c>
       <c r="O4">
         <v>6</v>
       </c>
       <c r="P4">
         <v>15164</v>
       </c>
       <c r="Q4" t="s">
         <v>29</v>
       </c>
       <c r="R4" t="s">
         <v>30</v>
       </c>
       <c r="S4" t="s">
         <v>31</v>
       </c>
@@ -864,60 +864,60 @@
       </c>
     </row>
     <row r="5" spans="1:25">
       <c r="A5" t="s">
         <v>25</v>
       </c>
       <c r="B5">
         <v>2025</v>
       </c>
       <c r="C5">
         <v>4088</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5">
         <v>2</v>
       </c>
       <c r="F5">
         <v>2</v>
       </c>
       <c r="G5">
         <v>20.4858</v>
       </c>
       <c r="H5">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L5" t="s">
         <v>27</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5">
         <v>6</v>
       </c>
       <c r="P5">
         <v>15164</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
       <c r="R5" t="s">
         <v>30</v>
       </c>
       <c r="S5" t="s">
         <v>31</v>
       </c>
@@ -941,60 +941,60 @@
       </c>
     </row>
     <row r="6" spans="1:25">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6">
         <v>2025</v>
       </c>
       <c r="C6">
         <v>4088</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
         <v>2</v>
       </c>
       <c r="G6">
         <v>20.4858</v>
       </c>
       <c r="H6">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L6" t="s">
         <v>27</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6">
         <v>6</v>
       </c>
       <c r="P6">
         <v>15164</v>
       </c>
       <c r="Q6" t="s">
         <v>29</v>
       </c>
       <c r="R6" t="s">
         <v>30</v>
       </c>
       <c r="S6" t="s">
         <v>31</v>
       </c>
@@ -1018,60 +1018,60 @@
       </c>
     </row>
     <row r="7" spans="1:25">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7">
         <v>2025</v>
       </c>
       <c r="C7">
         <v>4088</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>2</v>
       </c>
       <c r="F7">
         <v>2</v>
       </c>
       <c r="G7">
         <v>20.4858</v>
       </c>
       <c r="H7">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7">
         <v>6</v>
       </c>
       <c r="P7">
         <v>15164</v>
       </c>
       <c r="Q7" t="s">
         <v>29</v>
       </c>
       <c r="R7" t="s">
         <v>30</v>
       </c>
       <c r="S7" t="s">
         <v>31</v>
       </c>
@@ -1095,60 +1095,60 @@
       </c>
     </row>
     <row r="8" spans="1:25">
       <c r="A8" t="s">
         <v>25</v>
       </c>
       <c r="B8">
         <v>2025</v>
       </c>
       <c r="C8">
         <v>4088</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>2</v>
       </c>
       <c r="F8">
         <v>2</v>
       </c>
       <c r="G8">
         <v>20.4858</v>
       </c>
       <c r="H8">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
       <c r="K8">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8">
         <v>6</v>
       </c>
       <c r="P8">
         <v>15164</v>
       </c>
       <c r="Q8" t="s">
         <v>29</v>
       </c>
       <c r="R8" t="s">
         <v>30</v>
       </c>
       <c r="S8" t="s">
         <v>31</v>
       </c>
@@ -1172,60 +1172,60 @@
       </c>
     </row>
     <row r="9" spans="1:25">
       <c r="A9" t="s">
         <v>25</v>
       </c>
       <c r="B9">
         <v>2025</v>
       </c>
       <c r="C9">
         <v>4088</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
         <v>2</v>
       </c>
       <c r="G9">
         <v>20.4858</v>
       </c>
       <c r="H9">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>0</v>
       </c>
       <c r="K9">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9">
         <v>6</v>
       </c>
       <c r="P9">
         <v>15164</v>
       </c>
       <c r="Q9" t="s">
         <v>29</v>
       </c>
       <c r="R9" t="s">
         <v>30</v>
       </c>
       <c r="S9" t="s">
         <v>31</v>
       </c>
@@ -1249,60 +1249,60 @@
       </c>
     </row>
     <row r="10" spans="1:25">
       <c r="A10" t="s">
         <v>25</v>
       </c>
       <c r="B10">
         <v>2025</v>
       </c>
       <c r="C10">
         <v>4088</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10">
         <v>2</v>
       </c>
       <c r="F10">
         <v>2</v>
       </c>
       <c r="G10">
         <v>20.4858</v>
       </c>
       <c r="H10">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10">
         <v>6</v>
       </c>
       <c r="P10">
         <v>15164</v>
       </c>
       <c r="Q10" t="s">
         <v>29</v>
       </c>
       <c r="R10" t="s">
         <v>30</v>
       </c>
       <c r="S10" t="s">
         <v>31</v>
       </c>
@@ -1326,60 +1326,60 @@
       </c>
     </row>
     <row r="11" spans="1:25">
       <c r="A11" t="s">
         <v>25</v>
       </c>
       <c r="B11">
         <v>2025</v>
       </c>
       <c r="C11">
         <v>4088</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>2</v>
       </c>
       <c r="G11">
         <v>20.4858</v>
       </c>
       <c r="H11">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11">
         <v>6</v>
       </c>
       <c r="P11">
         <v>15164</v>
       </c>
       <c r="Q11" t="s">
         <v>29</v>
       </c>
       <c r="R11" t="s">
         <v>30</v>
       </c>
       <c r="S11" t="s">
         <v>31</v>
       </c>
@@ -1403,60 +1403,60 @@
       </c>
     </row>
     <row r="12" spans="1:25">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12">
         <v>2025</v>
       </c>
       <c r="C12">
         <v>4088</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>2</v>
       </c>
       <c r="G12">
         <v>20.4858</v>
       </c>
       <c r="H12">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12">
         <v>6</v>
       </c>
       <c r="P12">
         <v>15164</v>
       </c>
       <c r="Q12" t="s">
         <v>42</v>
       </c>
       <c r="R12" t="s">
         <v>30</v>
       </c>
       <c r="S12" t="s">
         <v>31</v>
       </c>
@@ -1480,60 +1480,60 @@
       </c>
     </row>
     <row r="13" spans="1:25">
       <c r="A13" t="s">
         <v>25</v>
       </c>
       <c r="B13">
         <v>2025</v>
       </c>
       <c r="C13">
         <v>4088</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13">
         <v>2</v>
       </c>
       <c r="F13">
         <v>2</v>
       </c>
       <c r="G13">
         <v>20.4858</v>
       </c>
       <c r="H13">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
       <c r="K13">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13">
         <v>6</v>
       </c>
       <c r="P13">
         <v>15164</v>
       </c>
       <c r="Q13" t="s">
         <v>42</v>
       </c>
       <c r="R13" t="s">
         <v>30</v>
       </c>
       <c r="S13" t="s">
         <v>31</v>
       </c>
@@ -1557,291 +1557,291 @@
       </c>
     </row>
     <row r="14" spans="1:25">
       <c r="A14" t="s">
         <v>25</v>
       </c>
       <c r="B14">
         <v>2025</v>
       </c>
       <c r="C14">
         <v>4088</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
         <v>2</v>
       </c>
       <c r="G14">
         <v>20.4858</v>
       </c>
       <c r="H14">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
       <c r="K14">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L14" t="s">
         <v>27</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14">
         <v>6</v>
       </c>
       <c r="P14">
         <v>15164</v>
       </c>
       <c r="Q14" t="s">
         <v>42</v>
       </c>
       <c r="R14" t="s">
         <v>30</v>
       </c>
       <c r="S14" t="s">
         <v>31</v>
       </c>
       <c r="T14" t="s">
         <v>31</v>
       </c>
       <c r="U14" t="s">
         <v>35</v>
       </c>
       <c r="V14">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>
       <c r="X14">
         <v>0</v>
       </c>
       <c r="Y14">
-        <v>7.521</v>
+        <v>8.071</v>
       </c>
     </row>
     <row r="15" spans="1:25">
       <c r="A15" t="s">
         <v>25</v>
       </c>
       <c r="B15">
         <v>2025</v>
       </c>
       <c r="C15">
         <v>4088</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>2</v>
       </c>
       <c r="G15">
         <v>20.4858</v>
       </c>
       <c r="H15">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
       <c r="K15">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L15" t="s">
         <v>27</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15">
         <v>6</v>
       </c>
       <c r="P15">
         <v>15164</v>
       </c>
       <c r="Q15" t="s">
         <v>42</v>
       </c>
       <c r="R15" t="s">
         <v>30</v>
       </c>
       <c r="S15" t="s">
         <v>31</v>
       </c>
       <c r="T15" t="s">
         <v>31</v>
       </c>
       <c r="U15" t="s">
         <v>36</v>
       </c>
       <c r="V15">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
       <c r="X15">
         <v>0</v>
       </c>
       <c r="Y15">
-        <v>9.244</v>
+        <v>10.012</v>
       </c>
     </row>
     <row r="16" spans="1:25">
       <c r="A16" t="s">
         <v>25</v>
       </c>
       <c r="B16">
         <v>2025</v>
       </c>
       <c r="C16">
         <v>4088</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>2</v>
       </c>
       <c r="G16">
         <v>20.4858</v>
       </c>
       <c r="H16">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
       <c r="K16">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L16" t="s">
         <v>27</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16">
         <v>6</v>
       </c>
       <c r="P16">
         <v>15164</v>
       </c>
       <c r="Q16" t="s">
         <v>42</v>
       </c>
       <c r="R16" t="s">
         <v>30</v>
       </c>
       <c r="S16" t="s">
         <v>31</v>
       </c>
       <c r="T16" t="s">
         <v>31</v>
       </c>
       <c r="U16" t="s">
         <v>37</v>
       </c>
       <c r="V16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
       <c r="X16">
         <v>0</v>
       </c>
       <c r="Y16">
-        <v>6.249</v>
+        <v>7.812</v>
       </c>
     </row>
     <row r="17" spans="1:25">
       <c r="A17" t="s">
         <v>25</v>
       </c>
       <c r="B17">
         <v>2025</v>
       </c>
       <c r="C17">
         <v>4088</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>2</v>
       </c>
       <c r="G17">
         <v>20.4858</v>
       </c>
       <c r="H17">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
       <c r="K17">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L17" t="s">
         <v>27</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17">
         <v>6</v>
       </c>
       <c r="P17">
         <v>15164</v>
       </c>
       <c r="Q17" t="s">
         <v>42</v>
       </c>
       <c r="R17" t="s">
         <v>30</v>
       </c>
       <c r="S17" t="s">
         <v>31</v>
       </c>
@@ -1865,137 +1865,137 @@
       </c>
     </row>
     <row r="18" spans="1:25">
       <c r="A18" t="s">
         <v>25</v>
       </c>
       <c r="B18">
         <v>2025</v>
       </c>
       <c r="C18">
         <v>4088</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>2</v>
       </c>
       <c r="G18">
         <v>20.4858</v>
       </c>
       <c r="H18">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>0</v>
       </c>
       <c r="K18">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L18" t="s">
         <v>27</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18">
         <v>6</v>
       </c>
       <c r="P18">
         <v>15164</v>
       </c>
       <c r="Q18" t="s">
         <v>42</v>
       </c>
       <c r="R18" t="s">
         <v>30</v>
       </c>
       <c r="S18" t="s">
         <v>31</v>
       </c>
       <c r="T18" t="s">
         <v>31</v>
       </c>
       <c r="U18" t="s">
         <v>41</v>
       </c>
       <c r="V18">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
       <c r="X18">
         <v>0</v>
       </c>
       <c r="Y18">
-        <v>19.165</v>
+        <v>82.549</v>
       </c>
     </row>
     <row r="19" spans="1:25">
       <c r="A19" t="s">
         <v>25</v>
       </c>
       <c r="B19">
         <v>2025</v>
       </c>
       <c r="C19">
         <v>4088</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19">
         <v>2</v>
       </c>
       <c r="F19">
         <v>2</v>
       </c>
       <c r="G19">
         <v>20.4858</v>
       </c>
       <c r="H19">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>0</v>
       </c>
       <c r="K19">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L19" t="s">
         <v>27</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19">
         <v>6</v>
       </c>
       <c r="P19">
         <v>15164</v>
       </c>
       <c r="Q19" t="s">
         <v>29</v>
       </c>
       <c r="R19" t="s">
         <v>30</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
@@ -2019,60 +2019,60 @@
       </c>
     </row>
     <row r="20" spans="1:25">
       <c r="A20" t="s">
         <v>25</v>
       </c>
       <c r="B20">
         <v>2025</v>
       </c>
       <c r="C20">
         <v>4088</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20">
         <v>2</v>
       </c>
       <c r="G20">
         <v>20.4858</v>
       </c>
       <c r="H20">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>0</v>
       </c>
       <c r="K20">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L20" t="s">
         <v>27</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20">
         <v>6</v>
       </c>
       <c r="P20">
         <v>15164</v>
       </c>
       <c r="Q20" t="s">
         <v>29</v>
       </c>
       <c r="R20" t="s">
         <v>30</v>
       </c>
       <c r="S20" t="s">
         <v>43</v>
       </c>
@@ -2096,60 +2096,60 @@
       </c>
     </row>
     <row r="21" spans="1:25">
       <c r="A21" t="s">
         <v>25</v>
       </c>
       <c r="B21">
         <v>2025</v>
       </c>
       <c r="C21">
         <v>4088</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21">
         <v>2</v>
       </c>
       <c r="G21">
         <v>20.4858</v>
       </c>
       <c r="H21">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>0</v>
       </c>
       <c r="K21">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L21" t="s">
         <v>27</v>
       </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21">
         <v>6</v>
       </c>
       <c r="P21">
         <v>15164</v>
       </c>
       <c r="Q21" t="s">
         <v>29</v>
       </c>
       <c r="R21" t="s">
         <v>30</v>
       </c>
       <c r="S21" t="s">
         <v>43</v>
       </c>
@@ -2173,60 +2173,60 @@
       </c>
     </row>
     <row r="22" spans="1:25">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>2025</v>
       </c>
       <c r="C22">
         <v>4088</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>2</v>
       </c>
       <c r="G22">
         <v>20.4858</v>
       </c>
       <c r="H22">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>0</v>
       </c>
       <c r="K22">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L22" t="s">
         <v>27</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22">
         <v>6</v>
       </c>
       <c r="P22">
         <v>15164</v>
       </c>
       <c r="Q22" t="s">
         <v>29</v>
       </c>
       <c r="R22" t="s">
         <v>30</v>
       </c>
       <c r="S22" t="s">
         <v>43</v>
       </c>
@@ -2250,60 +2250,60 @@
       </c>
     </row>
     <row r="23" spans="1:25">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23">
         <v>2025</v>
       </c>
       <c r="C23">
         <v>4088</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>2</v>
       </c>
       <c r="G23">
         <v>20.4858</v>
       </c>
       <c r="H23">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>0</v>
       </c>
       <c r="K23">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L23" t="s">
         <v>27</v>
       </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23">
         <v>6</v>
       </c>
       <c r="P23">
         <v>15164</v>
       </c>
       <c r="Q23" t="s">
         <v>29</v>
       </c>
       <c r="R23" t="s">
         <v>30</v>
       </c>
       <c r="S23" t="s">
         <v>43</v>
       </c>
@@ -2327,60 +2327,60 @@
       </c>
     </row>
     <row r="24" spans="1:25">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24">
         <v>2025</v>
       </c>
       <c r="C24">
         <v>4088</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24">
         <v>2</v>
       </c>
       <c r="G24">
         <v>20.4858</v>
       </c>
       <c r="H24">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>0</v>
       </c>
       <c r="K24">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L24" t="s">
         <v>27</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24">
         <v>6</v>
       </c>
       <c r="P24">
         <v>15164</v>
       </c>
       <c r="Q24" t="s">
         <v>29</v>
       </c>
       <c r="R24" t="s">
         <v>30</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
@@ -2404,60 +2404,60 @@
       </c>
     </row>
     <row r="25" spans="1:25">
       <c r="A25" t="s">
         <v>25</v>
       </c>
       <c r="B25">
         <v>2025</v>
       </c>
       <c r="C25">
         <v>4088</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25">
         <v>2</v>
       </c>
       <c r="F25">
         <v>2</v>
       </c>
       <c r="G25">
         <v>20.4858</v>
       </c>
       <c r="H25">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L25" t="s">
         <v>27</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25">
         <v>6</v>
       </c>
       <c r="P25">
         <v>15164</v>
       </c>
       <c r="Q25" t="s">
         <v>29</v>
       </c>
       <c r="R25" t="s">
         <v>30</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
@@ -2481,60 +2481,60 @@
       </c>
     </row>
     <row r="26" spans="1:25">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26">
         <v>2025</v>
       </c>
       <c r="C26">
         <v>4088</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>2</v>
       </c>
       <c r="G26">
         <v>20.4858</v>
       </c>
       <c r="H26">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>0</v>
       </c>
       <c r="K26">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L26" t="s">
         <v>27</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26">
         <v>6</v>
       </c>
       <c r="P26">
         <v>15164</v>
       </c>
       <c r="Q26" t="s">
         <v>29</v>
       </c>
       <c r="R26" t="s">
         <v>30</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
@@ -2558,60 +2558,60 @@
       </c>
     </row>
     <row r="27" spans="1:25">
       <c r="A27" t="s">
         <v>25</v>
       </c>
       <c r="B27">
         <v>2025</v>
       </c>
       <c r="C27">
         <v>4088</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27">
         <v>2</v>
       </c>
       <c r="F27">
         <v>2</v>
       </c>
       <c r="G27">
         <v>20.4858</v>
       </c>
       <c r="H27">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>0</v>
       </c>
       <c r="K27">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L27" t="s">
         <v>27</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27">
         <v>6</v>
       </c>
       <c r="P27">
         <v>15164</v>
       </c>
       <c r="Q27" t="s">
         <v>44</v>
       </c>
       <c r="R27" t="s">
         <v>30</v>
       </c>
       <c r="S27" t="s">
         <v>31</v>
       </c>
@@ -2635,60 +2635,60 @@
       </c>
     </row>
     <row r="28" spans="1:25">
       <c r="A28" t="s">
         <v>25</v>
       </c>
       <c r="B28">
         <v>2025</v>
       </c>
       <c r="C28">
         <v>4088</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>2</v>
       </c>
       <c r="G28">
         <v>20.4858</v>
       </c>
       <c r="H28">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L28" t="s">
         <v>27</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28">
         <v>6</v>
       </c>
       <c r="P28">
         <v>15164</v>
       </c>
       <c r="Q28" t="s">
         <v>44</v>
       </c>
       <c r="R28" t="s">
         <v>30</v>
       </c>
       <c r="S28" t="s">
         <v>31</v>
       </c>
@@ -2712,60 +2712,60 @@
       </c>
     </row>
     <row r="29" spans="1:25">
       <c r="A29" t="s">
         <v>25</v>
       </c>
       <c r="B29">
         <v>2025</v>
       </c>
       <c r="C29">
         <v>4088</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29">
         <v>2</v>
       </c>
       <c r="F29">
         <v>2</v>
       </c>
       <c r="G29">
         <v>20.4858</v>
       </c>
       <c r="H29">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
       <c r="K29">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L29" t="s">
         <v>27</v>
       </c>
       <c r="M29">
         <v>1</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29">
         <v>6</v>
       </c>
       <c r="P29">
         <v>15164</v>
       </c>
       <c r="Q29" t="s">
         <v>44</v>
       </c>
       <c r="R29" t="s">
         <v>30</v>
       </c>
       <c r="S29" t="s">
         <v>31</v>
       </c>
@@ -2789,60 +2789,60 @@
       </c>
     </row>
     <row r="30" spans="1:25">
       <c r="A30" t="s">
         <v>25</v>
       </c>
       <c r="B30">
         <v>2025</v>
       </c>
       <c r="C30">
         <v>4088</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30">
         <v>2</v>
       </c>
       <c r="F30">
         <v>2</v>
       </c>
       <c r="G30">
         <v>20.4858</v>
       </c>
       <c r="H30">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30">
         <v>0</v>
       </c>
       <c r="K30">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L30" t="s">
         <v>27</v>
       </c>
       <c r="M30">
         <v>1</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30">
         <v>6</v>
       </c>
       <c r="P30">
         <v>15164</v>
       </c>
       <c r="Q30" t="s">
         <v>44</v>
       </c>
       <c r="R30" t="s">
         <v>30</v>
       </c>
       <c r="S30" t="s">
         <v>31</v>
       </c>
@@ -2866,60 +2866,60 @@
       </c>
     </row>
     <row r="31" spans="1:25">
       <c r="A31" t="s">
         <v>25</v>
       </c>
       <c r="B31">
         <v>2025</v>
       </c>
       <c r="C31">
         <v>4088</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31">
         <v>2</v>
       </c>
       <c r="F31">
         <v>2</v>
       </c>
       <c r="G31">
         <v>20.4858</v>
       </c>
       <c r="H31">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31">
         <v>0</v>
       </c>
       <c r="K31">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L31" t="s">
         <v>27</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31">
         <v>6</v>
       </c>
       <c r="P31">
         <v>15164</v>
       </c>
       <c r="Q31" t="s">
         <v>29</v>
       </c>
       <c r="R31" t="s">
         <v>30</v>
       </c>
       <c r="S31" t="s">
         <v>45</v>
       </c>
@@ -2943,60 +2943,60 @@
       </c>
     </row>
     <row r="32" spans="1:25">
       <c r="A32" t="s">
         <v>25</v>
       </c>
       <c r="B32">
         <v>2025</v>
       </c>
       <c r="C32">
         <v>4088</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32">
         <v>2</v>
       </c>
       <c r="F32">
         <v>2</v>
       </c>
       <c r="G32">
         <v>20.4858</v>
       </c>
       <c r="H32">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
       <c r="K32">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L32" t="s">
         <v>27</v>
       </c>
       <c r="M32">
         <v>1</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32">
         <v>6</v>
       </c>
       <c r="P32">
         <v>15164</v>
       </c>
       <c r="Q32" t="s">
         <v>29</v>
       </c>
       <c r="R32" t="s">
         <v>30</v>
       </c>
       <c r="S32" t="s">
         <v>45</v>
       </c>
@@ -3020,60 +3020,60 @@
       </c>
     </row>
     <row r="33" spans="1:25">
       <c r="A33" t="s">
         <v>25</v>
       </c>
       <c r="B33">
         <v>2025</v>
       </c>
       <c r="C33">
         <v>4088</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33">
         <v>2</v>
       </c>
       <c r="F33">
         <v>2</v>
       </c>
       <c r="G33">
         <v>20.4858</v>
       </c>
       <c r="H33">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
       <c r="K33">
-        <v>958.29</v>
+        <v>1024.555</v>
       </c>
       <c r="L33" t="s">
         <v>27</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33">
         <v>6</v>
       </c>
       <c r="P33">
         <v>15164</v>
       </c>
       <c r="Q33" t="s">
         <v>29</v>
       </c>
       <c r="R33" t="s">
         <v>30</v>
       </c>
       <c r="S33" t="s">
         <v>45</v>
       </c>