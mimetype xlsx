--- v0 (2025-10-20)
+++ v1 (2025-12-03)
@@ -664,51 +664,51 @@
       <c r="G2">
         <v>30.5883</v>
       </c>
       <c r="H2">
         <v>3202</v>
       </c>
       <c r="I2">
         <v>2.0</v>
       </c>
       <c r="J2">
         <v>15.421</v>
       </c>
       <c r="K2">
         <v>1279.116</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P2">
         <v>14744</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="s">
         <v>33</v>
       </c>
       <c r="V2">
         <v>37</v>
       </c>
       <c r="W2">
         <v>0</v>
       </c>
@@ -741,51 +741,51 @@
       <c r="G3">
         <v>30.5883</v>
       </c>
       <c r="H3">
         <v>3202</v>
       </c>
       <c r="I3">
         <v>2.0</v>
       </c>
       <c r="J3">
         <v>15.421</v>
       </c>
       <c r="K3">
         <v>1279.116</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P3">
         <v>14744</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="T3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="s">
         <v>34</v>
       </c>
       <c r="V3">
         <v>37</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
@@ -818,51 +818,51 @@
       <c r="G4">
         <v>30.5883</v>
       </c>
       <c r="H4">
         <v>3202</v>
       </c>
       <c r="I4">
         <v>2.0</v>
       </c>
       <c r="J4">
         <v>15.421</v>
       </c>
       <c r="K4">
         <v>1279.116</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P4">
         <v>14744</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
       <c r="S4" t="s">
         <v>32</v>
       </c>
       <c r="T4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="s">
         <v>35</v>
       </c>
       <c r="V4">
         <v>15</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
@@ -895,51 +895,51 @@
       <c r="G5">
         <v>30.5883</v>
       </c>
       <c r="H5">
         <v>3202</v>
       </c>
       <c r="I5">
         <v>2.0</v>
       </c>
       <c r="J5">
         <v>15.421</v>
       </c>
       <c r="K5">
         <v>1279.116</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P5">
         <v>14744</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="T5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="s">
         <v>36</v>
       </c>
       <c r="V5">
         <v>22</v>
       </c>
       <c r="W5">
         <v>0</v>
       </c>
@@ -972,51 +972,51 @@
       <c r="G6">
         <v>30.5883</v>
       </c>
       <c r="H6">
         <v>3202</v>
       </c>
       <c r="I6">
         <v>2.0</v>
       </c>
       <c r="J6">
         <v>15.421</v>
       </c>
       <c r="K6">
         <v>1279.116</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P6">
         <v>14744</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="T6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="s">
         <v>37</v>
       </c>
       <c r="V6">
         <v>6</v>
       </c>
       <c r="W6">
         <v>2.0</v>
       </c>
@@ -1049,51 +1049,51 @@
       <c r="G7">
         <v>30.5883</v>
       </c>
       <c r="H7">
         <v>3202</v>
       </c>
       <c r="I7">
         <v>2.0</v>
       </c>
       <c r="J7">
         <v>15.421</v>
       </c>
       <c r="K7">
         <v>1279.116</v>
       </c>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P7">
         <v>14744</v>
       </c>
       <c r="Q7" t="s">
         <v>38</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
       <c r="S7" t="s">
         <v>32</v>
       </c>
       <c r="T7" t="s">
         <v>32</v>
       </c>
       <c r="U7" t="s">
         <v>33</v>
       </c>
       <c r="V7">
         <v>160</v>
       </c>
       <c r="W7">
         <v>0</v>
       </c>
@@ -1126,51 +1126,51 @@
       <c r="G8">
         <v>30.5883</v>
       </c>
       <c r="H8">
         <v>3202</v>
       </c>
       <c r="I8">
         <v>2.0</v>
       </c>
       <c r="J8">
         <v>15.421</v>
       </c>
       <c r="K8">
         <v>1279.116</v>
       </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P8">
         <v>14744</v>
       </c>
       <c r="Q8" t="s">
         <v>38</v>
       </c>
       <c r="R8" t="s">
         <v>31</v>
       </c>
       <c r="S8" t="s">
         <v>32</v>
       </c>
       <c r="T8" t="s">
         <v>32</v>
       </c>
       <c r="U8" t="s">
         <v>34</v>
       </c>
       <c r="V8">
         <v>123</v>
       </c>
       <c r="W8">
         <v>0</v>
       </c>
@@ -1203,51 +1203,51 @@
       <c r="G9">
         <v>30.5883</v>
       </c>
       <c r="H9">
         <v>3202</v>
       </c>
       <c r="I9">
         <v>2.0</v>
       </c>
       <c r="J9">
         <v>15.421</v>
       </c>
       <c r="K9">
         <v>1279.116</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P9">
         <v>14744</v>
       </c>
       <c r="Q9" t="s">
         <v>38</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
       <c r="S9" t="s">
         <v>32</v>
       </c>
       <c r="T9" t="s">
         <v>32</v>
       </c>
       <c r="U9" t="s">
         <v>35</v>
       </c>
       <c r="V9">
         <v>26</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
@@ -1280,51 +1280,51 @@
       <c r="G10">
         <v>30.5883</v>
       </c>
       <c r="H10">
         <v>3202</v>
       </c>
       <c r="I10">
         <v>2.0</v>
       </c>
       <c r="J10">
         <v>15.421</v>
       </c>
       <c r="K10">
         <v>1279.116</v>
       </c>
       <c r="L10" t="s">
         <v>28</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P10">
         <v>14744</v>
       </c>
       <c r="Q10" t="s">
         <v>38</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
       <c r="S10" t="s">
         <v>32</v>
       </c>
       <c r="T10" t="s">
         <v>32</v>
       </c>
       <c r="U10" t="s">
         <v>36</v>
       </c>
       <c r="V10">
         <v>14</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
@@ -1357,51 +1357,51 @@
       <c r="G11">
         <v>30.5883</v>
       </c>
       <c r="H11">
         <v>3202</v>
       </c>
       <c r="I11">
         <v>2.0</v>
       </c>
       <c r="J11">
         <v>15.421</v>
       </c>
       <c r="K11">
         <v>1279.116</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P11">
         <v>14744</v>
       </c>
       <c r="Q11" t="s">
         <v>38</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
       <c r="S11" t="s">
         <v>32</v>
       </c>
       <c r="T11" t="s">
         <v>32</v>
       </c>
       <c r="U11" t="s">
         <v>37</v>
       </c>
       <c r="V11">
         <v>23</v>
       </c>
       <c r="W11">
         <v>0</v>
       </c>
@@ -1434,51 +1434,51 @@
       <c r="G12">
         <v>30.5883</v>
       </c>
       <c r="H12">
         <v>3202</v>
       </c>
       <c r="I12">
         <v>2.0</v>
       </c>
       <c r="J12">
         <v>15.421</v>
       </c>
       <c r="K12">
         <v>1279.116</v>
       </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P12">
         <v>14744</v>
       </c>
       <c r="Q12" t="s">
         <v>38</v>
       </c>
       <c r="R12" t="s">
         <v>31</v>
       </c>
       <c r="S12" t="s">
         <v>32</v>
       </c>
       <c r="T12" t="s">
         <v>32</v>
       </c>
       <c r="U12" t="s">
         <v>39</v>
       </c>
       <c r="V12">
         <v>82</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
@@ -1511,51 +1511,51 @@
       <c r="G13">
         <v>30.5883</v>
       </c>
       <c r="H13">
         <v>3202</v>
       </c>
       <c r="I13">
         <v>2.0</v>
       </c>
       <c r="J13">
         <v>15.421</v>
       </c>
       <c r="K13">
         <v>1279.116</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P13">
         <v>14744</v>
       </c>
       <c r="Q13" t="s">
         <v>38</v>
       </c>
       <c r="R13" t="s">
         <v>31</v>
       </c>
       <c r="S13" t="s">
         <v>32</v>
       </c>
       <c r="T13" t="s">
         <v>32</v>
       </c>
       <c r="U13" t="s">
         <v>40</v>
       </c>
       <c r="V13">
         <v>72</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
@@ -1588,51 +1588,51 @@
       <c r="G14">
         <v>30.5883</v>
       </c>
       <c r="H14">
         <v>3202</v>
       </c>
       <c r="I14">
         <v>2.0</v>
       </c>
       <c r="J14">
         <v>15.421</v>
       </c>
       <c r="K14">
         <v>1279.116</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P14">
         <v>14744</v>
       </c>
       <c r="Q14" t="s">
         <v>38</v>
       </c>
       <c r="R14" t="s">
         <v>31</v>
       </c>
       <c r="S14" t="s">
         <v>32</v>
       </c>
       <c r="T14" t="s">
         <v>32</v>
       </c>
       <c r="U14" t="s">
         <v>41</v>
       </c>
       <c r="V14">
         <v>14</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>
@@ -1665,51 +1665,51 @@
       <c r="G15">
         <v>30.5883</v>
       </c>
       <c r="H15">
         <v>3202</v>
       </c>
       <c r="I15">
         <v>2.0</v>
       </c>
       <c r="J15">
         <v>15.421</v>
       </c>
       <c r="K15">
         <v>1279.116</v>
       </c>
       <c r="L15" t="s">
         <v>28</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15" t="s">
         <v>29</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P15">
         <v>14744</v>
       </c>
       <c r="Q15" t="s">
         <v>38</v>
       </c>
       <c r="R15" t="s">
         <v>31</v>
       </c>
       <c r="S15" t="s">
         <v>32</v>
       </c>
       <c r="T15" t="s">
         <v>32</v>
       </c>
       <c r="U15" t="s">
         <v>42</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
@@ -1742,51 +1742,51 @@
       <c r="G16">
         <v>30.5883</v>
       </c>
       <c r="H16">
         <v>3202</v>
       </c>
       <c r="I16">
         <v>2.0</v>
       </c>
       <c r="J16">
         <v>15.421</v>
       </c>
       <c r="K16">
         <v>1279.116</v>
       </c>
       <c r="L16" t="s">
         <v>28</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>29</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P16">
         <v>14744</v>
       </c>
       <c r="Q16" t="s">
         <v>43</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
       <c r="S16" t="s">
         <v>44</v>
       </c>
       <c r="T16" t="s">
         <v>32</v>
       </c>
       <c r="U16" t="s">
         <v>33</v>
       </c>
       <c r="V16">
         <v>2</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
@@ -1819,51 +1819,51 @@
       <c r="G17">
         <v>30.5883</v>
       </c>
       <c r="H17">
         <v>3202</v>
       </c>
       <c r="I17">
         <v>2.0</v>
       </c>
       <c r="J17">
         <v>15.421</v>
       </c>
       <c r="K17">
         <v>1279.116</v>
       </c>
       <c r="L17" t="s">
         <v>28</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>29</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P17">
         <v>14744</v>
       </c>
       <c r="Q17" t="s">
         <v>43</v>
       </c>
       <c r="R17" t="s">
         <v>31</v>
       </c>
       <c r="S17" t="s">
         <v>44</v>
       </c>
       <c r="T17" t="s">
         <v>32</v>
       </c>
       <c r="U17" t="s">
         <v>34</v>
       </c>
       <c r="V17">
         <v>13</v>
       </c>
       <c r="W17">
         <v>0</v>
       </c>
@@ -1896,51 +1896,51 @@
       <c r="G18">
         <v>30.5883</v>
       </c>
       <c r="H18">
         <v>3202</v>
       </c>
       <c r="I18">
         <v>2.0</v>
       </c>
       <c r="J18">
         <v>15.421</v>
       </c>
       <c r="K18">
         <v>1279.116</v>
       </c>
       <c r="L18" t="s">
         <v>28</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>29</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P18">
         <v>14744</v>
       </c>
       <c r="Q18" t="s">
         <v>43</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
       <c r="S18" t="s">
         <v>44</v>
       </c>
       <c r="T18" t="s">
         <v>32</v>
       </c>
       <c r="U18" t="s">
         <v>35</v>
       </c>
       <c r="V18">
         <v>13</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
@@ -1973,51 +1973,51 @@
       <c r="G19">
         <v>30.5883</v>
       </c>
       <c r="H19">
         <v>3202</v>
       </c>
       <c r="I19">
         <v>2.0</v>
       </c>
       <c r="J19">
         <v>15.421</v>
       </c>
       <c r="K19">
         <v>1279.116</v>
       </c>
       <c r="L19" t="s">
         <v>28</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19" t="s">
         <v>29</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P19">
         <v>14744</v>
       </c>
       <c r="Q19" t="s">
         <v>43</v>
       </c>
       <c r="R19" t="s">
         <v>31</v>
       </c>
       <c r="S19" t="s">
         <v>44</v>
       </c>
       <c r="T19" t="s">
         <v>32</v>
       </c>
       <c r="U19" t="s">
         <v>36</v>
       </c>
       <c r="V19">
         <v>17</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
@@ -2050,51 +2050,51 @@
       <c r="G20">
         <v>30.5883</v>
       </c>
       <c r="H20">
         <v>3202</v>
       </c>
       <c r="I20">
         <v>2.0</v>
       </c>
       <c r="J20">
         <v>15.421</v>
       </c>
       <c r="K20">
         <v>1279.116</v>
       </c>
       <c r="L20" t="s">
         <v>28</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="N20" t="s">
         <v>29</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P20">
         <v>14744</v>
       </c>
       <c r="Q20" t="s">
         <v>43</v>
       </c>
       <c r="R20" t="s">
         <v>31</v>
       </c>
       <c r="S20" t="s">
         <v>44</v>
       </c>
       <c r="T20" t="s">
         <v>32</v>
       </c>
       <c r="U20" t="s">
         <v>37</v>
       </c>
       <c r="V20">
         <v>2</v>
       </c>
       <c r="W20">
         <v>0</v>
       </c>
@@ -2127,51 +2127,51 @@
       <c r="G21">
         <v>30.5883</v>
       </c>
       <c r="H21">
         <v>3202</v>
       </c>
       <c r="I21">
         <v>2.0</v>
       </c>
       <c r="J21">
         <v>15.421</v>
       </c>
       <c r="K21">
         <v>1279.116</v>
       </c>
       <c r="L21" t="s">
         <v>28</v>
       </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="N21" t="s">
         <v>29</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P21">
         <v>14744</v>
       </c>
       <c r="Q21" t="s">
         <v>43</v>
       </c>
       <c r="R21" t="s">
         <v>31</v>
       </c>
       <c r="S21" t="s">
         <v>44</v>
       </c>
       <c r="T21" t="s">
         <v>32</v>
       </c>
       <c r="U21" t="s">
         <v>39</v>
       </c>
       <c r="V21">
         <v>1</v>
       </c>
       <c r="W21">
         <v>0</v>
       </c>
@@ -2204,51 +2204,51 @@
       <c r="G22">
         <v>30.5883</v>
       </c>
       <c r="H22">
         <v>3202</v>
       </c>
       <c r="I22">
         <v>2.0</v>
       </c>
       <c r="J22">
         <v>15.421</v>
       </c>
       <c r="K22">
         <v>1279.116</v>
       </c>
       <c r="L22" t="s">
         <v>28</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22" t="s">
         <v>29</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P22">
         <v>14744</v>
       </c>
       <c r="Q22" t="s">
         <v>43</v>
       </c>
       <c r="R22" t="s">
         <v>31</v>
       </c>
       <c r="S22" t="s">
         <v>45</v>
       </c>
       <c r="T22" t="s">
         <v>32</v>
       </c>
       <c r="U22" t="s">
         <v>33</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>0</v>
       </c>
@@ -2281,51 +2281,51 @@
       <c r="G23">
         <v>30.5883</v>
       </c>
       <c r="H23">
         <v>3202</v>
       </c>
       <c r="I23">
         <v>2.0</v>
       </c>
       <c r="J23">
         <v>15.421</v>
       </c>
       <c r="K23">
         <v>1279.116</v>
       </c>
       <c r="L23" t="s">
         <v>28</v>
       </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="N23" t="s">
         <v>29</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P23">
         <v>14744</v>
       </c>
       <c r="Q23" t="s">
         <v>43</v>
       </c>
       <c r="R23" t="s">
         <v>31</v>
       </c>
       <c r="S23" t="s">
         <v>45</v>
       </c>
       <c r="T23" t="s">
         <v>32</v>
       </c>
       <c r="U23" t="s">
         <v>34</v>
       </c>
       <c r="V23">
         <v>9</v>
       </c>
       <c r="W23">
         <v>0</v>
       </c>
@@ -2358,51 +2358,51 @@
       <c r="G24">
         <v>30.5883</v>
       </c>
       <c r="H24">
         <v>3202</v>
       </c>
       <c r="I24">
         <v>2.0</v>
       </c>
       <c r="J24">
         <v>15.421</v>
       </c>
       <c r="K24">
         <v>1279.116</v>
       </c>
       <c r="L24" t="s">
         <v>28</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="N24" t="s">
         <v>29</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P24">
         <v>14744</v>
       </c>
       <c r="Q24" t="s">
         <v>43</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
       <c r="S24" t="s">
         <v>45</v>
       </c>
       <c r="T24" t="s">
         <v>32</v>
       </c>
       <c r="U24" t="s">
         <v>36</v>
       </c>
       <c r="V24">
         <v>1</v>
       </c>
       <c r="W24">
         <v>0</v>
       </c>
@@ -2435,51 +2435,51 @@
       <c r="G25">
         <v>30.5883</v>
       </c>
       <c r="H25">
         <v>3202</v>
       </c>
       <c r="I25">
         <v>2.0</v>
       </c>
       <c r="J25">
         <v>15.421</v>
       </c>
       <c r="K25">
         <v>1279.116</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25" t="s">
         <v>29</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P25">
         <v>14744</v>
       </c>
       <c r="Q25" t="s">
         <v>43</v>
       </c>
       <c r="R25" t="s">
         <v>31</v>
       </c>
       <c r="S25" t="s">
         <v>45</v>
       </c>
       <c r="T25" t="s">
         <v>32</v>
       </c>
       <c r="U25" t="s">
         <v>37</v>
       </c>
       <c r="V25">
         <v>1</v>
       </c>
       <c r="W25">
         <v>0</v>
       </c>
@@ -2512,51 +2512,51 @@
       <c r="G26">
         <v>30.5883</v>
       </c>
       <c r="H26">
         <v>3202</v>
       </c>
       <c r="I26">
         <v>2.0</v>
       </c>
       <c r="J26">
         <v>15.421</v>
       </c>
       <c r="K26">
         <v>1279.116</v>
       </c>
       <c r="L26" t="s">
         <v>28</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="N26" t="s">
         <v>29</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P26">
         <v>14744</v>
       </c>
       <c r="Q26" t="s">
         <v>43</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
       <c r="S26" t="s">
         <v>32</v>
       </c>
       <c r="T26" t="s">
         <v>32</v>
       </c>
       <c r="U26" t="s">
         <v>33</v>
       </c>
       <c r="V26">
         <v>916</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
@@ -2589,51 +2589,51 @@
       <c r="G27">
         <v>30.5883</v>
       </c>
       <c r="H27">
         <v>3202</v>
       </c>
       <c r="I27">
         <v>2.0</v>
       </c>
       <c r="J27">
         <v>15.421</v>
       </c>
       <c r="K27">
         <v>1279.116</v>
       </c>
       <c r="L27" t="s">
         <v>28</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="N27" t="s">
         <v>29</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P27">
         <v>14744</v>
       </c>
       <c r="Q27" t="s">
         <v>43</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
       <c r="S27" t="s">
         <v>32</v>
       </c>
       <c r="T27" t="s">
         <v>32</v>
       </c>
       <c r="U27" t="s">
         <v>34</v>
       </c>
       <c r="V27">
         <v>878</v>
       </c>
       <c r="W27">
         <v>0</v>
       </c>
@@ -2666,51 +2666,51 @@
       <c r="G28">
         <v>30.5883</v>
       </c>
       <c r="H28">
         <v>3202</v>
       </c>
       <c r="I28">
         <v>2.0</v>
       </c>
       <c r="J28">
         <v>15.421</v>
       </c>
       <c r="K28">
         <v>1279.116</v>
       </c>
       <c r="L28" t="s">
         <v>28</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="N28" t="s">
         <v>29</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P28">
         <v>14744</v>
       </c>
       <c r="Q28" t="s">
         <v>43</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
       <c r="S28" t="s">
         <v>32</v>
       </c>
       <c r="T28" t="s">
         <v>32</v>
       </c>
       <c r="U28" t="s">
         <v>35</v>
       </c>
       <c r="V28">
         <v>214</v>
       </c>
       <c r="W28">
         <v>0</v>
       </c>
@@ -2743,51 +2743,51 @@
       <c r="G29">
         <v>30.5883</v>
       </c>
       <c r="H29">
         <v>3202</v>
       </c>
       <c r="I29">
         <v>2.0</v>
       </c>
       <c r="J29">
         <v>15.421</v>
       </c>
       <c r="K29">
         <v>1279.116</v>
       </c>
       <c r="L29" t="s">
         <v>28</v>
       </c>
       <c r="M29">
         <v>1</v>
       </c>
       <c r="N29" t="s">
         <v>29</v>
       </c>
       <c r="O29">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P29">
         <v>14744</v>
       </c>
       <c r="Q29" t="s">
         <v>43</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
       <c r="S29" t="s">
         <v>32</v>
       </c>
       <c r="T29" t="s">
         <v>32</v>
       </c>
       <c r="U29" t="s">
         <v>36</v>
       </c>
       <c r="V29">
         <v>122</v>
       </c>
       <c r="W29">
         <v>0</v>
       </c>
@@ -2820,51 +2820,51 @@
       <c r="G30">
         <v>30.5883</v>
       </c>
       <c r="H30">
         <v>3202</v>
       </c>
       <c r="I30">
         <v>2.0</v>
       </c>
       <c r="J30">
         <v>15.421</v>
       </c>
       <c r="K30">
         <v>1279.116</v>
       </c>
       <c r="L30" t="s">
         <v>28</v>
       </c>
       <c r="M30">
         <v>1</v>
       </c>
       <c r="N30" t="s">
         <v>29</v>
       </c>
       <c r="O30">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P30">
         <v>14744</v>
       </c>
       <c r="Q30" t="s">
         <v>43</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
       <c r="S30" t="s">
         <v>32</v>
       </c>
       <c r="T30" t="s">
         <v>32</v>
       </c>
       <c r="U30" t="s">
         <v>37</v>
       </c>
       <c r="V30">
         <v>33</v>
       </c>
       <c r="W30">
         <v>0</v>
       </c>
@@ -2897,51 +2897,51 @@
       <c r="G31">
         <v>30.5883</v>
       </c>
       <c r="H31">
         <v>3202</v>
       </c>
       <c r="I31">
         <v>2.0</v>
       </c>
       <c r="J31">
         <v>15.421</v>
       </c>
       <c r="K31">
         <v>1279.116</v>
       </c>
       <c r="L31" t="s">
         <v>28</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
       <c r="N31" t="s">
         <v>29</v>
       </c>
       <c r="O31">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P31">
         <v>14744</v>
       </c>
       <c r="Q31" t="s">
         <v>43</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
       <c r="S31" t="s">
         <v>32</v>
       </c>
       <c r="T31" t="s">
         <v>32</v>
       </c>
       <c r="U31" t="s">
         <v>39</v>
       </c>
       <c r="V31">
         <v>4</v>
       </c>
       <c r="W31">
         <v>0</v>
       </c>
@@ -2974,51 +2974,51 @@
       <c r="G32">
         <v>30.5883</v>
       </c>
       <c r="H32">
         <v>3202</v>
       </c>
       <c r="I32">
         <v>2.0</v>
       </c>
       <c r="J32">
         <v>15.421</v>
       </c>
       <c r="K32">
         <v>1279.116</v>
       </c>
       <c r="L32" t="s">
         <v>28</v>
       </c>
       <c r="M32">
         <v>1</v>
       </c>
       <c r="N32" t="s">
         <v>29</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P32">
         <v>14744</v>
       </c>
       <c r="Q32" t="s">
         <v>46</v>
       </c>
       <c r="R32" t="s">
         <v>31</v>
       </c>
       <c r="S32" t="s">
         <v>32</v>
       </c>
       <c r="T32" t="s">
         <v>32</v>
       </c>
       <c r="U32" t="s">
         <v>33</v>
       </c>
       <c r="V32">
         <v>24</v>
       </c>
       <c r="W32">
         <v>0</v>
       </c>
@@ -3051,51 +3051,51 @@
       <c r="G33">
         <v>30.5883</v>
       </c>
       <c r="H33">
         <v>3202</v>
       </c>
       <c r="I33">
         <v>2.0</v>
       </c>
       <c r="J33">
         <v>15.421</v>
       </c>
       <c r="K33">
         <v>1279.116</v>
       </c>
       <c r="L33" t="s">
         <v>28</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="N33" t="s">
         <v>29</v>
       </c>
       <c r="O33">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P33">
         <v>14744</v>
       </c>
       <c r="Q33" t="s">
         <v>46</v>
       </c>
       <c r="R33" t="s">
         <v>31</v>
       </c>
       <c r="S33" t="s">
         <v>32</v>
       </c>
       <c r="T33" t="s">
         <v>32</v>
       </c>
       <c r="U33" t="s">
         <v>34</v>
       </c>
       <c r="V33">
         <v>16</v>
       </c>
       <c r="W33">
         <v>0</v>
       </c>
@@ -3128,51 +3128,51 @@
       <c r="G34">
         <v>30.5883</v>
       </c>
       <c r="H34">
         <v>3202</v>
       </c>
       <c r="I34">
         <v>2.0</v>
       </c>
       <c r="J34">
         <v>15.421</v>
       </c>
       <c r="K34">
         <v>1279.116</v>
       </c>
       <c r="L34" t="s">
         <v>28</v>
       </c>
       <c r="M34">
         <v>1</v>
       </c>
       <c r="N34" t="s">
         <v>29</v>
       </c>
       <c r="O34">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P34">
         <v>14744</v>
       </c>
       <c r="Q34" t="s">
         <v>46</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
       <c r="S34" t="s">
         <v>32</v>
       </c>
       <c r="T34" t="s">
         <v>32</v>
       </c>
       <c r="U34" t="s">
         <v>35</v>
       </c>
       <c r="V34">
         <v>5</v>
       </c>
       <c r="W34">
         <v>0</v>
       </c>
@@ -3205,51 +3205,51 @@
       <c r="G35">
         <v>30.5883</v>
       </c>
       <c r="H35">
         <v>3202</v>
       </c>
       <c r="I35">
         <v>2.0</v>
       </c>
       <c r="J35">
         <v>15.421</v>
       </c>
       <c r="K35">
         <v>1279.116</v>
       </c>
       <c r="L35" t="s">
         <v>28</v>
       </c>
       <c r="M35">
         <v>1</v>
       </c>
       <c r="N35" t="s">
         <v>29</v>
       </c>
       <c r="O35">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P35">
         <v>14744</v>
       </c>
       <c r="Q35" t="s">
         <v>46</v>
       </c>
       <c r="R35" t="s">
         <v>31</v>
       </c>
       <c r="S35" t="s">
         <v>32</v>
       </c>
       <c r="T35" t="s">
         <v>32</v>
       </c>
       <c r="U35" t="s">
         <v>36</v>
       </c>
       <c r="V35">
         <v>5</v>
       </c>
       <c r="W35">
         <v>0</v>
       </c>
@@ -3282,51 +3282,51 @@
       <c r="G36">
         <v>30.5883</v>
       </c>
       <c r="H36">
         <v>3202</v>
       </c>
       <c r="I36">
         <v>2.0</v>
       </c>
       <c r="J36">
         <v>15.421</v>
       </c>
       <c r="K36">
         <v>1279.116</v>
       </c>
       <c r="L36" t="s">
         <v>28</v>
       </c>
       <c r="M36">
         <v>1</v>
       </c>
       <c r="N36" t="s">
         <v>29</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P36">
         <v>14744</v>
       </c>
       <c r="Q36" t="s">
         <v>46</v>
       </c>
       <c r="R36" t="s">
         <v>31</v>
       </c>
       <c r="S36" t="s">
         <v>32</v>
       </c>
       <c r="T36" t="s">
         <v>32</v>
       </c>
       <c r="U36" t="s">
         <v>37</v>
       </c>
       <c r="V36">
         <v>34</v>
       </c>
       <c r="W36">
         <v>0</v>
       </c>
@@ -3359,51 +3359,51 @@
       <c r="G37">
         <v>30.5883</v>
       </c>
       <c r="H37">
         <v>3202</v>
       </c>
       <c r="I37">
         <v>2.0</v>
       </c>
       <c r="J37">
         <v>15.421</v>
       </c>
       <c r="K37">
         <v>1279.116</v>
       </c>
       <c r="L37" t="s">
         <v>28</v>
       </c>
       <c r="M37">
         <v>1</v>
       </c>
       <c r="N37" t="s">
         <v>29</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P37">
         <v>14744</v>
       </c>
       <c r="Q37" t="s">
         <v>46</v>
       </c>
       <c r="R37" t="s">
         <v>31</v>
       </c>
       <c r="S37" t="s">
         <v>32</v>
       </c>
       <c r="T37" t="s">
         <v>32</v>
       </c>
       <c r="U37" t="s">
         <v>39</v>
       </c>
       <c r="V37">
         <v>82</v>
       </c>
       <c r="W37">
         <v>0</v>
       </c>
@@ -3436,51 +3436,51 @@
       <c r="G38">
         <v>30.5883</v>
       </c>
       <c r="H38">
         <v>3202</v>
       </c>
       <c r="I38">
         <v>2.0</v>
       </c>
       <c r="J38">
         <v>15.421</v>
       </c>
       <c r="K38">
         <v>1279.116</v>
       </c>
       <c r="L38" t="s">
         <v>28</v>
       </c>
       <c r="M38">
         <v>1</v>
       </c>
       <c r="N38" t="s">
         <v>29</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P38">
         <v>14744</v>
       </c>
       <c r="Q38" t="s">
         <v>46</v>
       </c>
       <c r="R38" t="s">
         <v>31</v>
       </c>
       <c r="S38" t="s">
         <v>32</v>
       </c>
       <c r="T38" t="s">
         <v>32</v>
       </c>
       <c r="U38" t="s">
         <v>40</v>
       </c>
       <c r="V38">
         <v>24</v>
       </c>
       <c r="W38">
         <v>0</v>
       </c>
@@ -3513,51 +3513,51 @@
       <c r="G39">
         <v>30.5883</v>
       </c>
       <c r="H39">
         <v>3202</v>
       </c>
       <c r="I39">
         <v>2.0</v>
       </c>
       <c r="J39">
         <v>15.421</v>
       </c>
       <c r="K39">
         <v>1279.116</v>
       </c>
       <c r="L39" t="s">
         <v>28</v>
       </c>
       <c r="M39">
         <v>1</v>
       </c>
       <c r="N39" t="s">
         <v>29</v>
       </c>
       <c r="O39">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P39">
         <v>14744</v>
       </c>
       <c r="Q39" t="s">
         <v>46</v>
       </c>
       <c r="R39" t="s">
         <v>31</v>
       </c>
       <c r="S39" t="s">
         <v>32</v>
       </c>
       <c r="T39" t="s">
         <v>32</v>
       </c>
       <c r="U39" t="s">
         <v>41</v>
       </c>
       <c r="V39">
         <v>1</v>
       </c>
       <c r="W39">
         <v>0</v>
       </c>
@@ -3590,51 +3590,51 @@
       <c r="G40">
         <v>30.5883</v>
       </c>
       <c r="H40">
         <v>3202</v>
       </c>
       <c r="I40">
         <v>2.0</v>
       </c>
       <c r="J40">
         <v>15.421</v>
       </c>
       <c r="K40">
         <v>1279.116</v>
       </c>
       <c r="L40" t="s">
         <v>28</v>
       </c>
       <c r="M40">
         <v>1</v>
       </c>
       <c r="N40" t="s">
         <v>29</v>
       </c>
       <c r="O40">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P40">
         <v>14744</v>
       </c>
       <c r="Q40" t="s">
         <v>47</v>
       </c>
       <c r="R40" t="s">
         <v>31</v>
       </c>
       <c r="S40" t="s">
         <v>32</v>
       </c>
       <c r="T40" t="s">
         <v>32</v>
       </c>
       <c r="U40" t="s">
         <v>33</v>
       </c>
       <c r="V40">
         <v>71</v>
       </c>
       <c r="W40">
         <v>0</v>
       </c>
@@ -3667,51 +3667,51 @@
       <c r="G41">
         <v>30.5883</v>
       </c>
       <c r="H41">
         <v>3202</v>
       </c>
       <c r="I41">
         <v>2.0</v>
       </c>
       <c r="J41">
         <v>15.421</v>
       </c>
       <c r="K41">
         <v>1279.116</v>
       </c>
       <c r="L41" t="s">
         <v>28</v>
       </c>
       <c r="M41">
         <v>1</v>
       </c>
       <c r="N41" t="s">
         <v>29</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P41">
         <v>14744</v>
       </c>
       <c r="Q41" t="s">
         <v>47</v>
       </c>
       <c r="R41" t="s">
         <v>31</v>
       </c>
       <c r="S41" t="s">
         <v>32</v>
       </c>
       <c r="T41" t="s">
         <v>32</v>
       </c>
       <c r="U41" t="s">
         <v>34</v>
       </c>
       <c r="V41">
         <v>31</v>
       </c>
       <c r="W41">
         <v>0</v>
       </c>
@@ -3744,51 +3744,51 @@
       <c r="G42">
         <v>30.5883</v>
       </c>
       <c r="H42">
         <v>3202</v>
       </c>
       <c r="I42">
         <v>2.0</v>
       </c>
       <c r="J42">
         <v>15.421</v>
       </c>
       <c r="K42">
         <v>1279.116</v>
       </c>
       <c r="L42" t="s">
         <v>28</v>
       </c>
       <c r="M42">
         <v>1</v>
       </c>
       <c r="N42" t="s">
         <v>29</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P42">
         <v>14744</v>
       </c>
       <c r="Q42" t="s">
         <v>47</v>
       </c>
       <c r="R42" t="s">
         <v>31</v>
       </c>
       <c r="S42" t="s">
         <v>32</v>
       </c>
       <c r="T42" t="s">
         <v>32</v>
       </c>
       <c r="U42" t="s">
         <v>35</v>
       </c>
       <c r="V42">
         <v>10</v>
       </c>
       <c r="W42">
         <v>0</v>
       </c>
@@ -3821,51 +3821,51 @@
       <c r="G43">
         <v>30.5883</v>
       </c>
       <c r="H43">
         <v>3202</v>
       </c>
       <c r="I43">
         <v>2.0</v>
       </c>
       <c r="J43">
         <v>15.421</v>
       </c>
       <c r="K43">
         <v>1279.116</v>
       </c>
       <c r="L43" t="s">
         <v>28</v>
       </c>
       <c r="M43">
         <v>1</v>
       </c>
       <c r="N43" t="s">
         <v>29</v>
       </c>
       <c r="O43">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P43">
         <v>14744</v>
       </c>
       <c r="Q43" t="s">
         <v>47</v>
       </c>
       <c r="R43" t="s">
         <v>31</v>
       </c>
       <c r="S43" t="s">
         <v>32</v>
       </c>
       <c r="T43" t="s">
         <v>32</v>
       </c>
       <c r="U43" t="s">
         <v>36</v>
       </c>
       <c r="V43">
         <v>10</v>
       </c>
       <c r="W43">
         <v>0</v>
       </c>
@@ -3898,51 +3898,51 @@
       <c r="G44">
         <v>30.5883</v>
       </c>
       <c r="H44">
         <v>3202</v>
       </c>
       <c r="I44">
         <v>2.0</v>
       </c>
       <c r="J44">
         <v>15.421</v>
       </c>
       <c r="K44">
         <v>1279.116</v>
       </c>
       <c r="L44" t="s">
         <v>28</v>
       </c>
       <c r="M44">
         <v>1</v>
       </c>
       <c r="N44" t="s">
         <v>29</v>
       </c>
       <c r="O44">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P44">
         <v>14744</v>
       </c>
       <c r="Q44" t="s">
         <v>47</v>
       </c>
       <c r="R44" t="s">
         <v>31</v>
       </c>
       <c r="S44" t="s">
         <v>32</v>
       </c>
       <c r="T44" t="s">
         <v>32</v>
       </c>
       <c r="U44" t="s">
         <v>37</v>
       </c>
       <c r="V44">
         <v>2</v>
       </c>
       <c r="W44">
         <v>0</v>
       </c>
@@ -3975,51 +3975,51 @@
       <c r="G45">
         <v>30.5883</v>
       </c>
       <c r="H45">
         <v>3202</v>
       </c>
       <c r="I45">
         <v>2.0</v>
       </c>
       <c r="J45">
         <v>15.421</v>
       </c>
       <c r="K45">
         <v>1279.116</v>
       </c>
       <c r="L45" t="s">
         <v>28</v>
       </c>
       <c r="M45">
         <v>1</v>
       </c>
       <c r="N45" t="s">
         <v>29</v>
       </c>
       <c r="O45">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P45">
         <v>14744</v>
       </c>
       <c r="Q45" t="s">
         <v>38</v>
       </c>
       <c r="R45" t="s">
         <v>31</v>
       </c>
       <c r="S45" t="s">
         <v>44</v>
       </c>
       <c r="T45" t="s">
         <v>32</v>
       </c>
       <c r="U45" t="s">
         <v>36</v>
       </c>
       <c r="V45">
         <v>1</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
@@ -4052,51 +4052,51 @@
       <c r="G46">
         <v>30.5883</v>
       </c>
       <c r="H46">
         <v>3202</v>
       </c>
       <c r="I46">
         <v>2.0</v>
       </c>
       <c r="J46">
         <v>15.421</v>
       </c>
       <c r="K46">
         <v>1279.116</v>
       </c>
       <c r="L46" t="s">
         <v>28</v>
       </c>
       <c r="M46">
         <v>1</v>
       </c>
       <c r="N46" t="s">
         <v>29</v>
       </c>
       <c r="O46">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P46">
         <v>14744</v>
       </c>
       <c r="Q46" t="s">
         <v>38</v>
       </c>
       <c r="R46" t="s">
         <v>31</v>
       </c>
       <c r="S46" t="s">
         <v>44</v>
       </c>
       <c r="T46" t="s">
         <v>32</v>
       </c>
       <c r="U46" t="s">
         <v>37</v>
       </c>
       <c r="V46">
         <v>1</v>
       </c>
       <c r="W46">
         <v>0</v>
       </c>
@@ -4129,51 +4129,51 @@
       <c r="G47">
         <v>30.5883</v>
       </c>
       <c r="H47">
         <v>3202</v>
       </c>
       <c r="I47">
         <v>2.0</v>
       </c>
       <c r="J47">
         <v>15.421</v>
       </c>
       <c r="K47">
         <v>1279.116</v>
       </c>
       <c r="L47" t="s">
         <v>28</v>
       </c>
       <c r="M47">
         <v>1</v>
       </c>
       <c r="N47" t="s">
         <v>29</v>
       </c>
       <c r="O47">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P47">
         <v>14744</v>
       </c>
       <c r="Q47" t="s">
         <v>38</v>
       </c>
       <c r="R47" t="s">
         <v>31</v>
       </c>
       <c r="S47" t="s">
         <v>44</v>
       </c>
       <c r="T47" t="s">
         <v>32</v>
       </c>
       <c r="U47" t="s">
         <v>40</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
         <v>0</v>
       </c>
@@ -4206,51 +4206,51 @@
       <c r="G48">
         <v>30.5883</v>
       </c>
       <c r="H48">
         <v>3202</v>
       </c>
       <c r="I48">
         <v>2.0</v>
       </c>
       <c r="J48">
         <v>15.421</v>
       </c>
       <c r="K48">
         <v>1279.116</v>
       </c>
       <c r="L48" t="s">
         <v>28</v>
       </c>
       <c r="M48">
         <v>1</v>
       </c>
       <c r="N48" t="s">
         <v>29</v>
       </c>
       <c r="O48">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P48">
         <v>14744</v>
       </c>
       <c r="Q48" t="s">
         <v>38</v>
       </c>
       <c r="R48" t="s">
         <v>31</v>
       </c>
       <c r="S48" t="s">
         <v>44</v>
       </c>
       <c r="T48" t="s">
         <v>32</v>
       </c>
       <c r="U48" t="s">
         <v>41</v>
       </c>
       <c r="V48">
         <v>2</v>
       </c>
       <c r="W48">
         <v>0</v>
       </c>
@@ -4283,51 +4283,51 @@
       <c r="G49">
         <v>30.5883</v>
       </c>
       <c r="H49">
         <v>3202</v>
       </c>
       <c r="I49">
         <v>2.0</v>
       </c>
       <c r="J49">
         <v>15.421</v>
       </c>
       <c r="K49">
         <v>1279.116</v>
       </c>
       <c r="L49" t="s">
         <v>28</v>
       </c>
       <c r="M49">
         <v>1</v>
       </c>
       <c r="N49" t="s">
         <v>29</v>
       </c>
       <c r="O49">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P49">
         <v>14744</v>
       </c>
       <c r="Q49" t="s">
         <v>38</v>
       </c>
       <c r="R49" t="s">
         <v>31</v>
       </c>
       <c r="S49" t="s">
         <v>44</v>
       </c>
       <c r="T49" t="s">
         <v>32</v>
       </c>
       <c r="U49" t="s">
         <v>42</v>
       </c>
       <c r="V49">
         <v>7</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
@@ -4360,51 +4360,51 @@
       <c r="G50">
         <v>30.5883</v>
       </c>
       <c r="H50">
         <v>3202</v>
       </c>
       <c r="I50">
         <v>2.0</v>
       </c>
       <c r="J50">
         <v>15.421</v>
       </c>
       <c r="K50">
         <v>1279.116</v>
       </c>
       <c r="L50" t="s">
         <v>28</v>
       </c>
       <c r="M50">
         <v>1</v>
       </c>
       <c r="N50" t="s">
         <v>29</v>
       </c>
       <c r="O50">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P50">
         <v>14744</v>
       </c>
       <c r="Q50" t="s">
         <v>43</v>
       </c>
       <c r="R50" t="s">
         <v>31</v>
       </c>
       <c r="S50" t="s">
         <v>48</v>
       </c>
       <c r="T50" t="s">
         <v>32</v>
       </c>
       <c r="U50" t="s">
         <v>36</v>
       </c>
       <c r="V50">
         <v>1</v>
       </c>
       <c r="W50">
         <v>0</v>
       </c>
@@ -4437,51 +4437,51 @@
       <c r="G51">
         <v>30.5883</v>
       </c>
       <c r="H51">
         <v>3202</v>
       </c>
       <c r="I51">
         <v>2.0</v>
       </c>
       <c r="J51">
         <v>15.421</v>
       </c>
       <c r="K51">
         <v>1279.116</v>
       </c>
       <c r="L51" t="s">
         <v>28</v>
       </c>
       <c r="M51">
         <v>1</v>
       </c>
       <c r="N51" t="s">
         <v>29</v>
       </c>
       <c r="O51">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P51">
         <v>14744</v>
       </c>
       <c r="Q51" t="s">
         <v>43</v>
       </c>
       <c r="R51" t="s">
         <v>31</v>
       </c>
       <c r="S51" t="s">
         <v>48</v>
       </c>
       <c r="T51" t="s">
         <v>32</v>
       </c>
       <c r="U51" t="s">
         <v>37</v>
       </c>
       <c r="V51">
         <v>4</v>
       </c>
       <c r="W51">
         <v>0</v>
       </c>
@@ -4514,51 +4514,51 @@
       <c r="G52">
         <v>30.5883</v>
       </c>
       <c r="H52">
         <v>3202</v>
       </c>
       <c r="I52">
         <v>2.0</v>
       </c>
       <c r="J52">
         <v>15.421</v>
       </c>
       <c r="K52">
         <v>1279.116</v>
       </c>
       <c r="L52" t="s">
         <v>28</v>
       </c>
       <c r="M52">
         <v>1</v>
       </c>
       <c r="N52" t="s">
         <v>29</v>
       </c>
       <c r="O52">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P52">
         <v>14744</v>
       </c>
       <c r="Q52" t="s">
         <v>47</v>
       </c>
       <c r="R52" t="s">
         <v>31</v>
       </c>
       <c r="S52" t="s">
         <v>44</v>
       </c>
       <c r="T52" t="s">
         <v>32</v>
       </c>
       <c r="U52" t="s">
         <v>36</v>
       </c>
       <c r="V52">
         <v>1</v>
       </c>
       <c r="W52">
         <v>0</v>
       </c>
@@ -4591,51 +4591,51 @@
       <c r="G53">
         <v>30.5883</v>
       </c>
       <c r="H53">
         <v>3202</v>
       </c>
       <c r="I53">
         <v>2.0</v>
       </c>
       <c r="J53">
         <v>15.421</v>
       </c>
       <c r="K53">
         <v>1279.116</v>
       </c>
       <c r="L53" t="s">
         <v>28</v>
       </c>
       <c r="M53">
         <v>1</v>
       </c>
       <c r="N53" t="s">
         <v>29</v>
       </c>
       <c r="O53">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P53">
         <v>14744</v>
       </c>
       <c r="Q53" t="s">
         <v>47</v>
       </c>
       <c r="R53" t="s">
         <v>31</v>
       </c>
       <c r="S53" t="s">
         <v>44</v>
       </c>
       <c r="T53" t="s">
         <v>32</v>
       </c>
       <c r="U53" t="s">
         <v>37</v>
       </c>
       <c r="V53">
         <v>2</v>
       </c>
       <c r="W53">
         <v>0</v>
       </c>
@@ -4668,51 +4668,51 @@
       <c r="G54">
         <v>30.5883</v>
       </c>
       <c r="H54">
         <v>3202</v>
       </c>
       <c r="I54">
         <v>2.0</v>
       </c>
       <c r="J54">
         <v>15.421</v>
       </c>
       <c r="K54">
         <v>1279.116</v>
       </c>
       <c r="L54" t="s">
         <v>28</v>
       </c>
       <c r="M54">
         <v>1</v>
       </c>
       <c r="N54" t="s">
         <v>29</v>
       </c>
       <c r="O54">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P54">
         <v>14744</v>
       </c>
       <c r="Q54" t="s">
         <v>47</v>
       </c>
       <c r="R54" t="s">
         <v>31</v>
       </c>
       <c r="S54" t="s">
         <v>44</v>
       </c>
       <c r="T54" t="s">
         <v>32</v>
       </c>
       <c r="U54" t="s">
         <v>40</v>
       </c>
       <c r="V54">
         <v>1</v>
       </c>
       <c r="W54">
         <v>0</v>
       </c>
@@ -4745,51 +4745,51 @@
       <c r="G55">
         <v>30.5883</v>
       </c>
       <c r="H55">
         <v>3202</v>
       </c>
       <c r="I55">
         <v>2.0</v>
       </c>
       <c r="J55">
         <v>15.421</v>
       </c>
       <c r="K55">
         <v>1279.116</v>
       </c>
       <c r="L55" t="s">
         <v>28</v>
       </c>
       <c r="M55">
         <v>1</v>
       </c>
       <c r="N55" t="s">
         <v>29</v>
       </c>
       <c r="O55">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P55">
         <v>14744</v>
       </c>
       <c r="Q55" t="s">
         <v>46</v>
       </c>
       <c r="R55" t="s">
         <v>31</v>
       </c>
       <c r="S55" t="s">
         <v>44</v>
       </c>
       <c r="T55" t="s">
         <v>32</v>
       </c>
       <c r="U55" t="s">
         <v>39</v>
       </c>
       <c r="V55">
         <v>1</v>
       </c>
       <c r="W55">
         <v>0</v>
       </c>
@@ -4822,51 +4822,51 @@
       <c r="G56">
         <v>30.5883</v>
       </c>
       <c r="H56">
         <v>3202</v>
       </c>
       <c r="I56">
         <v>2.0</v>
       </c>
       <c r="J56">
         <v>15.421</v>
       </c>
       <c r="K56">
         <v>1279.116</v>
       </c>
       <c r="L56" t="s">
         <v>28</v>
       </c>
       <c r="M56">
         <v>1</v>
       </c>
       <c r="N56" t="s">
         <v>29</v>
       </c>
       <c r="O56">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P56">
         <v>14744</v>
       </c>
       <c r="Q56" t="s">
         <v>38</v>
       </c>
       <c r="R56" t="s">
         <v>31</v>
       </c>
       <c r="S56" t="s">
         <v>45</v>
       </c>
       <c r="T56" t="s">
         <v>32</v>
       </c>
       <c r="U56" t="s">
         <v>40</v>
       </c>
       <c r="V56">
         <v>1</v>
       </c>
       <c r="W56">
         <v>0</v>
       </c>