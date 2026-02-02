--- v0 (2026-01-13)
+++ v1 (2026-02-02)
@@ -95,51 +95,51 @@
   <si>
     <t>typprod</t>
   </si>
   <si>
     <t>cm</t>
   </si>
   <si>
     <t>produit_nbre</t>
   </si>
   <si>
     <t>produit_vtrh</t>
   </si>
   <si>
     <t>produit_vtrr</t>
   </si>
   <si>
     <t>produit_vtgr</t>
   </si>
   <si>
     <t>Cantonnement de Viroinval</t>
   </si>
   <si>
     <t>Viroinval Cne</t>
   </si>
   <si>
-    <t>04/03/2026</t>
+    <t>18/03/2026</t>
   </si>
   <si>
     <t>TAILLE DE LA BARAQUE - cpe 1</t>
   </si>
   <si>
     <t>GRANDIS</t>
   </si>
   <si>
     <t>DEFINITIVE</t>
   </si>
   <si>
     <t>NORMAL</t>
   </si>
   <si>
     <t>70/(R:90-F:100)</t>
   </si>
   <si>
     <t>(R:90-F:100)/120</t>
   </si>
   <si>
     <t>120/150</t>
   </si>
   <si>
     <t>150/180</t>
   </si>