--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -644,51 +644,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y453"/>
+  <dimension ref="A1:Y451"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
@@ -31271,60 +31271,60 @@
       </c>
     </row>
     <row r="398" spans="1:25">
       <c r="A398" t="s">
         <v>25</v>
       </c>
       <c r="B398">
         <v>2025</v>
       </c>
       <c r="C398">
         <v>3527</v>
       </c>
       <c r="D398" t="s">
         <v>73</v>
       </c>
       <c r="E398">
         <v>2</v>
       </c>
       <c r="F398">
         <v>32</v>
       </c>
       <c r="G398">
         <v>21.1176</v>
       </c>
       <c r="H398">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I398">
         <v>0</v>
       </c>
       <c r="J398">
         <v>1.188</v>
       </c>
       <c r="K398">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L398" t="s">
         <v>27</v>
       </c>
       <c r="M398">
         <v>1</v>
       </c>
       <c r="N398" t="s">
         <v>81</v>
       </c>
       <c r="O398">
         <v>2</v>
       </c>
       <c r="P398">
         <v>14164</v>
       </c>
       <c r="Q398" t="s">
         <v>40</v>
       </c>
       <c r="R398" t="s">
         <v>41</v>
       </c>
       <c r="S398" t="s">
         <v>31</v>
       </c>
@@ -31348,60 +31348,60 @@
       </c>
     </row>
     <row r="399" spans="1:25">
       <c r="A399" t="s">
         <v>25</v>
       </c>
       <c r="B399">
         <v>2025</v>
       </c>
       <c r="C399">
         <v>3527</v>
       </c>
       <c r="D399" t="s">
         <v>73</v>
       </c>
       <c r="E399">
         <v>2</v>
       </c>
       <c r="F399">
         <v>32</v>
       </c>
       <c r="G399">
         <v>21.1176</v>
       </c>
       <c r="H399">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I399">
         <v>0</v>
       </c>
       <c r="J399">
         <v>1.188</v>
       </c>
       <c r="K399">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L399" t="s">
         <v>27</v>
       </c>
       <c r="M399">
         <v>1</v>
       </c>
       <c r="N399" t="s">
         <v>81</v>
       </c>
       <c r="O399">
         <v>2</v>
       </c>
       <c r="P399">
         <v>14164</v>
       </c>
       <c r="Q399" t="s">
         <v>40</v>
       </c>
       <c r="R399" t="s">
         <v>41</v>
       </c>
       <c r="S399" t="s">
         <v>31</v>
       </c>
@@ -31425,60 +31425,60 @@
       </c>
     </row>
     <row r="400" spans="1:25">
       <c r="A400" t="s">
         <v>25</v>
       </c>
       <c r="B400">
         <v>2025</v>
       </c>
       <c r="C400">
         <v>3527</v>
       </c>
       <c r="D400" t="s">
         <v>73</v>
       </c>
       <c r="E400">
         <v>2</v>
       </c>
       <c r="F400">
         <v>32</v>
       </c>
       <c r="G400">
         <v>21.1176</v>
       </c>
       <c r="H400">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I400">
         <v>0</v>
       </c>
       <c r="J400">
         <v>1.188</v>
       </c>
       <c r="K400">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L400" t="s">
         <v>27</v>
       </c>
       <c r="M400">
         <v>1</v>
       </c>
       <c r="N400" t="s">
         <v>81</v>
       </c>
       <c r="O400">
         <v>2</v>
       </c>
       <c r="P400">
         <v>14164</v>
       </c>
       <c r="Q400" t="s">
         <v>40</v>
       </c>
       <c r="R400" t="s">
         <v>41</v>
       </c>
       <c r="S400" t="s">
         <v>31</v>
       </c>
@@ -31502,60 +31502,60 @@
       </c>
     </row>
     <row r="401" spans="1:25">
       <c r="A401" t="s">
         <v>25</v>
       </c>
       <c r="B401">
         <v>2025</v>
       </c>
       <c r="C401">
         <v>3527</v>
       </c>
       <c r="D401" t="s">
         <v>73</v>
       </c>
       <c r="E401">
         <v>2</v>
       </c>
       <c r="F401">
         <v>32</v>
       </c>
       <c r="G401">
         <v>21.1176</v>
       </c>
       <c r="H401">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I401">
         <v>0</v>
       </c>
       <c r="J401">
         <v>1.188</v>
       </c>
       <c r="K401">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L401" t="s">
         <v>27</v>
       </c>
       <c r="M401">
         <v>1</v>
       </c>
       <c r="N401" t="s">
         <v>81</v>
       </c>
       <c r="O401">
         <v>2</v>
       </c>
       <c r="P401">
         <v>14164</v>
       </c>
       <c r="Q401" t="s">
         <v>40</v>
       </c>
       <c r="R401" t="s">
         <v>41</v>
       </c>
       <c r="S401" t="s">
         <v>31</v>
       </c>
@@ -31579,60 +31579,60 @@
       </c>
     </row>
     <row r="402" spans="1:25">
       <c r="A402" t="s">
         <v>25</v>
       </c>
       <c r="B402">
         <v>2025</v>
       </c>
       <c r="C402">
         <v>3527</v>
       </c>
       <c r="D402" t="s">
         <v>73</v>
       </c>
       <c r="E402">
         <v>2</v>
       </c>
       <c r="F402">
         <v>32</v>
       </c>
       <c r="G402">
         <v>21.1176</v>
       </c>
       <c r="H402">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I402">
         <v>0</v>
       </c>
       <c r="J402">
         <v>1.188</v>
       </c>
       <c r="K402">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L402" t="s">
         <v>27</v>
       </c>
       <c r="M402">
         <v>1</v>
       </c>
       <c r="N402" t="s">
         <v>81</v>
       </c>
       <c r="O402">
         <v>2</v>
       </c>
       <c r="P402">
         <v>14164</v>
       </c>
       <c r="Q402" t="s">
         <v>40</v>
       </c>
       <c r="R402" t="s">
         <v>41</v>
       </c>
       <c r="S402" t="s">
         <v>31</v>
       </c>
@@ -31656,60 +31656,60 @@
       </c>
     </row>
     <row r="403" spans="1:25">
       <c r="A403" t="s">
         <v>25</v>
       </c>
       <c r="B403">
         <v>2025</v>
       </c>
       <c r="C403">
         <v>3527</v>
       </c>
       <c r="D403" t="s">
         <v>73</v>
       </c>
       <c r="E403">
         <v>2</v>
       </c>
       <c r="F403">
         <v>32</v>
       </c>
       <c r="G403">
         <v>21.1176</v>
       </c>
       <c r="H403">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I403">
         <v>0</v>
       </c>
       <c r="J403">
         <v>1.188</v>
       </c>
       <c r="K403">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L403" t="s">
         <v>27</v>
       </c>
       <c r="M403">
         <v>1</v>
       </c>
       <c r="N403" t="s">
         <v>81</v>
       </c>
       <c r="O403">
         <v>2</v>
       </c>
       <c r="P403">
         <v>14164</v>
       </c>
       <c r="Q403" t="s">
         <v>40</v>
       </c>
       <c r="R403" t="s">
         <v>41</v>
       </c>
       <c r="S403" t="s">
         <v>31</v>
       </c>
@@ -31733,60 +31733,60 @@
       </c>
     </row>
     <row r="404" spans="1:25">
       <c r="A404" t="s">
         <v>25</v>
       </c>
       <c r="B404">
         <v>2025</v>
       </c>
       <c r="C404">
         <v>3527</v>
       </c>
       <c r="D404" t="s">
         <v>73</v>
       </c>
       <c r="E404">
         <v>2</v>
       </c>
       <c r="F404">
         <v>32</v>
       </c>
       <c r="G404">
         <v>21.1176</v>
       </c>
       <c r="H404">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I404">
         <v>0</v>
       </c>
       <c r="J404">
         <v>1.188</v>
       </c>
       <c r="K404">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L404" t="s">
         <v>27</v>
       </c>
       <c r="M404">
         <v>1</v>
       </c>
       <c r="N404" t="s">
         <v>81</v>
       </c>
       <c r="O404">
         <v>2</v>
       </c>
       <c r="P404">
         <v>14164</v>
       </c>
       <c r="Q404" t="s">
         <v>40</v>
       </c>
       <c r="R404" t="s">
         <v>41</v>
       </c>
       <c r="S404" t="s">
         <v>31</v>
       </c>
@@ -31810,2181 +31810,2181 @@
       </c>
     </row>
     <row r="405" spans="1:25">
       <c r="A405" t="s">
         <v>25</v>
       </c>
       <c r="B405">
         <v>2025</v>
       </c>
       <c r="C405">
         <v>3527</v>
       </c>
       <c r="D405" t="s">
         <v>73</v>
       </c>
       <c r="E405">
         <v>2</v>
       </c>
       <c r="F405">
         <v>32</v>
       </c>
       <c r="G405">
         <v>21.1176</v>
       </c>
       <c r="H405">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I405">
         <v>0</v>
       </c>
       <c r="J405">
         <v>1.188</v>
       </c>
       <c r="K405">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L405" t="s">
         <v>27</v>
       </c>
       <c r="M405">
         <v>1</v>
       </c>
       <c r="N405" t="s">
         <v>81</v>
       </c>
       <c r="O405">
         <v>2</v>
       </c>
       <c r="P405">
         <v>14164</v>
       </c>
       <c r="Q405" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="R405" t="s">
         <v>41</v>
       </c>
       <c r="S405" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="T405" t="s">
         <v>31</v>
       </c>
       <c r="U405" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="V405">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W405">
         <v>0</v>
       </c>
       <c r="X405">
         <v>0</v>
       </c>
       <c r="Y405">
-        <v>10.546</v>
+        <v>0.058</v>
       </c>
     </row>
     <row r="406" spans="1:25">
       <c r="A406" t="s">
         <v>25</v>
       </c>
       <c r="B406">
         <v>2025</v>
       </c>
       <c r="C406">
         <v>3527</v>
       </c>
       <c r="D406" t="s">
         <v>73</v>
       </c>
       <c r="E406">
         <v>2</v>
       </c>
       <c r="F406">
         <v>32</v>
       </c>
       <c r="G406">
         <v>21.1176</v>
       </c>
       <c r="H406">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I406">
         <v>0</v>
       </c>
       <c r="J406">
         <v>1.188</v>
       </c>
       <c r="K406">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L406" t="s">
         <v>27</v>
       </c>
       <c r="M406">
         <v>1</v>
       </c>
       <c r="N406" t="s">
         <v>81</v>
       </c>
       <c r="O406">
         <v>2</v>
       </c>
       <c r="P406">
         <v>14164</v>
       </c>
       <c r="Q406" t="s">
         <v>29</v>
       </c>
       <c r="R406" t="s">
         <v>41</v>
       </c>
       <c r="S406" t="s">
         <v>38</v>
       </c>
       <c r="T406" t="s">
         <v>31</v>
       </c>
       <c r="U406" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="V406">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W406">
         <v>0</v>
       </c>
       <c r="X406">
         <v>0</v>
       </c>
       <c r="Y406">
-        <v>0.058</v>
+        <v>0.423</v>
       </c>
     </row>
     <row r="407" spans="1:25">
       <c r="A407" t="s">
         <v>25</v>
       </c>
       <c r="B407">
         <v>2025</v>
       </c>
       <c r="C407">
         <v>3527</v>
       </c>
       <c r="D407" t="s">
         <v>73</v>
       </c>
       <c r="E407">
         <v>2</v>
       </c>
       <c r="F407">
         <v>32</v>
       </c>
       <c r="G407">
         <v>21.1176</v>
       </c>
       <c r="H407">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I407">
         <v>0</v>
       </c>
       <c r="J407">
         <v>1.188</v>
       </c>
       <c r="K407">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L407" t="s">
         <v>27</v>
       </c>
       <c r="M407">
         <v>1</v>
       </c>
       <c r="N407" t="s">
         <v>81</v>
       </c>
       <c r="O407">
         <v>2</v>
       </c>
       <c r="P407">
         <v>14164</v>
       </c>
       <c r="Q407" t="s">
         <v>29</v>
       </c>
       <c r="R407" t="s">
         <v>41</v>
       </c>
       <c r="S407" t="s">
         <v>38</v>
       </c>
       <c r="T407" t="s">
         <v>31</v>
       </c>
       <c r="U407" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V407">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W407">
         <v>0</v>
       </c>
       <c r="X407">
         <v>0</v>
       </c>
       <c r="Y407">
-        <v>0.423</v>
+        <v>0.283</v>
       </c>
     </row>
     <row r="408" spans="1:25">
       <c r="A408" t="s">
         <v>25</v>
       </c>
       <c r="B408">
         <v>2025</v>
       </c>
       <c r="C408">
         <v>3527</v>
       </c>
       <c r="D408" t="s">
         <v>73</v>
       </c>
       <c r="E408">
         <v>2</v>
       </c>
       <c r="F408">
         <v>32</v>
       </c>
       <c r="G408">
         <v>21.1176</v>
       </c>
       <c r="H408">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I408">
         <v>0</v>
       </c>
       <c r="J408">
         <v>1.188</v>
       </c>
       <c r="K408">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L408" t="s">
         <v>27</v>
       </c>
       <c r="M408">
         <v>1</v>
       </c>
       <c r="N408" t="s">
         <v>81</v>
       </c>
       <c r="O408">
         <v>2</v>
       </c>
       <c r="P408">
         <v>14164</v>
       </c>
       <c r="Q408" t="s">
         <v>29</v>
       </c>
       <c r="R408" t="s">
         <v>41</v>
       </c>
       <c r="S408" t="s">
         <v>38</v>
       </c>
       <c r="T408" t="s">
         <v>31</v>
       </c>
       <c r="U408" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="V408">
         <v>1</v>
       </c>
       <c r="W408">
         <v>0</v>
       </c>
       <c r="X408">
         <v>0</v>
       </c>
       <c r="Y408">
-        <v>0.283</v>
+        <v>1.462</v>
       </c>
     </row>
     <row r="409" spans="1:25">
       <c r="A409" t="s">
         <v>25</v>
       </c>
       <c r="B409">
         <v>2025</v>
       </c>
       <c r="C409">
         <v>3527</v>
       </c>
       <c r="D409" t="s">
         <v>73</v>
       </c>
       <c r="E409">
         <v>2</v>
       </c>
       <c r="F409">
         <v>32</v>
       </c>
       <c r="G409">
         <v>21.1176</v>
       </c>
       <c r="H409">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I409">
         <v>0</v>
       </c>
       <c r="J409">
         <v>1.188</v>
       </c>
       <c r="K409">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L409" t="s">
         <v>27</v>
       </c>
       <c r="M409">
         <v>1</v>
       </c>
       <c r="N409" t="s">
         <v>81</v>
       </c>
       <c r="O409">
         <v>2</v>
       </c>
       <c r="P409">
         <v>14164</v>
       </c>
       <c r="Q409" t="s">
         <v>29</v>
       </c>
       <c r="R409" t="s">
         <v>41</v>
       </c>
       <c r="S409" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="T409" t="s">
         <v>31</v>
       </c>
       <c r="U409" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="V409">
-        <v>1</v>
+        <v>207</v>
       </c>
       <c r="W409">
         <v>0</v>
       </c>
       <c r="X409">
         <v>0</v>
       </c>
       <c r="Y409">
-        <v>1.462</v>
+        <v>10.831</v>
       </c>
     </row>
     <row r="410" spans="1:25">
       <c r="A410" t="s">
         <v>25</v>
       </c>
       <c r="B410">
         <v>2025</v>
       </c>
       <c r="C410">
         <v>3527</v>
       </c>
       <c r="D410" t="s">
         <v>73</v>
       </c>
       <c r="E410">
         <v>2</v>
       </c>
       <c r="F410">
         <v>32</v>
       </c>
       <c r="G410">
         <v>21.1176</v>
       </c>
       <c r="H410">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I410">
         <v>0</v>
       </c>
       <c r="J410">
         <v>1.188</v>
       </c>
       <c r="K410">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L410" t="s">
         <v>27</v>
       </c>
       <c r="M410">
         <v>1</v>
       </c>
       <c r="N410" t="s">
         <v>81</v>
       </c>
       <c r="O410">
         <v>2</v>
       </c>
       <c r="P410">
         <v>14164</v>
       </c>
       <c r="Q410" t="s">
         <v>29</v>
       </c>
       <c r="R410" t="s">
         <v>41</v>
       </c>
       <c r="S410" t="s">
         <v>31</v>
       </c>
       <c r="T410" t="s">
         <v>31</v>
       </c>
       <c r="U410" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="V410">
-        <v>207</v>
+        <v>681</v>
       </c>
       <c r="W410">
         <v>0</v>
       </c>
       <c r="X410">
         <v>0</v>
       </c>
       <c r="Y410">
-        <v>10.831</v>
+        <v>104.374</v>
       </c>
     </row>
     <row r="411" spans="1:25">
       <c r="A411" t="s">
         <v>25</v>
       </c>
       <c r="B411">
         <v>2025</v>
       </c>
       <c r="C411">
         <v>3527</v>
       </c>
       <c r="D411" t="s">
         <v>73</v>
       </c>
       <c r="E411">
         <v>2</v>
       </c>
       <c r="F411">
         <v>32</v>
       </c>
       <c r="G411">
         <v>21.1176</v>
       </c>
       <c r="H411">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I411">
         <v>0</v>
       </c>
       <c r="J411">
         <v>1.188</v>
       </c>
       <c r="K411">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L411" t="s">
         <v>27</v>
       </c>
       <c r="M411">
         <v>1</v>
       </c>
       <c r="N411" t="s">
         <v>81</v>
       </c>
       <c r="O411">
         <v>2</v>
       </c>
       <c r="P411">
         <v>14164</v>
       </c>
       <c r="Q411" t="s">
         <v>29</v>
       </c>
       <c r="R411" t="s">
         <v>41</v>
       </c>
       <c r="S411" t="s">
         <v>31</v>
       </c>
       <c r="T411" t="s">
         <v>31</v>
       </c>
       <c r="U411" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V411">
-        <v>681</v>
+        <v>224</v>
       </c>
       <c r="W411">
         <v>0</v>
       </c>
       <c r="X411">
         <v>0</v>
       </c>
       <c r="Y411">
-        <v>104.374</v>
+        <v>64.819</v>
       </c>
     </row>
     <row r="412" spans="1:25">
       <c r="A412" t="s">
         <v>25</v>
       </c>
       <c r="B412">
         <v>2025</v>
       </c>
       <c r="C412">
         <v>3527</v>
       </c>
       <c r="D412" t="s">
         <v>73</v>
       </c>
       <c r="E412">
         <v>2</v>
       </c>
       <c r="F412">
         <v>32</v>
       </c>
       <c r="G412">
         <v>21.1176</v>
       </c>
       <c r="H412">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I412">
         <v>0</v>
       </c>
       <c r="J412">
         <v>1.188</v>
       </c>
       <c r="K412">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L412" t="s">
         <v>27</v>
       </c>
       <c r="M412">
         <v>1</v>
       </c>
       <c r="N412" t="s">
         <v>81</v>
       </c>
       <c r="O412">
         <v>2</v>
       </c>
       <c r="P412">
         <v>14164</v>
       </c>
       <c r="Q412" t="s">
         <v>29</v>
       </c>
       <c r="R412" t="s">
         <v>41</v>
       </c>
       <c r="S412" t="s">
         <v>31</v>
       </c>
       <c r="T412" t="s">
         <v>31</v>
       </c>
       <c r="U412" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="V412">
-        <v>224</v>
+        <v>278</v>
       </c>
       <c r="W412">
         <v>0</v>
       </c>
       <c r="X412">
         <v>0</v>
       </c>
       <c r="Y412">
-        <v>64.819</v>
+        <v>128.476</v>
       </c>
     </row>
     <row r="413" spans="1:25">
       <c r="A413" t="s">
         <v>25</v>
       </c>
       <c r="B413">
         <v>2025</v>
       </c>
       <c r="C413">
         <v>3527</v>
       </c>
       <c r="D413" t="s">
         <v>73</v>
       </c>
       <c r="E413">
         <v>2</v>
       </c>
       <c r="F413">
         <v>32</v>
       </c>
       <c r="G413">
         <v>21.1176</v>
       </c>
       <c r="H413">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I413">
         <v>0</v>
       </c>
       <c r="J413">
         <v>1.188</v>
       </c>
       <c r="K413">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L413" t="s">
         <v>27</v>
       </c>
       <c r="M413">
         <v>1</v>
       </c>
       <c r="N413" t="s">
         <v>81</v>
       </c>
       <c r="O413">
         <v>2</v>
       </c>
       <c r="P413">
         <v>14164</v>
       </c>
       <c r="Q413" t="s">
         <v>29</v>
       </c>
       <c r="R413" t="s">
         <v>41</v>
       </c>
       <c r="S413" t="s">
         <v>31</v>
       </c>
       <c r="T413" t="s">
         <v>31</v>
       </c>
       <c r="U413" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="V413">
-        <v>278</v>
+        <v>121</v>
       </c>
       <c r="W413">
         <v>0</v>
       </c>
       <c r="X413">
         <v>0</v>
       </c>
       <c r="Y413">
-        <v>128.476</v>
+        <v>105.417</v>
       </c>
     </row>
     <row r="414" spans="1:25">
       <c r="A414" t="s">
         <v>25</v>
       </c>
       <c r="B414">
         <v>2025</v>
       </c>
       <c r="C414">
         <v>3527</v>
       </c>
       <c r="D414" t="s">
         <v>73</v>
       </c>
       <c r="E414">
         <v>2</v>
       </c>
       <c r="F414">
         <v>32</v>
       </c>
       <c r="G414">
         <v>21.1176</v>
       </c>
       <c r="H414">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I414">
         <v>0</v>
       </c>
       <c r="J414">
         <v>1.188</v>
       </c>
       <c r="K414">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L414" t="s">
         <v>27</v>
       </c>
       <c r="M414">
         <v>1</v>
       </c>
       <c r="N414" t="s">
         <v>81</v>
       </c>
       <c r="O414">
         <v>2</v>
       </c>
       <c r="P414">
         <v>14164</v>
       </c>
       <c r="Q414" t="s">
         <v>29</v>
       </c>
       <c r="R414" t="s">
         <v>41</v>
       </c>
       <c r="S414" t="s">
         <v>31</v>
       </c>
       <c r="T414" t="s">
         <v>31</v>
       </c>
       <c r="U414" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="V414">
-        <v>121</v>
+        <v>10</v>
       </c>
       <c r="W414">
         <v>0</v>
       </c>
       <c r="X414">
         <v>0</v>
       </c>
       <c r="Y414">
-        <v>105.417</v>
+        <v>17.821</v>
       </c>
     </row>
     <row r="415" spans="1:25">
       <c r="A415" t="s">
         <v>25</v>
       </c>
       <c r="B415">
         <v>2025</v>
       </c>
       <c r="C415">
         <v>3527</v>
       </c>
       <c r="D415" t="s">
         <v>73</v>
       </c>
       <c r="E415">
         <v>2</v>
       </c>
       <c r="F415">
         <v>32</v>
       </c>
       <c r="G415">
         <v>21.1176</v>
       </c>
       <c r="H415">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I415">
         <v>0</v>
       </c>
       <c r="J415">
         <v>1.188</v>
       </c>
       <c r="K415">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L415" t="s">
         <v>27</v>
       </c>
       <c r="M415">
         <v>1</v>
       </c>
       <c r="N415" t="s">
         <v>81</v>
       </c>
       <c r="O415">
         <v>2</v>
       </c>
       <c r="P415">
         <v>14164</v>
       </c>
       <c r="Q415" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="R415" t="s">
         <v>41</v>
       </c>
       <c r="S415" t="s">
         <v>31</v>
       </c>
       <c r="T415" t="s">
         <v>31</v>
       </c>
       <c r="U415" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="V415">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="W415">
         <v>0</v>
       </c>
       <c r="X415">
         <v>0</v>
       </c>
       <c r="Y415">
-        <v>17.821</v>
+        <v>2.86</v>
       </c>
     </row>
     <row r="416" spans="1:25">
       <c r="A416" t="s">
         <v>25</v>
       </c>
       <c r="B416">
         <v>2025</v>
       </c>
       <c r="C416">
         <v>3527</v>
       </c>
       <c r="D416" t="s">
         <v>73</v>
       </c>
       <c r="E416">
         <v>2</v>
       </c>
       <c r="F416">
         <v>32</v>
       </c>
       <c r="G416">
         <v>21.1176</v>
       </c>
       <c r="H416">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I416">
         <v>0</v>
       </c>
       <c r="J416">
         <v>1.188</v>
       </c>
       <c r="K416">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L416" t="s">
         <v>27</v>
       </c>
       <c r="M416">
         <v>1</v>
       </c>
       <c r="N416" t="s">
         <v>81</v>
       </c>
       <c r="O416">
         <v>2</v>
       </c>
       <c r="P416">
         <v>14164</v>
       </c>
       <c r="Q416" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="R416" t="s">
         <v>41</v>
       </c>
       <c r="S416" t="s">
         <v>31</v>
       </c>
       <c r="T416" t="s">
         <v>31</v>
       </c>
       <c r="U416" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="V416">
-        <v>4</v>
+        <v>147</v>
       </c>
       <c r="W416">
         <v>0</v>
       </c>
       <c r="X416">
         <v>0</v>
       </c>
       <c r="Y416">
-        <v>18.496</v>
+        <v>24.51</v>
       </c>
     </row>
     <row r="417" spans="1:25">
       <c r="A417" t="s">
         <v>25</v>
       </c>
       <c r="B417">
         <v>2025</v>
       </c>
       <c r="C417">
         <v>3527</v>
       </c>
       <c r="D417" t="s">
         <v>73</v>
       </c>
       <c r="E417">
         <v>2</v>
       </c>
       <c r="F417">
         <v>32</v>
       </c>
       <c r="G417">
         <v>21.1176</v>
       </c>
       <c r="H417">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I417">
         <v>0</v>
       </c>
       <c r="J417">
         <v>1.188</v>
       </c>
       <c r="K417">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L417" t="s">
         <v>27</v>
       </c>
       <c r="M417">
         <v>1</v>
       </c>
       <c r="N417" t="s">
         <v>81</v>
       </c>
       <c r="O417">
         <v>2</v>
       </c>
       <c r="P417">
         <v>14164</v>
       </c>
       <c r="Q417" t="s">
         <v>82</v>
       </c>
       <c r="R417" t="s">
         <v>41</v>
       </c>
       <c r="S417" t="s">
         <v>31</v>
       </c>
       <c r="T417" t="s">
         <v>31</v>
       </c>
       <c r="U417" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V417">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="W417">
         <v>0</v>
       </c>
       <c r="X417">
         <v>0</v>
       </c>
       <c r="Y417">
-        <v>2.86</v>
+        <v>11.466</v>
       </c>
     </row>
     <row r="418" spans="1:25">
       <c r="A418" t="s">
         <v>25</v>
       </c>
       <c r="B418">
         <v>2025</v>
       </c>
       <c r="C418">
         <v>3527</v>
       </c>
       <c r="D418" t="s">
         <v>73</v>
       </c>
       <c r="E418">
         <v>2</v>
       </c>
       <c r="F418">
         <v>32</v>
       </c>
       <c r="G418">
         <v>21.1176</v>
       </c>
       <c r="H418">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I418">
         <v>0</v>
       </c>
       <c r="J418">
         <v>1.188</v>
       </c>
       <c r="K418">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L418" t="s">
         <v>27</v>
       </c>
       <c r="M418">
         <v>1</v>
       </c>
       <c r="N418" t="s">
         <v>81</v>
       </c>
       <c r="O418">
         <v>2</v>
       </c>
       <c r="P418">
         <v>14164</v>
       </c>
       <c r="Q418" t="s">
         <v>82</v>
       </c>
       <c r="R418" t="s">
         <v>41</v>
       </c>
       <c r="S418" t="s">
         <v>31</v>
       </c>
       <c r="T418" t="s">
         <v>31</v>
       </c>
       <c r="U418" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="V418">
-        <v>147</v>
+        <v>15</v>
       </c>
       <c r="W418">
         <v>0</v>
       </c>
       <c r="X418">
         <v>0</v>
       </c>
       <c r="Y418">
-        <v>24.51</v>
+        <v>6.495</v>
       </c>
     </row>
     <row r="419" spans="1:25">
       <c r="A419" t="s">
         <v>25</v>
       </c>
       <c r="B419">
         <v>2025</v>
       </c>
       <c r="C419">
         <v>3527</v>
       </c>
       <c r="D419" t="s">
         <v>73</v>
       </c>
       <c r="E419">
         <v>2</v>
       </c>
       <c r="F419">
         <v>32</v>
       </c>
       <c r="G419">
         <v>21.1176</v>
       </c>
       <c r="H419">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I419">
         <v>0</v>
       </c>
       <c r="J419">
         <v>1.188</v>
       </c>
       <c r="K419">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L419" t="s">
         <v>27</v>
       </c>
       <c r="M419">
         <v>1</v>
       </c>
       <c r="N419" t="s">
         <v>81</v>
       </c>
       <c r="O419">
         <v>2</v>
       </c>
       <c r="P419">
         <v>14164</v>
       </c>
       <c r="Q419" t="s">
         <v>82</v>
       </c>
       <c r="R419" t="s">
         <v>41</v>
       </c>
       <c r="S419" t="s">
         <v>31</v>
       </c>
       <c r="T419" t="s">
         <v>31</v>
       </c>
       <c r="U419" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V419">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="W419">
         <v>0</v>
       </c>
       <c r="X419">
         <v>0</v>
       </c>
       <c r="Y419">
-        <v>11.466</v>
+        <v>0.634</v>
       </c>
     </row>
     <row r="420" spans="1:25">
       <c r="A420" t="s">
         <v>25</v>
       </c>
       <c r="B420">
         <v>2025</v>
       </c>
       <c r="C420">
         <v>3527</v>
       </c>
       <c r="D420" t="s">
         <v>73</v>
       </c>
       <c r="E420">
         <v>2</v>
       </c>
       <c r="F420">
         <v>32</v>
       </c>
       <c r="G420">
         <v>21.1176</v>
       </c>
       <c r="H420">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I420">
         <v>0</v>
       </c>
       <c r="J420">
         <v>1.188</v>
       </c>
       <c r="K420">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L420" t="s">
         <v>27</v>
       </c>
       <c r="M420">
         <v>1</v>
       </c>
       <c r="N420" t="s">
         <v>81</v>
       </c>
       <c r="O420">
         <v>2</v>
       </c>
       <c r="P420">
         <v>14164</v>
       </c>
       <c r="Q420" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R420" t="s">
         <v>41</v>
       </c>
       <c r="S420" t="s">
         <v>31</v>
       </c>
       <c r="T420" t="s">
         <v>31</v>
       </c>
       <c r="U420" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="V420">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="W420">
         <v>0</v>
       </c>
       <c r="X420">
         <v>0</v>
       </c>
       <c r="Y420">
-        <v>6.495</v>
+        <v>1.258</v>
       </c>
     </row>
     <row r="421" spans="1:25">
       <c r="A421" t="s">
         <v>25</v>
       </c>
       <c r="B421">
         <v>2025</v>
       </c>
       <c r="C421">
         <v>3527</v>
       </c>
       <c r="D421" t="s">
         <v>73</v>
       </c>
       <c r="E421">
         <v>2</v>
       </c>
       <c r="F421">
         <v>32</v>
       </c>
       <c r="G421">
         <v>21.1176</v>
       </c>
       <c r="H421">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I421">
         <v>0</v>
       </c>
       <c r="J421">
         <v>1.188</v>
       </c>
       <c r="K421">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L421" t="s">
         <v>27</v>
       </c>
       <c r="M421">
         <v>1</v>
       </c>
       <c r="N421" t="s">
         <v>81</v>
       </c>
       <c r="O421">
         <v>2</v>
       </c>
       <c r="P421">
         <v>14164</v>
       </c>
       <c r="Q421" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R421" t="s">
         <v>41</v>
       </c>
       <c r="S421" t="s">
         <v>31</v>
       </c>
       <c r="T421" t="s">
         <v>31</v>
       </c>
       <c r="U421" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="V421">
-        <v>1</v>
+        <v>73</v>
       </c>
       <c r="W421">
         <v>0</v>
       </c>
       <c r="X421">
         <v>0</v>
       </c>
       <c r="Y421">
-        <v>0.634</v>
+        <v>9.539</v>
       </c>
     </row>
     <row r="422" spans="1:25">
       <c r="A422" t="s">
         <v>25</v>
       </c>
       <c r="B422">
         <v>2025</v>
       </c>
       <c r="C422">
         <v>3527</v>
       </c>
       <c r="D422" t="s">
         <v>73</v>
       </c>
       <c r="E422">
         <v>2</v>
       </c>
       <c r="F422">
         <v>32</v>
       </c>
       <c r="G422">
         <v>21.1176</v>
       </c>
       <c r="H422">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I422">
         <v>0</v>
       </c>
       <c r="J422">
         <v>1.188</v>
       </c>
       <c r="K422">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L422" t="s">
         <v>27</v>
       </c>
       <c r="M422">
         <v>1</v>
       </c>
       <c r="N422" t="s">
         <v>81</v>
       </c>
       <c r="O422">
         <v>2</v>
       </c>
       <c r="P422">
         <v>14164</v>
       </c>
       <c r="Q422" t="s">
         <v>83</v>
       </c>
       <c r="R422" t="s">
         <v>41</v>
       </c>
       <c r="S422" t="s">
         <v>31</v>
       </c>
       <c r="T422" t="s">
         <v>31</v>
       </c>
       <c r="U422" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V422">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="W422">
         <v>0</v>
       </c>
       <c r="X422">
         <v>0</v>
       </c>
       <c r="Y422">
-        <v>1.258</v>
+        <v>7.456</v>
       </c>
     </row>
     <row r="423" spans="1:25">
       <c r="A423" t="s">
         <v>25</v>
       </c>
       <c r="B423">
         <v>2025</v>
       </c>
       <c r="C423">
         <v>3527</v>
       </c>
       <c r="D423" t="s">
         <v>73</v>
       </c>
       <c r="E423">
         <v>2</v>
       </c>
       <c r="F423">
         <v>32</v>
       </c>
       <c r="G423">
         <v>21.1176</v>
       </c>
       <c r="H423">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I423">
         <v>0</v>
       </c>
       <c r="J423">
         <v>1.188</v>
       </c>
       <c r="K423">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L423" t="s">
         <v>27</v>
       </c>
       <c r="M423">
         <v>1</v>
       </c>
       <c r="N423" t="s">
         <v>81</v>
       </c>
       <c r="O423">
         <v>2</v>
       </c>
       <c r="P423">
         <v>14164</v>
       </c>
       <c r="Q423" t="s">
         <v>83</v>
       </c>
       <c r="R423" t="s">
         <v>41</v>
       </c>
       <c r="S423" t="s">
         <v>31</v>
       </c>
       <c r="T423" t="s">
         <v>31</v>
       </c>
       <c r="U423" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="V423">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="W423">
         <v>0</v>
       </c>
       <c r="X423">
         <v>0</v>
       </c>
       <c r="Y423">
-        <v>9.539</v>
+        <v>8.01</v>
       </c>
     </row>
     <row r="424" spans="1:25">
       <c r="A424" t="s">
         <v>25</v>
       </c>
       <c r="B424">
         <v>2025</v>
       </c>
       <c r="C424">
         <v>3527</v>
       </c>
       <c r="D424" t="s">
         <v>73</v>
       </c>
       <c r="E424">
         <v>2</v>
       </c>
       <c r="F424">
         <v>32</v>
       </c>
       <c r="G424">
         <v>21.1176</v>
       </c>
       <c r="H424">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I424">
         <v>0</v>
       </c>
       <c r="J424">
         <v>1.188</v>
       </c>
       <c r="K424">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L424" t="s">
         <v>27</v>
       </c>
       <c r="M424">
         <v>1</v>
       </c>
       <c r="N424" t="s">
         <v>81</v>
       </c>
       <c r="O424">
         <v>2</v>
       </c>
       <c r="P424">
         <v>14164</v>
       </c>
       <c r="Q424" t="s">
         <v>83</v>
       </c>
       <c r="R424" t="s">
         <v>41</v>
       </c>
       <c r="S424" t="s">
         <v>31</v>
       </c>
       <c r="T424" t="s">
         <v>31</v>
       </c>
       <c r="U424" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V424">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="W424">
         <v>0</v>
       </c>
       <c r="X424">
         <v>0</v>
       </c>
       <c r="Y424">
-        <v>7.456</v>
+        <v>1.608</v>
       </c>
     </row>
     <row r="425" spans="1:25">
       <c r="A425" t="s">
         <v>25</v>
       </c>
       <c r="B425">
         <v>2025</v>
       </c>
       <c r="C425">
         <v>3527</v>
       </c>
       <c r="D425" t="s">
         <v>73</v>
       </c>
       <c r="E425">
         <v>2</v>
       </c>
       <c r="F425">
         <v>32</v>
       </c>
       <c r="G425">
         <v>21.1176</v>
       </c>
       <c r="H425">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I425">
         <v>0</v>
       </c>
       <c r="J425">
         <v>1.188</v>
       </c>
       <c r="K425">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L425" t="s">
         <v>27</v>
       </c>
       <c r="M425">
         <v>1</v>
       </c>
       <c r="N425" t="s">
         <v>81</v>
       </c>
       <c r="O425">
         <v>2</v>
       </c>
       <c r="P425">
         <v>14164</v>
       </c>
       <c r="Q425" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="R425" t="s">
         <v>41</v>
       </c>
       <c r="S425" t="s">
         <v>31</v>
       </c>
       <c r="T425" t="s">
         <v>31</v>
       </c>
       <c r="U425" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="V425">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="W425">
         <v>0</v>
       </c>
       <c r="X425">
         <v>0</v>
       </c>
       <c r="Y425">
-        <v>8.01</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="426" spans="1:25">
       <c r="A426" t="s">
         <v>25</v>
       </c>
       <c r="B426">
         <v>2025</v>
       </c>
       <c r="C426">
         <v>3527</v>
       </c>
       <c r="D426" t="s">
         <v>73</v>
       </c>
       <c r="E426">
         <v>2</v>
       </c>
       <c r="F426">
         <v>32</v>
       </c>
       <c r="G426">
         <v>21.1176</v>
       </c>
       <c r="H426">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I426">
         <v>0</v>
       </c>
       <c r="J426">
         <v>1.188</v>
       </c>
       <c r="K426">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L426" t="s">
         <v>27</v>
       </c>
       <c r="M426">
         <v>1</v>
       </c>
       <c r="N426" t="s">
         <v>81</v>
       </c>
       <c r="O426">
         <v>2</v>
       </c>
       <c r="P426">
         <v>14164</v>
       </c>
       <c r="Q426" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="R426" t="s">
         <v>41</v>
       </c>
       <c r="S426" t="s">
         <v>31</v>
       </c>
       <c r="T426" t="s">
         <v>31</v>
       </c>
       <c r="U426" t="s">
         <v>33</v>
       </c>
       <c r="V426">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W426">
         <v>0</v>
       </c>
       <c r="X426">
         <v>0</v>
       </c>
       <c r="Y426">
-        <v>1.608</v>
+        <v>0.888</v>
       </c>
     </row>
     <row r="427" spans="1:25">
       <c r="A427" t="s">
         <v>25</v>
       </c>
       <c r="B427">
         <v>2025</v>
       </c>
       <c r="C427">
         <v>3527</v>
       </c>
       <c r="D427" t="s">
         <v>73</v>
       </c>
       <c r="E427">
         <v>2</v>
       </c>
       <c r="F427">
         <v>32</v>
       </c>
       <c r="G427">
         <v>21.1176</v>
       </c>
       <c r="H427">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I427">
         <v>0</v>
       </c>
       <c r="J427">
         <v>1.188</v>
       </c>
       <c r="K427">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L427" t="s">
         <v>27</v>
       </c>
       <c r="M427">
         <v>1</v>
       </c>
       <c r="N427" t="s">
         <v>81</v>
       </c>
       <c r="O427">
         <v>2</v>
       </c>
       <c r="P427">
         <v>14164</v>
       </c>
       <c r="Q427" t="s">
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="R427" t="s">
         <v>41</v>
       </c>
       <c r="S427" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="T427" t="s">
         <v>31</v>
       </c>
       <c r="U427" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="V427">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W427">
         <v>0</v>
       </c>
       <c r="X427">
         <v>0</v>
       </c>
       <c r="Y427">
-        <v>0.3</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="428" spans="1:25">
       <c r="A428" t="s">
         <v>25</v>
       </c>
       <c r="B428">
         <v>2025</v>
       </c>
       <c r="C428">
         <v>3527</v>
       </c>
       <c r="D428" t="s">
         <v>73</v>
       </c>
       <c r="E428">
         <v>2</v>
       </c>
       <c r="F428">
         <v>32</v>
       </c>
       <c r="G428">
         <v>21.1176</v>
       </c>
       <c r="H428">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I428">
         <v>0</v>
       </c>
       <c r="J428">
         <v>1.188</v>
       </c>
       <c r="K428">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L428" t="s">
         <v>27</v>
       </c>
       <c r="M428">
         <v>1</v>
       </c>
       <c r="N428" t="s">
         <v>81</v>
       </c>
       <c r="O428">
         <v>2</v>
       </c>
       <c r="P428">
         <v>14164</v>
       </c>
       <c r="Q428" t="s">
-        <v>76</v>
+        <v>40</v>
       </c>
       <c r="R428" t="s">
         <v>41</v>
       </c>
       <c r="S428" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="T428" t="s">
         <v>31</v>
       </c>
       <c r="U428" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="V428">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="W428">
         <v>0</v>
       </c>
       <c r="X428">
         <v>0</v>
       </c>
       <c r="Y428">
-        <v>0.888</v>
+        <v>1.203</v>
       </c>
     </row>
     <row r="429" spans="1:25">
       <c r="A429" t="s">
         <v>25</v>
       </c>
       <c r="B429">
         <v>2025</v>
       </c>
       <c r="C429">
         <v>3527</v>
       </c>
       <c r="D429" t="s">
         <v>73</v>
       </c>
       <c r="E429">
         <v>2</v>
       </c>
       <c r="F429">
         <v>32</v>
       </c>
       <c r="G429">
         <v>21.1176</v>
       </c>
       <c r="H429">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I429">
         <v>0</v>
       </c>
       <c r="J429">
         <v>1.188</v>
       </c>
       <c r="K429">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L429" t="s">
         <v>27</v>
       </c>
       <c r="M429">
         <v>1</v>
       </c>
       <c r="N429" t="s">
         <v>81</v>
       </c>
       <c r="O429">
         <v>2</v>
       </c>
       <c r="P429">
         <v>14164</v>
       </c>
       <c r="Q429" t="s">
         <v>40</v>
       </c>
       <c r="R429" t="s">
         <v>41</v>
       </c>
       <c r="S429" t="s">
         <v>38</v>
       </c>
       <c r="T429" t="s">
         <v>31</v>
       </c>
       <c r="U429" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V429">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W429">
         <v>0</v>
       </c>
       <c r="X429">
         <v>0</v>
       </c>
       <c r="Y429">
-        <v>0.251</v>
+        <v>1.448</v>
       </c>
     </row>
     <row r="430" spans="1:25">
       <c r="A430" t="s">
         <v>25</v>
       </c>
       <c r="B430">
         <v>2025</v>
       </c>
       <c r="C430">
         <v>3527</v>
       </c>
       <c r="D430" t="s">
         <v>73</v>
       </c>
       <c r="E430">
         <v>2</v>
       </c>
       <c r="F430">
         <v>32</v>
       </c>
       <c r="G430">
         <v>21.1176</v>
       </c>
       <c r="H430">
-        <v>2904</v>
+        <v>2898</v>
       </c>
       <c r="I430">
         <v>0</v>
       </c>
       <c r="J430">
         <v>1.188</v>
       </c>
       <c r="K430">
-        <v>934.81</v>
+        <v>905.768</v>
       </c>
       <c r="L430" t="s">
         <v>27</v>
       </c>
       <c r="M430">
         <v>1</v>
       </c>
       <c r="N430" t="s">
         <v>81</v>
       </c>
       <c r="O430">
         <v>2</v>
       </c>
       <c r="P430">
         <v>14164</v>
       </c>
       <c r="Q430" t="s">
         <v>40</v>
       </c>
       <c r="R430" t="s">
         <v>41</v>
       </c>
       <c r="S430" t="s">
         <v>38</v>
       </c>
       <c r="T430" t="s">
         <v>31</v>
       </c>
       <c r="U430" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="V430">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W430">
         <v>0</v>
       </c>
       <c r="X430">
         <v>0</v>
       </c>
       <c r="Y430">
-        <v>1.203</v>
+        <v>1.184</v>
       </c>
     </row>
     <row r="431" spans="1:25">
       <c r="A431" t="s">
         <v>25</v>
       </c>
       <c r="B431">
         <v>2025</v>
       </c>
       <c r="C431">
-        <v>3527</v>
+        <v>5267</v>
       </c>
       <c r="D431" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E431">
         <v>2</v>
       </c>
       <c r="F431">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="G431">
-        <v>21.1176</v>
+        <v>2.9082</v>
       </c>
       <c r="H431">
-        <v>2904</v>
+        <v>695</v>
       </c>
       <c r="I431">
         <v>0</v>
       </c>
       <c r="J431">
-        <v>1.188</v>
+        <v>0</v>
       </c>
       <c r="K431">
-        <v>934.81</v>
+        <v>122.509</v>
       </c>
       <c r="L431" t="s">
         <v>27</v>
       </c>
       <c r="M431">
         <v>1</v>
       </c>
       <c r="N431" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="O431">
         <v>2</v>
       </c>
       <c r="P431">
         <v>14164</v>
       </c>
       <c r="Q431" t="s">
         <v>40</v>
       </c>
       <c r="R431" t="s">
         <v>41</v>
       </c>
       <c r="S431" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="T431" t="s">
         <v>31</v>
       </c>
       <c r="U431" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="V431">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="W431">
         <v>0</v>
       </c>
       <c r="X431">
         <v>0</v>
       </c>
       <c r="Y431">
-        <v>1.448</v>
+        <v>3.164</v>
       </c>
     </row>
     <row r="432" spans="1:25">
       <c r="A432" t="s">
         <v>25</v>
       </c>
       <c r="B432">
         <v>2025</v>
       </c>
       <c r="C432">
-        <v>3527</v>
+        <v>5267</v>
       </c>
       <c r="D432" t="s">
-        <v>73</v>
+        <v>56</v>
       </c>
       <c r="E432">
         <v>2</v>
       </c>
       <c r="F432">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="G432">
-        <v>21.1176</v>
+        <v>2.9082</v>
       </c>
       <c r="H432">
-        <v>2904</v>
+        <v>695</v>
       </c>
       <c r="I432">
         <v>0</v>
       </c>
       <c r="J432">
-        <v>1.188</v>
+        <v>0</v>
       </c>
       <c r="K432">
-        <v>934.81</v>
+        <v>122.509</v>
       </c>
       <c r="L432" t="s">
         <v>27</v>
       </c>
       <c r="M432">
         <v>1</v>
       </c>
       <c r="N432" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="O432">
         <v>2</v>
       </c>
       <c r="P432">
         <v>14164</v>
       </c>
       <c r="Q432" t="s">
         <v>40</v>
       </c>
       <c r="R432" t="s">
         <v>41</v>
       </c>
       <c r="S432" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="T432" t="s">
         <v>31</v>
       </c>
       <c r="U432" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="V432">
-        <v>1</v>
+        <v>112</v>
       </c>
       <c r="W432">
         <v>0</v>
       </c>
       <c r="X432">
         <v>0</v>
       </c>
       <c r="Y432">
-        <v>1.184</v>
+        <v>15.984</v>
       </c>
     </row>
     <row r="433" spans="1:25">
       <c r="A433" t="s">
         <v>25</v>
       </c>
       <c r="B433">
         <v>2025</v>
       </c>
       <c r="C433">
         <v>5267</v>
       </c>
       <c r="D433" t="s">
         <v>56</v>
       </c>
       <c r="E433">
         <v>2</v>
       </c>
       <c r="F433">
         <v>1</v>
       </c>
       <c r="G433">
         <v>2.9082</v>
       </c>
       <c r="H433">
@@ -34005,63 +34005,63 @@
       <c r="M433">
         <v>1</v>
       </c>
       <c r="N433" t="s">
         <v>84</v>
       </c>
       <c r="O433">
         <v>2</v>
       </c>
       <c r="P433">
         <v>14164</v>
       </c>
       <c r="Q433" t="s">
         <v>40</v>
       </c>
       <c r="R433" t="s">
         <v>41</v>
       </c>
       <c r="S433" t="s">
         <v>31</v>
       </c>
       <c r="T433" t="s">
         <v>31</v>
       </c>
       <c r="U433" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V433">
-        <v>59</v>
+        <v>14</v>
       </c>
       <c r="W433">
         <v>0</v>
       </c>
       <c r="X433">
         <v>0</v>
       </c>
       <c r="Y433">
-        <v>3.164</v>
+        <v>4.004</v>
       </c>
     </row>
     <row r="434" spans="1:25">
       <c r="A434" t="s">
         <v>25</v>
       </c>
       <c r="B434">
         <v>2025</v>
       </c>
       <c r="C434">
         <v>5267</v>
       </c>
       <c r="D434" t="s">
         <v>56</v>
       </c>
       <c r="E434">
         <v>2</v>
       </c>
       <c r="F434">
         <v>1</v>
       </c>
       <c r="G434">
         <v>2.9082</v>
       </c>
       <c r="H434">
@@ -34082,63 +34082,63 @@
       <c r="M434">
         <v>1</v>
       </c>
       <c r="N434" t="s">
         <v>84</v>
       </c>
       <c r="O434">
         <v>2</v>
       </c>
       <c r="P434">
         <v>14164</v>
       </c>
       <c r="Q434" t="s">
         <v>40</v>
       </c>
       <c r="R434" t="s">
         <v>41</v>
       </c>
       <c r="S434" t="s">
         <v>31</v>
       </c>
       <c r="T434" t="s">
         <v>31</v>
       </c>
       <c r="U434" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="V434">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="W434">
         <v>0</v>
       </c>
       <c r="X434">
         <v>0</v>
       </c>
       <c r="Y434">
-        <v>15.984</v>
+        <v>12.912</v>
       </c>
     </row>
     <row r="435" spans="1:25">
       <c r="A435" t="s">
         <v>25</v>
       </c>
       <c r="B435">
         <v>2025</v>
       </c>
       <c r="C435">
         <v>5267</v>
       </c>
       <c r="D435" t="s">
         <v>56</v>
       </c>
       <c r="E435">
         <v>2</v>
       </c>
       <c r="F435">
         <v>1</v>
       </c>
       <c r="G435">
         <v>2.9082</v>
       </c>
       <c r="H435">
@@ -34159,63 +34159,63 @@
       <c r="M435">
         <v>1</v>
       </c>
       <c r="N435" t="s">
         <v>84</v>
       </c>
       <c r="O435">
         <v>2</v>
       </c>
       <c r="P435">
         <v>14164</v>
       </c>
       <c r="Q435" t="s">
         <v>40</v>
       </c>
       <c r="R435" t="s">
         <v>41</v>
       </c>
       <c r="S435" t="s">
         <v>31</v>
       </c>
       <c r="T435" t="s">
         <v>31</v>
       </c>
       <c r="U435" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V435">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="W435">
         <v>0</v>
       </c>
       <c r="X435">
         <v>0</v>
       </c>
       <c r="Y435">
-        <v>4.004</v>
+        <v>3.23</v>
       </c>
     </row>
     <row r="436" spans="1:25">
       <c r="A436" t="s">
         <v>25</v>
       </c>
       <c r="B436">
         <v>2025</v>
       </c>
       <c r="C436">
         <v>5267</v>
       </c>
       <c r="D436" t="s">
         <v>56</v>
       </c>
       <c r="E436">
         <v>2</v>
       </c>
       <c r="F436">
         <v>1</v>
       </c>
       <c r="G436">
         <v>2.9082</v>
       </c>
       <c r="H436">
@@ -34224,75 +34224,75 @@
       <c r="I436">
         <v>0</v>
       </c>
       <c r="J436">
         <v>0</v>
       </c>
       <c r="K436">
         <v>122.509</v>
       </c>
       <c r="L436" t="s">
         <v>27</v>
       </c>
       <c r="M436">
         <v>1</v>
       </c>
       <c r="N436" t="s">
         <v>84</v>
       </c>
       <c r="O436">
         <v>2</v>
       </c>
       <c r="P436">
         <v>14164</v>
       </c>
       <c r="Q436" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="R436" t="s">
         <v>41</v>
       </c>
       <c r="S436" t="s">
         <v>31</v>
       </c>
       <c r="T436" t="s">
         <v>31</v>
       </c>
       <c r="U436" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="V436">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="W436">
         <v>0</v>
       </c>
       <c r="X436">
         <v>0</v>
       </c>
       <c r="Y436">
-        <v>12.912</v>
+        <v>4.144</v>
       </c>
     </row>
     <row r="437" spans="1:25">
       <c r="A437" t="s">
         <v>25</v>
       </c>
       <c r="B437">
         <v>2025</v>
       </c>
       <c r="C437">
         <v>5267</v>
       </c>
       <c r="D437" t="s">
         <v>56</v>
       </c>
       <c r="E437">
         <v>2</v>
       </c>
       <c r="F437">
         <v>1</v>
       </c>
       <c r="G437">
         <v>2.9082</v>
       </c>
       <c r="H437">
@@ -34301,75 +34301,75 @@
       <c r="I437">
         <v>0</v>
       </c>
       <c r="J437">
         <v>0</v>
       </c>
       <c r="K437">
         <v>122.509</v>
       </c>
       <c r="L437" t="s">
         <v>27</v>
       </c>
       <c r="M437">
         <v>1</v>
       </c>
       <c r="N437" t="s">
         <v>84</v>
       </c>
       <c r="O437">
         <v>2</v>
       </c>
       <c r="P437">
         <v>14164</v>
       </c>
       <c r="Q437" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="R437" t="s">
         <v>41</v>
       </c>
       <c r="S437" t="s">
         <v>31</v>
       </c>
       <c r="T437" t="s">
         <v>31</v>
       </c>
       <c r="U437" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="V437">
-        <v>4</v>
+        <v>287</v>
       </c>
       <c r="W437">
         <v>0</v>
       </c>
       <c r="X437">
         <v>0</v>
       </c>
       <c r="Y437">
-        <v>3.23</v>
+        <v>38.222</v>
       </c>
     </row>
     <row r="438" spans="1:25">
       <c r="A438" t="s">
         <v>25</v>
       </c>
       <c r="B438">
         <v>2025</v>
       </c>
       <c r="C438">
         <v>5267</v>
       </c>
       <c r="D438" t="s">
         <v>56</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="F438">
         <v>1</v>
       </c>
       <c r="G438">
         <v>2.9082</v>
       </c>
       <c r="H438">
@@ -34390,63 +34390,63 @@
       <c r="M438">
         <v>1</v>
       </c>
       <c r="N438" t="s">
         <v>84</v>
       </c>
       <c r="O438">
         <v>2</v>
       </c>
       <c r="P438">
         <v>14164</v>
       </c>
       <c r="Q438" t="s">
         <v>29</v>
       </c>
       <c r="R438" t="s">
         <v>41</v>
       </c>
       <c r="S438" t="s">
         <v>31</v>
       </c>
       <c r="T438" t="s">
         <v>31</v>
       </c>
       <c r="U438" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="V438">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="W438">
         <v>0</v>
       </c>
       <c r="X438">
         <v>0</v>
       </c>
       <c r="Y438">
-        <v>4.144</v>
+        <v>20.16</v>
       </c>
     </row>
     <row r="439" spans="1:25">
       <c r="A439" t="s">
         <v>25</v>
       </c>
       <c r="B439">
         <v>2025</v>
       </c>
       <c r="C439">
         <v>5267</v>
       </c>
       <c r="D439" t="s">
         <v>56</v>
       </c>
       <c r="E439">
         <v>2</v>
       </c>
       <c r="F439">
         <v>1</v>
       </c>
       <c r="G439">
         <v>2.9082</v>
       </c>
       <c r="H439">
@@ -34467,63 +34467,63 @@
       <c r="M439">
         <v>1</v>
       </c>
       <c r="N439" t="s">
         <v>84</v>
       </c>
       <c r="O439">
         <v>2</v>
       </c>
       <c r="P439">
         <v>14164</v>
       </c>
       <c r="Q439" t="s">
         <v>29</v>
       </c>
       <c r="R439" t="s">
         <v>41</v>
       </c>
       <c r="S439" t="s">
         <v>31</v>
       </c>
       <c r="T439" t="s">
         <v>31</v>
       </c>
       <c r="U439" t="s">
+        <v>32</v>
+      </c>
+      <c r="V439">
         <v>43</v>
       </c>
-      <c r="V439">
-[...1 lines deleted...]
-      </c>
       <c r="W439">
         <v>0</v>
       </c>
       <c r="X439">
         <v>0</v>
       </c>
       <c r="Y439">
-        <v>38.222</v>
+        <v>19.315</v>
       </c>
     </row>
     <row r="440" spans="1:25">
       <c r="A440" t="s">
         <v>25</v>
       </c>
       <c r="B440">
         <v>2025</v>
       </c>
       <c r="C440">
         <v>5267</v>
       </c>
       <c r="D440" t="s">
         <v>56</v>
       </c>
       <c r="E440">
         <v>2</v>
       </c>
       <c r="F440">
         <v>1</v>
       </c>
       <c r="G440">
         <v>2.9082</v>
       </c>
       <c r="H440">
@@ -34544,217 +34544,217 @@
       <c r="M440">
         <v>1</v>
       </c>
       <c r="N440" t="s">
         <v>84</v>
       </c>
       <c r="O440">
         <v>2</v>
       </c>
       <c r="P440">
         <v>14164</v>
       </c>
       <c r="Q440" t="s">
         <v>29</v>
       </c>
       <c r="R440" t="s">
         <v>41</v>
       </c>
       <c r="S440" t="s">
         <v>31</v>
       </c>
       <c r="T440" t="s">
         <v>31</v>
       </c>
       <c r="U440" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V440">
-        <v>72</v>
+        <v>2</v>
       </c>
       <c r="W440">
         <v>0</v>
       </c>
       <c r="X440">
         <v>0</v>
       </c>
       <c r="Y440">
-        <v>20.16</v>
+        <v>1.374</v>
       </c>
     </row>
     <row r="441" spans="1:25">
       <c r="A441" t="s">
         <v>25</v>
       </c>
       <c r="B441">
         <v>2025</v>
       </c>
       <c r="C441">
-        <v>5267</v>
+        <v>5361</v>
       </c>
       <c r="D441" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="E441">
         <v>2</v>
       </c>
       <c r="F441">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G441">
-        <v>2.9082</v>
+        <v>1.293</v>
       </c>
       <c r="H441">
-        <v>695</v>
+        <v>336</v>
       </c>
       <c r="I441">
         <v>0</v>
       </c>
       <c r="J441">
         <v>0</v>
       </c>
       <c r="K441">
-        <v>122.509</v>
+        <v>440.474</v>
       </c>
       <c r="L441" t="s">
         <v>27</v>
       </c>
       <c r="M441">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N441" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O441">
         <v>2</v>
       </c>
       <c r="P441">
         <v>14164</v>
       </c>
       <c r="Q441" t="s">
         <v>29</v>
       </c>
       <c r="R441" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="S441" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="T441" t="s">
         <v>31</v>
       </c>
       <c r="U441" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="V441">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="W441">
         <v>0</v>
       </c>
       <c r="X441">
         <v>0</v>
       </c>
       <c r="Y441">
-        <v>19.315</v>
+        <v>0.247</v>
       </c>
     </row>
     <row r="442" spans="1:25">
       <c r="A442" t="s">
         <v>25</v>
       </c>
       <c r="B442">
         <v>2025</v>
       </c>
       <c r="C442">
-        <v>5267</v>
+        <v>5361</v>
       </c>
       <c r="D442" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="E442">
         <v>2</v>
       </c>
       <c r="F442">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G442">
-        <v>2.9082</v>
+        <v>1.293</v>
       </c>
       <c r="H442">
-        <v>695</v>
+        <v>336</v>
       </c>
       <c r="I442">
         <v>0</v>
       </c>
       <c r="J442">
         <v>0</v>
       </c>
       <c r="K442">
-        <v>122.509</v>
+        <v>440.474</v>
       </c>
       <c r="L442" t="s">
         <v>27</v>
       </c>
       <c r="M442">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N442" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O442">
         <v>2</v>
       </c>
       <c r="P442">
         <v>14164</v>
       </c>
       <c r="Q442" t="s">
         <v>29</v>
       </c>
       <c r="R442" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="S442" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="T442" t="s">
         <v>31</v>
       </c>
       <c r="U442" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="V442">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W442">
         <v>0</v>
       </c>
       <c r="X442">
         <v>0</v>
       </c>
       <c r="Y442">
-        <v>1.374</v>
+        <v>1.448</v>
       </c>
     </row>
     <row r="443" spans="1:25">
       <c r="A443" t="s">
         <v>25</v>
       </c>
       <c r="B443">
         <v>2025</v>
       </c>
       <c r="C443">
         <v>5361</v>
       </c>
       <c r="D443" t="s">
         <v>85</v>
       </c>
       <c r="E443">
         <v>2</v>
       </c>
       <c r="F443">
         <v>15</v>
       </c>
       <c r="G443">
         <v>1.293</v>
       </c>
       <c r="H443">
@@ -34775,63 +34775,63 @@
       <c r="M443">
         <v>0</v>
       </c>
       <c r="N443" t="s">
         <v>86</v>
       </c>
       <c r="O443">
         <v>2</v>
       </c>
       <c r="P443">
         <v>14164</v>
       </c>
       <c r="Q443" t="s">
         <v>29</v>
       </c>
       <c r="R443" t="s">
         <v>30</v>
       </c>
       <c r="S443" t="s">
         <v>38</v>
       </c>
       <c r="T443" t="s">
         <v>31</v>
       </c>
       <c r="U443" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="V443">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="W443">
         <v>0</v>
       </c>
       <c r="X443">
         <v>0</v>
       </c>
       <c r="Y443">
-        <v>0.247</v>
+        <v>7.526</v>
       </c>
     </row>
     <row r="444" spans="1:25">
       <c r="A444" t="s">
         <v>25</v>
       </c>
       <c r="B444">
         <v>2025</v>
       </c>
       <c r="C444">
         <v>5361</v>
       </c>
       <c r="D444" t="s">
         <v>85</v>
       </c>
       <c r="E444">
         <v>2</v>
       </c>
       <c r="F444">
         <v>15</v>
       </c>
       <c r="G444">
         <v>1.293</v>
       </c>
       <c r="H444">
@@ -34852,63 +34852,63 @@
       <c r="M444">
         <v>0</v>
       </c>
       <c r="N444" t="s">
         <v>86</v>
       </c>
       <c r="O444">
         <v>2</v>
       </c>
       <c r="P444">
         <v>14164</v>
       </c>
       <c r="Q444" t="s">
         <v>29</v>
       </c>
       <c r="R444" t="s">
         <v>30</v>
       </c>
       <c r="S444" t="s">
         <v>38</v>
       </c>
       <c r="T444" t="s">
         <v>31</v>
       </c>
       <c r="U444" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V444">
-        <v>4</v>
+        <v>33</v>
       </c>
       <c r="W444">
         <v>0</v>
       </c>
       <c r="X444">
         <v>0</v>
       </c>
       <c r="Y444">
-        <v>1.448</v>
+        <v>34.557</v>
       </c>
     </row>
     <row r="445" spans="1:25">
       <c r="A445" t="s">
         <v>25</v>
       </c>
       <c r="B445">
         <v>2025</v>
       </c>
       <c r="C445">
         <v>5361</v>
       </c>
       <c r="D445" t="s">
         <v>85</v>
       </c>
       <c r="E445">
         <v>2</v>
       </c>
       <c r="F445">
         <v>15</v>
       </c>
       <c r="G445">
         <v>1.293</v>
       </c>
       <c r="H445">
@@ -34929,63 +34929,63 @@
       <c r="M445">
         <v>0</v>
       </c>
       <c r="N445" t="s">
         <v>86</v>
       </c>
       <c r="O445">
         <v>2</v>
       </c>
       <c r="P445">
         <v>14164</v>
       </c>
       <c r="Q445" t="s">
         <v>29</v>
       </c>
       <c r="R445" t="s">
         <v>30</v>
       </c>
       <c r="S445" t="s">
         <v>38</v>
       </c>
       <c r="T445" t="s">
         <v>31</v>
       </c>
       <c r="U445" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="V445">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="W445">
         <v>0</v>
       </c>
       <c r="X445">
         <v>0</v>
       </c>
       <c r="Y445">
-        <v>7.526</v>
+        <v>67.142</v>
       </c>
     </row>
     <row r="446" spans="1:25">
       <c r="A446" t="s">
         <v>25</v>
       </c>
       <c r="B446">
         <v>2025</v>
       </c>
       <c r="C446">
         <v>5361</v>
       </c>
       <c r="D446" t="s">
         <v>85</v>
       </c>
       <c r="E446">
         <v>2</v>
       </c>
       <c r="F446">
         <v>15</v>
       </c>
       <c r="G446">
         <v>1.293</v>
       </c>
       <c r="H446">
@@ -35006,63 +35006,63 @@
       <c r="M446">
         <v>0</v>
       </c>
       <c r="N446" t="s">
         <v>86</v>
       </c>
       <c r="O446">
         <v>2</v>
       </c>
       <c r="P446">
         <v>14164</v>
       </c>
       <c r="Q446" t="s">
         <v>29</v>
       </c>
       <c r="R446" t="s">
         <v>30</v>
       </c>
       <c r="S446" t="s">
         <v>38</v>
       </c>
       <c r="T446" t="s">
         <v>31</v>
       </c>
       <c r="U446" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="V446">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="W446">
         <v>0</v>
       </c>
       <c r="X446">
         <v>0</v>
       </c>
       <c r="Y446">
-        <v>34.557</v>
+        <v>18.057</v>
       </c>
     </row>
     <row r="447" spans="1:25">
       <c r="A447" t="s">
         <v>25</v>
       </c>
       <c r="B447">
         <v>2025</v>
       </c>
       <c r="C447">
         <v>5361</v>
       </c>
       <c r="D447" t="s">
         <v>85</v>
       </c>
       <c r="E447">
         <v>2</v>
       </c>
       <c r="F447">
         <v>15</v>
       </c>
       <c r="G447">
         <v>1.293</v>
       </c>
       <c r="H447">
@@ -35077,69 +35077,69 @@
       <c r="K447">
         <v>440.474</v>
       </c>
       <c r="L447" t="s">
         <v>27</v>
       </c>
       <c r="M447">
         <v>0</v>
       </c>
       <c r="N447" t="s">
         <v>86</v>
       </c>
       <c r="O447">
         <v>2</v>
       </c>
       <c r="P447">
         <v>14164</v>
       </c>
       <c r="Q447" t="s">
         <v>29</v>
       </c>
       <c r="R447" t="s">
         <v>30</v>
       </c>
       <c r="S447" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="T447" t="s">
         <v>31</v>
       </c>
       <c r="U447" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="V447">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="W447">
         <v>0</v>
       </c>
       <c r="X447">
         <v>0</v>
       </c>
       <c r="Y447">
-        <v>67.142</v>
+        <v>0.402</v>
       </c>
     </row>
     <row r="448" spans="1:25">
       <c r="A448" t="s">
         <v>25</v>
       </c>
       <c r="B448">
         <v>2025</v>
       </c>
       <c r="C448">
         <v>5361</v>
       </c>
       <c r="D448" t="s">
         <v>85</v>
       </c>
       <c r="E448">
         <v>2</v>
       </c>
       <c r="F448">
         <v>15</v>
       </c>
       <c r="G448">
         <v>1.293</v>
       </c>
       <c r="H448">
@@ -35154,69 +35154,69 @@
       <c r="K448">
         <v>440.474</v>
       </c>
       <c r="L448" t="s">
         <v>27</v>
       </c>
       <c r="M448">
         <v>0</v>
       </c>
       <c r="N448" t="s">
         <v>86</v>
       </c>
       <c r="O448">
         <v>2</v>
       </c>
       <c r="P448">
         <v>14164</v>
       </c>
       <c r="Q448" t="s">
         <v>29</v>
       </c>
       <c r="R448" t="s">
         <v>30</v>
       </c>
       <c r="S448" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="T448" t="s">
         <v>31</v>
       </c>
       <c r="U448" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="V448">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="W448">
         <v>0</v>
       </c>
       <c r="X448">
         <v>0</v>
       </c>
       <c r="Y448">
-        <v>18.057</v>
+        <v>11.792</v>
       </c>
     </row>
     <row r="449" spans="1:25">
       <c r="A449" t="s">
         <v>25</v>
       </c>
       <c r="B449">
         <v>2025</v>
       </c>
       <c r="C449">
         <v>5361</v>
       </c>
       <c r="D449" t="s">
         <v>85</v>
       </c>
       <c r="E449">
         <v>2</v>
       </c>
       <c r="F449">
         <v>15</v>
       </c>
       <c r="G449">
         <v>1.293</v>
       </c>
       <c r="H449">
@@ -35237,63 +35237,63 @@
       <c r="M449">
         <v>0</v>
       </c>
       <c r="N449" t="s">
         <v>86</v>
       </c>
       <c r="O449">
         <v>2</v>
       </c>
       <c r="P449">
         <v>14164</v>
       </c>
       <c r="Q449" t="s">
         <v>29</v>
       </c>
       <c r="R449" t="s">
         <v>30</v>
       </c>
       <c r="S449" t="s">
         <v>31</v>
       </c>
       <c r="T449" t="s">
         <v>31</v>
       </c>
       <c r="U449" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="V449">
-        <v>1</v>
+        <v>145</v>
       </c>
       <c r="W449">
         <v>0</v>
       </c>
       <c r="X449">
         <v>0</v>
       </c>
       <c r="Y449">
-        <v>0.402</v>
+        <v>167.983</v>
       </c>
     </row>
     <row r="450" spans="1:25">
       <c r="A450" t="s">
         <v>25</v>
       </c>
       <c r="B450">
         <v>2025</v>
       </c>
       <c r="C450">
         <v>5361</v>
       </c>
       <c r="D450" t="s">
         <v>85</v>
       </c>
       <c r="E450">
         <v>2</v>
       </c>
       <c r="F450">
         <v>15</v>
       </c>
       <c r="G450">
         <v>1.293</v>
       </c>
       <c r="H450">
@@ -35314,63 +35314,63 @@
       <c r="M450">
         <v>0</v>
       </c>
       <c r="N450" t="s">
         <v>86</v>
       </c>
       <c r="O450">
         <v>2</v>
       </c>
       <c r="P450">
         <v>14164</v>
       </c>
       <c r="Q450" t="s">
         <v>29</v>
       </c>
       <c r="R450" t="s">
         <v>30</v>
       </c>
       <c r="S450" t="s">
         <v>31</v>
       </c>
       <c r="T450" t="s">
         <v>31</v>
       </c>
       <c r="U450" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="V450">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="W450">
         <v>0</v>
       </c>
       <c r="X450">
         <v>0</v>
       </c>
       <c r="Y450">
-        <v>11.792</v>
+        <v>128.512</v>
       </c>
     </row>
     <row r="451" spans="1:25">
       <c r="A451" t="s">
         <v>25</v>
       </c>
       <c r="B451">
         <v>2025</v>
       </c>
       <c r="C451">
         <v>5361</v>
       </c>
       <c r="D451" t="s">
         <v>85</v>
       </c>
       <c r="E451">
         <v>2</v>
       </c>
       <c r="F451">
         <v>15</v>
       </c>
       <c r="G451">
         <v>1.293</v>
       </c>
       <c r="H451">
@@ -35391,216 +35391,62 @@
       <c r="M451">
         <v>0</v>
       </c>
       <c r="N451" t="s">
         <v>86</v>
       </c>
       <c r="O451">
         <v>2</v>
       </c>
       <c r="P451">
         <v>14164</v>
       </c>
       <c r="Q451" t="s">
         <v>29</v>
       </c>
       <c r="R451" t="s">
         <v>30</v>
       </c>
       <c r="S451" t="s">
         <v>31</v>
       </c>
       <c r="T451" t="s">
         <v>31</v>
       </c>
       <c r="U451" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="V451">
-        <v>145</v>
+        <v>1</v>
       </c>
       <c r="W451">
         <v>0</v>
       </c>
       <c r="X451">
         <v>0</v>
       </c>
       <c r="Y451">
-        <v>167.983</v>
-[...152 lines deleted...]
-      <c r="Y453">
         <v>2.808</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>