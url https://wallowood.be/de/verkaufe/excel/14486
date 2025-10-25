--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>can</t>
   </si>
   <si>
     <t>annee</t>
   </si>
   <si>
     <t>prop</t>
   </si>
   <si>
     <t>propriete</t>
   </si>
   <si>
     <t>vente</t>
   </si>
   <si>
     <t>lot</t>
   </si>
   <si>
     <t>etendue</t>
   </si>
   <si>
     <t>lot_nbre</t>
   </si>
   <si>
@@ -253,50 +253,100 @@
 TROU BERNI ETIENNE</t>
   </si>
   <si>
     <t>BORE DU RENARD</t>
   </si>
   <si>
     <t>Neufchateau - T.a.p.n. Massul</t>
   </si>
   <si>
     <t>GRANDFAING</t>
   </si>
   <si>
     <t>AULNE</t>
   </si>
   <si>
     <t>ER SYCOMORE</t>
   </si>
   <si>
     <t>DERACINE</t>
   </si>
   <si>
     <t>Vaux-S-Sure F.e. De Vaux-L-Ros</t>
   </si>
   <si>
     <t>BOIS MIGNOTTE</t>
+  </si>
+  <si>
+    <t>Leglise Cne</t>
+  </si>
+  <si>
+    <t>COURTELLE - cpe 12</t>
+  </si>
+  <si>
+    <t>DECLASSE</t>
+  </si>
+  <si>
+    <t>SCOLYTE (FE)</t>
+  </si>
+  <si>
+    <t>SCHABOTTE - FONT. ST-PIERRE - cpe 3</t>
+  </si>
+  <si>
+    <t>SANITAIRE</t>
+  </si>
+  <si>
+    <t>SCOLYTE SEC RX</t>
+  </si>
+  <si>
+    <t>FLORICHAMP - cpe 9
+DEVANT LA HOUE - cpe 9</t>
+  </si>
+  <si>
+    <t>LE TERRAGE - cpe 6</t>
+  </si>
+  <si>
+    <t>CASSE</t>
+  </si>
+  <si>
+    <t>STRIA EST - cpe 3
+STRIA OUEST - cpe 3</t>
+  </si>
+  <si>
+    <t>TERRE DE BASSEILLE</t>
+  </si>
+  <si>
+    <t>Leglise - Ebly Ama</t>
+  </si>
+  <si>
+    <t>CHIERPAY - cpe 4</t>
+  </si>
+  <si>
+    <t>Leglise La F.e. De Mellier</t>
+  </si>
+  <si>
+    <t>FONTAINE ST-PIERRE - cpe 1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -600,77 +650,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y388"/>
+  <dimension ref="A1:Y541"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -30509,50 +30559,11831 @@
         <v>45</v>
       </c>
       <c r="R388" t="s">
         <v>31</v>
       </c>
       <c r="S388" t="s">
         <v>32</v>
       </c>
       <c r="T388" t="s">
         <v>32</v>
       </c>
       <c r="U388" t="s">
         <v>41</v>
       </c>
       <c r="V388">
         <v>9</v>
       </c>
       <c r="W388">
         <v>0</v>
       </c>
       <c r="X388">
         <v>0</v>
       </c>
       <c r="Y388">
         <v>6.286</v>
+      </c>
+    </row>
+    <row r="389" spans="1:25">
+      <c r="A389" t="s">
+        <v>25</v>
+      </c>
+      <c r="B389">
+        <v>2025</v>
+      </c>
+      <c r="C389">
+        <v>3309</v>
+      </c>
+      <c r="D389" t="s">
+        <v>78</v>
+      </c>
+      <c r="E389" t="s">
+        <v>27</v>
+      </c>
+      <c r="F389">
+        <v>1</v>
+      </c>
+      <c r="G389">
+        <v>41.2907</v>
+      </c>
+      <c r="H389">
+        <v>468</v>
+      </c>
+      <c r="I389">
+        <v>661.0</v>
+      </c>
+      <c r="J389">
+        <v>847.763</v>
+      </c>
+      <c r="K389">
+        <v>0</v>
+      </c>
+      <c r="L389" t="s">
+        <v>28</v>
+      </c>
+      <c r="M389">
+        <v>1</v>
+      </c>
+      <c r="N389" t="s">
+        <v>79</v>
+      </c>
+      <c r="O389">
+        <v>2</v>
+      </c>
+      <c r="P389">
+        <v>14486</v>
+      </c>
+      <c r="Q389" t="s">
+        <v>46</v>
+      </c>
+      <c r="R389" t="s">
+        <v>31</v>
+      </c>
+      <c r="S389" t="s">
+        <v>32</v>
+      </c>
+      <c r="T389" t="s">
+        <v>32</v>
+      </c>
+      <c r="U389" t="s">
+        <v>35</v>
+      </c>
+      <c r="V389">
+        <v>2</v>
+      </c>
+      <c r="W389">
+        <v>0</v>
+      </c>
+      <c r="X389">
+        <v>0</v>
+      </c>
+      <c r="Y389">
+        <v>0.31</v>
+      </c>
+    </row>
+    <row r="390" spans="1:25">
+      <c r="A390" t="s">
+        <v>25</v>
+      </c>
+      <c r="B390">
+        <v>2025</v>
+      </c>
+      <c r="C390">
+        <v>3309</v>
+      </c>
+      <c r="D390" t="s">
+        <v>78</v>
+      </c>
+      <c r="E390" t="s">
+        <v>27</v>
+      </c>
+      <c r="F390">
+        <v>1</v>
+      </c>
+      <c r="G390">
+        <v>41.2907</v>
+      </c>
+      <c r="H390">
+        <v>468</v>
+      </c>
+      <c r="I390">
+        <v>661.0</v>
+      </c>
+      <c r="J390">
+        <v>847.763</v>
+      </c>
+      <c r="K390">
+        <v>0</v>
+      </c>
+      <c r="L390" t="s">
+        <v>28</v>
+      </c>
+      <c r="M390">
+        <v>1</v>
+      </c>
+      <c r="N390" t="s">
+        <v>79</v>
+      </c>
+      <c r="O390">
+        <v>2</v>
+      </c>
+      <c r="P390">
+        <v>14486</v>
+      </c>
+      <c r="Q390" t="s">
+        <v>46</v>
+      </c>
+      <c r="R390" t="s">
+        <v>31</v>
+      </c>
+      <c r="S390" t="s">
+        <v>32</v>
+      </c>
+      <c r="T390" t="s">
+        <v>32</v>
+      </c>
+      <c r="U390" t="s">
+        <v>36</v>
+      </c>
+      <c r="V390">
+        <v>41</v>
+      </c>
+      <c r="W390">
+        <v>6.0</v>
+      </c>
+      <c r="X390">
+        <v>0</v>
+      </c>
+      <c r="Y390">
+        <v>16.193</v>
+      </c>
+    </row>
+    <row r="391" spans="1:25">
+      <c r="A391" t="s">
+        <v>25</v>
+      </c>
+      <c r="B391">
+        <v>2025</v>
+      </c>
+      <c r="C391">
+        <v>3309</v>
+      </c>
+      <c r="D391" t="s">
+        <v>78</v>
+      </c>
+      <c r="E391" t="s">
+        <v>27</v>
+      </c>
+      <c r="F391">
+        <v>1</v>
+      </c>
+      <c r="G391">
+        <v>41.2907</v>
+      </c>
+      <c r="H391">
+        <v>468</v>
+      </c>
+      <c r="I391">
+        <v>661.0</v>
+      </c>
+      <c r="J391">
+        <v>847.763</v>
+      </c>
+      <c r="K391">
+        <v>0</v>
+      </c>
+      <c r="L391" t="s">
+        <v>28</v>
+      </c>
+      <c r="M391">
+        <v>1</v>
+      </c>
+      <c r="N391" t="s">
+        <v>79</v>
+      </c>
+      <c r="O391">
+        <v>2</v>
+      </c>
+      <c r="P391">
+        <v>14486</v>
+      </c>
+      <c r="Q391" t="s">
+        <v>46</v>
+      </c>
+      <c r="R391" t="s">
+        <v>31</v>
+      </c>
+      <c r="S391" t="s">
+        <v>32</v>
+      </c>
+      <c r="T391" t="s">
+        <v>32</v>
+      </c>
+      <c r="U391" t="s">
+        <v>41</v>
+      </c>
+      <c r="V391">
+        <v>45</v>
+      </c>
+      <c r="W391">
+        <v>13.0</v>
+      </c>
+      <c r="X391">
+        <v>0</v>
+      </c>
+      <c r="Y391">
+        <v>32.34</v>
+      </c>
+    </row>
+    <row r="392" spans="1:25">
+      <c r="A392" t="s">
+        <v>25</v>
+      </c>
+      <c r="B392">
+        <v>2025</v>
+      </c>
+      <c r="C392">
+        <v>3309</v>
+      </c>
+      <c r="D392" t="s">
+        <v>78</v>
+      </c>
+      <c r="E392" t="s">
+        <v>27</v>
+      </c>
+      <c r="F392">
+        <v>1</v>
+      </c>
+      <c r="G392">
+        <v>41.2907</v>
+      </c>
+      <c r="H392">
+        <v>468</v>
+      </c>
+      <c r="I392">
+        <v>661.0</v>
+      </c>
+      <c r="J392">
+        <v>847.763</v>
+      </c>
+      <c r="K392">
+        <v>0</v>
+      </c>
+      <c r="L392" t="s">
+        <v>28</v>
+      </c>
+      <c r="M392">
+        <v>1</v>
+      </c>
+      <c r="N392" t="s">
+        <v>79</v>
+      </c>
+      <c r="O392">
+        <v>2</v>
+      </c>
+      <c r="P392">
+        <v>14486</v>
+      </c>
+      <c r="Q392" t="s">
+        <v>46</v>
+      </c>
+      <c r="R392" t="s">
+        <v>31</v>
+      </c>
+      <c r="S392" t="s">
+        <v>32</v>
+      </c>
+      <c r="T392" t="s">
+        <v>32</v>
+      </c>
+      <c r="U392" t="s">
+        <v>37</v>
+      </c>
+      <c r="V392">
+        <v>64</v>
+      </c>
+      <c r="W392">
+        <v>44.0</v>
+      </c>
+      <c r="X392">
+        <v>0</v>
+      </c>
+      <c r="Y392">
+        <v>68.215</v>
+      </c>
+    </row>
+    <row r="393" spans="1:25">
+      <c r="A393" t="s">
+        <v>25</v>
+      </c>
+      <c r="B393">
+        <v>2025</v>
+      </c>
+      <c r="C393">
+        <v>3309</v>
+      </c>
+      <c r="D393" t="s">
+        <v>78</v>
+      </c>
+      <c r="E393" t="s">
+        <v>27</v>
+      </c>
+      <c r="F393">
+        <v>1</v>
+      </c>
+      <c r="G393">
+        <v>41.2907</v>
+      </c>
+      <c r="H393">
+        <v>468</v>
+      </c>
+      <c r="I393">
+        <v>661.0</v>
+      </c>
+      <c r="J393">
+        <v>847.763</v>
+      </c>
+      <c r="K393">
+        <v>0</v>
+      </c>
+      <c r="L393" t="s">
+        <v>28</v>
+      </c>
+      <c r="M393">
+        <v>1</v>
+      </c>
+      <c r="N393" t="s">
+        <v>79</v>
+      </c>
+      <c r="O393">
+        <v>2</v>
+      </c>
+      <c r="P393">
+        <v>14486</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>46</v>
+      </c>
+      <c r="R393" t="s">
+        <v>31</v>
+      </c>
+      <c r="S393" t="s">
+        <v>32</v>
+      </c>
+      <c r="T393" t="s">
+        <v>32</v>
+      </c>
+      <c r="U393" t="s">
+        <v>42</v>
+      </c>
+      <c r="V393">
+        <v>42</v>
+      </c>
+      <c r="W393">
+        <v>59.0</v>
+      </c>
+      <c r="X393">
+        <v>0</v>
+      </c>
+      <c r="Y393">
+        <v>72.975</v>
+      </c>
+    </row>
+    <row r="394" spans="1:25">
+      <c r="A394" t="s">
+        <v>25</v>
+      </c>
+      <c r="B394">
+        <v>2025</v>
+      </c>
+      <c r="C394">
+        <v>3309</v>
+      </c>
+      <c r="D394" t="s">
+        <v>78</v>
+      </c>
+      <c r="E394" t="s">
+        <v>27</v>
+      </c>
+      <c r="F394">
+        <v>1</v>
+      </c>
+      <c r="G394">
+        <v>41.2907</v>
+      </c>
+      <c r="H394">
+        <v>468</v>
+      </c>
+      <c r="I394">
+        <v>661.0</v>
+      </c>
+      <c r="J394">
+        <v>847.763</v>
+      </c>
+      <c r="K394">
+        <v>0</v>
+      </c>
+      <c r="L394" t="s">
+        <v>28</v>
+      </c>
+      <c r="M394">
+        <v>1</v>
+      </c>
+      <c r="N394" t="s">
+        <v>79</v>
+      </c>
+      <c r="O394">
+        <v>2</v>
+      </c>
+      <c r="P394">
+        <v>14486</v>
+      </c>
+      <c r="Q394" t="s">
+        <v>46</v>
+      </c>
+      <c r="R394" t="s">
+        <v>31</v>
+      </c>
+      <c r="S394" t="s">
+        <v>32</v>
+      </c>
+      <c r="T394" t="s">
+        <v>32</v>
+      </c>
+      <c r="U394" t="s">
+        <v>43</v>
+      </c>
+      <c r="V394">
+        <v>44</v>
+      </c>
+      <c r="W394">
+        <v>91.0</v>
+      </c>
+      <c r="X394">
+        <v>0</v>
+      </c>
+      <c r="Y394">
+        <v>107.034</v>
+      </c>
+    </row>
+    <row r="395" spans="1:25">
+      <c r="A395" t="s">
+        <v>25</v>
+      </c>
+      <c r="B395">
+        <v>2025</v>
+      </c>
+      <c r="C395">
+        <v>3309</v>
+      </c>
+      <c r="D395" t="s">
+        <v>78</v>
+      </c>
+      <c r="E395" t="s">
+        <v>27</v>
+      </c>
+      <c r="F395">
+        <v>1</v>
+      </c>
+      <c r="G395">
+        <v>41.2907</v>
+      </c>
+      <c r="H395">
+        <v>468</v>
+      </c>
+      <c r="I395">
+        <v>661.0</v>
+      </c>
+      <c r="J395">
+        <v>847.763</v>
+      </c>
+      <c r="K395">
+        <v>0</v>
+      </c>
+      <c r="L395" t="s">
+        <v>28</v>
+      </c>
+      <c r="M395">
+        <v>1</v>
+      </c>
+      <c r="N395" t="s">
+        <v>79</v>
+      </c>
+      <c r="O395">
+        <v>2</v>
+      </c>
+      <c r="P395">
+        <v>14486</v>
+      </c>
+      <c r="Q395" t="s">
+        <v>46</v>
+      </c>
+      <c r="R395" t="s">
+        <v>31</v>
+      </c>
+      <c r="S395" t="s">
+        <v>32</v>
+      </c>
+      <c r="T395" t="s">
+        <v>32</v>
+      </c>
+      <c r="U395" t="s">
+        <v>44</v>
+      </c>
+      <c r="V395">
+        <v>69</v>
+      </c>
+      <c r="W395">
+        <v>195.0</v>
+      </c>
+      <c r="X395">
+        <v>0</v>
+      </c>
+      <c r="Y395">
+        <v>229.141</v>
+      </c>
+    </row>
+    <row r="396" spans="1:25">
+      <c r="A396" t="s">
+        <v>25</v>
+      </c>
+      <c r="B396">
+        <v>2025</v>
+      </c>
+      <c r="C396">
+        <v>3309</v>
+      </c>
+      <c r="D396" t="s">
+        <v>78</v>
+      </c>
+      <c r="E396" t="s">
+        <v>27</v>
+      </c>
+      <c r="F396">
+        <v>1</v>
+      </c>
+      <c r="G396">
+        <v>41.2907</v>
+      </c>
+      <c r="H396">
+        <v>468</v>
+      </c>
+      <c r="I396">
+        <v>661.0</v>
+      </c>
+      <c r="J396">
+        <v>847.763</v>
+      </c>
+      <c r="K396">
+        <v>0</v>
+      </c>
+      <c r="L396" t="s">
+        <v>28</v>
+      </c>
+      <c r="M396">
+        <v>1</v>
+      </c>
+      <c r="N396" t="s">
+        <v>79</v>
+      </c>
+      <c r="O396">
+        <v>2</v>
+      </c>
+      <c r="P396">
+        <v>14486</v>
+      </c>
+      <c r="Q396" t="s">
+        <v>46</v>
+      </c>
+      <c r="R396" t="s">
+        <v>31</v>
+      </c>
+      <c r="S396" t="s">
+        <v>32</v>
+      </c>
+      <c r="T396" t="s">
+        <v>32</v>
+      </c>
+      <c r="U396" t="s">
+        <v>47</v>
+      </c>
+      <c r="V396">
+        <v>2</v>
+      </c>
+      <c r="W396">
+        <v>8.0</v>
+      </c>
+      <c r="X396">
+        <v>0</v>
+      </c>
+      <c r="Y396">
+        <v>9.928</v>
+      </c>
+    </row>
+    <row r="397" spans="1:25">
+      <c r="A397" t="s">
+        <v>25</v>
+      </c>
+      <c r="B397">
+        <v>2025</v>
+      </c>
+      <c r="C397">
+        <v>3309</v>
+      </c>
+      <c r="D397" t="s">
+        <v>78</v>
+      </c>
+      <c r="E397" t="s">
+        <v>27</v>
+      </c>
+      <c r="F397">
+        <v>1</v>
+      </c>
+      <c r="G397">
+        <v>41.2907</v>
+      </c>
+      <c r="H397">
+        <v>468</v>
+      </c>
+      <c r="I397">
+        <v>661.0</v>
+      </c>
+      <c r="J397">
+        <v>847.763</v>
+      </c>
+      <c r="K397">
+        <v>0</v>
+      </c>
+      <c r="L397" t="s">
+        <v>28</v>
+      </c>
+      <c r="M397">
+        <v>1</v>
+      </c>
+      <c r="N397" t="s">
+        <v>79</v>
+      </c>
+      <c r="O397">
+        <v>2</v>
+      </c>
+      <c r="P397">
+        <v>14486</v>
+      </c>
+      <c r="Q397" t="s">
+        <v>46</v>
+      </c>
+      <c r="R397" t="s">
+        <v>31</v>
+      </c>
+      <c r="S397" t="s">
+        <v>80</v>
+      </c>
+      <c r="T397" t="s">
+        <v>32</v>
+      </c>
+      <c r="U397" t="s">
+        <v>36</v>
+      </c>
+      <c r="V397">
+        <v>1</v>
+      </c>
+      <c r="W397">
+        <v>0</v>
+      </c>
+      <c r="X397">
+        <v>0</v>
+      </c>
+      <c r="Y397">
+        <v>0.391</v>
+      </c>
+    </row>
+    <row r="398" spans="1:25">
+      <c r="A398" t="s">
+        <v>25</v>
+      </c>
+      <c r="B398">
+        <v>2025</v>
+      </c>
+      <c r="C398">
+        <v>3309</v>
+      </c>
+      <c r="D398" t="s">
+        <v>78</v>
+      </c>
+      <c r="E398" t="s">
+        <v>27</v>
+      </c>
+      <c r="F398">
+        <v>1</v>
+      </c>
+      <c r="G398">
+        <v>41.2907</v>
+      </c>
+      <c r="H398">
+        <v>468</v>
+      </c>
+      <c r="I398">
+        <v>661.0</v>
+      </c>
+      <c r="J398">
+        <v>847.763</v>
+      </c>
+      <c r="K398">
+        <v>0</v>
+      </c>
+      <c r="L398" t="s">
+        <v>28</v>
+      </c>
+      <c r="M398">
+        <v>1</v>
+      </c>
+      <c r="N398" t="s">
+        <v>79</v>
+      </c>
+      <c r="O398">
+        <v>2</v>
+      </c>
+      <c r="P398">
+        <v>14486</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>46</v>
+      </c>
+      <c r="R398" t="s">
+        <v>31</v>
+      </c>
+      <c r="S398" t="s">
+        <v>80</v>
+      </c>
+      <c r="T398" t="s">
+        <v>32</v>
+      </c>
+      <c r="U398" t="s">
+        <v>41</v>
+      </c>
+      <c r="V398">
+        <v>5</v>
+      </c>
+      <c r="W398">
+        <v>1.0</v>
+      </c>
+      <c r="X398">
+        <v>0</v>
+      </c>
+      <c r="Y398">
+        <v>3.285</v>
+      </c>
+    </row>
+    <row r="399" spans="1:25">
+      <c r="A399" t="s">
+        <v>25</v>
+      </c>
+      <c r="B399">
+        <v>2025</v>
+      </c>
+      <c r="C399">
+        <v>3309</v>
+      </c>
+      <c r="D399" t="s">
+        <v>78</v>
+      </c>
+      <c r="E399" t="s">
+        <v>27</v>
+      </c>
+      <c r="F399">
+        <v>1</v>
+      </c>
+      <c r="G399">
+        <v>41.2907</v>
+      </c>
+      <c r="H399">
+        <v>468</v>
+      </c>
+      <c r="I399">
+        <v>661.0</v>
+      </c>
+      <c r="J399">
+        <v>847.763</v>
+      </c>
+      <c r="K399">
+        <v>0</v>
+      </c>
+      <c r="L399" t="s">
+        <v>28</v>
+      </c>
+      <c r="M399">
+        <v>1</v>
+      </c>
+      <c r="N399" t="s">
+        <v>79</v>
+      </c>
+      <c r="O399">
+        <v>2</v>
+      </c>
+      <c r="P399">
+        <v>14486</v>
+      </c>
+      <c r="Q399" t="s">
+        <v>46</v>
+      </c>
+      <c r="R399" t="s">
+        <v>31</v>
+      </c>
+      <c r="S399" t="s">
+        <v>80</v>
+      </c>
+      <c r="T399" t="s">
+        <v>32</v>
+      </c>
+      <c r="U399" t="s">
+        <v>37</v>
+      </c>
+      <c r="V399">
+        <v>30</v>
+      </c>
+      <c r="W399">
+        <v>25.0</v>
+      </c>
+      <c r="X399">
+        <v>0</v>
+      </c>
+      <c r="Y399">
+        <v>37.377</v>
+      </c>
+    </row>
+    <row r="400" spans="1:25">
+      <c r="A400" t="s">
+        <v>25</v>
+      </c>
+      <c r="B400">
+        <v>2025</v>
+      </c>
+      <c r="C400">
+        <v>3309</v>
+      </c>
+      <c r="D400" t="s">
+        <v>78</v>
+      </c>
+      <c r="E400" t="s">
+        <v>27</v>
+      </c>
+      <c r="F400">
+        <v>1</v>
+      </c>
+      <c r="G400">
+        <v>41.2907</v>
+      </c>
+      <c r="H400">
+        <v>468</v>
+      </c>
+      <c r="I400">
+        <v>661.0</v>
+      </c>
+      <c r="J400">
+        <v>847.763</v>
+      </c>
+      <c r="K400">
+        <v>0</v>
+      </c>
+      <c r="L400" t="s">
+        <v>28</v>
+      </c>
+      <c r="M400">
+        <v>1</v>
+      </c>
+      <c r="N400" t="s">
+        <v>79</v>
+      </c>
+      <c r="O400">
+        <v>2</v>
+      </c>
+      <c r="P400">
+        <v>14486</v>
+      </c>
+      <c r="Q400" t="s">
+        <v>46</v>
+      </c>
+      <c r="R400" t="s">
+        <v>31</v>
+      </c>
+      <c r="S400" t="s">
+        <v>80</v>
+      </c>
+      <c r="T400" t="s">
+        <v>32</v>
+      </c>
+      <c r="U400" t="s">
+        <v>42</v>
+      </c>
+      <c r="V400">
+        <v>43</v>
+      </c>
+      <c r="W400">
+        <v>58.0</v>
+      </c>
+      <c r="X400">
+        <v>0</v>
+      </c>
+      <c r="Y400">
+        <v>74.237</v>
+      </c>
+    </row>
+    <row r="401" spans="1:25">
+      <c r="A401" t="s">
+        <v>25</v>
+      </c>
+      <c r="B401">
+        <v>2025</v>
+      </c>
+      <c r="C401">
+        <v>3309</v>
+      </c>
+      <c r="D401" t="s">
+        <v>78</v>
+      </c>
+      <c r="E401" t="s">
+        <v>27</v>
+      </c>
+      <c r="F401">
+        <v>1</v>
+      </c>
+      <c r="G401">
+        <v>41.2907</v>
+      </c>
+      <c r="H401">
+        <v>468</v>
+      </c>
+      <c r="I401">
+        <v>661.0</v>
+      </c>
+      <c r="J401">
+        <v>847.763</v>
+      </c>
+      <c r="K401">
+        <v>0</v>
+      </c>
+      <c r="L401" t="s">
+        <v>28</v>
+      </c>
+      <c r="M401">
+        <v>1</v>
+      </c>
+      <c r="N401" t="s">
+        <v>79</v>
+      </c>
+      <c r="O401">
+        <v>2</v>
+      </c>
+      <c r="P401">
+        <v>14486</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>46</v>
+      </c>
+      <c r="R401" t="s">
+        <v>31</v>
+      </c>
+      <c r="S401" t="s">
+        <v>80</v>
+      </c>
+      <c r="T401" t="s">
+        <v>32</v>
+      </c>
+      <c r="U401" t="s">
+        <v>43</v>
+      </c>
+      <c r="V401">
+        <v>22</v>
+      </c>
+      <c r="W401">
+        <v>45.0</v>
+      </c>
+      <c r="X401">
+        <v>0</v>
+      </c>
+      <c r="Y401">
+        <v>52.936</v>
+      </c>
+    </row>
+    <row r="402" spans="1:25">
+      <c r="A402" t="s">
+        <v>25</v>
+      </c>
+      <c r="B402">
+        <v>2025</v>
+      </c>
+      <c r="C402">
+        <v>3309</v>
+      </c>
+      <c r="D402" t="s">
+        <v>78</v>
+      </c>
+      <c r="E402" t="s">
+        <v>27</v>
+      </c>
+      <c r="F402">
+        <v>1</v>
+      </c>
+      <c r="G402">
+        <v>41.2907</v>
+      </c>
+      <c r="H402">
+        <v>468</v>
+      </c>
+      <c r="I402">
+        <v>661.0</v>
+      </c>
+      <c r="J402">
+        <v>847.763</v>
+      </c>
+      <c r="K402">
+        <v>0</v>
+      </c>
+      <c r="L402" t="s">
+        <v>28</v>
+      </c>
+      <c r="M402">
+        <v>1</v>
+      </c>
+      <c r="N402" t="s">
+        <v>79</v>
+      </c>
+      <c r="O402">
+        <v>2</v>
+      </c>
+      <c r="P402">
+        <v>14486</v>
+      </c>
+      <c r="Q402" t="s">
+        <v>46</v>
+      </c>
+      <c r="R402" t="s">
+        <v>31</v>
+      </c>
+      <c r="S402" t="s">
+        <v>80</v>
+      </c>
+      <c r="T402" t="s">
+        <v>32</v>
+      </c>
+      <c r="U402" t="s">
+        <v>44</v>
+      </c>
+      <c r="V402">
+        <v>22</v>
+      </c>
+      <c r="W402">
+        <v>56.0</v>
+      </c>
+      <c r="X402">
+        <v>0</v>
+      </c>
+      <c r="Y402">
+        <v>65.598</v>
+      </c>
+    </row>
+    <row r="403" spans="1:25">
+      <c r="A403" t="s">
+        <v>25</v>
+      </c>
+      <c r="B403">
+        <v>2025</v>
+      </c>
+      <c r="C403">
+        <v>3309</v>
+      </c>
+      <c r="D403" t="s">
+        <v>78</v>
+      </c>
+      <c r="E403" t="s">
+        <v>27</v>
+      </c>
+      <c r="F403">
+        <v>1</v>
+      </c>
+      <c r="G403">
+        <v>41.2907</v>
+      </c>
+      <c r="H403">
+        <v>468</v>
+      </c>
+      <c r="I403">
+        <v>661.0</v>
+      </c>
+      <c r="J403">
+        <v>847.763</v>
+      </c>
+      <c r="K403">
+        <v>0</v>
+      </c>
+      <c r="L403" t="s">
+        <v>28</v>
+      </c>
+      <c r="M403">
+        <v>1</v>
+      </c>
+      <c r="N403" t="s">
+        <v>79</v>
+      </c>
+      <c r="O403">
+        <v>2</v>
+      </c>
+      <c r="P403">
+        <v>14486</v>
+      </c>
+      <c r="Q403" t="s">
+        <v>40</v>
+      </c>
+      <c r="R403" t="s">
+        <v>31</v>
+      </c>
+      <c r="S403" t="s">
+        <v>32</v>
+      </c>
+      <c r="T403" t="s">
+        <v>32</v>
+      </c>
+      <c r="U403" t="s">
+        <v>41</v>
+      </c>
+      <c r="V403">
+        <v>1</v>
+      </c>
+      <c r="W403">
+        <v>0</v>
+      </c>
+      <c r="X403">
+        <v>0</v>
+      </c>
+      <c r="Y403">
+        <v>0.605</v>
+      </c>
+    </row>
+    <row r="404" spans="1:25">
+      <c r="A404" t="s">
+        <v>25</v>
+      </c>
+      <c r="B404">
+        <v>2025</v>
+      </c>
+      <c r="C404">
+        <v>3309</v>
+      </c>
+      <c r="D404" t="s">
+        <v>78</v>
+      </c>
+      <c r="E404" t="s">
+        <v>27</v>
+      </c>
+      <c r="F404">
+        <v>1</v>
+      </c>
+      <c r="G404">
+        <v>41.2907</v>
+      </c>
+      <c r="H404">
+        <v>468</v>
+      </c>
+      <c r="I404">
+        <v>661.0</v>
+      </c>
+      <c r="J404">
+        <v>847.763</v>
+      </c>
+      <c r="K404">
+        <v>0</v>
+      </c>
+      <c r="L404" t="s">
+        <v>28</v>
+      </c>
+      <c r="M404">
+        <v>1</v>
+      </c>
+      <c r="N404" t="s">
+        <v>79</v>
+      </c>
+      <c r="O404">
+        <v>2</v>
+      </c>
+      <c r="P404">
+        <v>14486</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>40</v>
+      </c>
+      <c r="R404" t="s">
+        <v>31</v>
+      </c>
+      <c r="S404" t="s">
+        <v>32</v>
+      </c>
+      <c r="T404" t="s">
+        <v>32</v>
+      </c>
+      <c r="U404" t="s">
+        <v>37</v>
+      </c>
+      <c r="V404">
+        <v>2</v>
+      </c>
+      <c r="W404">
+        <v>2.0</v>
+      </c>
+      <c r="X404">
+        <v>0</v>
+      </c>
+      <c r="Y404">
+        <v>2.319</v>
+      </c>
+    </row>
+    <row r="405" spans="1:25">
+      <c r="A405" t="s">
+        <v>25</v>
+      </c>
+      <c r="B405">
+        <v>2025</v>
+      </c>
+      <c r="C405">
+        <v>3309</v>
+      </c>
+      <c r="D405" t="s">
+        <v>78</v>
+      </c>
+      <c r="E405" t="s">
+        <v>27</v>
+      </c>
+      <c r="F405">
+        <v>1</v>
+      </c>
+      <c r="G405">
+        <v>41.2907</v>
+      </c>
+      <c r="H405">
+        <v>468</v>
+      </c>
+      <c r="I405">
+        <v>661.0</v>
+      </c>
+      <c r="J405">
+        <v>847.763</v>
+      </c>
+      <c r="K405">
+        <v>0</v>
+      </c>
+      <c r="L405" t="s">
+        <v>28</v>
+      </c>
+      <c r="M405">
+        <v>1</v>
+      </c>
+      <c r="N405" t="s">
+        <v>79</v>
+      </c>
+      <c r="O405">
+        <v>2</v>
+      </c>
+      <c r="P405">
+        <v>14486</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>40</v>
+      </c>
+      <c r="R405" t="s">
+        <v>31</v>
+      </c>
+      <c r="S405" t="s">
+        <v>32</v>
+      </c>
+      <c r="T405" t="s">
+        <v>32</v>
+      </c>
+      <c r="U405" t="s">
+        <v>42</v>
+      </c>
+      <c r="V405">
+        <v>6</v>
+      </c>
+      <c r="W405">
+        <v>6.0</v>
+      </c>
+      <c r="X405">
+        <v>0</v>
+      </c>
+      <c r="Y405">
+        <v>9.875</v>
+      </c>
+    </row>
+    <row r="406" spans="1:25">
+      <c r="A406" t="s">
+        <v>25</v>
+      </c>
+      <c r="B406">
+        <v>2025</v>
+      </c>
+      <c r="C406">
+        <v>3309</v>
+      </c>
+      <c r="D406" t="s">
+        <v>78</v>
+      </c>
+      <c r="E406" t="s">
+        <v>27</v>
+      </c>
+      <c r="F406">
+        <v>1</v>
+      </c>
+      <c r="G406">
+        <v>41.2907</v>
+      </c>
+      <c r="H406">
+        <v>468</v>
+      </c>
+      <c r="I406">
+        <v>661.0</v>
+      </c>
+      <c r="J406">
+        <v>847.763</v>
+      </c>
+      <c r="K406">
+        <v>0</v>
+      </c>
+      <c r="L406" t="s">
+        <v>28</v>
+      </c>
+      <c r="M406">
+        <v>1</v>
+      </c>
+      <c r="N406" t="s">
+        <v>79</v>
+      </c>
+      <c r="O406">
+        <v>2</v>
+      </c>
+      <c r="P406">
+        <v>14486</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>40</v>
+      </c>
+      <c r="R406" t="s">
+        <v>31</v>
+      </c>
+      <c r="S406" t="s">
+        <v>32</v>
+      </c>
+      <c r="T406" t="s">
+        <v>32</v>
+      </c>
+      <c r="U406" t="s">
+        <v>43</v>
+      </c>
+      <c r="V406">
+        <v>1</v>
+      </c>
+      <c r="W406">
+        <v>2.0</v>
+      </c>
+      <c r="X406">
+        <v>0</v>
+      </c>
+      <c r="Y406">
+        <v>2.458</v>
+      </c>
+    </row>
+    <row r="407" spans="1:25">
+      <c r="A407" t="s">
+        <v>25</v>
+      </c>
+      <c r="B407">
+        <v>2025</v>
+      </c>
+      <c r="C407">
+        <v>3309</v>
+      </c>
+      <c r="D407" t="s">
+        <v>78</v>
+      </c>
+      <c r="E407" t="s">
+        <v>27</v>
+      </c>
+      <c r="F407">
+        <v>1</v>
+      </c>
+      <c r="G407">
+        <v>41.2907</v>
+      </c>
+      <c r="H407">
+        <v>468</v>
+      </c>
+      <c r="I407">
+        <v>661.0</v>
+      </c>
+      <c r="J407">
+        <v>847.763</v>
+      </c>
+      <c r="K407">
+        <v>0</v>
+      </c>
+      <c r="L407" t="s">
+        <v>28</v>
+      </c>
+      <c r="M407">
+        <v>1</v>
+      </c>
+      <c r="N407" t="s">
+        <v>79</v>
+      </c>
+      <c r="O407">
+        <v>2</v>
+      </c>
+      <c r="P407">
+        <v>14486</v>
+      </c>
+      <c r="Q407" t="s">
+        <v>40</v>
+      </c>
+      <c r="R407" t="s">
+        <v>31</v>
+      </c>
+      <c r="S407" t="s">
+        <v>32</v>
+      </c>
+      <c r="T407" t="s">
+        <v>32</v>
+      </c>
+      <c r="U407" t="s">
+        <v>44</v>
+      </c>
+      <c r="V407">
+        <v>3</v>
+      </c>
+      <c r="W407">
+        <v>7.0</v>
+      </c>
+      <c r="X407">
+        <v>0</v>
+      </c>
+      <c r="Y407">
+        <v>9.078</v>
+      </c>
+    </row>
+    <row r="408" spans="1:25">
+      <c r="A408" t="s">
+        <v>25</v>
+      </c>
+      <c r="B408">
+        <v>2025</v>
+      </c>
+      <c r="C408">
+        <v>3309</v>
+      </c>
+      <c r="D408" t="s">
+        <v>78</v>
+      </c>
+      <c r="E408" t="s">
+        <v>27</v>
+      </c>
+      <c r="F408">
+        <v>1</v>
+      </c>
+      <c r="G408">
+        <v>41.2907</v>
+      </c>
+      <c r="H408">
+        <v>468</v>
+      </c>
+      <c r="I408">
+        <v>661.0</v>
+      </c>
+      <c r="J408">
+        <v>847.763</v>
+      </c>
+      <c r="K408">
+        <v>0</v>
+      </c>
+      <c r="L408" t="s">
+        <v>28</v>
+      </c>
+      <c r="M408">
+        <v>1</v>
+      </c>
+      <c r="N408" t="s">
+        <v>79</v>
+      </c>
+      <c r="O408">
+        <v>2</v>
+      </c>
+      <c r="P408">
+        <v>14486</v>
+      </c>
+      <c r="Q408" t="s">
+        <v>40</v>
+      </c>
+      <c r="R408" t="s">
+        <v>31</v>
+      </c>
+      <c r="S408" t="s">
+        <v>48</v>
+      </c>
+      <c r="T408" t="s">
+        <v>32</v>
+      </c>
+      <c r="U408" t="s">
+        <v>37</v>
+      </c>
+      <c r="V408">
+        <v>1</v>
+      </c>
+      <c r="W408">
+        <v>1.0</v>
+      </c>
+      <c r="X408">
+        <v>0</v>
+      </c>
+      <c r="Y408">
+        <v>1.238</v>
+      </c>
+    </row>
+    <row r="409" spans="1:25">
+      <c r="A409" t="s">
+        <v>25</v>
+      </c>
+      <c r="B409">
+        <v>2025</v>
+      </c>
+      <c r="C409">
+        <v>3309</v>
+      </c>
+      <c r="D409" t="s">
+        <v>78</v>
+      </c>
+      <c r="E409" t="s">
+        <v>27</v>
+      </c>
+      <c r="F409">
+        <v>1</v>
+      </c>
+      <c r="G409">
+        <v>41.2907</v>
+      </c>
+      <c r="H409">
+        <v>468</v>
+      </c>
+      <c r="I409">
+        <v>661.0</v>
+      </c>
+      <c r="J409">
+        <v>847.763</v>
+      </c>
+      <c r="K409">
+        <v>0</v>
+      </c>
+      <c r="L409" t="s">
+        <v>28</v>
+      </c>
+      <c r="M409">
+        <v>1</v>
+      </c>
+      <c r="N409" t="s">
+        <v>79</v>
+      </c>
+      <c r="O409">
+        <v>2</v>
+      </c>
+      <c r="P409">
+        <v>14486</v>
+      </c>
+      <c r="Q409" t="s">
+        <v>40</v>
+      </c>
+      <c r="R409" t="s">
+        <v>31</v>
+      </c>
+      <c r="S409" t="s">
+        <v>48</v>
+      </c>
+      <c r="T409" t="s">
+        <v>32</v>
+      </c>
+      <c r="U409" t="s">
+        <v>42</v>
+      </c>
+      <c r="V409">
+        <v>2</v>
+      </c>
+      <c r="W409">
+        <v>2.0</v>
+      </c>
+      <c r="X409">
+        <v>0</v>
+      </c>
+      <c r="Y409">
+        <v>3.435</v>
+      </c>
+    </row>
+    <row r="410" spans="1:25">
+      <c r="A410" t="s">
+        <v>25</v>
+      </c>
+      <c r="B410">
+        <v>2025</v>
+      </c>
+      <c r="C410">
+        <v>3309</v>
+      </c>
+      <c r="D410" t="s">
+        <v>78</v>
+      </c>
+      <c r="E410" t="s">
+        <v>27</v>
+      </c>
+      <c r="F410">
+        <v>1</v>
+      </c>
+      <c r="G410">
+        <v>41.2907</v>
+      </c>
+      <c r="H410">
+        <v>468</v>
+      </c>
+      <c r="I410">
+        <v>661.0</v>
+      </c>
+      <c r="J410">
+        <v>847.763</v>
+      </c>
+      <c r="K410">
+        <v>0</v>
+      </c>
+      <c r="L410" t="s">
+        <v>28</v>
+      </c>
+      <c r="M410">
+        <v>1</v>
+      </c>
+      <c r="N410" t="s">
+        <v>79</v>
+      </c>
+      <c r="O410">
+        <v>2</v>
+      </c>
+      <c r="P410">
+        <v>14486</v>
+      </c>
+      <c r="Q410" t="s">
+        <v>40</v>
+      </c>
+      <c r="R410" t="s">
+        <v>31</v>
+      </c>
+      <c r="S410" t="s">
+        <v>48</v>
+      </c>
+      <c r="T410" t="s">
+        <v>32</v>
+      </c>
+      <c r="U410" t="s">
+        <v>43</v>
+      </c>
+      <c r="V410">
+        <v>1</v>
+      </c>
+      <c r="W410">
+        <v>2.0</v>
+      </c>
+      <c r="X410">
+        <v>0</v>
+      </c>
+      <c r="Y410">
+        <v>2.186</v>
+      </c>
+    </row>
+    <row r="411" spans="1:25">
+      <c r="A411" t="s">
+        <v>25</v>
+      </c>
+      <c r="B411">
+        <v>2025</v>
+      </c>
+      <c r="C411">
+        <v>3309</v>
+      </c>
+      <c r="D411" t="s">
+        <v>78</v>
+      </c>
+      <c r="E411" t="s">
+        <v>27</v>
+      </c>
+      <c r="F411">
+        <v>1</v>
+      </c>
+      <c r="G411">
+        <v>41.2907</v>
+      </c>
+      <c r="H411">
+        <v>468</v>
+      </c>
+      <c r="I411">
+        <v>661.0</v>
+      </c>
+      <c r="J411">
+        <v>847.763</v>
+      </c>
+      <c r="K411">
+        <v>0</v>
+      </c>
+      <c r="L411" t="s">
+        <v>28</v>
+      </c>
+      <c r="M411">
+        <v>1</v>
+      </c>
+      <c r="N411" t="s">
+        <v>79</v>
+      </c>
+      <c r="O411">
+        <v>2</v>
+      </c>
+      <c r="P411">
+        <v>14486</v>
+      </c>
+      <c r="Q411" t="s">
+        <v>40</v>
+      </c>
+      <c r="R411" t="s">
+        <v>31</v>
+      </c>
+      <c r="S411" t="s">
+        <v>48</v>
+      </c>
+      <c r="T411" t="s">
+        <v>32</v>
+      </c>
+      <c r="U411" t="s">
+        <v>44</v>
+      </c>
+      <c r="V411">
+        <v>2</v>
+      </c>
+      <c r="W411">
+        <v>4.0</v>
+      </c>
+      <c r="X411">
+        <v>0</v>
+      </c>
+      <c r="Y411">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="412" spans="1:25">
+      <c r="A412" t="s">
+        <v>25</v>
+      </c>
+      <c r="B412">
+        <v>2025</v>
+      </c>
+      <c r="C412">
+        <v>3309</v>
+      </c>
+      <c r="D412" t="s">
+        <v>78</v>
+      </c>
+      <c r="E412" t="s">
+        <v>27</v>
+      </c>
+      <c r="F412">
+        <v>1</v>
+      </c>
+      <c r="G412">
+        <v>41.2907</v>
+      </c>
+      <c r="H412">
+        <v>468</v>
+      </c>
+      <c r="I412">
+        <v>661.0</v>
+      </c>
+      <c r="J412">
+        <v>847.763</v>
+      </c>
+      <c r="K412">
+        <v>0</v>
+      </c>
+      <c r="L412" t="s">
+        <v>28</v>
+      </c>
+      <c r="M412">
+        <v>1</v>
+      </c>
+      <c r="N412" t="s">
+        <v>79</v>
+      </c>
+      <c r="O412">
+        <v>2</v>
+      </c>
+      <c r="P412">
+        <v>14486</v>
+      </c>
+      <c r="Q412" t="s">
+        <v>46</v>
+      </c>
+      <c r="R412" t="s">
+        <v>31</v>
+      </c>
+      <c r="S412" t="s">
+        <v>81</v>
+      </c>
+      <c r="T412" t="s">
+        <v>32</v>
+      </c>
+      <c r="U412" t="s">
+        <v>37</v>
+      </c>
+      <c r="V412">
+        <v>3</v>
+      </c>
+      <c r="W412">
+        <v>3.0</v>
+      </c>
+      <c r="X412">
+        <v>0</v>
+      </c>
+      <c r="Y412">
+        <v>4.236</v>
+      </c>
+    </row>
+    <row r="413" spans="1:25">
+      <c r="A413" t="s">
+        <v>25</v>
+      </c>
+      <c r="B413">
+        <v>2025</v>
+      </c>
+      <c r="C413">
+        <v>3309</v>
+      </c>
+      <c r="D413" t="s">
+        <v>78</v>
+      </c>
+      <c r="E413" t="s">
+        <v>27</v>
+      </c>
+      <c r="F413">
+        <v>1</v>
+      </c>
+      <c r="G413">
+        <v>41.2907</v>
+      </c>
+      <c r="H413">
+        <v>468</v>
+      </c>
+      <c r="I413">
+        <v>661.0</v>
+      </c>
+      <c r="J413">
+        <v>847.763</v>
+      </c>
+      <c r="K413">
+        <v>0</v>
+      </c>
+      <c r="L413" t="s">
+        <v>28</v>
+      </c>
+      <c r="M413">
+        <v>1</v>
+      </c>
+      <c r="N413" t="s">
+        <v>79</v>
+      </c>
+      <c r="O413">
+        <v>2</v>
+      </c>
+      <c r="P413">
+        <v>14486</v>
+      </c>
+      <c r="Q413" t="s">
+        <v>46</v>
+      </c>
+      <c r="R413" t="s">
+        <v>31</v>
+      </c>
+      <c r="S413" t="s">
+        <v>81</v>
+      </c>
+      <c r="T413" t="s">
+        <v>32</v>
+      </c>
+      <c r="U413" t="s">
+        <v>42</v>
+      </c>
+      <c r="V413">
+        <v>3</v>
+      </c>
+      <c r="W413">
+        <v>4.0</v>
+      </c>
+      <c r="X413">
+        <v>0</v>
+      </c>
+      <c r="Y413">
+        <v>4.515</v>
+      </c>
+    </row>
+    <row r="414" spans="1:25">
+      <c r="A414" t="s">
+        <v>25</v>
+      </c>
+      <c r="B414">
+        <v>2025</v>
+      </c>
+      <c r="C414">
+        <v>3309</v>
+      </c>
+      <c r="D414" t="s">
+        <v>78</v>
+      </c>
+      <c r="E414" t="s">
+        <v>27</v>
+      </c>
+      <c r="F414">
+        <v>1</v>
+      </c>
+      <c r="G414">
+        <v>41.2907</v>
+      </c>
+      <c r="H414">
+        <v>468</v>
+      </c>
+      <c r="I414">
+        <v>661.0</v>
+      </c>
+      <c r="J414">
+        <v>847.763</v>
+      </c>
+      <c r="K414">
+        <v>0</v>
+      </c>
+      <c r="L414" t="s">
+        <v>28</v>
+      </c>
+      <c r="M414">
+        <v>1</v>
+      </c>
+      <c r="N414" t="s">
+        <v>79</v>
+      </c>
+      <c r="O414">
+        <v>2</v>
+      </c>
+      <c r="P414">
+        <v>14486</v>
+      </c>
+      <c r="Q414" t="s">
+        <v>46</v>
+      </c>
+      <c r="R414" t="s">
+        <v>31</v>
+      </c>
+      <c r="S414" t="s">
+        <v>81</v>
+      </c>
+      <c r="T414" t="s">
+        <v>32</v>
+      </c>
+      <c r="U414" t="s">
+        <v>43</v>
+      </c>
+      <c r="V414">
+        <v>4</v>
+      </c>
+      <c r="W414">
+        <v>9.0</v>
+      </c>
+      <c r="X414">
+        <v>0</v>
+      </c>
+      <c r="Y414">
+        <v>10.046</v>
+      </c>
+    </row>
+    <row r="415" spans="1:25">
+      <c r="A415" t="s">
+        <v>25</v>
+      </c>
+      <c r="B415">
+        <v>2025</v>
+      </c>
+      <c r="C415">
+        <v>3309</v>
+      </c>
+      <c r="D415" t="s">
+        <v>78</v>
+      </c>
+      <c r="E415" t="s">
+        <v>27</v>
+      </c>
+      <c r="F415">
+        <v>1</v>
+      </c>
+      <c r="G415">
+        <v>41.2907</v>
+      </c>
+      <c r="H415">
+        <v>468</v>
+      </c>
+      <c r="I415">
+        <v>661.0</v>
+      </c>
+      <c r="J415">
+        <v>847.763</v>
+      </c>
+      <c r="K415">
+        <v>0</v>
+      </c>
+      <c r="L415" t="s">
+        <v>28</v>
+      </c>
+      <c r="M415">
+        <v>1</v>
+      </c>
+      <c r="N415" t="s">
+        <v>79</v>
+      </c>
+      <c r="O415">
+        <v>2</v>
+      </c>
+      <c r="P415">
+        <v>14486</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>46</v>
+      </c>
+      <c r="R415" t="s">
+        <v>31</v>
+      </c>
+      <c r="S415" t="s">
+        <v>81</v>
+      </c>
+      <c r="T415" t="s">
+        <v>32</v>
+      </c>
+      <c r="U415" t="s">
+        <v>44</v>
+      </c>
+      <c r="V415">
+        <v>7</v>
+      </c>
+      <c r="W415">
+        <v>18.0</v>
+      </c>
+      <c r="X415">
+        <v>0</v>
+      </c>
+      <c r="Y415">
+        <v>21.952</v>
+      </c>
+    </row>
+    <row r="416" spans="1:25">
+      <c r="A416" t="s">
+        <v>25</v>
+      </c>
+      <c r="B416">
+        <v>2025</v>
+      </c>
+      <c r="C416">
+        <v>3309</v>
+      </c>
+      <c r="D416" t="s">
+        <v>78</v>
+      </c>
+      <c r="E416" t="s">
+        <v>27</v>
+      </c>
+      <c r="F416">
+        <v>2</v>
+      </c>
+      <c r="G416">
+        <v>25.2595</v>
+      </c>
+      <c r="H416">
+        <v>2319</v>
+      </c>
+      <c r="I416">
+        <v>0</v>
+      </c>
+      <c r="J416">
+        <v>0</v>
+      </c>
+      <c r="K416">
+        <v>880.233</v>
+      </c>
+      <c r="L416" t="s">
+        <v>28</v>
+      </c>
+      <c r="M416">
+        <v>1</v>
+      </c>
+      <c r="N416" t="s">
+        <v>82</v>
+      </c>
+      <c r="O416">
+        <v>2</v>
+      </c>
+      <c r="P416">
+        <v>14486</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>50</v>
+      </c>
+      <c r="R416" t="s">
+        <v>31</v>
+      </c>
+      <c r="S416" t="s">
+        <v>32</v>
+      </c>
+      <c r="T416" t="s">
+        <v>32</v>
+      </c>
+      <c r="U416" t="s">
+        <v>33</v>
+      </c>
+      <c r="V416">
+        <v>347</v>
+      </c>
+      <c r="W416">
+        <v>0</v>
+      </c>
+      <c r="X416">
+        <v>0</v>
+      </c>
+      <c r="Y416">
+        <v>16.951</v>
+      </c>
+    </row>
+    <row r="417" spans="1:25">
+      <c r="A417" t="s">
+        <v>25</v>
+      </c>
+      <c r="B417">
+        <v>2025</v>
+      </c>
+      <c r="C417">
+        <v>3309</v>
+      </c>
+      <c r="D417" t="s">
+        <v>78</v>
+      </c>
+      <c r="E417" t="s">
+        <v>27</v>
+      </c>
+      <c r="F417">
+        <v>2</v>
+      </c>
+      <c r="G417">
+        <v>25.2595</v>
+      </c>
+      <c r="H417">
+        <v>2319</v>
+      </c>
+      <c r="I417">
+        <v>0</v>
+      </c>
+      <c r="J417">
+        <v>0</v>
+      </c>
+      <c r="K417">
+        <v>880.233</v>
+      </c>
+      <c r="L417" t="s">
+        <v>28</v>
+      </c>
+      <c r="M417">
+        <v>1</v>
+      </c>
+      <c r="N417" t="s">
+        <v>82</v>
+      </c>
+      <c r="O417">
+        <v>2</v>
+      </c>
+      <c r="P417">
+        <v>14486</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>50</v>
+      </c>
+      <c r="R417" t="s">
+        <v>31</v>
+      </c>
+      <c r="S417" t="s">
+        <v>32</v>
+      </c>
+      <c r="T417" t="s">
+        <v>32</v>
+      </c>
+      <c r="U417" t="s">
+        <v>34</v>
+      </c>
+      <c r="V417">
+        <v>374</v>
+      </c>
+      <c r="W417">
+        <v>0</v>
+      </c>
+      <c r="X417">
+        <v>0</v>
+      </c>
+      <c r="Y417">
+        <v>53.623</v>
+      </c>
+    </row>
+    <row r="418" spans="1:25">
+      <c r="A418" t="s">
+        <v>25</v>
+      </c>
+      <c r="B418">
+        <v>2025</v>
+      </c>
+      <c r="C418">
+        <v>3309</v>
+      </c>
+      <c r="D418" t="s">
+        <v>78</v>
+      </c>
+      <c r="E418" t="s">
+        <v>27</v>
+      </c>
+      <c r="F418">
+        <v>2</v>
+      </c>
+      <c r="G418">
+        <v>25.2595</v>
+      </c>
+      <c r="H418">
+        <v>2319</v>
+      </c>
+      <c r="I418">
+        <v>0</v>
+      </c>
+      <c r="J418">
+        <v>0</v>
+      </c>
+      <c r="K418">
+        <v>880.233</v>
+      </c>
+      <c r="L418" t="s">
+        <v>28</v>
+      </c>
+      <c r="M418">
+        <v>1</v>
+      </c>
+      <c r="N418" t="s">
+        <v>82</v>
+      </c>
+      <c r="O418">
+        <v>2</v>
+      </c>
+      <c r="P418">
+        <v>14486</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>50</v>
+      </c>
+      <c r="R418" t="s">
+        <v>31</v>
+      </c>
+      <c r="S418" t="s">
+        <v>32</v>
+      </c>
+      <c r="T418" t="s">
+        <v>32</v>
+      </c>
+      <c r="U418" t="s">
+        <v>35</v>
+      </c>
+      <c r="V418">
+        <v>78</v>
+      </c>
+      <c r="W418">
+        <v>0</v>
+      </c>
+      <c r="X418">
+        <v>0</v>
+      </c>
+      <c r="Y418">
+        <v>23.582</v>
+      </c>
+    </row>
+    <row r="419" spans="1:25">
+      <c r="A419" t="s">
+        <v>25</v>
+      </c>
+      <c r="B419">
+        <v>2025</v>
+      </c>
+      <c r="C419">
+        <v>3309</v>
+      </c>
+      <c r="D419" t="s">
+        <v>78</v>
+      </c>
+      <c r="E419" t="s">
+        <v>27</v>
+      </c>
+      <c r="F419">
+        <v>2</v>
+      </c>
+      <c r="G419">
+        <v>25.2595</v>
+      </c>
+      <c r="H419">
+        <v>2319</v>
+      </c>
+      <c r="I419">
+        <v>0</v>
+      </c>
+      <c r="J419">
+        <v>0</v>
+      </c>
+      <c r="K419">
+        <v>880.233</v>
+      </c>
+      <c r="L419" t="s">
+        <v>28</v>
+      </c>
+      <c r="M419">
+        <v>1</v>
+      </c>
+      <c r="N419" t="s">
+        <v>82</v>
+      </c>
+      <c r="O419">
+        <v>2</v>
+      </c>
+      <c r="P419">
+        <v>14486</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>50</v>
+      </c>
+      <c r="R419" t="s">
+        <v>31</v>
+      </c>
+      <c r="S419" t="s">
+        <v>32</v>
+      </c>
+      <c r="T419" t="s">
+        <v>32</v>
+      </c>
+      <c r="U419" t="s">
+        <v>36</v>
+      </c>
+      <c r="V419">
+        <v>104</v>
+      </c>
+      <c r="W419">
+        <v>0</v>
+      </c>
+      <c r="X419">
+        <v>0</v>
+      </c>
+      <c r="Y419">
+        <v>53.613</v>
+      </c>
+    </row>
+    <row r="420" spans="1:25">
+      <c r="A420" t="s">
+        <v>25</v>
+      </c>
+      <c r="B420">
+        <v>2025</v>
+      </c>
+      <c r="C420">
+        <v>3309</v>
+      </c>
+      <c r="D420" t="s">
+        <v>78</v>
+      </c>
+      <c r="E420" t="s">
+        <v>27</v>
+      </c>
+      <c r="F420">
+        <v>2</v>
+      </c>
+      <c r="G420">
+        <v>25.2595</v>
+      </c>
+      <c r="H420">
+        <v>2319</v>
+      </c>
+      <c r="I420">
+        <v>0</v>
+      </c>
+      <c r="J420">
+        <v>0</v>
+      </c>
+      <c r="K420">
+        <v>880.233</v>
+      </c>
+      <c r="L420" t="s">
+        <v>28</v>
+      </c>
+      <c r="M420">
+        <v>1</v>
+      </c>
+      <c r="N420" t="s">
+        <v>82</v>
+      </c>
+      <c r="O420">
+        <v>2</v>
+      </c>
+      <c r="P420">
+        <v>14486</v>
+      </c>
+      <c r="Q420" t="s">
+        <v>50</v>
+      </c>
+      <c r="R420" t="s">
+        <v>31</v>
+      </c>
+      <c r="S420" t="s">
+        <v>32</v>
+      </c>
+      <c r="T420" t="s">
+        <v>32</v>
+      </c>
+      <c r="U420" t="s">
+        <v>41</v>
+      </c>
+      <c r="V420">
+        <v>86</v>
+      </c>
+      <c r="W420">
+        <v>0</v>
+      </c>
+      <c r="X420">
+        <v>0</v>
+      </c>
+      <c r="Y420">
+        <v>81.121</v>
+      </c>
+    </row>
+    <row r="421" spans="1:25">
+      <c r="A421" t="s">
+        <v>25</v>
+      </c>
+      <c r="B421">
+        <v>2025</v>
+      </c>
+      <c r="C421">
+        <v>3309</v>
+      </c>
+      <c r="D421" t="s">
+        <v>78</v>
+      </c>
+      <c r="E421" t="s">
+        <v>27</v>
+      </c>
+      <c r="F421">
+        <v>2</v>
+      </c>
+      <c r="G421">
+        <v>25.2595</v>
+      </c>
+      <c r="H421">
+        <v>2319</v>
+      </c>
+      <c r="I421">
+        <v>0</v>
+      </c>
+      <c r="J421">
+        <v>0</v>
+      </c>
+      <c r="K421">
+        <v>880.233</v>
+      </c>
+      <c r="L421" t="s">
+        <v>28</v>
+      </c>
+      <c r="M421">
+        <v>1</v>
+      </c>
+      <c r="N421" t="s">
+        <v>82</v>
+      </c>
+      <c r="O421">
+        <v>2</v>
+      </c>
+      <c r="P421">
+        <v>14486</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>50</v>
+      </c>
+      <c r="R421" t="s">
+        <v>31</v>
+      </c>
+      <c r="S421" t="s">
+        <v>32</v>
+      </c>
+      <c r="T421" t="s">
+        <v>32</v>
+      </c>
+      <c r="U421" t="s">
+        <v>37</v>
+      </c>
+      <c r="V421">
+        <v>29</v>
+      </c>
+      <c r="W421">
+        <v>0</v>
+      </c>
+      <c r="X421">
+        <v>0</v>
+      </c>
+      <c r="Y421">
+        <v>46.526</v>
+      </c>
+    </row>
+    <row r="422" spans="1:25">
+      <c r="A422" t="s">
+        <v>25</v>
+      </c>
+      <c r="B422">
+        <v>2025</v>
+      </c>
+      <c r="C422">
+        <v>3309</v>
+      </c>
+      <c r="D422" t="s">
+        <v>78</v>
+      </c>
+      <c r="E422" t="s">
+        <v>27</v>
+      </c>
+      <c r="F422">
+        <v>2</v>
+      </c>
+      <c r="G422">
+        <v>25.2595</v>
+      </c>
+      <c r="H422">
+        <v>2319</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="J422">
+        <v>0</v>
+      </c>
+      <c r="K422">
+        <v>880.233</v>
+      </c>
+      <c r="L422" t="s">
+        <v>28</v>
+      </c>
+      <c r="M422">
+        <v>1</v>
+      </c>
+      <c r="N422" t="s">
+        <v>82</v>
+      </c>
+      <c r="O422">
+        <v>2</v>
+      </c>
+      <c r="P422">
+        <v>14486</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>50</v>
+      </c>
+      <c r="R422" t="s">
+        <v>31</v>
+      </c>
+      <c r="S422" t="s">
+        <v>32</v>
+      </c>
+      <c r="T422" t="s">
+        <v>32</v>
+      </c>
+      <c r="U422" t="s">
+        <v>42</v>
+      </c>
+      <c r="V422">
+        <v>9</v>
+      </c>
+      <c r="W422">
+        <v>0</v>
+      </c>
+      <c r="X422">
+        <v>0</v>
+      </c>
+      <c r="Y422">
+        <v>22.343</v>
+      </c>
+    </row>
+    <row r="423" spans="1:25">
+      <c r="A423" t="s">
+        <v>25</v>
+      </c>
+      <c r="B423">
+        <v>2025</v>
+      </c>
+      <c r="C423">
+        <v>3309</v>
+      </c>
+      <c r="D423" t="s">
+        <v>78</v>
+      </c>
+      <c r="E423" t="s">
+        <v>27</v>
+      </c>
+      <c r="F423">
+        <v>2</v>
+      </c>
+      <c r="G423">
+        <v>25.2595</v>
+      </c>
+      <c r="H423">
+        <v>2319</v>
+      </c>
+      <c r="I423">
+        <v>0</v>
+      </c>
+      <c r="J423">
+        <v>0</v>
+      </c>
+      <c r="K423">
+        <v>880.233</v>
+      </c>
+      <c r="L423" t="s">
+        <v>28</v>
+      </c>
+      <c r="M423">
+        <v>1</v>
+      </c>
+      <c r="N423" t="s">
+        <v>82</v>
+      </c>
+      <c r="O423">
+        <v>2</v>
+      </c>
+      <c r="P423">
+        <v>14486</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>45</v>
+      </c>
+      <c r="R423" t="s">
+        <v>31</v>
+      </c>
+      <c r="S423" t="s">
+        <v>32</v>
+      </c>
+      <c r="T423" t="s">
+        <v>32</v>
+      </c>
+      <c r="U423" t="s">
+        <v>33</v>
+      </c>
+      <c r="V423">
+        <v>377</v>
+      </c>
+      <c r="W423">
+        <v>0</v>
+      </c>
+      <c r="X423">
+        <v>0</v>
+      </c>
+      <c r="Y423">
+        <v>12.65</v>
+      </c>
+    </row>
+    <row r="424" spans="1:25">
+      <c r="A424" t="s">
+        <v>25</v>
+      </c>
+      <c r="B424">
+        <v>2025</v>
+      </c>
+      <c r="C424">
+        <v>3309</v>
+      </c>
+      <c r="D424" t="s">
+        <v>78</v>
+      </c>
+      <c r="E424" t="s">
+        <v>27</v>
+      </c>
+      <c r="F424">
+        <v>2</v>
+      </c>
+      <c r="G424">
+        <v>25.2595</v>
+      </c>
+      <c r="H424">
+        <v>2319</v>
+      </c>
+      <c r="I424">
+        <v>0</v>
+      </c>
+      <c r="J424">
+        <v>0</v>
+      </c>
+      <c r="K424">
+        <v>880.233</v>
+      </c>
+      <c r="L424" t="s">
+        <v>28</v>
+      </c>
+      <c r="M424">
+        <v>1</v>
+      </c>
+      <c r="N424" t="s">
+        <v>82</v>
+      </c>
+      <c r="O424">
+        <v>2</v>
+      </c>
+      <c r="P424">
+        <v>14486</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>45</v>
+      </c>
+      <c r="R424" t="s">
+        <v>31</v>
+      </c>
+      <c r="S424" t="s">
+        <v>32</v>
+      </c>
+      <c r="T424" t="s">
+        <v>32</v>
+      </c>
+      <c r="U424" t="s">
+        <v>34</v>
+      </c>
+      <c r="V424">
+        <v>235</v>
+      </c>
+      <c r="W424">
+        <v>0</v>
+      </c>
+      <c r="X424">
+        <v>0</v>
+      </c>
+      <c r="Y424">
+        <v>34.248</v>
+      </c>
+    </row>
+    <row r="425" spans="1:25">
+      <c r="A425" t="s">
+        <v>25</v>
+      </c>
+      <c r="B425">
+        <v>2025</v>
+      </c>
+      <c r="C425">
+        <v>3309</v>
+      </c>
+      <c r="D425" t="s">
+        <v>78</v>
+      </c>
+      <c r="E425" t="s">
+        <v>27</v>
+      </c>
+      <c r="F425">
+        <v>2</v>
+      </c>
+      <c r="G425">
+        <v>25.2595</v>
+      </c>
+      <c r="H425">
+        <v>2319</v>
+      </c>
+      <c r="I425">
+        <v>0</v>
+      </c>
+      <c r="J425">
+        <v>0</v>
+      </c>
+      <c r="K425">
+        <v>880.233</v>
+      </c>
+      <c r="L425" t="s">
+        <v>28</v>
+      </c>
+      <c r="M425">
+        <v>1</v>
+      </c>
+      <c r="N425" t="s">
+        <v>82</v>
+      </c>
+      <c r="O425">
+        <v>2</v>
+      </c>
+      <c r="P425">
+        <v>14486</v>
+      </c>
+      <c r="Q425" t="s">
+        <v>45</v>
+      </c>
+      <c r="R425" t="s">
+        <v>31</v>
+      </c>
+      <c r="S425" t="s">
+        <v>32</v>
+      </c>
+      <c r="T425" t="s">
+        <v>32</v>
+      </c>
+      <c r="U425" t="s">
+        <v>35</v>
+      </c>
+      <c r="V425">
+        <v>113</v>
+      </c>
+      <c r="W425">
+        <v>0</v>
+      </c>
+      <c r="X425">
+        <v>0</v>
+      </c>
+      <c r="Y425">
+        <v>38.194</v>
+      </c>
+    </row>
+    <row r="426" spans="1:25">
+      <c r="A426" t="s">
+        <v>25</v>
+      </c>
+      <c r="B426">
+        <v>2025</v>
+      </c>
+      <c r="C426">
+        <v>3309</v>
+      </c>
+      <c r="D426" t="s">
+        <v>78</v>
+      </c>
+      <c r="E426" t="s">
+        <v>27</v>
+      </c>
+      <c r="F426">
+        <v>2</v>
+      </c>
+      <c r="G426">
+        <v>25.2595</v>
+      </c>
+      <c r="H426">
+        <v>2319</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="J426">
+        <v>0</v>
+      </c>
+      <c r="K426">
+        <v>880.233</v>
+      </c>
+      <c r="L426" t="s">
+        <v>28</v>
+      </c>
+      <c r="M426">
+        <v>1</v>
+      </c>
+      <c r="N426" t="s">
+        <v>82</v>
+      </c>
+      <c r="O426">
+        <v>2</v>
+      </c>
+      <c r="P426">
+        <v>14486</v>
+      </c>
+      <c r="Q426" t="s">
+        <v>45</v>
+      </c>
+      <c r="R426" t="s">
+        <v>31</v>
+      </c>
+      <c r="S426" t="s">
+        <v>32</v>
+      </c>
+      <c r="T426" t="s">
+        <v>32</v>
+      </c>
+      <c r="U426" t="s">
+        <v>36</v>
+      </c>
+      <c r="V426">
+        <v>244</v>
+      </c>
+      <c r="W426">
+        <v>0</v>
+      </c>
+      <c r="X426">
+        <v>0</v>
+      </c>
+      <c r="Y426">
+        <v>143.281</v>
+      </c>
+    </row>
+    <row r="427" spans="1:25">
+      <c r="A427" t="s">
+        <v>25</v>
+      </c>
+      <c r="B427">
+        <v>2025</v>
+      </c>
+      <c r="C427">
+        <v>3309</v>
+      </c>
+      <c r="D427" t="s">
+        <v>78</v>
+      </c>
+      <c r="E427" t="s">
+        <v>27</v>
+      </c>
+      <c r="F427">
+        <v>2</v>
+      </c>
+      <c r="G427">
+        <v>25.2595</v>
+      </c>
+      <c r="H427">
+        <v>2319</v>
+      </c>
+      <c r="I427">
+        <v>0</v>
+      </c>
+      <c r="J427">
+        <v>0</v>
+      </c>
+      <c r="K427">
+        <v>880.233</v>
+      </c>
+      <c r="L427" t="s">
+        <v>28</v>
+      </c>
+      <c r="M427">
+        <v>1</v>
+      </c>
+      <c r="N427" t="s">
+        <v>82</v>
+      </c>
+      <c r="O427">
+        <v>2</v>
+      </c>
+      <c r="P427">
+        <v>14486</v>
+      </c>
+      <c r="Q427" t="s">
+        <v>45</v>
+      </c>
+      <c r="R427" t="s">
+        <v>31</v>
+      </c>
+      <c r="S427" t="s">
+        <v>32</v>
+      </c>
+      <c r="T427" t="s">
+        <v>32</v>
+      </c>
+      <c r="U427" t="s">
+        <v>41</v>
+      </c>
+      <c r="V427">
+        <v>254</v>
+      </c>
+      <c r="W427">
+        <v>0</v>
+      </c>
+      <c r="X427">
+        <v>0</v>
+      </c>
+      <c r="Y427">
+        <v>253.052</v>
+      </c>
+    </row>
+    <row r="428" spans="1:25">
+      <c r="A428" t="s">
+        <v>25</v>
+      </c>
+      <c r="B428">
+        <v>2025</v>
+      </c>
+      <c r="C428">
+        <v>3309</v>
+      </c>
+      <c r="D428" t="s">
+        <v>78</v>
+      </c>
+      <c r="E428" t="s">
+        <v>27</v>
+      </c>
+      <c r="F428">
+        <v>2</v>
+      </c>
+      <c r="G428">
+        <v>25.2595</v>
+      </c>
+      <c r="H428">
+        <v>2319</v>
+      </c>
+      <c r="I428">
+        <v>0</v>
+      </c>
+      <c r="J428">
+        <v>0</v>
+      </c>
+      <c r="K428">
+        <v>880.233</v>
+      </c>
+      <c r="L428" t="s">
+        <v>28</v>
+      </c>
+      <c r="M428">
+        <v>1</v>
+      </c>
+      <c r="N428" t="s">
+        <v>82</v>
+      </c>
+      <c r="O428">
+        <v>2</v>
+      </c>
+      <c r="P428">
+        <v>14486</v>
+      </c>
+      <c r="Q428" t="s">
+        <v>45</v>
+      </c>
+      <c r="R428" t="s">
+        <v>31</v>
+      </c>
+      <c r="S428" t="s">
+        <v>32</v>
+      </c>
+      <c r="T428" t="s">
+        <v>32</v>
+      </c>
+      <c r="U428" t="s">
+        <v>37</v>
+      </c>
+      <c r="V428">
+        <v>40</v>
+      </c>
+      <c r="W428">
+        <v>0</v>
+      </c>
+      <c r="X428">
+        <v>0</v>
+      </c>
+      <c r="Y428">
+        <v>63.317</v>
+      </c>
+    </row>
+    <row r="429" spans="1:25">
+      <c r="A429" t="s">
+        <v>25</v>
+      </c>
+      <c r="B429">
+        <v>2025</v>
+      </c>
+      <c r="C429">
+        <v>3309</v>
+      </c>
+      <c r="D429" t="s">
+        <v>78</v>
+      </c>
+      <c r="E429" t="s">
+        <v>27</v>
+      </c>
+      <c r="F429">
+        <v>2</v>
+      </c>
+      <c r="G429">
+        <v>25.2595</v>
+      </c>
+      <c r="H429">
+        <v>2319</v>
+      </c>
+      <c r="I429">
+        <v>0</v>
+      </c>
+      <c r="J429">
+        <v>0</v>
+      </c>
+      <c r="K429">
+        <v>880.233</v>
+      </c>
+      <c r="L429" t="s">
+        <v>28</v>
+      </c>
+      <c r="M429">
+        <v>1</v>
+      </c>
+      <c r="N429" t="s">
+        <v>82</v>
+      </c>
+      <c r="O429">
+        <v>2</v>
+      </c>
+      <c r="P429">
+        <v>14486</v>
+      </c>
+      <c r="Q429" t="s">
+        <v>45</v>
+      </c>
+      <c r="R429" t="s">
+        <v>31</v>
+      </c>
+      <c r="S429" t="s">
+        <v>32</v>
+      </c>
+      <c r="T429" t="s">
+        <v>32</v>
+      </c>
+      <c r="U429" t="s">
+        <v>42</v>
+      </c>
+      <c r="V429">
+        <v>2</v>
+      </c>
+      <c r="W429">
+        <v>0</v>
+      </c>
+      <c r="X429">
+        <v>0</v>
+      </c>
+      <c r="Y429">
+        <v>4.962</v>
+      </c>
+    </row>
+    <row r="430" spans="1:25">
+      <c r="A430" t="s">
+        <v>25</v>
+      </c>
+      <c r="B430">
+        <v>2025</v>
+      </c>
+      <c r="C430">
+        <v>3309</v>
+      </c>
+      <c r="D430" t="s">
+        <v>78</v>
+      </c>
+      <c r="E430" t="s">
+        <v>27</v>
+      </c>
+      <c r="F430">
+        <v>2</v>
+      </c>
+      <c r="G430">
+        <v>25.2595</v>
+      </c>
+      <c r="H430">
+        <v>2319</v>
+      </c>
+      <c r="I430">
+        <v>0</v>
+      </c>
+      <c r="J430">
+        <v>0</v>
+      </c>
+      <c r="K430">
+        <v>880.233</v>
+      </c>
+      <c r="L430" t="s">
+        <v>28</v>
+      </c>
+      <c r="M430">
+        <v>1</v>
+      </c>
+      <c r="N430" t="s">
+        <v>82</v>
+      </c>
+      <c r="O430">
+        <v>2</v>
+      </c>
+      <c r="P430">
+        <v>14486</v>
+      </c>
+      <c r="Q430" t="s">
+        <v>45</v>
+      </c>
+      <c r="R430" t="s">
+        <v>83</v>
+      </c>
+      <c r="S430" t="s">
+        <v>84</v>
+      </c>
+      <c r="T430" t="s">
+        <v>32</v>
+      </c>
+      <c r="U430" t="s">
+        <v>35</v>
+      </c>
+      <c r="V430">
+        <v>1</v>
+      </c>
+      <c r="W430">
+        <v>0</v>
+      </c>
+      <c r="X430">
+        <v>0</v>
+      </c>
+      <c r="Y430">
+        <v>0.372</v>
+      </c>
+    </row>
+    <row r="431" spans="1:25">
+      <c r="A431" t="s">
+        <v>25</v>
+      </c>
+      <c r="B431">
+        <v>2025</v>
+      </c>
+      <c r="C431">
+        <v>3309</v>
+      </c>
+      <c r="D431" t="s">
+        <v>78</v>
+      </c>
+      <c r="E431" t="s">
+        <v>27</v>
+      </c>
+      <c r="F431">
+        <v>2</v>
+      </c>
+      <c r="G431">
+        <v>25.2595</v>
+      </c>
+      <c r="H431">
+        <v>2319</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="J431">
+        <v>0</v>
+      </c>
+      <c r="K431">
+        <v>880.233</v>
+      </c>
+      <c r="L431" t="s">
+        <v>28</v>
+      </c>
+      <c r="M431">
+        <v>1</v>
+      </c>
+      <c r="N431" t="s">
+        <v>82</v>
+      </c>
+      <c r="O431">
+        <v>2</v>
+      </c>
+      <c r="P431">
+        <v>14486</v>
+      </c>
+      <c r="Q431" t="s">
+        <v>45</v>
+      </c>
+      <c r="R431" t="s">
+        <v>83</v>
+      </c>
+      <c r="S431" t="s">
+        <v>84</v>
+      </c>
+      <c r="T431" t="s">
+        <v>32</v>
+      </c>
+      <c r="U431" t="s">
+        <v>36</v>
+      </c>
+      <c r="V431">
+        <v>6</v>
+      </c>
+      <c r="W431">
+        <v>0</v>
+      </c>
+      <c r="X431">
+        <v>0</v>
+      </c>
+      <c r="Y431">
+        <v>3.708</v>
+      </c>
+    </row>
+    <row r="432" spans="1:25">
+      <c r="A432" t="s">
+        <v>25</v>
+      </c>
+      <c r="B432">
+        <v>2025</v>
+      </c>
+      <c r="C432">
+        <v>3309</v>
+      </c>
+      <c r="D432" t="s">
+        <v>78</v>
+      </c>
+      <c r="E432" t="s">
+        <v>27</v>
+      </c>
+      <c r="F432">
+        <v>2</v>
+      </c>
+      <c r="G432">
+        <v>25.2595</v>
+      </c>
+      <c r="H432">
+        <v>2319</v>
+      </c>
+      <c r="I432">
+        <v>0</v>
+      </c>
+      <c r="J432">
+        <v>0</v>
+      </c>
+      <c r="K432">
+        <v>880.233</v>
+      </c>
+      <c r="L432" t="s">
+        <v>28</v>
+      </c>
+      <c r="M432">
+        <v>1</v>
+      </c>
+      <c r="N432" t="s">
+        <v>82</v>
+      </c>
+      <c r="O432">
+        <v>2</v>
+      </c>
+      <c r="P432">
+        <v>14486</v>
+      </c>
+      <c r="Q432" t="s">
+        <v>45</v>
+      </c>
+      <c r="R432" t="s">
+        <v>83</v>
+      </c>
+      <c r="S432" t="s">
+        <v>84</v>
+      </c>
+      <c r="T432" t="s">
+        <v>32</v>
+      </c>
+      <c r="U432" t="s">
+        <v>41</v>
+      </c>
+      <c r="V432">
+        <v>4</v>
+      </c>
+      <c r="W432">
+        <v>0</v>
+      </c>
+      <c r="X432">
+        <v>0</v>
+      </c>
+      <c r="Y432">
+        <v>4.203</v>
+      </c>
+    </row>
+    <row r="433" spans="1:25">
+      <c r="A433" t="s">
+        <v>25</v>
+      </c>
+      <c r="B433">
+        <v>2025</v>
+      </c>
+      <c r="C433">
+        <v>3309</v>
+      </c>
+      <c r="D433" t="s">
+        <v>78</v>
+      </c>
+      <c r="E433" t="s">
+        <v>27</v>
+      </c>
+      <c r="F433">
+        <v>2</v>
+      </c>
+      <c r="G433">
+        <v>25.2595</v>
+      </c>
+      <c r="H433">
+        <v>2319</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
+      </c>
+      <c r="J433">
+        <v>0</v>
+      </c>
+      <c r="K433">
+        <v>880.233</v>
+      </c>
+      <c r="L433" t="s">
+        <v>28</v>
+      </c>
+      <c r="M433">
+        <v>1</v>
+      </c>
+      <c r="N433" t="s">
+        <v>82</v>
+      </c>
+      <c r="O433">
+        <v>2</v>
+      </c>
+      <c r="P433">
+        <v>14486</v>
+      </c>
+      <c r="Q433" t="s">
+        <v>45</v>
+      </c>
+      <c r="R433" t="s">
+        <v>83</v>
+      </c>
+      <c r="S433" t="s">
+        <v>84</v>
+      </c>
+      <c r="T433" t="s">
+        <v>32</v>
+      </c>
+      <c r="U433" t="s">
+        <v>37</v>
+      </c>
+      <c r="V433">
+        <v>3</v>
+      </c>
+      <c r="W433">
+        <v>0</v>
+      </c>
+      <c r="X433">
+        <v>0</v>
+      </c>
+      <c r="Y433">
+        <v>4.739</v>
+      </c>
+    </row>
+    <row r="434" spans="1:25">
+      <c r="A434" t="s">
+        <v>25</v>
+      </c>
+      <c r="B434">
+        <v>2025</v>
+      </c>
+      <c r="C434">
+        <v>3309</v>
+      </c>
+      <c r="D434" t="s">
+        <v>78</v>
+      </c>
+      <c r="E434" t="s">
+        <v>27</v>
+      </c>
+      <c r="F434">
+        <v>2</v>
+      </c>
+      <c r="G434">
+        <v>25.2595</v>
+      </c>
+      <c r="H434">
+        <v>2319</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
+      </c>
+      <c r="J434">
+        <v>0</v>
+      </c>
+      <c r="K434">
+        <v>880.233</v>
+      </c>
+      <c r="L434" t="s">
+        <v>28</v>
+      </c>
+      <c r="M434">
+        <v>1</v>
+      </c>
+      <c r="N434" t="s">
+        <v>82</v>
+      </c>
+      <c r="O434">
+        <v>2</v>
+      </c>
+      <c r="P434">
+        <v>14486</v>
+      </c>
+      <c r="Q434" t="s">
+        <v>45</v>
+      </c>
+      <c r="R434" t="s">
+        <v>31</v>
+      </c>
+      <c r="S434" t="s">
+        <v>53</v>
+      </c>
+      <c r="T434" t="s">
+        <v>32</v>
+      </c>
+      <c r="U434" t="s">
+        <v>36</v>
+      </c>
+      <c r="V434">
+        <v>1</v>
+      </c>
+      <c r="W434">
+        <v>0</v>
+      </c>
+      <c r="X434">
+        <v>0</v>
+      </c>
+      <c r="Y434">
+        <v>0.671</v>
+      </c>
+    </row>
+    <row r="435" spans="1:25">
+      <c r="A435" t="s">
+        <v>25</v>
+      </c>
+      <c r="B435">
+        <v>2025</v>
+      </c>
+      <c r="C435">
+        <v>3309</v>
+      </c>
+      <c r="D435" t="s">
+        <v>78</v>
+      </c>
+      <c r="E435" t="s">
+        <v>27</v>
+      </c>
+      <c r="F435">
+        <v>2</v>
+      </c>
+      <c r="G435">
+        <v>25.2595</v>
+      </c>
+      <c r="H435">
+        <v>2319</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
+      </c>
+      <c r="K435">
+        <v>880.233</v>
+      </c>
+      <c r="L435" t="s">
+        <v>28</v>
+      </c>
+      <c r="M435">
+        <v>1</v>
+      </c>
+      <c r="N435" t="s">
+        <v>82</v>
+      </c>
+      <c r="O435">
+        <v>2</v>
+      </c>
+      <c r="P435">
+        <v>14486</v>
+      </c>
+      <c r="Q435" t="s">
+        <v>45</v>
+      </c>
+      <c r="R435" t="s">
+        <v>31</v>
+      </c>
+      <c r="S435" t="s">
+        <v>53</v>
+      </c>
+      <c r="T435" t="s">
+        <v>32</v>
+      </c>
+      <c r="U435" t="s">
+        <v>41</v>
+      </c>
+      <c r="V435">
+        <v>5</v>
+      </c>
+      <c r="W435">
+        <v>0</v>
+      </c>
+      <c r="X435">
+        <v>0</v>
+      </c>
+      <c r="Y435">
+        <v>5.484</v>
+      </c>
+    </row>
+    <row r="436" spans="1:25">
+      <c r="A436" t="s">
+        <v>25</v>
+      </c>
+      <c r="B436">
+        <v>2025</v>
+      </c>
+      <c r="C436">
+        <v>3309</v>
+      </c>
+      <c r="D436" t="s">
+        <v>78</v>
+      </c>
+      <c r="E436" t="s">
+        <v>27</v>
+      </c>
+      <c r="F436">
+        <v>2</v>
+      </c>
+      <c r="G436">
+        <v>25.2595</v>
+      </c>
+      <c r="H436">
+        <v>2319</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="J436">
+        <v>0</v>
+      </c>
+      <c r="K436">
+        <v>880.233</v>
+      </c>
+      <c r="L436" t="s">
+        <v>28</v>
+      </c>
+      <c r="M436">
+        <v>1</v>
+      </c>
+      <c r="N436" t="s">
+        <v>82</v>
+      </c>
+      <c r="O436">
+        <v>2</v>
+      </c>
+      <c r="P436">
+        <v>14486</v>
+      </c>
+      <c r="Q436" t="s">
+        <v>45</v>
+      </c>
+      <c r="R436" t="s">
+        <v>31</v>
+      </c>
+      <c r="S436" t="s">
+        <v>53</v>
+      </c>
+      <c r="T436" t="s">
+        <v>32</v>
+      </c>
+      <c r="U436" t="s">
+        <v>37</v>
+      </c>
+      <c r="V436">
+        <v>6</v>
+      </c>
+      <c r="W436">
+        <v>0</v>
+      </c>
+      <c r="X436">
+        <v>0</v>
+      </c>
+      <c r="Y436">
+        <v>9.997</v>
+      </c>
+    </row>
+    <row r="437" spans="1:25">
+      <c r="A437" t="s">
+        <v>25</v>
+      </c>
+      <c r="B437">
+        <v>2025</v>
+      </c>
+      <c r="C437">
+        <v>3309</v>
+      </c>
+      <c r="D437" t="s">
+        <v>78</v>
+      </c>
+      <c r="E437" t="s">
+        <v>27</v>
+      </c>
+      <c r="F437">
+        <v>2</v>
+      </c>
+      <c r="G437">
+        <v>25.2595</v>
+      </c>
+      <c r="H437">
+        <v>2319</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
+      </c>
+      <c r="J437">
+        <v>0</v>
+      </c>
+      <c r="K437">
+        <v>880.233</v>
+      </c>
+      <c r="L437" t="s">
+        <v>28</v>
+      </c>
+      <c r="M437">
+        <v>1</v>
+      </c>
+      <c r="N437" t="s">
+        <v>82</v>
+      </c>
+      <c r="O437">
+        <v>2</v>
+      </c>
+      <c r="P437">
+        <v>14486</v>
+      </c>
+      <c r="Q437" t="s">
+        <v>45</v>
+      </c>
+      <c r="R437" t="s">
+        <v>31</v>
+      </c>
+      <c r="S437" t="s">
+        <v>53</v>
+      </c>
+      <c r="T437" t="s">
+        <v>32</v>
+      </c>
+      <c r="U437" t="s">
+        <v>43</v>
+      </c>
+      <c r="V437">
+        <v>1</v>
+      </c>
+      <c r="W437">
+        <v>0</v>
+      </c>
+      <c r="X437">
+        <v>0</v>
+      </c>
+      <c r="Y437">
+        <v>3.596</v>
+      </c>
+    </row>
+    <row r="438" spans="1:25">
+      <c r="A438" t="s">
+        <v>25</v>
+      </c>
+      <c r="B438">
+        <v>2025</v>
+      </c>
+      <c r="C438">
+        <v>3309</v>
+      </c>
+      <c r="D438" t="s">
+        <v>78</v>
+      </c>
+      <c r="E438" t="s">
+        <v>27</v>
+      </c>
+      <c r="F438">
+        <v>3</v>
+      </c>
+      <c r="G438">
+        <v>13.2205</v>
+      </c>
+      <c r="H438">
+        <v>588</v>
+      </c>
+      <c r="I438">
+        <v>0</v>
+      </c>
+      <c r="J438">
+        <v>0</v>
+      </c>
+      <c r="K438">
+        <v>184.381</v>
+      </c>
+      <c r="L438" t="s">
+        <v>28</v>
+      </c>
+      <c r="M438">
+        <v>1</v>
+      </c>
+      <c r="N438" t="s">
+        <v>85</v>
+      </c>
+      <c r="O438">
+        <v>2</v>
+      </c>
+      <c r="P438">
+        <v>14486</v>
+      </c>
+      <c r="Q438" t="s">
+        <v>50</v>
+      </c>
+      <c r="R438" t="s">
+        <v>31</v>
+      </c>
+      <c r="S438" t="s">
+        <v>32</v>
+      </c>
+      <c r="T438" t="s">
+        <v>32</v>
+      </c>
+      <c r="U438" t="s">
+        <v>33</v>
+      </c>
+      <c r="V438">
+        <v>51</v>
+      </c>
+      <c r="W438">
+        <v>0</v>
+      </c>
+      <c r="X438">
+        <v>0</v>
+      </c>
+      <c r="Y438">
+        <v>2.958</v>
+      </c>
+    </row>
+    <row r="439" spans="1:25">
+      <c r="A439" t="s">
+        <v>25</v>
+      </c>
+      <c r="B439">
+        <v>2025</v>
+      </c>
+      <c r="C439">
+        <v>3309</v>
+      </c>
+      <c r="D439" t="s">
+        <v>78</v>
+      </c>
+      <c r="E439" t="s">
+        <v>27</v>
+      </c>
+      <c r="F439">
+        <v>3</v>
+      </c>
+      <c r="G439">
+        <v>13.2205</v>
+      </c>
+      <c r="H439">
+        <v>588</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="J439">
+        <v>0</v>
+      </c>
+      <c r="K439">
+        <v>184.381</v>
+      </c>
+      <c r="L439" t="s">
+        <v>28</v>
+      </c>
+      <c r="M439">
+        <v>1</v>
+      </c>
+      <c r="N439" t="s">
+        <v>85</v>
+      </c>
+      <c r="O439">
+        <v>2</v>
+      </c>
+      <c r="P439">
+        <v>14486</v>
+      </c>
+      <c r="Q439" t="s">
+        <v>50</v>
+      </c>
+      <c r="R439" t="s">
+        <v>31</v>
+      </c>
+      <c r="S439" t="s">
+        <v>32</v>
+      </c>
+      <c r="T439" t="s">
+        <v>32</v>
+      </c>
+      <c r="U439" t="s">
+        <v>34</v>
+      </c>
+      <c r="V439">
+        <v>107</v>
+      </c>
+      <c r="W439">
+        <v>0</v>
+      </c>
+      <c r="X439">
+        <v>0</v>
+      </c>
+      <c r="Y439">
+        <v>14.887</v>
+      </c>
+    </row>
+    <row r="440" spans="1:25">
+      <c r="A440" t="s">
+        <v>25</v>
+      </c>
+      <c r="B440">
+        <v>2025</v>
+      </c>
+      <c r="C440">
+        <v>3309</v>
+      </c>
+      <c r="D440" t="s">
+        <v>78</v>
+      </c>
+      <c r="E440" t="s">
+        <v>27</v>
+      </c>
+      <c r="F440">
+        <v>3</v>
+      </c>
+      <c r="G440">
+        <v>13.2205</v>
+      </c>
+      <c r="H440">
+        <v>588</v>
+      </c>
+      <c r="I440">
+        <v>0</v>
+      </c>
+      <c r="J440">
+        <v>0</v>
+      </c>
+      <c r="K440">
+        <v>184.381</v>
+      </c>
+      <c r="L440" t="s">
+        <v>28</v>
+      </c>
+      <c r="M440">
+        <v>1</v>
+      </c>
+      <c r="N440" t="s">
+        <v>85</v>
+      </c>
+      <c r="O440">
+        <v>2</v>
+      </c>
+      <c r="P440">
+        <v>14486</v>
+      </c>
+      <c r="Q440" t="s">
+        <v>50</v>
+      </c>
+      <c r="R440" t="s">
+        <v>31</v>
+      </c>
+      <c r="S440" t="s">
+        <v>32</v>
+      </c>
+      <c r="T440" t="s">
+        <v>32</v>
+      </c>
+      <c r="U440" t="s">
+        <v>35</v>
+      </c>
+      <c r="V440">
+        <v>6</v>
+      </c>
+      <c r="W440">
+        <v>0</v>
+      </c>
+      <c r="X440">
+        <v>0</v>
+      </c>
+      <c r="Y440">
+        <v>1.792</v>
+      </c>
+    </row>
+    <row r="441" spans="1:25">
+      <c r="A441" t="s">
+        <v>25</v>
+      </c>
+      <c r="B441">
+        <v>2025</v>
+      </c>
+      <c r="C441">
+        <v>3309</v>
+      </c>
+      <c r="D441" t="s">
+        <v>78</v>
+      </c>
+      <c r="E441" t="s">
+        <v>27</v>
+      </c>
+      <c r="F441">
+        <v>3</v>
+      </c>
+      <c r="G441">
+        <v>13.2205</v>
+      </c>
+      <c r="H441">
+        <v>588</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="J441">
+        <v>0</v>
+      </c>
+      <c r="K441">
+        <v>184.381</v>
+      </c>
+      <c r="L441" t="s">
+        <v>28</v>
+      </c>
+      <c r="M441">
+        <v>1</v>
+      </c>
+      <c r="N441" t="s">
+        <v>85</v>
+      </c>
+      <c r="O441">
+        <v>2</v>
+      </c>
+      <c r="P441">
+        <v>14486</v>
+      </c>
+      <c r="Q441" t="s">
+        <v>50</v>
+      </c>
+      <c r="R441" t="s">
+        <v>31</v>
+      </c>
+      <c r="S441" t="s">
+        <v>32</v>
+      </c>
+      <c r="T441" t="s">
+        <v>32</v>
+      </c>
+      <c r="U441" t="s">
+        <v>36</v>
+      </c>
+      <c r="V441">
+        <v>7</v>
+      </c>
+      <c r="W441">
+        <v>0</v>
+      </c>
+      <c r="X441">
+        <v>0</v>
+      </c>
+      <c r="Y441">
+        <v>3.854</v>
+      </c>
+    </row>
+    <row r="442" spans="1:25">
+      <c r="A442" t="s">
+        <v>25</v>
+      </c>
+      <c r="B442">
+        <v>2025</v>
+      </c>
+      <c r="C442">
+        <v>3309</v>
+      </c>
+      <c r="D442" t="s">
+        <v>78</v>
+      </c>
+      <c r="E442" t="s">
+        <v>27</v>
+      </c>
+      <c r="F442">
+        <v>3</v>
+      </c>
+      <c r="G442">
+        <v>13.2205</v>
+      </c>
+      <c r="H442">
+        <v>588</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
+      </c>
+      <c r="J442">
+        <v>0</v>
+      </c>
+      <c r="K442">
+        <v>184.381</v>
+      </c>
+      <c r="L442" t="s">
+        <v>28</v>
+      </c>
+      <c r="M442">
+        <v>1</v>
+      </c>
+      <c r="N442" t="s">
+        <v>85</v>
+      </c>
+      <c r="O442">
+        <v>2</v>
+      </c>
+      <c r="P442">
+        <v>14486</v>
+      </c>
+      <c r="Q442" t="s">
+        <v>50</v>
+      </c>
+      <c r="R442" t="s">
+        <v>31</v>
+      </c>
+      <c r="S442" t="s">
+        <v>32</v>
+      </c>
+      <c r="T442" t="s">
+        <v>32</v>
+      </c>
+      <c r="U442" t="s">
+        <v>41</v>
+      </c>
+      <c r="V442">
+        <v>4</v>
+      </c>
+      <c r="W442">
+        <v>0</v>
+      </c>
+      <c r="X442">
+        <v>0</v>
+      </c>
+      <c r="Y442">
+        <v>4.096</v>
+      </c>
+    </row>
+    <row r="443" spans="1:25">
+      <c r="A443" t="s">
+        <v>25</v>
+      </c>
+      <c r="B443">
+        <v>2025</v>
+      </c>
+      <c r="C443">
+        <v>3309</v>
+      </c>
+      <c r="D443" t="s">
+        <v>78</v>
+      </c>
+      <c r="E443" t="s">
+        <v>27</v>
+      </c>
+      <c r="F443">
+        <v>3</v>
+      </c>
+      <c r="G443">
+        <v>13.2205</v>
+      </c>
+      <c r="H443">
+        <v>588</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="J443">
+        <v>0</v>
+      </c>
+      <c r="K443">
+        <v>184.381</v>
+      </c>
+      <c r="L443" t="s">
+        <v>28</v>
+      </c>
+      <c r="M443">
+        <v>1</v>
+      </c>
+      <c r="N443" t="s">
+        <v>85</v>
+      </c>
+      <c r="O443">
+        <v>2</v>
+      </c>
+      <c r="P443">
+        <v>14486</v>
+      </c>
+      <c r="Q443" t="s">
+        <v>50</v>
+      </c>
+      <c r="R443" t="s">
+        <v>31</v>
+      </c>
+      <c r="S443" t="s">
+        <v>32</v>
+      </c>
+      <c r="T443" t="s">
+        <v>32</v>
+      </c>
+      <c r="U443" t="s">
+        <v>37</v>
+      </c>
+      <c r="V443">
+        <v>1</v>
+      </c>
+      <c r="W443">
+        <v>0</v>
+      </c>
+      <c r="X443">
+        <v>0</v>
+      </c>
+      <c r="Y443">
+        <v>2.114</v>
+      </c>
+    </row>
+    <row r="444" spans="1:25">
+      <c r="A444" t="s">
+        <v>25</v>
+      </c>
+      <c r="B444">
+        <v>2025</v>
+      </c>
+      <c r="C444">
+        <v>3309</v>
+      </c>
+      <c r="D444" t="s">
+        <v>78</v>
+      </c>
+      <c r="E444" t="s">
+        <v>27</v>
+      </c>
+      <c r="F444">
+        <v>3</v>
+      </c>
+      <c r="G444">
+        <v>13.2205</v>
+      </c>
+      <c r="H444">
+        <v>588</v>
+      </c>
+      <c r="I444">
+        <v>0</v>
+      </c>
+      <c r="J444">
+        <v>0</v>
+      </c>
+      <c r="K444">
+        <v>184.381</v>
+      </c>
+      <c r="L444" t="s">
+        <v>28</v>
+      </c>
+      <c r="M444">
+        <v>1</v>
+      </c>
+      <c r="N444" t="s">
+        <v>85</v>
+      </c>
+      <c r="O444">
+        <v>2</v>
+      </c>
+      <c r="P444">
+        <v>14486</v>
+      </c>
+      <c r="Q444" t="s">
+        <v>45</v>
+      </c>
+      <c r="R444" t="s">
+        <v>31</v>
+      </c>
+      <c r="S444" t="s">
+        <v>32</v>
+      </c>
+      <c r="T444" t="s">
+        <v>32</v>
+      </c>
+      <c r="U444" t="s">
+        <v>33</v>
+      </c>
+      <c r="V444">
+        <v>42</v>
+      </c>
+      <c r="W444">
+        <v>0</v>
+      </c>
+      <c r="X444">
+        <v>0</v>
+      </c>
+      <c r="Y444">
+        <v>2.436</v>
+      </c>
+    </row>
+    <row r="445" spans="1:25">
+      <c r="A445" t="s">
+        <v>25</v>
+      </c>
+      <c r="B445">
+        <v>2025</v>
+      </c>
+      <c r="C445">
+        <v>3309</v>
+      </c>
+      <c r="D445" t="s">
+        <v>78</v>
+      </c>
+      <c r="E445" t="s">
+        <v>27</v>
+      </c>
+      <c r="F445">
+        <v>3</v>
+      </c>
+      <c r="G445">
+        <v>13.2205</v>
+      </c>
+      <c r="H445">
+        <v>588</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
+      </c>
+      <c r="K445">
+        <v>184.381</v>
+      </c>
+      <c r="L445" t="s">
+        <v>28</v>
+      </c>
+      <c r="M445">
+        <v>1</v>
+      </c>
+      <c r="N445" t="s">
+        <v>85</v>
+      </c>
+      <c r="O445">
+        <v>2</v>
+      </c>
+      <c r="P445">
+        <v>14486</v>
+      </c>
+      <c r="Q445" t="s">
+        <v>45</v>
+      </c>
+      <c r="R445" t="s">
+        <v>31</v>
+      </c>
+      <c r="S445" t="s">
+        <v>32</v>
+      </c>
+      <c r="T445" t="s">
+        <v>32</v>
+      </c>
+      <c r="U445" t="s">
+        <v>34</v>
+      </c>
+      <c r="V445">
+        <v>156</v>
+      </c>
+      <c r="W445">
+        <v>0</v>
+      </c>
+      <c r="X445">
+        <v>0</v>
+      </c>
+      <c r="Y445">
+        <v>25.314</v>
+      </c>
+    </row>
+    <row r="446" spans="1:25">
+      <c r="A446" t="s">
+        <v>25</v>
+      </c>
+      <c r="B446">
+        <v>2025</v>
+      </c>
+      <c r="C446">
+        <v>3309</v>
+      </c>
+      <c r="D446" t="s">
+        <v>78</v>
+      </c>
+      <c r="E446" t="s">
+        <v>27</v>
+      </c>
+      <c r="F446">
+        <v>3</v>
+      </c>
+      <c r="G446">
+        <v>13.2205</v>
+      </c>
+      <c r="H446">
+        <v>588</v>
+      </c>
+      <c r="I446">
+        <v>0</v>
+      </c>
+      <c r="J446">
+        <v>0</v>
+      </c>
+      <c r="K446">
+        <v>184.381</v>
+      </c>
+      <c r="L446" t="s">
+        <v>28</v>
+      </c>
+      <c r="M446">
+        <v>1</v>
+      </c>
+      <c r="N446" t="s">
+        <v>85</v>
+      </c>
+      <c r="O446">
+        <v>2</v>
+      </c>
+      <c r="P446">
+        <v>14486</v>
+      </c>
+      <c r="Q446" t="s">
+        <v>45</v>
+      </c>
+      <c r="R446" t="s">
+        <v>31</v>
+      </c>
+      <c r="S446" t="s">
+        <v>32</v>
+      </c>
+      <c r="T446" t="s">
+        <v>32</v>
+      </c>
+      <c r="U446" t="s">
+        <v>35</v>
+      </c>
+      <c r="V446">
+        <v>78</v>
+      </c>
+      <c r="W446">
+        <v>0</v>
+      </c>
+      <c r="X446">
+        <v>0</v>
+      </c>
+      <c r="Y446">
+        <v>28.287</v>
+      </c>
+    </row>
+    <row r="447" spans="1:25">
+      <c r="A447" t="s">
+        <v>25</v>
+      </c>
+      <c r="B447">
+        <v>2025</v>
+      </c>
+      <c r="C447">
+        <v>3309</v>
+      </c>
+      <c r="D447" t="s">
+        <v>78</v>
+      </c>
+      <c r="E447" t="s">
+        <v>27</v>
+      </c>
+      <c r="F447">
+        <v>3</v>
+      </c>
+      <c r="G447">
+        <v>13.2205</v>
+      </c>
+      <c r="H447">
+        <v>588</v>
+      </c>
+      <c r="I447">
+        <v>0</v>
+      </c>
+      <c r="J447">
+        <v>0</v>
+      </c>
+      <c r="K447">
+        <v>184.381</v>
+      </c>
+      <c r="L447" t="s">
+        <v>28</v>
+      </c>
+      <c r="M447">
+        <v>1</v>
+      </c>
+      <c r="N447" t="s">
+        <v>85</v>
+      </c>
+      <c r="O447">
+        <v>2</v>
+      </c>
+      <c r="P447">
+        <v>14486</v>
+      </c>
+      <c r="Q447" t="s">
+        <v>45</v>
+      </c>
+      <c r="R447" t="s">
+        <v>31</v>
+      </c>
+      <c r="S447" t="s">
+        <v>32</v>
+      </c>
+      <c r="T447" t="s">
+        <v>32</v>
+      </c>
+      <c r="U447" t="s">
+        <v>36</v>
+      </c>
+      <c r="V447">
+        <v>93</v>
+      </c>
+      <c r="W447">
+        <v>0</v>
+      </c>
+      <c r="X447">
+        <v>0</v>
+      </c>
+      <c r="Y447">
+        <v>55.774</v>
+      </c>
+    </row>
+    <row r="448" spans="1:25">
+      <c r="A448" t="s">
+        <v>25</v>
+      </c>
+      <c r="B448">
+        <v>2025</v>
+      </c>
+      <c r="C448">
+        <v>3309</v>
+      </c>
+      <c r="D448" t="s">
+        <v>78</v>
+      </c>
+      <c r="E448" t="s">
+        <v>27</v>
+      </c>
+      <c r="F448">
+        <v>3</v>
+      </c>
+      <c r="G448">
+        <v>13.2205</v>
+      </c>
+      <c r="H448">
+        <v>588</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="J448">
+        <v>0</v>
+      </c>
+      <c r="K448">
+        <v>184.381</v>
+      </c>
+      <c r="L448" t="s">
+        <v>28</v>
+      </c>
+      <c r="M448">
+        <v>1</v>
+      </c>
+      <c r="N448" t="s">
+        <v>85</v>
+      </c>
+      <c r="O448">
+        <v>2</v>
+      </c>
+      <c r="P448">
+        <v>14486</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>45</v>
+      </c>
+      <c r="R448" t="s">
+        <v>31</v>
+      </c>
+      <c r="S448" t="s">
+        <v>32</v>
+      </c>
+      <c r="T448" t="s">
+        <v>32</v>
+      </c>
+      <c r="U448" t="s">
+        <v>41</v>
+      </c>
+      <c r="V448">
+        <v>43</v>
+      </c>
+      <c r="W448">
+        <v>0</v>
+      </c>
+      <c r="X448">
+        <v>0</v>
+      </c>
+      <c r="Y448">
+        <v>42.869</v>
+      </c>
+    </row>
+    <row r="449" spans="1:25">
+      <c r="A449" t="s">
+        <v>25</v>
+      </c>
+      <c r="B449">
+        <v>2025</v>
+      </c>
+      <c r="C449">
+        <v>3309</v>
+      </c>
+      <c r="D449" t="s">
+        <v>78</v>
+      </c>
+      <c r="E449" t="s">
+        <v>27</v>
+      </c>
+      <c r="F449">
+        <v>4</v>
+      </c>
+      <c r="G449">
+        <v>35.8529</v>
+      </c>
+      <c r="H449">
+        <v>517</v>
+      </c>
+      <c r="I449">
+        <v>0</v>
+      </c>
+      <c r="J449">
+        <v>0</v>
+      </c>
+      <c r="K449">
+        <v>934.853</v>
+      </c>
+      <c r="L449" t="s">
+        <v>28</v>
+      </c>
+      <c r="M449">
+        <v>1</v>
+      </c>
+      <c r="N449" t="s">
+        <v>86</v>
+      </c>
+      <c r="O449">
+        <v>2</v>
+      </c>
+      <c r="P449">
+        <v>14486</v>
+      </c>
+      <c r="Q449" t="s">
+        <v>45</v>
+      </c>
+      <c r="R449" t="s">
+        <v>51</v>
+      </c>
+      <c r="S449" t="s">
+        <v>32</v>
+      </c>
+      <c r="T449" t="s">
+        <v>32</v>
+      </c>
+      <c r="U449" t="s">
+        <v>36</v>
+      </c>
+      <c r="V449">
+        <v>3</v>
+      </c>
+      <c r="W449">
+        <v>0</v>
+      </c>
+      <c r="X449">
+        <v>0</v>
+      </c>
+      <c r="Y449">
+        <v>2.226</v>
+      </c>
+    </row>
+    <row r="450" spans="1:25">
+      <c r="A450" t="s">
+        <v>25</v>
+      </c>
+      <c r="B450">
+        <v>2025</v>
+      </c>
+      <c r="C450">
+        <v>3309</v>
+      </c>
+      <c r="D450" t="s">
+        <v>78</v>
+      </c>
+      <c r="E450" t="s">
+        <v>27</v>
+      </c>
+      <c r="F450">
+        <v>4</v>
+      </c>
+      <c r="G450">
+        <v>35.8529</v>
+      </c>
+      <c r="H450">
+        <v>517</v>
+      </c>
+      <c r="I450">
+        <v>0</v>
+      </c>
+      <c r="J450">
+        <v>0</v>
+      </c>
+      <c r="K450">
+        <v>934.853</v>
+      </c>
+      <c r="L450" t="s">
+        <v>28</v>
+      </c>
+      <c r="M450">
+        <v>1</v>
+      </c>
+      <c r="N450" t="s">
+        <v>86</v>
+      </c>
+      <c r="O450">
+        <v>2</v>
+      </c>
+      <c r="P450">
+        <v>14486</v>
+      </c>
+      <c r="Q450" t="s">
+        <v>45</v>
+      </c>
+      <c r="R450" t="s">
+        <v>51</v>
+      </c>
+      <c r="S450" t="s">
+        <v>32</v>
+      </c>
+      <c r="T450" t="s">
+        <v>32</v>
+      </c>
+      <c r="U450" t="s">
+        <v>41</v>
+      </c>
+      <c r="V450">
+        <v>139</v>
+      </c>
+      <c r="W450">
+        <v>0</v>
+      </c>
+      <c r="X450">
+        <v>0</v>
+      </c>
+      <c r="Y450">
+        <v>175.557</v>
+      </c>
+    </row>
+    <row r="451" spans="1:25">
+      <c r="A451" t="s">
+        <v>25</v>
+      </c>
+      <c r="B451">
+        <v>2025</v>
+      </c>
+      <c r="C451">
+        <v>3309</v>
+      </c>
+      <c r="D451" t="s">
+        <v>78</v>
+      </c>
+      <c r="E451" t="s">
+        <v>27</v>
+      </c>
+      <c r="F451">
+        <v>4</v>
+      </c>
+      <c r="G451">
+        <v>35.8529</v>
+      </c>
+      <c r="H451">
+        <v>517</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
+      </c>
+      <c r="J451">
+        <v>0</v>
+      </c>
+      <c r="K451">
+        <v>934.853</v>
+      </c>
+      <c r="L451" t="s">
+        <v>28</v>
+      </c>
+      <c r="M451">
+        <v>1</v>
+      </c>
+      <c r="N451" t="s">
+        <v>86</v>
+      </c>
+      <c r="O451">
+        <v>2</v>
+      </c>
+      <c r="P451">
+        <v>14486</v>
+      </c>
+      <c r="Q451" t="s">
+        <v>45</v>
+      </c>
+      <c r="R451" t="s">
+        <v>51</v>
+      </c>
+      <c r="S451" t="s">
+        <v>32</v>
+      </c>
+      <c r="T451" t="s">
+        <v>32</v>
+      </c>
+      <c r="U451" t="s">
+        <v>37</v>
+      </c>
+      <c r="V451">
+        <v>275</v>
+      </c>
+      <c r="W451">
+        <v>0</v>
+      </c>
+      <c r="X451">
+        <v>0</v>
+      </c>
+      <c r="Y451">
+        <v>516.452</v>
+      </c>
+    </row>
+    <row r="452" spans="1:25">
+      <c r="A452" t="s">
+        <v>25</v>
+      </c>
+      <c r="B452">
+        <v>2025</v>
+      </c>
+      <c r="C452">
+        <v>3309</v>
+      </c>
+      <c r="D452" t="s">
+        <v>78</v>
+      </c>
+      <c r="E452" t="s">
+        <v>27</v>
+      </c>
+      <c r="F452">
+        <v>4</v>
+      </c>
+      <c r="G452">
+        <v>35.8529</v>
+      </c>
+      <c r="H452">
+        <v>517</v>
+      </c>
+      <c r="I452">
+        <v>0</v>
+      </c>
+      <c r="J452">
+        <v>0</v>
+      </c>
+      <c r="K452">
+        <v>934.853</v>
+      </c>
+      <c r="L452" t="s">
+        <v>28</v>
+      </c>
+      <c r="M452">
+        <v>1</v>
+      </c>
+      <c r="N452" t="s">
+        <v>86</v>
+      </c>
+      <c r="O452">
+        <v>2</v>
+      </c>
+      <c r="P452">
+        <v>14486</v>
+      </c>
+      <c r="Q452" t="s">
+        <v>45</v>
+      </c>
+      <c r="R452" t="s">
+        <v>51</v>
+      </c>
+      <c r="S452" t="s">
+        <v>32</v>
+      </c>
+      <c r="T452" t="s">
+        <v>32</v>
+      </c>
+      <c r="U452" t="s">
+        <v>42</v>
+      </c>
+      <c r="V452">
+        <v>45</v>
+      </c>
+      <c r="W452">
+        <v>0</v>
+      </c>
+      <c r="X452">
+        <v>0</v>
+      </c>
+      <c r="Y452">
+        <v>119.815</v>
+      </c>
+    </row>
+    <row r="453" spans="1:25">
+      <c r="A453" t="s">
+        <v>25</v>
+      </c>
+      <c r="B453">
+        <v>2025</v>
+      </c>
+      <c r="C453">
+        <v>3309</v>
+      </c>
+      <c r="D453" t="s">
+        <v>78</v>
+      </c>
+      <c r="E453" t="s">
+        <v>27</v>
+      </c>
+      <c r="F453">
+        <v>4</v>
+      </c>
+      <c r="G453">
+        <v>35.8529</v>
+      </c>
+      <c r="H453">
+        <v>517</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="J453">
+        <v>0</v>
+      </c>
+      <c r="K453">
+        <v>934.853</v>
+      </c>
+      <c r="L453" t="s">
+        <v>28</v>
+      </c>
+      <c r="M453">
+        <v>1</v>
+      </c>
+      <c r="N453" t="s">
+        <v>86</v>
+      </c>
+      <c r="O453">
+        <v>2</v>
+      </c>
+      <c r="P453">
+        <v>14486</v>
+      </c>
+      <c r="Q453" t="s">
+        <v>45</v>
+      </c>
+      <c r="R453" t="s">
+        <v>51</v>
+      </c>
+      <c r="S453" t="s">
+        <v>32</v>
+      </c>
+      <c r="T453" t="s">
+        <v>32</v>
+      </c>
+      <c r="U453" t="s">
+        <v>43</v>
+      </c>
+      <c r="V453">
+        <v>6</v>
+      </c>
+      <c r="W453">
+        <v>0</v>
+      </c>
+      <c r="X453">
+        <v>0</v>
+      </c>
+      <c r="Y453">
+        <v>21.974</v>
+      </c>
+    </row>
+    <row r="454" spans="1:25">
+      <c r="A454" t="s">
+        <v>25</v>
+      </c>
+      <c r="B454">
+        <v>2025</v>
+      </c>
+      <c r="C454">
+        <v>3309</v>
+      </c>
+      <c r="D454" t="s">
+        <v>78</v>
+      </c>
+      <c r="E454" t="s">
+        <v>27</v>
+      </c>
+      <c r="F454">
+        <v>4</v>
+      </c>
+      <c r="G454">
+        <v>35.8529</v>
+      </c>
+      <c r="H454">
+        <v>517</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="J454">
+        <v>0</v>
+      </c>
+      <c r="K454">
+        <v>934.853</v>
+      </c>
+      <c r="L454" t="s">
+        <v>28</v>
+      </c>
+      <c r="M454">
+        <v>1</v>
+      </c>
+      <c r="N454" t="s">
+        <v>86</v>
+      </c>
+      <c r="O454">
+        <v>2</v>
+      </c>
+      <c r="P454">
+        <v>14486</v>
+      </c>
+      <c r="Q454" t="s">
+        <v>45</v>
+      </c>
+      <c r="R454" t="s">
+        <v>51</v>
+      </c>
+      <c r="S454" t="s">
+        <v>53</v>
+      </c>
+      <c r="T454" t="s">
+        <v>32</v>
+      </c>
+      <c r="U454" t="s">
+        <v>41</v>
+      </c>
+      <c r="V454">
+        <v>9</v>
+      </c>
+      <c r="W454">
+        <v>0</v>
+      </c>
+      <c r="X454">
+        <v>0</v>
+      </c>
+      <c r="Y454">
+        <v>11.859</v>
+      </c>
+    </row>
+    <row r="455" spans="1:25">
+      <c r="A455" t="s">
+        <v>25</v>
+      </c>
+      <c r="B455">
+        <v>2025</v>
+      </c>
+      <c r="C455">
+        <v>3309</v>
+      </c>
+      <c r="D455" t="s">
+        <v>78</v>
+      </c>
+      <c r="E455" t="s">
+        <v>27</v>
+      </c>
+      <c r="F455">
+        <v>4</v>
+      </c>
+      <c r="G455">
+        <v>35.8529</v>
+      </c>
+      <c r="H455">
+        <v>517</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
+      </c>
+      <c r="J455">
+        <v>0</v>
+      </c>
+      <c r="K455">
+        <v>934.853</v>
+      </c>
+      <c r="L455" t="s">
+        <v>28</v>
+      </c>
+      <c r="M455">
+        <v>1</v>
+      </c>
+      <c r="N455" t="s">
+        <v>86</v>
+      </c>
+      <c r="O455">
+        <v>2</v>
+      </c>
+      <c r="P455">
+        <v>14486</v>
+      </c>
+      <c r="Q455" t="s">
+        <v>45</v>
+      </c>
+      <c r="R455" t="s">
+        <v>51</v>
+      </c>
+      <c r="S455" t="s">
+        <v>53</v>
+      </c>
+      <c r="T455" t="s">
+        <v>32</v>
+      </c>
+      <c r="U455" t="s">
+        <v>37</v>
+      </c>
+      <c r="V455">
+        <v>22</v>
+      </c>
+      <c r="W455">
+        <v>0</v>
+      </c>
+      <c r="X455">
+        <v>0</v>
+      </c>
+      <c r="Y455">
+        <v>42.95</v>
+      </c>
+    </row>
+    <row r="456" spans="1:25">
+      <c r="A456" t="s">
+        <v>25</v>
+      </c>
+      <c r="B456">
+        <v>2025</v>
+      </c>
+      <c r="C456">
+        <v>3309</v>
+      </c>
+      <c r="D456" t="s">
+        <v>78</v>
+      </c>
+      <c r="E456" t="s">
+        <v>27</v>
+      </c>
+      <c r="F456">
+        <v>4</v>
+      </c>
+      <c r="G456">
+        <v>35.8529</v>
+      </c>
+      <c r="H456">
+        <v>517</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="J456">
+        <v>0</v>
+      </c>
+      <c r="K456">
+        <v>934.853</v>
+      </c>
+      <c r="L456" t="s">
+        <v>28</v>
+      </c>
+      <c r="M456">
+        <v>1</v>
+      </c>
+      <c r="N456" t="s">
+        <v>86</v>
+      </c>
+      <c r="O456">
+        <v>2</v>
+      </c>
+      <c r="P456">
+        <v>14486</v>
+      </c>
+      <c r="Q456" t="s">
+        <v>45</v>
+      </c>
+      <c r="R456" t="s">
+        <v>51</v>
+      </c>
+      <c r="S456" t="s">
+        <v>53</v>
+      </c>
+      <c r="T456" t="s">
+        <v>32</v>
+      </c>
+      <c r="U456" t="s">
+        <v>42</v>
+      </c>
+      <c r="V456">
+        <v>13</v>
+      </c>
+      <c r="W456">
+        <v>0</v>
+      </c>
+      <c r="X456">
+        <v>0</v>
+      </c>
+      <c r="Y456">
+        <v>36.471</v>
+      </c>
+    </row>
+    <row r="457" spans="1:25">
+      <c r="A457" t="s">
+        <v>25</v>
+      </c>
+      <c r="B457">
+        <v>2025</v>
+      </c>
+      <c r="C457">
+        <v>3309</v>
+      </c>
+      <c r="D457" t="s">
+        <v>78</v>
+      </c>
+      <c r="E457" t="s">
+        <v>27</v>
+      </c>
+      <c r="F457">
+        <v>4</v>
+      </c>
+      <c r="G457">
+        <v>35.8529</v>
+      </c>
+      <c r="H457">
+        <v>517</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="J457">
+        <v>0</v>
+      </c>
+      <c r="K457">
+        <v>934.853</v>
+      </c>
+      <c r="L457" t="s">
+        <v>28</v>
+      </c>
+      <c r="M457">
+        <v>1</v>
+      </c>
+      <c r="N457" t="s">
+        <v>86</v>
+      </c>
+      <c r="O457">
+        <v>2</v>
+      </c>
+      <c r="P457">
+        <v>14486</v>
+      </c>
+      <c r="Q457" t="s">
+        <v>45</v>
+      </c>
+      <c r="R457" t="s">
+        <v>51</v>
+      </c>
+      <c r="S457" t="s">
+        <v>75</v>
+      </c>
+      <c r="T457" t="s">
+        <v>32</v>
+      </c>
+      <c r="U457" t="s">
+        <v>41</v>
+      </c>
+      <c r="V457">
+        <v>1</v>
+      </c>
+      <c r="W457">
+        <v>0</v>
+      </c>
+      <c r="X457">
+        <v>0</v>
+      </c>
+      <c r="Y457">
+        <v>1.156</v>
+      </c>
+    </row>
+    <row r="458" spans="1:25">
+      <c r="A458" t="s">
+        <v>25</v>
+      </c>
+      <c r="B458">
+        <v>2025</v>
+      </c>
+      <c r="C458">
+        <v>3309</v>
+      </c>
+      <c r="D458" t="s">
+        <v>78</v>
+      </c>
+      <c r="E458" t="s">
+        <v>27</v>
+      </c>
+      <c r="F458">
+        <v>4</v>
+      </c>
+      <c r="G458">
+        <v>35.8529</v>
+      </c>
+      <c r="H458">
+        <v>517</v>
+      </c>
+      <c r="I458">
+        <v>0</v>
+      </c>
+      <c r="J458">
+        <v>0</v>
+      </c>
+      <c r="K458">
+        <v>934.853</v>
+      </c>
+      <c r="L458" t="s">
+        <v>28</v>
+      </c>
+      <c r="M458">
+        <v>1</v>
+      </c>
+      <c r="N458" t="s">
+        <v>86</v>
+      </c>
+      <c r="O458">
+        <v>2</v>
+      </c>
+      <c r="P458">
+        <v>14486</v>
+      </c>
+      <c r="Q458" t="s">
+        <v>45</v>
+      </c>
+      <c r="R458" t="s">
+        <v>51</v>
+      </c>
+      <c r="S458" t="s">
+        <v>84</v>
+      </c>
+      <c r="T458" t="s">
+        <v>32</v>
+      </c>
+      <c r="U458" t="s">
+        <v>41</v>
+      </c>
+      <c r="V458">
+        <v>1</v>
+      </c>
+      <c r="W458">
+        <v>0</v>
+      </c>
+      <c r="X458">
+        <v>0</v>
+      </c>
+      <c r="Y458">
+        <v>1.156</v>
+      </c>
+    </row>
+    <row r="459" spans="1:25">
+      <c r="A459" t="s">
+        <v>25</v>
+      </c>
+      <c r="B459">
+        <v>2025</v>
+      </c>
+      <c r="C459">
+        <v>3309</v>
+      </c>
+      <c r="D459" t="s">
+        <v>78</v>
+      </c>
+      <c r="E459" t="s">
+        <v>27</v>
+      </c>
+      <c r="F459">
+        <v>4</v>
+      </c>
+      <c r="G459">
+        <v>35.8529</v>
+      </c>
+      <c r="H459">
+        <v>517</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="J459">
+        <v>0</v>
+      </c>
+      <c r="K459">
+        <v>934.853</v>
+      </c>
+      <c r="L459" t="s">
+        <v>28</v>
+      </c>
+      <c r="M459">
+        <v>1</v>
+      </c>
+      <c r="N459" t="s">
+        <v>86</v>
+      </c>
+      <c r="O459">
+        <v>2</v>
+      </c>
+      <c r="P459">
+        <v>14486</v>
+      </c>
+      <c r="Q459" t="s">
+        <v>45</v>
+      </c>
+      <c r="R459" t="s">
+        <v>51</v>
+      </c>
+      <c r="S459" t="s">
+        <v>84</v>
+      </c>
+      <c r="T459" t="s">
+        <v>32</v>
+      </c>
+      <c r="U459" t="s">
+        <v>37</v>
+      </c>
+      <c r="V459">
+        <v>2</v>
+      </c>
+      <c r="W459">
+        <v>0</v>
+      </c>
+      <c r="X459">
+        <v>0</v>
+      </c>
+      <c r="Y459">
+        <v>3.584</v>
+      </c>
+    </row>
+    <row r="460" spans="1:25">
+      <c r="A460" t="s">
+        <v>25</v>
+      </c>
+      <c r="B460">
+        <v>2025</v>
+      </c>
+      <c r="C460">
+        <v>3309</v>
+      </c>
+      <c r="D460" t="s">
+        <v>78</v>
+      </c>
+      <c r="E460" t="s">
+        <v>27</v>
+      </c>
+      <c r="F460">
+        <v>4</v>
+      </c>
+      <c r="G460">
+        <v>35.8529</v>
+      </c>
+      <c r="H460">
+        <v>517</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="J460">
+        <v>0</v>
+      </c>
+      <c r="K460">
+        <v>934.853</v>
+      </c>
+      <c r="L460" t="s">
+        <v>28</v>
+      </c>
+      <c r="M460">
+        <v>1</v>
+      </c>
+      <c r="N460" t="s">
+        <v>86</v>
+      </c>
+      <c r="O460">
+        <v>2</v>
+      </c>
+      <c r="P460">
+        <v>14486</v>
+      </c>
+      <c r="Q460" t="s">
+        <v>45</v>
+      </c>
+      <c r="R460" t="s">
+        <v>51</v>
+      </c>
+      <c r="S460" t="s">
+        <v>87</v>
+      </c>
+      <c r="T460" t="s">
+        <v>32</v>
+      </c>
+      <c r="U460" t="s">
+        <v>37</v>
+      </c>
+      <c r="V460">
+        <v>1</v>
+      </c>
+      <c r="W460">
+        <v>0</v>
+      </c>
+      <c r="X460">
+        <v>0</v>
+      </c>
+      <c r="Y460">
+        <v>1.653</v>
+      </c>
+    </row>
+    <row r="461" spans="1:25">
+      <c r="A461" t="s">
+        <v>25</v>
+      </c>
+      <c r="B461">
+        <v>2025</v>
+      </c>
+      <c r="C461">
+        <v>3309</v>
+      </c>
+      <c r="D461" t="s">
+        <v>78</v>
+      </c>
+      <c r="E461" t="s">
+        <v>27</v>
+      </c>
+      <c r="F461">
+        <v>5</v>
+      </c>
+      <c r="G461">
+        <v>35.8529</v>
+      </c>
+      <c r="H461">
+        <v>468</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="J461">
+        <v>0</v>
+      </c>
+      <c r="K461">
+        <v>817.189</v>
+      </c>
+      <c r="L461" t="s">
+        <v>28</v>
+      </c>
+      <c r="M461">
+        <v>1</v>
+      </c>
+      <c r="N461" t="s">
+        <v>86</v>
+      </c>
+      <c r="O461">
+        <v>2</v>
+      </c>
+      <c r="P461">
+        <v>14486</v>
+      </c>
+      <c r="Q461" t="s">
+        <v>45</v>
+      </c>
+      <c r="R461" t="s">
+        <v>51</v>
+      </c>
+      <c r="S461" t="s">
+        <v>32</v>
+      </c>
+      <c r="T461" t="s">
+        <v>32</v>
+      </c>
+      <c r="U461" t="s">
+        <v>36</v>
+      </c>
+      <c r="V461">
+        <v>1</v>
+      </c>
+      <c r="W461">
+        <v>0</v>
+      </c>
+      <c r="X461">
+        <v>0</v>
+      </c>
+      <c r="Y461">
+        <v>0.742</v>
+      </c>
+    </row>
+    <row r="462" spans="1:25">
+      <c r="A462" t="s">
+        <v>25</v>
+      </c>
+      <c r="B462">
+        <v>2025</v>
+      </c>
+      <c r="C462">
+        <v>3309</v>
+      </c>
+      <c r="D462" t="s">
+        <v>78</v>
+      </c>
+      <c r="E462" t="s">
+        <v>27</v>
+      </c>
+      <c r="F462">
+        <v>5</v>
+      </c>
+      <c r="G462">
+        <v>35.8529</v>
+      </c>
+      <c r="H462">
+        <v>468</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="J462">
+        <v>0</v>
+      </c>
+      <c r="K462">
+        <v>817.189</v>
+      </c>
+      <c r="L462" t="s">
+        <v>28</v>
+      </c>
+      <c r="M462">
+        <v>1</v>
+      </c>
+      <c r="N462" t="s">
+        <v>86</v>
+      </c>
+      <c r="O462">
+        <v>2</v>
+      </c>
+      <c r="P462">
+        <v>14486</v>
+      </c>
+      <c r="Q462" t="s">
+        <v>45</v>
+      </c>
+      <c r="R462" t="s">
+        <v>51</v>
+      </c>
+      <c r="S462" t="s">
+        <v>32</v>
+      </c>
+      <c r="T462" t="s">
+        <v>32</v>
+      </c>
+      <c r="U462" t="s">
+        <v>41</v>
+      </c>
+      <c r="V462">
+        <v>144</v>
+      </c>
+      <c r="W462">
+        <v>0</v>
+      </c>
+      <c r="X462">
+        <v>0</v>
+      </c>
+      <c r="Y462">
+        <v>188.339</v>
+      </c>
+    </row>
+    <row r="463" spans="1:25">
+      <c r="A463" t="s">
+        <v>25</v>
+      </c>
+      <c r="B463">
+        <v>2025</v>
+      </c>
+      <c r="C463">
+        <v>3309</v>
+      </c>
+      <c r="D463" t="s">
+        <v>78</v>
+      </c>
+      <c r="E463" t="s">
+        <v>27</v>
+      </c>
+      <c r="F463">
+        <v>5</v>
+      </c>
+      <c r="G463">
+        <v>35.8529</v>
+      </c>
+      <c r="H463">
+        <v>468</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="J463">
+        <v>0</v>
+      </c>
+      <c r="K463">
+        <v>817.189</v>
+      </c>
+      <c r="L463" t="s">
+        <v>28</v>
+      </c>
+      <c r="M463">
+        <v>1</v>
+      </c>
+      <c r="N463" t="s">
+        <v>86</v>
+      </c>
+      <c r="O463">
+        <v>2</v>
+      </c>
+      <c r="P463">
+        <v>14486</v>
+      </c>
+      <c r="Q463" t="s">
+        <v>45</v>
+      </c>
+      <c r="R463" t="s">
+        <v>51</v>
+      </c>
+      <c r="S463" t="s">
+        <v>32</v>
+      </c>
+      <c r="T463" t="s">
+        <v>32</v>
+      </c>
+      <c r="U463" t="s">
+        <v>37</v>
+      </c>
+      <c r="V463">
+        <v>282</v>
+      </c>
+      <c r="W463">
+        <v>0</v>
+      </c>
+      <c r="X463">
+        <v>0</v>
+      </c>
+      <c r="Y463">
+        <v>531.858</v>
+      </c>
+    </row>
+    <row r="464" spans="1:25">
+      <c r="A464" t="s">
+        <v>25</v>
+      </c>
+      <c r="B464">
+        <v>2025</v>
+      </c>
+      <c r="C464">
+        <v>3309</v>
+      </c>
+      <c r="D464" t="s">
+        <v>78</v>
+      </c>
+      <c r="E464" t="s">
+        <v>27</v>
+      </c>
+      <c r="F464">
+        <v>5</v>
+      </c>
+      <c r="G464">
+        <v>35.8529</v>
+      </c>
+      <c r="H464">
+        <v>468</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="J464">
+        <v>0</v>
+      </c>
+      <c r="K464">
+        <v>817.189</v>
+      </c>
+      <c r="L464" t="s">
+        <v>28</v>
+      </c>
+      <c r="M464">
+        <v>1</v>
+      </c>
+      <c r="N464" t="s">
+        <v>86</v>
+      </c>
+      <c r="O464">
+        <v>2</v>
+      </c>
+      <c r="P464">
+        <v>14486</v>
+      </c>
+      <c r="Q464" t="s">
+        <v>45</v>
+      </c>
+      <c r="R464" t="s">
+        <v>51</v>
+      </c>
+      <c r="S464" t="s">
+        <v>32</v>
+      </c>
+      <c r="T464" t="s">
+        <v>32</v>
+      </c>
+      <c r="U464" t="s">
+        <v>42</v>
+      </c>
+      <c r="V464">
+        <v>27</v>
+      </c>
+      <c r="W464">
+        <v>0</v>
+      </c>
+      <c r="X464">
+        <v>0</v>
+      </c>
+      <c r="Y464">
+        <v>70.683</v>
+      </c>
+    </row>
+    <row r="465" spans="1:25">
+      <c r="A465" t="s">
+        <v>25</v>
+      </c>
+      <c r="B465">
+        <v>2025</v>
+      </c>
+      <c r="C465">
+        <v>3309</v>
+      </c>
+      <c r="D465" t="s">
+        <v>78</v>
+      </c>
+      <c r="E465" t="s">
+        <v>27</v>
+      </c>
+      <c r="F465">
+        <v>5</v>
+      </c>
+      <c r="G465">
+        <v>35.8529</v>
+      </c>
+      <c r="H465">
+        <v>468</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="J465">
+        <v>0</v>
+      </c>
+      <c r="K465">
+        <v>817.189</v>
+      </c>
+      <c r="L465" t="s">
+        <v>28</v>
+      </c>
+      <c r="M465">
+        <v>1</v>
+      </c>
+      <c r="N465" t="s">
+        <v>86</v>
+      </c>
+      <c r="O465">
+        <v>2</v>
+      </c>
+      <c r="P465">
+        <v>14486</v>
+      </c>
+      <c r="Q465" t="s">
+        <v>45</v>
+      </c>
+      <c r="R465" t="s">
+        <v>51</v>
+      </c>
+      <c r="S465" t="s">
+        <v>32</v>
+      </c>
+      <c r="T465" t="s">
+        <v>32</v>
+      </c>
+      <c r="U465" t="s">
+        <v>43</v>
+      </c>
+      <c r="V465">
+        <v>1</v>
+      </c>
+      <c r="W465">
+        <v>0</v>
+      </c>
+      <c r="X465">
+        <v>0</v>
+      </c>
+      <c r="Y465">
+        <v>3.984</v>
+      </c>
+    </row>
+    <row r="466" spans="1:25">
+      <c r="A466" t="s">
+        <v>25</v>
+      </c>
+      <c r="B466">
+        <v>2025</v>
+      </c>
+      <c r="C466">
+        <v>3309</v>
+      </c>
+      <c r="D466" t="s">
+        <v>78</v>
+      </c>
+      <c r="E466" t="s">
+        <v>27</v>
+      </c>
+      <c r="F466">
+        <v>5</v>
+      </c>
+      <c r="G466">
+        <v>35.8529</v>
+      </c>
+      <c r="H466">
+        <v>468</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
+      </c>
+      <c r="J466">
+        <v>0</v>
+      </c>
+      <c r="K466">
+        <v>817.189</v>
+      </c>
+      <c r="L466" t="s">
+        <v>28</v>
+      </c>
+      <c r="M466">
+        <v>1</v>
+      </c>
+      <c r="N466" t="s">
+        <v>86</v>
+      </c>
+      <c r="O466">
+        <v>2</v>
+      </c>
+      <c r="P466">
+        <v>14486</v>
+      </c>
+      <c r="Q466" t="s">
+        <v>45</v>
+      </c>
+      <c r="R466" t="s">
+        <v>51</v>
+      </c>
+      <c r="S466" t="s">
+        <v>87</v>
+      </c>
+      <c r="T466" t="s">
+        <v>32</v>
+      </c>
+      <c r="U466" t="s">
+        <v>41</v>
+      </c>
+      <c r="V466">
+        <v>1</v>
+      </c>
+      <c r="W466">
+        <v>0</v>
+      </c>
+      <c r="X466">
+        <v>0</v>
+      </c>
+      <c r="Y466">
+        <v>1.395</v>
+      </c>
+    </row>
+    <row r="467" spans="1:25">
+      <c r="A467" t="s">
+        <v>25</v>
+      </c>
+      <c r="B467">
+        <v>2025</v>
+      </c>
+      <c r="C467">
+        <v>3309</v>
+      </c>
+      <c r="D467" t="s">
+        <v>78</v>
+      </c>
+      <c r="E467" t="s">
+        <v>27</v>
+      </c>
+      <c r="F467">
+        <v>5</v>
+      </c>
+      <c r="G467">
+        <v>35.8529</v>
+      </c>
+      <c r="H467">
+        <v>468</v>
+      </c>
+      <c r="I467">
+        <v>0</v>
+      </c>
+      <c r="J467">
+        <v>0</v>
+      </c>
+      <c r="K467">
+        <v>817.189</v>
+      </c>
+      <c r="L467" t="s">
+        <v>28</v>
+      </c>
+      <c r="M467">
+        <v>1</v>
+      </c>
+      <c r="N467" t="s">
+        <v>86</v>
+      </c>
+      <c r="O467">
+        <v>2</v>
+      </c>
+      <c r="P467">
+        <v>14486</v>
+      </c>
+      <c r="Q467" t="s">
+        <v>45</v>
+      </c>
+      <c r="R467" t="s">
+        <v>51</v>
+      </c>
+      <c r="S467" t="s">
+        <v>87</v>
+      </c>
+      <c r="T467" t="s">
+        <v>32</v>
+      </c>
+      <c r="U467" t="s">
+        <v>37</v>
+      </c>
+      <c r="V467">
+        <v>1</v>
+      </c>
+      <c r="W467">
+        <v>0</v>
+      </c>
+      <c r="X467">
+        <v>0</v>
+      </c>
+      <c r="Y467">
+        <v>2.228</v>
+      </c>
+    </row>
+    <row r="468" spans="1:25">
+      <c r="A468" t="s">
+        <v>25</v>
+      </c>
+      <c r="B468">
+        <v>2025</v>
+      </c>
+      <c r="C468">
+        <v>3309</v>
+      </c>
+      <c r="D468" t="s">
+        <v>78</v>
+      </c>
+      <c r="E468" t="s">
+        <v>27</v>
+      </c>
+      <c r="F468">
+        <v>5</v>
+      </c>
+      <c r="G468">
+        <v>35.8529</v>
+      </c>
+      <c r="H468">
+        <v>468</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="J468">
+        <v>0</v>
+      </c>
+      <c r="K468">
+        <v>817.189</v>
+      </c>
+      <c r="L468" t="s">
+        <v>28</v>
+      </c>
+      <c r="M468">
+        <v>1</v>
+      </c>
+      <c r="N468" t="s">
+        <v>86</v>
+      </c>
+      <c r="O468">
+        <v>2</v>
+      </c>
+      <c r="P468">
+        <v>14486</v>
+      </c>
+      <c r="Q468" t="s">
+        <v>45</v>
+      </c>
+      <c r="R468" t="s">
+        <v>51</v>
+      </c>
+      <c r="S468" t="s">
+        <v>75</v>
+      </c>
+      <c r="T468" t="s">
+        <v>32</v>
+      </c>
+      <c r="U468" t="s">
+        <v>41</v>
+      </c>
+      <c r="V468">
+        <v>5</v>
+      </c>
+      <c r="W468">
+        <v>0</v>
+      </c>
+      <c r="X468">
+        <v>0</v>
+      </c>
+      <c r="Y468">
+        <v>6.518</v>
+      </c>
+    </row>
+    <row r="469" spans="1:25">
+      <c r="A469" t="s">
+        <v>25</v>
+      </c>
+      <c r="B469">
+        <v>2025</v>
+      </c>
+      <c r="C469">
+        <v>3309</v>
+      </c>
+      <c r="D469" t="s">
+        <v>78</v>
+      </c>
+      <c r="E469" t="s">
+        <v>27</v>
+      </c>
+      <c r="F469">
+        <v>5</v>
+      </c>
+      <c r="G469">
+        <v>35.8529</v>
+      </c>
+      <c r="H469">
+        <v>468</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="J469">
+        <v>0</v>
+      </c>
+      <c r="K469">
+        <v>817.189</v>
+      </c>
+      <c r="L469" t="s">
+        <v>28</v>
+      </c>
+      <c r="M469">
+        <v>1</v>
+      </c>
+      <c r="N469" t="s">
+        <v>86</v>
+      </c>
+      <c r="O469">
+        <v>2</v>
+      </c>
+      <c r="P469">
+        <v>14486</v>
+      </c>
+      <c r="Q469" t="s">
+        <v>45</v>
+      </c>
+      <c r="R469" t="s">
+        <v>51</v>
+      </c>
+      <c r="S469" t="s">
+        <v>75</v>
+      </c>
+      <c r="T469" t="s">
+        <v>32</v>
+      </c>
+      <c r="U469" t="s">
+        <v>37</v>
+      </c>
+      <c r="V469">
+        <v>3</v>
+      </c>
+      <c r="W469">
+        <v>0</v>
+      </c>
+      <c r="X469">
+        <v>0</v>
+      </c>
+      <c r="Y469">
+        <v>6.09</v>
+      </c>
+    </row>
+    <row r="470" spans="1:25">
+      <c r="A470" t="s">
+        <v>25</v>
+      </c>
+      <c r="B470">
+        <v>2025</v>
+      </c>
+      <c r="C470">
+        <v>3309</v>
+      </c>
+      <c r="D470" t="s">
+        <v>78</v>
+      </c>
+      <c r="E470" t="s">
+        <v>27</v>
+      </c>
+      <c r="F470">
+        <v>5</v>
+      </c>
+      <c r="G470">
+        <v>35.8529</v>
+      </c>
+      <c r="H470">
+        <v>468</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
+      </c>
+      <c r="J470">
+        <v>0</v>
+      </c>
+      <c r="K470">
+        <v>817.189</v>
+      </c>
+      <c r="L470" t="s">
+        <v>28</v>
+      </c>
+      <c r="M470">
+        <v>1</v>
+      </c>
+      <c r="N470" t="s">
+        <v>86</v>
+      </c>
+      <c r="O470">
+        <v>2</v>
+      </c>
+      <c r="P470">
+        <v>14486</v>
+      </c>
+      <c r="Q470" t="s">
+        <v>45</v>
+      </c>
+      <c r="R470" t="s">
+        <v>51</v>
+      </c>
+      <c r="S470" t="s">
+        <v>84</v>
+      </c>
+      <c r="T470" t="s">
+        <v>32</v>
+      </c>
+      <c r="U470" t="s">
+        <v>41</v>
+      </c>
+      <c r="V470">
+        <v>1</v>
+      </c>
+      <c r="W470">
+        <v>0</v>
+      </c>
+      <c r="X470">
+        <v>0</v>
+      </c>
+      <c r="Y470">
+        <v>1.156</v>
+      </c>
+    </row>
+    <row r="471" spans="1:25">
+      <c r="A471" t="s">
+        <v>25</v>
+      </c>
+      <c r="B471">
+        <v>2025</v>
+      </c>
+      <c r="C471">
+        <v>3309</v>
+      </c>
+      <c r="D471" t="s">
+        <v>78</v>
+      </c>
+      <c r="E471" t="s">
+        <v>27</v>
+      </c>
+      <c r="F471">
+        <v>5</v>
+      </c>
+      <c r="G471">
+        <v>35.8529</v>
+      </c>
+      <c r="H471">
+        <v>468</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
+      </c>
+      <c r="J471">
+        <v>0</v>
+      </c>
+      <c r="K471">
+        <v>817.189</v>
+      </c>
+      <c r="L471" t="s">
+        <v>28</v>
+      </c>
+      <c r="M471">
+        <v>1</v>
+      </c>
+      <c r="N471" t="s">
+        <v>86</v>
+      </c>
+      <c r="O471">
+        <v>2</v>
+      </c>
+      <c r="P471">
+        <v>14486</v>
+      </c>
+      <c r="Q471" t="s">
+        <v>45</v>
+      </c>
+      <c r="R471" t="s">
+        <v>51</v>
+      </c>
+      <c r="S471" t="s">
+        <v>84</v>
+      </c>
+      <c r="T471" t="s">
+        <v>32</v>
+      </c>
+      <c r="U471" t="s">
+        <v>37</v>
+      </c>
+      <c r="V471">
+        <v>1</v>
+      </c>
+      <c r="W471">
+        <v>0</v>
+      </c>
+      <c r="X471">
+        <v>0</v>
+      </c>
+      <c r="Y471">
+        <v>1.653</v>
+      </c>
+    </row>
+    <row r="472" spans="1:25">
+      <c r="A472" t="s">
+        <v>25</v>
+      </c>
+      <c r="B472">
+        <v>2025</v>
+      </c>
+      <c r="C472">
+        <v>3309</v>
+      </c>
+      <c r="D472" t="s">
+        <v>78</v>
+      </c>
+      <c r="E472" t="s">
+        <v>27</v>
+      </c>
+      <c r="F472">
+        <v>5</v>
+      </c>
+      <c r="G472">
+        <v>35.8529</v>
+      </c>
+      <c r="H472">
+        <v>468</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
+      </c>
+      <c r="J472">
+        <v>0</v>
+      </c>
+      <c r="K472">
+        <v>817.189</v>
+      </c>
+      <c r="L472" t="s">
+        <v>28</v>
+      </c>
+      <c r="M472">
+        <v>1</v>
+      </c>
+      <c r="N472" t="s">
+        <v>86</v>
+      </c>
+      <c r="O472">
+        <v>2</v>
+      </c>
+      <c r="P472">
+        <v>14486</v>
+      </c>
+      <c r="Q472" t="s">
+        <v>45</v>
+      </c>
+      <c r="R472" t="s">
+        <v>51</v>
+      </c>
+      <c r="S472" t="s">
+        <v>84</v>
+      </c>
+      <c r="T472" t="s">
+        <v>32</v>
+      </c>
+      <c r="U472" t="s">
+        <v>42</v>
+      </c>
+      <c r="V472">
+        <v>1</v>
+      </c>
+      <c r="W472">
+        <v>0</v>
+      </c>
+      <c r="X472">
+        <v>0</v>
+      </c>
+      <c r="Y472">
+        <v>2.543</v>
+      </c>
+    </row>
+    <row r="473" spans="1:25">
+      <c r="A473" t="s">
+        <v>25</v>
+      </c>
+      <c r="B473">
+        <v>2025</v>
+      </c>
+      <c r="C473">
+        <v>3309</v>
+      </c>
+      <c r="D473" t="s">
+        <v>78</v>
+      </c>
+      <c r="E473" t="s">
+        <v>27</v>
+      </c>
+      <c r="F473">
+        <v>6</v>
+      </c>
+      <c r="G473">
+        <v>4.8291</v>
+      </c>
+      <c r="H473">
+        <v>834</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
+      </c>
+      <c r="J473">
+        <v>0</v>
+      </c>
+      <c r="K473">
+        <v>77.425</v>
+      </c>
+      <c r="L473" t="s">
+        <v>28</v>
+      </c>
+      <c r="M473">
+        <v>1</v>
+      </c>
+      <c r="N473" t="s">
+        <v>88</v>
+      </c>
+      <c r="O473">
+        <v>2</v>
+      </c>
+      <c r="P473">
+        <v>14486</v>
+      </c>
+      <c r="Q473" t="s">
+        <v>50</v>
+      </c>
+      <c r="R473" t="s">
+        <v>31</v>
+      </c>
+      <c r="S473" t="s">
+        <v>32</v>
+      </c>
+      <c r="T473" t="s">
+        <v>32</v>
+      </c>
+      <c r="U473" t="s">
+        <v>33</v>
+      </c>
+      <c r="V473">
+        <v>68</v>
+      </c>
+      <c r="W473">
+        <v>0</v>
+      </c>
+      <c r="X473">
+        <v>0</v>
+      </c>
+      <c r="Y473">
+        <v>2.973</v>
+      </c>
+    </row>
+    <row r="474" spans="1:25">
+      <c r="A474" t="s">
+        <v>25</v>
+      </c>
+      <c r="B474">
+        <v>2025</v>
+      </c>
+      <c r="C474">
+        <v>3309</v>
+      </c>
+      <c r="D474" t="s">
+        <v>78</v>
+      </c>
+      <c r="E474" t="s">
+        <v>27</v>
+      </c>
+      <c r="F474">
+        <v>6</v>
+      </c>
+      <c r="G474">
+        <v>4.8291</v>
+      </c>
+      <c r="H474">
+        <v>834</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="J474">
+        <v>0</v>
+      </c>
+      <c r="K474">
+        <v>77.425</v>
+      </c>
+      <c r="L474" t="s">
+        <v>28</v>
+      </c>
+      <c r="M474">
+        <v>1</v>
+      </c>
+      <c r="N474" t="s">
+        <v>88</v>
+      </c>
+      <c r="O474">
+        <v>2</v>
+      </c>
+      <c r="P474">
+        <v>14486</v>
+      </c>
+      <c r="Q474" t="s">
+        <v>50</v>
+      </c>
+      <c r="R474" t="s">
+        <v>31</v>
+      </c>
+      <c r="S474" t="s">
+        <v>32</v>
+      </c>
+      <c r="T474" t="s">
+        <v>32</v>
+      </c>
+      <c r="U474" t="s">
+        <v>34</v>
+      </c>
+      <c r="V474">
+        <v>99</v>
+      </c>
+      <c r="W474">
+        <v>0</v>
+      </c>
+      <c r="X474">
+        <v>0</v>
+      </c>
+      <c r="Y474">
+        <v>13.846</v>
+      </c>
+    </row>
+    <row r="475" spans="1:25">
+      <c r="A475" t="s">
+        <v>25</v>
+      </c>
+      <c r="B475">
+        <v>2025</v>
+      </c>
+      <c r="C475">
+        <v>3309</v>
+      </c>
+      <c r="D475" t="s">
+        <v>78</v>
+      </c>
+      <c r="E475" t="s">
+        <v>27</v>
+      </c>
+      <c r="F475">
+        <v>6</v>
+      </c>
+      <c r="G475">
+        <v>4.8291</v>
+      </c>
+      <c r="H475">
+        <v>834</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
+      </c>
+      <c r="J475">
+        <v>0</v>
+      </c>
+      <c r="K475">
+        <v>77.425</v>
+      </c>
+      <c r="L475" t="s">
+        <v>28</v>
+      </c>
+      <c r="M475">
+        <v>1</v>
+      </c>
+      <c r="N475" t="s">
+        <v>88</v>
+      </c>
+      <c r="O475">
+        <v>2</v>
+      </c>
+      <c r="P475">
+        <v>14486</v>
+      </c>
+      <c r="Q475" t="s">
+        <v>50</v>
+      </c>
+      <c r="R475" t="s">
+        <v>31</v>
+      </c>
+      <c r="S475" t="s">
+        <v>32</v>
+      </c>
+      <c r="T475" t="s">
+        <v>32</v>
+      </c>
+      <c r="U475" t="s">
+        <v>35</v>
+      </c>
+      <c r="V475">
+        <v>26</v>
+      </c>
+      <c r="W475">
+        <v>0</v>
+      </c>
+      <c r="X475">
+        <v>0</v>
+      </c>
+      <c r="Y475">
+        <v>7.254</v>
+      </c>
+    </row>
+    <row r="476" spans="1:25">
+      <c r="A476" t="s">
+        <v>25</v>
+      </c>
+      <c r="B476">
+        <v>2025</v>
+      </c>
+      <c r="C476">
+        <v>3309</v>
+      </c>
+      <c r="D476" t="s">
+        <v>78</v>
+      </c>
+      <c r="E476" t="s">
+        <v>27</v>
+      </c>
+      <c r="F476">
+        <v>6</v>
+      </c>
+      <c r="G476">
+        <v>4.8291</v>
+      </c>
+      <c r="H476">
+        <v>834</v>
+      </c>
+      <c r="I476">
+        <v>0</v>
+      </c>
+      <c r="J476">
+        <v>0</v>
+      </c>
+      <c r="K476">
+        <v>77.425</v>
+      </c>
+      <c r="L476" t="s">
+        <v>28</v>
+      </c>
+      <c r="M476">
+        <v>1</v>
+      </c>
+      <c r="N476" t="s">
+        <v>88</v>
+      </c>
+      <c r="O476">
+        <v>2</v>
+      </c>
+      <c r="P476">
+        <v>14486</v>
+      </c>
+      <c r="Q476" t="s">
+        <v>50</v>
+      </c>
+      <c r="R476" t="s">
+        <v>31</v>
+      </c>
+      <c r="S476" t="s">
+        <v>32</v>
+      </c>
+      <c r="T476" t="s">
+        <v>32</v>
+      </c>
+      <c r="U476" t="s">
+        <v>36</v>
+      </c>
+      <c r="V476">
+        <v>10</v>
+      </c>
+      <c r="W476">
+        <v>0</v>
+      </c>
+      <c r="X476">
+        <v>0</v>
+      </c>
+      <c r="Y476">
+        <v>4.226</v>
+      </c>
+    </row>
+    <row r="477" spans="1:25">
+      <c r="A477" t="s">
+        <v>25</v>
+      </c>
+      <c r="B477">
+        <v>2025</v>
+      </c>
+      <c r="C477">
+        <v>3309</v>
+      </c>
+      <c r="D477" t="s">
+        <v>78</v>
+      </c>
+      <c r="E477" t="s">
+        <v>27</v>
+      </c>
+      <c r="F477">
+        <v>6</v>
+      </c>
+      <c r="G477">
+        <v>4.8291</v>
+      </c>
+      <c r="H477">
+        <v>834</v>
+      </c>
+      <c r="I477">
+        <v>0</v>
+      </c>
+      <c r="J477">
+        <v>0</v>
+      </c>
+      <c r="K477">
+        <v>77.425</v>
+      </c>
+      <c r="L477" t="s">
+        <v>28</v>
+      </c>
+      <c r="M477">
+        <v>1</v>
+      </c>
+      <c r="N477" t="s">
+        <v>88</v>
+      </c>
+      <c r="O477">
+        <v>2</v>
+      </c>
+      <c r="P477">
+        <v>14486</v>
+      </c>
+      <c r="Q477" t="s">
+        <v>45</v>
+      </c>
+      <c r="R477" t="s">
+        <v>31</v>
+      </c>
+      <c r="S477" t="s">
+        <v>32</v>
+      </c>
+      <c r="T477" t="s">
+        <v>32</v>
+      </c>
+      <c r="U477" t="s">
+        <v>33</v>
+      </c>
+      <c r="V477">
+        <v>451</v>
+      </c>
+      <c r="W477">
+        <v>0</v>
+      </c>
+      <c r="X477">
+        <v>0</v>
+      </c>
+      <c r="Y477">
+        <v>17.181</v>
+      </c>
+    </row>
+    <row r="478" spans="1:25">
+      <c r="A478" t="s">
+        <v>25</v>
+      </c>
+      <c r="B478">
+        <v>2025</v>
+      </c>
+      <c r="C478">
+        <v>3309</v>
+      </c>
+      <c r="D478" t="s">
+        <v>78</v>
+      </c>
+      <c r="E478" t="s">
+        <v>27</v>
+      </c>
+      <c r="F478">
+        <v>6</v>
+      </c>
+      <c r="G478">
+        <v>4.8291</v>
+      </c>
+      <c r="H478">
+        <v>834</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="J478">
+        <v>0</v>
+      </c>
+      <c r="K478">
+        <v>77.425</v>
+      </c>
+      <c r="L478" t="s">
+        <v>28</v>
+      </c>
+      <c r="M478">
+        <v>1</v>
+      </c>
+      <c r="N478" t="s">
+        <v>88</v>
+      </c>
+      <c r="O478">
+        <v>2</v>
+      </c>
+      <c r="P478">
+        <v>14486</v>
+      </c>
+      <c r="Q478" t="s">
+        <v>45</v>
+      </c>
+      <c r="R478" t="s">
+        <v>31</v>
+      </c>
+      <c r="S478" t="s">
+        <v>32</v>
+      </c>
+      <c r="T478" t="s">
+        <v>32</v>
+      </c>
+      <c r="U478" t="s">
+        <v>34</v>
+      </c>
+      <c r="V478">
+        <v>154</v>
+      </c>
+      <c r="W478">
+        <v>0</v>
+      </c>
+      <c r="X478">
+        <v>0</v>
+      </c>
+      <c r="Y478">
+        <v>23.141</v>
+      </c>
+    </row>
+    <row r="479" spans="1:25">
+      <c r="A479" t="s">
+        <v>25</v>
+      </c>
+      <c r="B479">
+        <v>2025</v>
+      </c>
+      <c r="C479">
+        <v>3309</v>
+      </c>
+      <c r="D479" t="s">
+        <v>78</v>
+      </c>
+      <c r="E479" t="s">
+        <v>27</v>
+      </c>
+      <c r="F479">
+        <v>6</v>
+      </c>
+      <c r="G479">
+        <v>4.8291</v>
+      </c>
+      <c r="H479">
+        <v>834</v>
+      </c>
+      <c r="I479">
+        <v>0</v>
+      </c>
+      <c r="J479">
+        <v>0</v>
+      </c>
+      <c r="K479">
+        <v>77.425</v>
+      </c>
+      <c r="L479" t="s">
+        <v>28</v>
+      </c>
+      <c r="M479">
+        <v>1</v>
+      </c>
+      <c r="N479" t="s">
+        <v>88</v>
+      </c>
+      <c r="O479">
+        <v>2</v>
+      </c>
+      <c r="P479">
+        <v>14486</v>
+      </c>
+      <c r="Q479" t="s">
+        <v>45</v>
+      </c>
+      <c r="R479" t="s">
+        <v>31</v>
+      </c>
+      <c r="S479" t="s">
+        <v>32</v>
+      </c>
+      <c r="T479" t="s">
+        <v>32</v>
+      </c>
+      <c r="U479" t="s">
+        <v>35</v>
+      </c>
+      <c r="V479">
+        <v>18</v>
+      </c>
+      <c r="W479">
+        <v>0</v>
+      </c>
+      <c r="X479">
+        <v>0</v>
+      </c>
+      <c r="Y479">
+        <v>5.314</v>
+      </c>
+    </row>
+    <row r="480" spans="1:25">
+      <c r="A480" t="s">
+        <v>25</v>
+      </c>
+      <c r="B480">
+        <v>2025</v>
+      </c>
+      <c r="C480">
+        <v>3309</v>
+      </c>
+      <c r="D480" t="s">
+        <v>78</v>
+      </c>
+      <c r="E480" t="s">
+        <v>27</v>
+      </c>
+      <c r="F480">
+        <v>6</v>
+      </c>
+      <c r="G480">
+        <v>4.8291</v>
+      </c>
+      <c r="H480">
+        <v>834</v>
+      </c>
+      <c r="I480">
+        <v>0</v>
+      </c>
+      <c r="J480">
+        <v>0</v>
+      </c>
+      <c r="K480">
+        <v>77.425</v>
+      </c>
+      <c r="L480" t="s">
+        <v>28</v>
+      </c>
+      <c r="M480">
+        <v>1</v>
+      </c>
+      <c r="N480" t="s">
+        <v>88</v>
+      </c>
+      <c r="O480">
+        <v>2</v>
+      </c>
+      <c r="P480">
+        <v>14486</v>
+      </c>
+      <c r="Q480" t="s">
+        <v>45</v>
+      </c>
+      <c r="R480" t="s">
+        <v>31</v>
+      </c>
+      <c r="S480" t="s">
+        <v>32</v>
+      </c>
+      <c r="T480" t="s">
+        <v>32</v>
+      </c>
+      <c r="U480" t="s">
+        <v>36</v>
+      </c>
+      <c r="V480">
+        <v>8</v>
+      </c>
+      <c r="W480">
+        <v>0</v>
+      </c>
+      <c r="X480">
+        <v>0</v>
+      </c>
+      <c r="Y480">
+        <v>3.49</v>
+      </c>
+    </row>
+    <row r="481" spans="1:25">
+      <c r="A481" t="s">
+        <v>25</v>
+      </c>
+      <c r="B481">
+        <v>2025</v>
+      </c>
+      <c r="C481">
+        <v>3309</v>
+      </c>
+      <c r="D481" t="s">
+        <v>78</v>
+      </c>
+      <c r="E481" t="s">
+        <v>27</v>
+      </c>
+      <c r="F481">
+        <v>7</v>
+      </c>
+      <c r="G481">
+        <v>24.7584</v>
+      </c>
+      <c r="H481">
+        <v>197</v>
+      </c>
+      <c r="I481">
+        <v>0</v>
+      </c>
+      <c r="J481">
+        <v>0</v>
+      </c>
+      <c r="K481">
+        <v>298.635</v>
+      </c>
+      <c r="L481" t="s">
+        <v>28</v>
+      </c>
+      <c r="M481">
+        <v>1</v>
+      </c>
+      <c r="N481" t="s">
+        <v>82</v>
+      </c>
+      <c r="O481">
+        <v>2</v>
+      </c>
+      <c r="P481">
+        <v>14486</v>
+      </c>
+      <c r="Q481" t="s">
+        <v>45</v>
+      </c>
+      <c r="R481" t="s">
+        <v>51</v>
+      </c>
+      <c r="S481" t="s">
+        <v>32</v>
+      </c>
+      <c r="T481" t="s">
+        <v>32</v>
+      </c>
+      <c r="U481" t="s">
+        <v>36</v>
+      </c>
+      <c r="V481">
+        <v>9</v>
+      </c>
+      <c r="W481">
+        <v>0</v>
+      </c>
+      <c r="X481">
+        <v>0</v>
+      </c>
+      <c r="Y481">
+        <v>5.853</v>
+      </c>
+    </row>
+    <row r="482" spans="1:25">
+      <c r="A482" t="s">
+        <v>25</v>
+      </c>
+      <c r="B482">
+        <v>2025</v>
+      </c>
+      <c r="C482">
+        <v>3309</v>
+      </c>
+      <c r="D482" t="s">
+        <v>78</v>
+      </c>
+      <c r="E482" t="s">
+        <v>27</v>
+      </c>
+      <c r="F482">
+        <v>7</v>
+      </c>
+      <c r="G482">
+        <v>24.7584</v>
+      </c>
+      <c r="H482">
+        <v>197</v>
+      </c>
+      <c r="I482">
+        <v>0</v>
+      </c>
+      <c r="J482">
+        <v>0</v>
+      </c>
+      <c r="K482">
+        <v>298.635</v>
+      </c>
+      <c r="L482" t="s">
+        <v>28</v>
+      </c>
+      <c r="M482">
+        <v>1</v>
+      </c>
+      <c r="N482" t="s">
+        <v>82</v>
+      </c>
+      <c r="O482">
+        <v>2</v>
+      </c>
+      <c r="P482">
+        <v>14486</v>
+      </c>
+      <c r="Q482" t="s">
+        <v>45</v>
+      </c>
+      <c r="R482" t="s">
+        <v>51</v>
+      </c>
+      <c r="S482" t="s">
+        <v>32</v>
+      </c>
+      <c r="T482" t="s">
+        <v>32</v>
+      </c>
+      <c r="U482" t="s">
+        <v>41</v>
+      </c>
+      <c r="V482">
+        <v>85</v>
+      </c>
+      <c r="W482">
+        <v>0</v>
+      </c>
+      <c r="X482">
+        <v>0</v>
+      </c>
+      <c r="Y482">
+        <v>96.255</v>
+      </c>
+    </row>
+    <row r="483" spans="1:25">
+      <c r="A483" t="s">
+        <v>25</v>
+      </c>
+      <c r="B483">
+        <v>2025</v>
+      </c>
+      <c r="C483">
+        <v>3309</v>
+      </c>
+      <c r="D483" t="s">
+        <v>78</v>
+      </c>
+      <c r="E483" t="s">
+        <v>27</v>
+      </c>
+      <c r="F483">
+        <v>7</v>
+      </c>
+      <c r="G483">
+        <v>24.7584</v>
+      </c>
+      <c r="H483">
+        <v>197</v>
+      </c>
+      <c r="I483">
+        <v>0</v>
+      </c>
+      <c r="J483">
+        <v>0</v>
+      </c>
+      <c r="K483">
+        <v>298.635</v>
+      </c>
+      <c r="L483" t="s">
+        <v>28</v>
+      </c>
+      <c r="M483">
+        <v>1</v>
+      </c>
+      <c r="N483" t="s">
+        <v>82</v>
+      </c>
+      <c r="O483">
+        <v>2</v>
+      </c>
+      <c r="P483">
+        <v>14486</v>
+      </c>
+      <c r="Q483" t="s">
+        <v>45</v>
+      </c>
+      <c r="R483" t="s">
+        <v>51</v>
+      </c>
+      <c r="S483" t="s">
+        <v>32</v>
+      </c>
+      <c r="T483" t="s">
+        <v>32</v>
+      </c>
+      <c r="U483" t="s">
+        <v>37</v>
+      </c>
+      <c r="V483">
+        <v>58</v>
+      </c>
+      <c r="W483">
+        <v>0</v>
+      </c>
+      <c r="X483">
+        <v>0</v>
+      </c>
+      <c r="Y483">
+        <v>101.002</v>
+      </c>
+    </row>
+    <row r="484" spans="1:25">
+      <c r="A484" t="s">
+        <v>25</v>
+      </c>
+      <c r="B484">
+        <v>2025</v>
+      </c>
+      <c r="C484">
+        <v>3309</v>
+      </c>
+      <c r="D484" t="s">
+        <v>78</v>
+      </c>
+      <c r="E484" t="s">
+        <v>27</v>
+      </c>
+      <c r="F484">
+        <v>7</v>
+      </c>
+      <c r="G484">
+        <v>24.7584</v>
+      </c>
+      <c r="H484">
+        <v>197</v>
+      </c>
+      <c r="I484">
+        <v>0</v>
+      </c>
+      <c r="J484">
+        <v>0</v>
+      </c>
+      <c r="K484">
+        <v>298.635</v>
+      </c>
+      <c r="L484" t="s">
+        <v>28</v>
+      </c>
+      <c r="M484">
+        <v>1</v>
+      </c>
+      <c r="N484" t="s">
+        <v>82</v>
+      </c>
+      <c r="O484">
+        <v>2</v>
+      </c>
+      <c r="P484">
+        <v>14486</v>
+      </c>
+      <c r="Q484" t="s">
+        <v>45</v>
+      </c>
+      <c r="R484" t="s">
+        <v>51</v>
+      </c>
+      <c r="S484" t="s">
+        <v>32</v>
+      </c>
+      <c r="T484" t="s">
+        <v>32</v>
+      </c>
+      <c r="U484" t="s">
+        <v>42</v>
+      </c>
+      <c r="V484">
+        <v>10</v>
+      </c>
+      <c r="W484">
+        <v>0</v>
+      </c>
+      <c r="X484">
+        <v>0</v>
+      </c>
+      <c r="Y484">
+        <v>26.473</v>
+      </c>
+    </row>
+    <row r="485" spans="1:25">
+      <c r="A485" t="s">
+        <v>25</v>
+      </c>
+      <c r="B485">
+        <v>2025</v>
+      </c>
+      <c r="C485">
+        <v>3309</v>
+      </c>
+      <c r="D485" t="s">
+        <v>78</v>
+      </c>
+      <c r="E485" t="s">
+        <v>27</v>
+      </c>
+      <c r="F485">
+        <v>7</v>
+      </c>
+      <c r="G485">
+        <v>24.7584</v>
+      </c>
+      <c r="H485">
+        <v>197</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
+      </c>
+      <c r="J485">
+        <v>0</v>
+      </c>
+      <c r="K485">
+        <v>298.635</v>
+      </c>
+      <c r="L485" t="s">
+        <v>28</v>
+      </c>
+      <c r="M485">
+        <v>1</v>
+      </c>
+      <c r="N485" t="s">
+        <v>82</v>
+      </c>
+      <c r="O485">
+        <v>2</v>
+      </c>
+      <c r="P485">
+        <v>14486</v>
+      </c>
+      <c r="Q485" t="s">
+        <v>45</v>
+      </c>
+      <c r="R485" t="s">
+        <v>51</v>
+      </c>
+      <c r="S485" t="s">
+        <v>84</v>
+      </c>
+      <c r="T485" t="s">
+        <v>32</v>
+      </c>
+      <c r="U485" t="s">
+        <v>36</v>
+      </c>
+      <c r="V485">
+        <v>1</v>
+      </c>
+      <c r="W485">
+        <v>0</v>
+      </c>
+      <c r="X485">
+        <v>0</v>
+      </c>
+      <c r="Y485">
+        <v>0.706</v>
+      </c>
+    </row>
+    <row r="486" spans="1:25">
+      <c r="A486" t="s">
+        <v>25</v>
+      </c>
+      <c r="B486">
+        <v>2025</v>
+      </c>
+      <c r="C486">
+        <v>3309</v>
+      </c>
+      <c r="D486" t="s">
+        <v>78</v>
+      </c>
+      <c r="E486" t="s">
+        <v>27</v>
+      </c>
+      <c r="F486">
+        <v>7</v>
+      </c>
+      <c r="G486">
+        <v>24.7584</v>
+      </c>
+      <c r="H486">
+        <v>197</v>
+      </c>
+      <c r="I486">
+        <v>0</v>
+      </c>
+      <c r="J486">
+        <v>0</v>
+      </c>
+      <c r="K486">
+        <v>298.635</v>
+      </c>
+      <c r="L486" t="s">
+        <v>28</v>
+      </c>
+      <c r="M486">
+        <v>1</v>
+      </c>
+      <c r="N486" t="s">
+        <v>82</v>
+      </c>
+      <c r="O486">
+        <v>2</v>
+      </c>
+      <c r="P486">
+        <v>14486</v>
+      </c>
+      <c r="Q486" t="s">
+        <v>45</v>
+      </c>
+      <c r="R486" t="s">
+        <v>51</v>
+      </c>
+      <c r="S486" t="s">
+        <v>84</v>
+      </c>
+      <c r="T486" t="s">
+        <v>32</v>
+      </c>
+      <c r="U486" t="s">
+        <v>41</v>
+      </c>
+      <c r="V486">
+        <v>5</v>
+      </c>
+      <c r="W486">
+        <v>0</v>
+      </c>
+      <c r="X486">
+        <v>0</v>
+      </c>
+      <c r="Y486">
+        <v>6.413</v>
+      </c>
+    </row>
+    <row r="487" spans="1:25">
+      <c r="A487" t="s">
+        <v>25</v>
+      </c>
+      <c r="B487">
+        <v>2025</v>
+      </c>
+      <c r="C487">
+        <v>3309</v>
+      </c>
+      <c r="D487" t="s">
+        <v>78</v>
+      </c>
+      <c r="E487" t="s">
+        <v>27</v>
+      </c>
+      <c r="F487">
+        <v>7</v>
+      </c>
+      <c r="G487">
+        <v>24.7584</v>
+      </c>
+      <c r="H487">
+        <v>197</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
+      </c>
+      <c r="J487">
+        <v>0</v>
+      </c>
+      <c r="K487">
+        <v>298.635</v>
+      </c>
+      <c r="L487" t="s">
+        <v>28</v>
+      </c>
+      <c r="M487">
+        <v>1</v>
+      </c>
+      <c r="N487" t="s">
+        <v>82</v>
+      </c>
+      <c r="O487">
+        <v>2</v>
+      </c>
+      <c r="P487">
+        <v>14486</v>
+      </c>
+      <c r="Q487" t="s">
+        <v>45</v>
+      </c>
+      <c r="R487" t="s">
+        <v>51</v>
+      </c>
+      <c r="S487" t="s">
+        <v>84</v>
+      </c>
+      <c r="T487" t="s">
+        <v>32</v>
+      </c>
+      <c r="U487" t="s">
+        <v>37</v>
+      </c>
+      <c r="V487">
+        <v>2</v>
+      </c>
+      <c r="W487">
+        <v>0</v>
+      </c>
+      <c r="X487">
+        <v>0</v>
+      </c>
+      <c r="Y487">
+        <v>3.148</v>
+      </c>
+    </row>
+    <row r="488" spans="1:25">
+      <c r="A488" t="s">
+        <v>25</v>
+      </c>
+      <c r="B488">
+        <v>2025</v>
+      </c>
+      <c r="C488">
+        <v>3309</v>
+      </c>
+      <c r="D488" t="s">
+        <v>78</v>
+      </c>
+      <c r="E488" t="s">
+        <v>27</v>
+      </c>
+      <c r="F488">
+        <v>7</v>
+      </c>
+      <c r="G488">
+        <v>24.7584</v>
+      </c>
+      <c r="H488">
+        <v>197</v>
+      </c>
+      <c r="I488">
+        <v>0</v>
+      </c>
+      <c r="J488">
+        <v>0</v>
+      </c>
+      <c r="K488">
+        <v>298.635</v>
+      </c>
+      <c r="L488" t="s">
+        <v>28</v>
+      </c>
+      <c r="M488">
+        <v>1</v>
+      </c>
+      <c r="N488" t="s">
+        <v>82</v>
+      </c>
+      <c r="O488">
+        <v>2</v>
+      </c>
+      <c r="P488">
+        <v>14486</v>
+      </c>
+      <c r="Q488" t="s">
+        <v>45</v>
+      </c>
+      <c r="R488" t="s">
+        <v>51</v>
+      </c>
+      <c r="S488" t="s">
+        <v>84</v>
+      </c>
+      <c r="T488" t="s">
+        <v>32</v>
+      </c>
+      <c r="U488" t="s">
+        <v>42</v>
+      </c>
+      <c r="V488">
+        <v>1</v>
+      </c>
+      <c r="W488">
+        <v>0</v>
+      </c>
+      <c r="X488">
+        <v>0</v>
+      </c>
+      <c r="Y488">
+        <v>2.422</v>
+      </c>
+    </row>
+    <row r="489" spans="1:25">
+      <c r="A489" t="s">
+        <v>25</v>
+      </c>
+      <c r="B489">
+        <v>2025</v>
+      </c>
+      <c r="C489">
+        <v>3309</v>
+      </c>
+      <c r="D489" t="s">
+        <v>78</v>
+      </c>
+      <c r="E489" t="s">
+        <v>27</v>
+      </c>
+      <c r="F489">
+        <v>7</v>
+      </c>
+      <c r="G489">
+        <v>24.7584</v>
+      </c>
+      <c r="H489">
+        <v>197</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
+      </c>
+      <c r="J489">
+        <v>0</v>
+      </c>
+      <c r="K489">
+        <v>298.635</v>
+      </c>
+      <c r="L489" t="s">
+        <v>28</v>
+      </c>
+      <c r="M489">
+        <v>1</v>
+      </c>
+      <c r="N489" t="s">
+        <v>82</v>
+      </c>
+      <c r="O489">
+        <v>2</v>
+      </c>
+      <c r="P489">
+        <v>14486</v>
+      </c>
+      <c r="Q489" t="s">
+        <v>45</v>
+      </c>
+      <c r="R489" t="s">
+        <v>51</v>
+      </c>
+      <c r="S489" t="s">
+        <v>48</v>
+      </c>
+      <c r="T489" t="s">
+        <v>32</v>
+      </c>
+      <c r="U489" t="s">
+        <v>36</v>
+      </c>
+      <c r="V489">
+        <v>1</v>
+      </c>
+      <c r="W489">
+        <v>0</v>
+      </c>
+      <c r="X489">
+        <v>0</v>
+      </c>
+      <c r="Y489">
+        <v>0.706</v>
+      </c>
+    </row>
+    <row r="490" spans="1:25">
+      <c r="A490" t="s">
+        <v>25</v>
+      </c>
+      <c r="B490">
+        <v>2025</v>
+      </c>
+      <c r="C490">
+        <v>3309</v>
+      </c>
+      <c r="D490" t="s">
+        <v>78</v>
+      </c>
+      <c r="E490" t="s">
+        <v>27</v>
+      </c>
+      <c r="F490">
+        <v>7</v>
+      </c>
+      <c r="G490">
+        <v>24.7584</v>
+      </c>
+      <c r="H490">
+        <v>197</v>
+      </c>
+      <c r="I490">
+        <v>0</v>
+      </c>
+      <c r="J490">
+        <v>0</v>
+      </c>
+      <c r="K490">
+        <v>298.635</v>
+      </c>
+      <c r="L490" t="s">
+        <v>28</v>
+      </c>
+      <c r="M490">
+        <v>1</v>
+      </c>
+      <c r="N490" t="s">
+        <v>82</v>
+      </c>
+      <c r="O490">
+        <v>2</v>
+      </c>
+      <c r="P490">
+        <v>14486</v>
+      </c>
+      <c r="Q490" t="s">
+        <v>45</v>
+      </c>
+      <c r="R490" t="s">
+        <v>51</v>
+      </c>
+      <c r="S490" t="s">
+        <v>48</v>
+      </c>
+      <c r="T490" t="s">
+        <v>32</v>
+      </c>
+      <c r="U490" t="s">
+        <v>41</v>
+      </c>
+      <c r="V490">
+        <v>1</v>
+      </c>
+      <c r="W490">
+        <v>0</v>
+      </c>
+      <c r="X490">
+        <v>0</v>
+      </c>
+      <c r="Y490">
+        <v>1.101</v>
+      </c>
+    </row>
+    <row r="491" spans="1:25">
+      <c r="A491" t="s">
+        <v>25</v>
+      </c>
+      <c r="B491">
+        <v>2025</v>
+      </c>
+      <c r="C491">
+        <v>3309</v>
+      </c>
+      <c r="D491" t="s">
+        <v>78</v>
+      </c>
+      <c r="E491" t="s">
+        <v>27</v>
+      </c>
+      <c r="F491">
+        <v>7</v>
+      </c>
+      <c r="G491">
+        <v>24.7584</v>
+      </c>
+      <c r="H491">
+        <v>197</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
+      </c>
+      <c r="J491">
+        <v>0</v>
+      </c>
+      <c r="K491">
+        <v>298.635</v>
+      </c>
+      <c r="L491" t="s">
+        <v>28</v>
+      </c>
+      <c r="M491">
+        <v>1</v>
+      </c>
+      <c r="N491" t="s">
+        <v>82</v>
+      </c>
+      <c r="O491">
+        <v>2</v>
+      </c>
+      <c r="P491">
+        <v>14486</v>
+      </c>
+      <c r="Q491" t="s">
+        <v>45</v>
+      </c>
+      <c r="R491" t="s">
+        <v>51</v>
+      </c>
+      <c r="S491" t="s">
+        <v>48</v>
+      </c>
+      <c r="T491" t="s">
+        <v>32</v>
+      </c>
+      <c r="U491" t="s">
+        <v>42</v>
+      </c>
+      <c r="V491">
+        <v>1</v>
+      </c>
+      <c r="W491">
+        <v>0</v>
+      </c>
+      <c r="X491">
+        <v>0</v>
+      </c>
+      <c r="Y491">
+        <v>2.422</v>
+      </c>
+    </row>
+    <row r="492" spans="1:25">
+      <c r="A492" t="s">
+        <v>25</v>
+      </c>
+      <c r="B492">
+        <v>2025</v>
+      </c>
+      <c r="C492">
+        <v>3309</v>
+      </c>
+      <c r="D492" t="s">
+        <v>78</v>
+      </c>
+      <c r="E492" t="s">
+        <v>27</v>
+      </c>
+      <c r="F492">
+        <v>7</v>
+      </c>
+      <c r="G492">
+        <v>24.7584</v>
+      </c>
+      <c r="H492">
+        <v>197</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
+      </c>
+      <c r="J492">
+        <v>0</v>
+      </c>
+      <c r="K492">
+        <v>298.635</v>
+      </c>
+      <c r="L492" t="s">
+        <v>28</v>
+      </c>
+      <c r="M492">
+        <v>1</v>
+      </c>
+      <c r="N492" t="s">
+        <v>82</v>
+      </c>
+      <c r="O492">
+        <v>2</v>
+      </c>
+      <c r="P492">
+        <v>14486</v>
+      </c>
+      <c r="Q492" t="s">
+        <v>45</v>
+      </c>
+      <c r="R492" t="s">
+        <v>51</v>
+      </c>
+      <c r="S492" t="s">
+        <v>53</v>
+      </c>
+      <c r="T492" t="s">
+        <v>32</v>
+      </c>
+      <c r="U492" t="s">
+        <v>41</v>
+      </c>
+      <c r="V492">
+        <v>2</v>
+      </c>
+      <c r="W492">
+        <v>0</v>
+      </c>
+      <c r="X492">
+        <v>0</v>
+      </c>
+      <c r="Y492">
+        <v>2.429</v>
+      </c>
+    </row>
+    <row r="493" spans="1:25">
+      <c r="A493" t="s">
+        <v>25</v>
+      </c>
+      <c r="B493">
+        <v>2025</v>
+      </c>
+      <c r="C493">
+        <v>3309</v>
+      </c>
+      <c r="D493" t="s">
+        <v>78</v>
+      </c>
+      <c r="E493" t="s">
+        <v>27</v>
+      </c>
+      <c r="F493">
+        <v>7</v>
+      </c>
+      <c r="G493">
+        <v>24.7584</v>
+      </c>
+      <c r="H493">
+        <v>197</v>
+      </c>
+      <c r="I493">
+        <v>0</v>
+      </c>
+      <c r="J493">
+        <v>0</v>
+      </c>
+      <c r="K493">
+        <v>298.635</v>
+      </c>
+      <c r="L493" t="s">
+        <v>28</v>
+      </c>
+      <c r="M493">
+        <v>1</v>
+      </c>
+      <c r="N493" t="s">
+        <v>82</v>
+      </c>
+      <c r="O493">
+        <v>2</v>
+      </c>
+      <c r="P493">
+        <v>14486</v>
+      </c>
+      <c r="Q493" t="s">
+        <v>45</v>
+      </c>
+      <c r="R493" t="s">
+        <v>51</v>
+      </c>
+      <c r="S493" t="s">
+        <v>53</v>
+      </c>
+      <c r="T493" t="s">
+        <v>32</v>
+      </c>
+      <c r="U493" t="s">
+        <v>37</v>
+      </c>
+      <c r="V493">
+        <v>10</v>
+      </c>
+      <c r="W493">
+        <v>0</v>
+      </c>
+      <c r="X493">
+        <v>0</v>
+      </c>
+      <c r="Y493">
+        <v>18.441</v>
+      </c>
+    </row>
+    <row r="494" spans="1:25">
+      <c r="A494" t="s">
+        <v>25</v>
+      </c>
+      <c r="B494">
+        <v>2025</v>
+      </c>
+      <c r="C494">
+        <v>3309</v>
+      </c>
+      <c r="D494" t="s">
+        <v>78</v>
+      </c>
+      <c r="E494" t="s">
+        <v>27</v>
+      </c>
+      <c r="F494">
+        <v>7</v>
+      </c>
+      <c r="G494">
+        <v>24.7584</v>
+      </c>
+      <c r="H494">
+        <v>197</v>
+      </c>
+      <c r="I494">
+        <v>0</v>
+      </c>
+      <c r="J494">
+        <v>0</v>
+      </c>
+      <c r="K494">
+        <v>298.635</v>
+      </c>
+      <c r="L494" t="s">
+        <v>28</v>
+      </c>
+      <c r="M494">
+        <v>1</v>
+      </c>
+      <c r="N494" t="s">
+        <v>82</v>
+      </c>
+      <c r="O494">
+        <v>2</v>
+      </c>
+      <c r="P494">
+        <v>14486</v>
+      </c>
+      <c r="Q494" t="s">
+        <v>45</v>
+      </c>
+      <c r="R494" t="s">
+        <v>51</v>
+      </c>
+      <c r="S494" t="s">
+        <v>53</v>
+      </c>
+      <c r="T494" t="s">
+        <v>32</v>
+      </c>
+      <c r="U494" t="s">
+        <v>42</v>
+      </c>
+      <c r="V494">
+        <v>9</v>
+      </c>
+      <c r="W494">
+        <v>0</v>
+      </c>
+      <c r="X494">
+        <v>0</v>
+      </c>
+      <c r="Y494">
+        <v>24.051</v>
+      </c>
+    </row>
+    <row r="495" spans="1:25">
+      <c r="A495" t="s">
+        <v>25</v>
+      </c>
+      <c r="B495">
+        <v>2025</v>
+      </c>
+      <c r="C495">
+        <v>3309</v>
+      </c>
+      <c r="D495" t="s">
+        <v>78</v>
+      </c>
+      <c r="E495" t="s">
+        <v>27</v>
+      </c>
+      <c r="F495">
+        <v>7</v>
+      </c>
+      <c r="G495">
+        <v>24.7584</v>
+      </c>
+      <c r="H495">
+        <v>197</v>
+      </c>
+      <c r="I495">
+        <v>0</v>
+      </c>
+      <c r="J495">
+        <v>0</v>
+      </c>
+      <c r="K495">
+        <v>298.635</v>
+      </c>
+      <c r="L495" t="s">
+        <v>28</v>
+      </c>
+      <c r="M495">
+        <v>1</v>
+      </c>
+      <c r="N495" t="s">
+        <v>82</v>
+      </c>
+      <c r="O495">
+        <v>2</v>
+      </c>
+      <c r="P495">
+        <v>14486</v>
+      </c>
+      <c r="Q495" t="s">
+        <v>45</v>
+      </c>
+      <c r="R495" t="s">
+        <v>51</v>
+      </c>
+      <c r="S495" t="s">
+        <v>53</v>
+      </c>
+      <c r="T495" t="s">
+        <v>32</v>
+      </c>
+      <c r="U495" t="s">
+        <v>43</v>
+      </c>
+      <c r="V495">
+        <v>2</v>
+      </c>
+      <c r="W495">
+        <v>0</v>
+      </c>
+      <c r="X495">
+        <v>0</v>
+      </c>
+      <c r="Y495">
+        <v>7.213</v>
+      </c>
+    </row>
+    <row r="496" spans="1:25">
+      <c r="A496" t="s">
+        <v>25</v>
+      </c>
+      <c r="B496">
+        <v>2025</v>
+      </c>
+      <c r="C496">
+        <v>3309</v>
+      </c>
+      <c r="D496" t="s">
+        <v>78</v>
+      </c>
+      <c r="E496" t="s">
+        <v>27</v>
+      </c>
+      <c r="F496">
+        <v>8</v>
+      </c>
+      <c r="G496">
+        <v>2.7112</v>
+      </c>
+      <c r="H496">
+        <v>675</v>
+      </c>
+      <c r="I496">
+        <v>0</v>
+      </c>
+      <c r="J496">
+        <v>0</v>
+      </c>
+      <c r="K496">
+        <v>560.113</v>
+      </c>
+      <c r="L496" t="s">
+        <v>28</v>
+      </c>
+      <c r="M496">
+        <v>1</v>
+      </c>
+      <c r="N496" t="s">
+        <v>89</v>
+      </c>
+      <c r="O496">
+        <v>2</v>
+      </c>
+      <c r="P496">
+        <v>14486</v>
+      </c>
+      <c r="Q496" t="s">
+        <v>45</v>
+      </c>
+      <c r="R496" t="s">
+        <v>51</v>
+      </c>
+      <c r="S496" t="s">
+        <v>32</v>
+      </c>
+      <c r="T496" t="s">
+        <v>32</v>
+      </c>
+      <c r="U496" t="s">
+        <v>34</v>
+      </c>
+      <c r="V496">
+        <v>9</v>
+      </c>
+      <c r="W496">
+        <v>0</v>
+      </c>
+      <c r="X496">
+        <v>0</v>
+      </c>
+      <c r="Y496">
+        <v>2.081</v>
+      </c>
+    </row>
+    <row r="497" spans="1:25">
+      <c r="A497" t="s">
+        <v>25</v>
+      </c>
+      <c r="B497">
+        <v>2025</v>
+      </c>
+      <c r="C497">
+        <v>3309</v>
+      </c>
+      <c r="D497" t="s">
+        <v>78</v>
+      </c>
+      <c r="E497" t="s">
+        <v>27</v>
+      </c>
+      <c r="F497">
+        <v>8</v>
+      </c>
+      <c r="G497">
+        <v>2.7112</v>
+      </c>
+      <c r="H497">
+        <v>675</v>
+      </c>
+      <c r="I497">
+        <v>0</v>
+      </c>
+      <c r="J497">
+        <v>0</v>
+      </c>
+      <c r="K497">
+        <v>560.113</v>
+      </c>
+      <c r="L497" t="s">
+        <v>28</v>
+      </c>
+      <c r="M497">
+        <v>1</v>
+      </c>
+      <c r="N497" t="s">
+        <v>89</v>
+      </c>
+      <c r="O497">
+        <v>2</v>
+      </c>
+      <c r="P497">
+        <v>14486</v>
+      </c>
+      <c r="Q497" t="s">
+        <v>45</v>
+      </c>
+      <c r="R497" t="s">
+        <v>51</v>
+      </c>
+      <c r="S497" t="s">
+        <v>32</v>
+      </c>
+      <c r="T497" t="s">
+        <v>32</v>
+      </c>
+      <c r="U497" t="s">
+        <v>35</v>
+      </c>
+      <c r="V497">
+        <v>30</v>
+      </c>
+      <c r="W497">
+        <v>0</v>
+      </c>
+      <c r="X497">
+        <v>0</v>
+      </c>
+      <c r="Y497">
+        <v>11.16</v>
+      </c>
+    </row>
+    <row r="498" spans="1:25">
+      <c r="A498" t="s">
+        <v>25</v>
+      </c>
+      <c r="B498">
+        <v>2025</v>
+      </c>
+      <c r="C498">
+        <v>3309</v>
+      </c>
+      <c r="D498" t="s">
+        <v>78</v>
+      </c>
+      <c r="E498" t="s">
+        <v>27</v>
+      </c>
+      <c r="F498">
+        <v>8</v>
+      </c>
+      <c r="G498">
+        <v>2.7112</v>
+      </c>
+      <c r="H498">
+        <v>675</v>
+      </c>
+      <c r="I498">
+        <v>0</v>
+      </c>
+      <c r="J498">
+        <v>0</v>
+      </c>
+      <c r="K498">
+        <v>560.113</v>
+      </c>
+      <c r="L498" t="s">
+        <v>28</v>
+      </c>
+      <c r="M498">
+        <v>1</v>
+      </c>
+      <c r="N498" t="s">
+        <v>89</v>
+      </c>
+      <c r="O498">
+        <v>2</v>
+      </c>
+      <c r="P498">
+        <v>14486</v>
+      </c>
+      <c r="Q498" t="s">
+        <v>45</v>
+      </c>
+      <c r="R498" t="s">
+        <v>51</v>
+      </c>
+      <c r="S498" t="s">
+        <v>32</v>
+      </c>
+      <c r="T498" t="s">
+        <v>32</v>
+      </c>
+      <c r="U498" t="s">
+        <v>36</v>
+      </c>
+      <c r="V498">
+        <v>269</v>
+      </c>
+      <c r="W498">
+        <v>0</v>
+      </c>
+      <c r="X498">
+        <v>0</v>
+      </c>
+      <c r="Y498">
+        <v>161.896</v>
+      </c>
+    </row>
+    <row r="499" spans="1:25">
+      <c r="A499" t="s">
+        <v>25</v>
+      </c>
+      <c r="B499">
+        <v>2025</v>
+      </c>
+      <c r="C499">
+        <v>3309</v>
+      </c>
+      <c r="D499" t="s">
+        <v>78</v>
+      </c>
+      <c r="E499" t="s">
+        <v>27</v>
+      </c>
+      <c r="F499">
+        <v>8</v>
+      </c>
+      <c r="G499">
+        <v>2.7112</v>
+      </c>
+      <c r="H499">
+        <v>675</v>
+      </c>
+      <c r="I499">
+        <v>0</v>
+      </c>
+      <c r="J499">
+        <v>0</v>
+      </c>
+      <c r="K499">
+        <v>560.113</v>
+      </c>
+      <c r="L499" t="s">
+        <v>28</v>
+      </c>
+      <c r="M499">
+        <v>1</v>
+      </c>
+      <c r="N499" t="s">
+        <v>89</v>
+      </c>
+      <c r="O499">
+        <v>2</v>
+      </c>
+      <c r="P499">
+        <v>14486</v>
+      </c>
+      <c r="Q499" t="s">
+        <v>45</v>
+      </c>
+      <c r="R499" t="s">
+        <v>51</v>
+      </c>
+      <c r="S499" t="s">
+        <v>32</v>
+      </c>
+      <c r="T499" t="s">
+        <v>32</v>
+      </c>
+      <c r="U499" t="s">
+        <v>41</v>
+      </c>
+      <c r="V499">
+        <v>335</v>
+      </c>
+      <c r="W499">
+        <v>0</v>
+      </c>
+      <c r="X499">
+        <v>0</v>
+      </c>
+      <c r="Y499">
+        <v>334.309</v>
+      </c>
+    </row>
+    <row r="500" spans="1:25">
+      <c r="A500" t="s">
+        <v>25</v>
+      </c>
+      <c r="B500">
+        <v>2025</v>
+      </c>
+      <c r="C500">
+        <v>3309</v>
+      </c>
+      <c r="D500" t="s">
+        <v>78</v>
+      </c>
+      <c r="E500" t="s">
+        <v>27</v>
+      </c>
+      <c r="F500">
+        <v>8</v>
+      </c>
+      <c r="G500">
+        <v>2.7112</v>
+      </c>
+      <c r="H500">
+        <v>675</v>
+      </c>
+      <c r="I500">
+        <v>0</v>
+      </c>
+      <c r="J500">
+        <v>0</v>
+      </c>
+      <c r="K500">
+        <v>560.113</v>
+      </c>
+      <c r="L500" t="s">
+        <v>28</v>
+      </c>
+      <c r="M500">
+        <v>1</v>
+      </c>
+      <c r="N500" t="s">
+        <v>89</v>
+      </c>
+      <c r="O500">
+        <v>2</v>
+      </c>
+      <c r="P500">
+        <v>14486</v>
+      </c>
+      <c r="Q500" t="s">
+        <v>45</v>
+      </c>
+      <c r="R500" t="s">
+        <v>51</v>
+      </c>
+      <c r="S500" t="s">
+        <v>32</v>
+      </c>
+      <c r="T500" t="s">
+        <v>32</v>
+      </c>
+      <c r="U500" t="s">
+        <v>37</v>
+      </c>
+      <c r="V500">
+        <v>32</v>
+      </c>
+      <c r="W500">
+        <v>0</v>
+      </c>
+      <c r="X500">
+        <v>0</v>
+      </c>
+      <c r="Y500">
+        <v>50.667</v>
+      </c>
+    </row>
+    <row r="501" spans="1:25">
+      <c r="A501" t="s">
+        <v>25</v>
+      </c>
+      <c r="B501">
+        <v>2025</v>
+      </c>
+      <c r="C501">
+        <v>3309</v>
+      </c>
+      <c r="D501" t="s">
+        <v>78</v>
+      </c>
+      <c r="E501" t="s">
+        <v>27</v>
+      </c>
+      <c r="F501">
+        <v>9</v>
+      </c>
+      <c r="G501">
+        <v>5.5627</v>
+      </c>
+      <c r="H501">
+        <v>1003</v>
+      </c>
+      <c r="I501">
+        <v>0</v>
+      </c>
+      <c r="J501">
+        <v>0</v>
+      </c>
+      <c r="K501">
+        <v>987.98</v>
+      </c>
+      <c r="L501" t="s">
+        <v>28</v>
+      </c>
+      <c r="M501">
+        <v>1</v>
+      </c>
+      <c r="N501" t="s">
+        <v>79</v>
+      </c>
+      <c r="O501">
+        <v>2</v>
+      </c>
+      <c r="P501">
+        <v>14486</v>
+      </c>
+      <c r="Q501" t="s">
+        <v>45</v>
+      </c>
+      <c r="R501" t="s">
+        <v>51</v>
+      </c>
+      <c r="S501" t="s">
+        <v>32</v>
+      </c>
+      <c r="T501" t="s">
+        <v>32</v>
+      </c>
+      <c r="U501" t="s">
+        <v>34</v>
+      </c>
+      <c r="V501">
+        <v>4</v>
+      </c>
+      <c r="W501">
+        <v>0</v>
+      </c>
+      <c r="X501">
+        <v>0</v>
+      </c>
+      <c r="Y501">
+        <v>1.012</v>
+      </c>
+    </row>
+    <row r="502" spans="1:25">
+      <c r="A502" t="s">
+        <v>25</v>
+      </c>
+      <c r="B502">
+        <v>2025</v>
+      </c>
+      <c r="C502">
+        <v>3309</v>
+      </c>
+      <c r="D502" t="s">
+        <v>78</v>
+      </c>
+      <c r="E502" t="s">
+        <v>27</v>
+      </c>
+      <c r="F502">
+        <v>9</v>
+      </c>
+      <c r="G502">
+        <v>5.5627</v>
+      </c>
+      <c r="H502">
+        <v>1003</v>
+      </c>
+      <c r="I502">
+        <v>0</v>
+      </c>
+      <c r="J502">
+        <v>0</v>
+      </c>
+      <c r="K502">
+        <v>987.98</v>
+      </c>
+      <c r="L502" t="s">
+        <v>28</v>
+      </c>
+      <c r="M502">
+        <v>1</v>
+      </c>
+      <c r="N502" t="s">
+        <v>79</v>
+      </c>
+      <c r="O502">
+        <v>2</v>
+      </c>
+      <c r="P502">
+        <v>14486</v>
+      </c>
+      <c r="Q502" t="s">
+        <v>45</v>
+      </c>
+      <c r="R502" t="s">
+        <v>51</v>
+      </c>
+      <c r="S502" t="s">
+        <v>32</v>
+      </c>
+      <c r="T502" t="s">
+        <v>32</v>
+      </c>
+      <c r="U502" t="s">
+        <v>35</v>
+      </c>
+      <c r="V502">
+        <v>28</v>
+      </c>
+      <c r="W502">
+        <v>0</v>
+      </c>
+      <c r="X502">
+        <v>0</v>
+      </c>
+      <c r="Y502">
+        <v>10.416</v>
+      </c>
+    </row>
+    <row r="503" spans="1:25">
+      <c r="A503" t="s">
+        <v>25</v>
+      </c>
+      <c r="B503">
+        <v>2025</v>
+      </c>
+      <c r="C503">
+        <v>3309</v>
+      </c>
+      <c r="D503" t="s">
+        <v>78</v>
+      </c>
+      <c r="E503" t="s">
+        <v>27</v>
+      </c>
+      <c r="F503">
+        <v>9</v>
+      </c>
+      <c r="G503">
+        <v>5.5627</v>
+      </c>
+      <c r="H503">
+        <v>1003</v>
+      </c>
+      <c r="I503">
+        <v>0</v>
+      </c>
+      <c r="J503">
+        <v>0</v>
+      </c>
+      <c r="K503">
+        <v>987.98</v>
+      </c>
+      <c r="L503" t="s">
+        <v>28</v>
+      </c>
+      <c r="M503">
+        <v>1</v>
+      </c>
+      <c r="N503" t="s">
+        <v>79</v>
+      </c>
+      <c r="O503">
+        <v>2</v>
+      </c>
+      <c r="P503">
+        <v>14486</v>
+      </c>
+      <c r="Q503" t="s">
+        <v>45</v>
+      </c>
+      <c r="R503" t="s">
+        <v>51</v>
+      </c>
+      <c r="S503" t="s">
+        <v>32</v>
+      </c>
+      <c r="T503" t="s">
+        <v>32</v>
+      </c>
+      <c r="U503" t="s">
+        <v>36</v>
+      </c>
+      <c r="V503">
+        <v>256</v>
+      </c>
+      <c r="W503">
+        <v>0</v>
+      </c>
+      <c r="X503">
+        <v>0</v>
+      </c>
+      <c r="Y503">
+        <v>157.943</v>
+      </c>
+    </row>
+    <row r="504" spans="1:25">
+      <c r="A504" t="s">
+        <v>25</v>
+      </c>
+      <c r="B504">
+        <v>2025</v>
+      </c>
+      <c r="C504">
+        <v>3309</v>
+      </c>
+      <c r="D504" t="s">
+        <v>78</v>
+      </c>
+      <c r="E504" t="s">
+        <v>27</v>
+      </c>
+      <c r="F504">
+        <v>9</v>
+      </c>
+      <c r="G504">
+        <v>5.5627</v>
+      </c>
+      <c r="H504">
+        <v>1003</v>
+      </c>
+      <c r="I504">
+        <v>0</v>
+      </c>
+      <c r="J504">
+        <v>0</v>
+      </c>
+      <c r="K504">
+        <v>987.98</v>
+      </c>
+      <c r="L504" t="s">
+        <v>28</v>
+      </c>
+      <c r="M504">
+        <v>1</v>
+      </c>
+      <c r="N504" t="s">
+        <v>79</v>
+      </c>
+      <c r="O504">
+        <v>2</v>
+      </c>
+      <c r="P504">
+        <v>14486</v>
+      </c>
+      <c r="Q504" t="s">
+        <v>45</v>
+      </c>
+      <c r="R504" t="s">
+        <v>51</v>
+      </c>
+      <c r="S504" t="s">
+        <v>32</v>
+      </c>
+      <c r="T504" t="s">
+        <v>32</v>
+      </c>
+      <c r="U504" t="s">
+        <v>41</v>
+      </c>
+      <c r="V504">
+        <v>491</v>
+      </c>
+      <c r="W504">
+        <v>0</v>
+      </c>
+      <c r="X504">
+        <v>0</v>
+      </c>
+      <c r="Y504">
+        <v>500.239</v>
+      </c>
+    </row>
+    <row r="505" spans="1:25">
+      <c r="A505" t="s">
+        <v>25</v>
+      </c>
+      <c r="B505">
+        <v>2025</v>
+      </c>
+      <c r="C505">
+        <v>3309</v>
+      </c>
+      <c r="D505" t="s">
+        <v>78</v>
+      </c>
+      <c r="E505" t="s">
+        <v>27</v>
+      </c>
+      <c r="F505">
+        <v>9</v>
+      </c>
+      <c r="G505">
+        <v>5.5627</v>
+      </c>
+      <c r="H505">
+        <v>1003</v>
+      </c>
+      <c r="I505">
+        <v>0</v>
+      </c>
+      <c r="J505">
+        <v>0</v>
+      </c>
+      <c r="K505">
+        <v>987.98</v>
+      </c>
+      <c r="L505" t="s">
+        <v>28</v>
+      </c>
+      <c r="M505">
+        <v>1</v>
+      </c>
+      <c r="N505" t="s">
+        <v>79</v>
+      </c>
+      <c r="O505">
+        <v>2</v>
+      </c>
+      <c r="P505">
+        <v>14486</v>
+      </c>
+      <c r="Q505" t="s">
+        <v>45</v>
+      </c>
+      <c r="R505" t="s">
+        <v>51</v>
+      </c>
+      <c r="S505" t="s">
+        <v>32</v>
+      </c>
+      <c r="T505" t="s">
+        <v>32</v>
+      </c>
+      <c r="U505" t="s">
+        <v>37</v>
+      </c>
+      <c r="V505">
+        <v>81</v>
+      </c>
+      <c r="W505">
+        <v>0</v>
+      </c>
+      <c r="X505">
+        <v>0</v>
+      </c>
+      <c r="Y505">
+        <v>130.029</v>
+      </c>
+    </row>
+    <row r="506" spans="1:25">
+      <c r="A506" t="s">
+        <v>25</v>
+      </c>
+      <c r="B506">
+        <v>2025</v>
+      </c>
+      <c r="C506">
+        <v>3309</v>
+      </c>
+      <c r="D506" t="s">
+        <v>78</v>
+      </c>
+      <c r="E506" t="s">
+        <v>27</v>
+      </c>
+      <c r="F506">
+        <v>9</v>
+      </c>
+      <c r="G506">
+        <v>5.5627</v>
+      </c>
+      <c r="H506">
+        <v>1003</v>
+      </c>
+      <c r="I506">
+        <v>0</v>
+      </c>
+      <c r="J506">
+        <v>0</v>
+      </c>
+      <c r="K506">
+        <v>987.98</v>
+      </c>
+      <c r="L506" t="s">
+        <v>28</v>
+      </c>
+      <c r="M506">
+        <v>1</v>
+      </c>
+      <c r="N506" t="s">
+        <v>79</v>
+      </c>
+      <c r="O506">
+        <v>2</v>
+      </c>
+      <c r="P506">
+        <v>14486</v>
+      </c>
+      <c r="Q506" t="s">
+        <v>45</v>
+      </c>
+      <c r="R506" t="s">
+        <v>51</v>
+      </c>
+      <c r="S506" t="s">
+        <v>32</v>
+      </c>
+      <c r="T506" t="s">
+        <v>32</v>
+      </c>
+      <c r="U506" t="s">
+        <v>42</v>
+      </c>
+      <c r="V506">
+        <v>1</v>
+      </c>
+      <c r="W506">
+        <v>0</v>
+      </c>
+      <c r="X506">
+        <v>0</v>
+      </c>
+      <c r="Y506">
+        <v>2.3</v>
+      </c>
+    </row>
+    <row r="507" spans="1:25">
+      <c r="A507" t="s">
+        <v>25</v>
+      </c>
+      <c r="B507">
+        <v>2025</v>
+      </c>
+      <c r="C507">
+        <v>3309</v>
+      </c>
+      <c r="D507" t="s">
+        <v>78</v>
+      </c>
+      <c r="E507" t="s">
+        <v>27</v>
+      </c>
+      <c r="F507">
+        <v>9</v>
+      </c>
+      <c r="G507">
+        <v>5.5627</v>
+      </c>
+      <c r="H507">
+        <v>1003</v>
+      </c>
+      <c r="I507">
+        <v>0</v>
+      </c>
+      <c r="J507">
+        <v>0</v>
+      </c>
+      <c r="K507">
+        <v>987.98</v>
+      </c>
+      <c r="L507" t="s">
+        <v>28</v>
+      </c>
+      <c r="M507">
+        <v>1</v>
+      </c>
+      <c r="N507" t="s">
+        <v>79</v>
+      </c>
+      <c r="O507">
+        <v>2</v>
+      </c>
+      <c r="P507">
+        <v>14486</v>
+      </c>
+      <c r="Q507" t="s">
+        <v>50</v>
+      </c>
+      <c r="R507" t="s">
+        <v>51</v>
+      </c>
+      <c r="S507" t="s">
+        <v>32</v>
+      </c>
+      <c r="T507" t="s">
+        <v>32</v>
+      </c>
+      <c r="U507" t="s">
+        <v>35</v>
+      </c>
+      <c r="V507">
+        <v>2</v>
+      </c>
+      <c r="W507">
+        <v>0</v>
+      </c>
+      <c r="X507">
+        <v>0</v>
+      </c>
+      <c r="Y507">
+        <v>0.694</v>
+      </c>
+    </row>
+    <row r="508" spans="1:25">
+      <c r="A508" t="s">
+        <v>25</v>
+      </c>
+      <c r="B508">
+        <v>2025</v>
+      </c>
+      <c r="C508">
+        <v>3309</v>
+      </c>
+      <c r="D508" t="s">
+        <v>78</v>
+      </c>
+      <c r="E508" t="s">
+        <v>27</v>
+      </c>
+      <c r="F508">
+        <v>9</v>
+      </c>
+      <c r="G508">
+        <v>5.5627</v>
+      </c>
+      <c r="H508">
+        <v>1003</v>
+      </c>
+      <c r="I508">
+        <v>0</v>
+      </c>
+      <c r="J508">
+        <v>0</v>
+      </c>
+      <c r="K508">
+        <v>987.98</v>
+      </c>
+      <c r="L508" t="s">
+        <v>28</v>
+      </c>
+      <c r="M508">
+        <v>1</v>
+      </c>
+      <c r="N508" t="s">
+        <v>79</v>
+      </c>
+      <c r="O508">
+        <v>2</v>
+      </c>
+      <c r="P508">
+        <v>14486</v>
+      </c>
+      <c r="Q508" t="s">
+        <v>50</v>
+      </c>
+      <c r="R508" t="s">
+        <v>51</v>
+      </c>
+      <c r="S508" t="s">
+        <v>32</v>
+      </c>
+      <c r="T508" t="s">
+        <v>32</v>
+      </c>
+      <c r="U508" t="s">
+        <v>36</v>
+      </c>
+      <c r="V508">
+        <v>1</v>
+      </c>
+      <c r="W508">
+        <v>0</v>
+      </c>
+      <c r="X508">
+        <v>0</v>
+      </c>
+      <c r="Y508">
+        <v>0.477</v>
+      </c>
+    </row>
+    <row r="509" spans="1:25">
+      <c r="A509" t="s">
+        <v>25</v>
+      </c>
+      <c r="B509">
+        <v>2025</v>
+      </c>
+      <c r="C509">
+        <v>3309</v>
+      </c>
+      <c r="D509" t="s">
+        <v>78</v>
+      </c>
+      <c r="E509" t="s">
+        <v>27</v>
+      </c>
+      <c r="F509">
+        <v>9</v>
+      </c>
+      <c r="G509">
+        <v>5.5627</v>
+      </c>
+      <c r="H509">
+        <v>1003</v>
+      </c>
+      <c r="I509">
+        <v>0</v>
+      </c>
+      <c r="J509">
+        <v>0</v>
+      </c>
+      <c r="K509">
+        <v>987.98</v>
+      </c>
+      <c r="L509" t="s">
+        <v>28</v>
+      </c>
+      <c r="M509">
+        <v>1</v>
+      </c>
+      <c r="N509" t="s">
+        <v>79</v>
+      </c>
+      <c r="O509">
+        <v>2</v>
+      </c>
+      <c r="P509">
+        <v>14486</v>
+      </c>
+      <c r="Q509" t="s">
+        <v>50</v>
+      </c>
+      <c r="R509" t="s">
+        <v>51</v>
+      </c>
+      <c r="S509" t="s">
+        <v>32</v>
+      </c>
+      <c r="T509" t="s">
+        <v>32</v>
+      </c>
+      <c r="U509" t="s">
+        <v>41</v>
+      </c>
+      <c r="V509">
+        <v>9</v>
+      </c>
+      <c r="W509">
+        <v>0</v>
+      </c>
+      <c r="X509">
+        <v>0</v>
+      </c>
+      <c r="Y509">
+        <v>9.145</v>
+      </c>
+    </row>
+    <row r="510" spans="1:25">
+      <c r="A510" t="s">
+        <v>25</v>
+      </c>
+      <c r="B510">
+        <v>2025</v>
+      </c>
+      <c r="C510">
+        <v>3309</v>
+      </c>
+      <c r="D510" t="s">
+        <v>78</v>
+      </c>
+      <c r="E510" t="s">
+        <v>27</v>
+      </c>
+      <c r="F510">
+        <v>9</v>
+      </c>
+      <c r="G510">
+        <v>5.5627</v>
+      </c>
+      <c r="H510">
+        <v>1003</v>
+      </c>
+      <c r="I510">
+        <v>0</v>
+      </c>
+      <c r="J510">
+        <v>0</v>
+      </c>
+      <c r="K510">
+        <v>987.98</v>
+      </c>
+      <c r="L510" t="s">
+        <v>28</v>
+      </c>
+      <c r="M510">
+        <v>1</v>
+      </c>
+      <c r="N510" t="s">
+        <v>79</v>
+      </c>
+      <c r="O510">
+        <v>2</v>
+      </c>
+      <c r="P510">
+        <v>14486</v>
+      </c>
+      <c r="Q510" t="s">
+        <v>50</v>
+      </c>
+      <c r="R510" t="s">
+        <v>51</v>
+      </c>
+      <c r="S510" t="s">
+        <v>32</v>
+      </c>
+      <c r="T510" t="s">
+        <v>32</v>
+      </c>
+      <c r="U510" t="s">
+        <v>37</v>
+      </c>
+      <c r="V510">
+        <v>12</v>
+      </c>
+      <c r="W510">
+        <v>0</v>
+      </c>
+      <c r="X510">
+        <v>0</v>
+      </c>
+      <c r="Y510">
+        <v>18.474</v>
+      </c>
+    </row>
+    <row r="511" spans="1:25">
+      <c r="A511" t="s">
+        <v>25</v>
+      </c>
+      <c r="B511">
+        <v>2025</v>
+      </c>
+      <c r="C511">
+        <v>3309</v>
+      </c>
+      <c r="D511" t="s">
+        <v>78</v>
+      </c>
+      <c r="E511" t="s">
+        <v>27</v>
+      </c>
+      <c r="F511">
+        <v>9</v>
+      </c>
+      <c r="G511">
+        <v>5.5627</v>
+      </c>
+      <c r="H511">
+        <v>1003</v>
+      </c>
+      <c r="I511">
+        <v>0</v>
+      </c>
+      <c r="J511">
+        <v>0</v>
+      </c>
+      <c r="K511">
+        <v>987.98</v>
+      </c>
+      <c r="L511" t="s">
+        <v>28</v>
+      </c>
+      <c r="M511">
+        <v>1</v>
+      </c>
+      <c r="N511" t="s">
+        <v>79</v>
+      </c>
+      <c r="O511">
+        <v>2</v>
+      </c>
+      <c r="P511">
+        <v>14486</v>
+      </c>
+      <c r="Q511" t="s">
+        <v>50</v>
+      </c>
+      <c r="R511" t="s">
+        <v>51</v>
+      </c>
+      <c r="S511" t="s">
+        <v>32</v>
+      </c>
+      <c r="T511" t="s">
+        <v>32</v>
+      </c>
+      <c r="U511" t="s">
+        <v>42</v>
+      </c>
+      <c r="V511">
+        <v>3</v>
+      </c>
+      <c r="W511">
+        <v>0</v>
+      </c>
+      <c r="X511">
+        <v>0</v>
+      </c>
+      <c r="Y511">
+        <v>7.065</v>
+      </c>
+    </row>
+    <row r="512" spans="1:25">
+      <c r="A512" t="s">
+        <v>25</v>
+      </c>
+      <c r="B512">
+        <v>2025</v>
+      </c>
+      <c r="C512">
+        <v>3309</v>
+      </c>
+      <c r="D512" t="s">
+        <v>78</v>
+      </c>
+      <c r="E512" t="s">
+        <v>27</v>
+      </c>
+      <c r="F512">
+        <v>9</v>
+      </c>
+      <c r="G512">
+        <v>5.5627</v>
+      </c>
+      <c r="H512">
+        <v>1003</v>
+      </c>
+      <c r="I512">
+        <v>0</v>
+      </c>
+      <c r="J512">
+        <v>0</v>
+      </c>
+      <c r="K512">
+        <v>987.98</v>
+      </c>
+      <c r="L512" t="s">
+        <v>28</v>
+      </c>
+      <c r="M512">
+        <v>1</v>
+      </c>
+      <c r="N512" t="s">
+        <v>79</v>
+      </c>
+      <c r="O512">
+        <v>2</v>
+      </c>
+      <c r="P512">
+        <v>14486</v>
+      </c>
+      <c r="Q512" t="s">
+        <v>45</v>
+      </c>
+      <c r="R512" t="s">
+        <v>51</v>
+      </c>
+      <c r="S512" t="s">
+        <v>53</v>
+      </c>
+      <c r="T512" t="s">
+        <v>32</v>
+      </c>
+      <c r="U512" t="s">
+        <v>36</v>
+      </c>
+      <c r="V512">
+        <v>4</v>
+      </c>
+      <c r="W512">
+        <v>0</v>
+      </c>
+      <c r="X512">
+        <v>0</v>
+      </c>
+      <c r="Y512">
+        <v>2.366</v>
+      </c>
+    </row>
+    <row r="513" spans="1:25">
+      <c r="A513" t="s">
+        <v>25</v>
+      </c>
+      <c r="B513">
+        <v>2025</v>
+      </c>
+      <c r="C513">
+        <v>3309</v>
+      </c>
+      <c r="D513" t="s">
+        <v>78</v>
+      </c>
+      <c r="E513" t="s">
+        <v>27</v>
+      </c>
+      <c r="F513">
+        <v>9</v>
+      </c>
+      <c r="G513">
+        <v>5.5627</v>
+      </c>
+      <c r="H513">
+        <v>1003</v>
+      </c>
+      <c r="I513">
+        <v>0</v>
+      </c>
+      <c r="J513">
+        <v>0</v>
+      </c>
+      <c r="K513">
+        <v>987.98</v>
+      </c>
+      <c r="L513" t="s">
+        <v>28</v>
+      </c>
+      <c r="M513">
+        <v>1</v>
+      </c>
+      <c r="N513" t="s">
+        <v>79</v>
+      </c>
+      <c r="O513">
+        <v>2</v>
+      </c>
+      <c r="P513">
+        <v>14486</v>
+      </c>
+      <c r="Q513" t="s">
+        <v>45</v>
+      </c>
+      <c r="R513" t="s">
+        <v>51</v>
+      </c>
+      <c r="S513" t="s">
+        <v>53</v>
+      </c>
+      <c r="T513" t="s">
+        <v>32</v>
+      </c>
+      <c r="U513" t="s">
+        <v>41</v>
+      </c>
+      <c r="V513">
+        <v>28</v>
+      </c>
+      <c r="W513">
+        <v>0</v>
+      </c>
+      <c r="X513">
+        <v>0</v>
+      </c>
+      <c r="Y513">
+        <v>31.308</v>
+      </c>
+    </row>
+    <row r="514" spans="1:25">
+      <c r="A514" t="s">
+        <v>25</v>
+      </c>
+      <c r="B514">
+        <v>2025</v>
+      </c>
+      <c r="C514">
+        <v>3309</v>
+      </c>
+      <c r="D514" t="s">
+        <v>78</v>
+      </c>
+      <c r="E514" t="s">
+        <v>27</v>
+      </c>
+      <c r="F514">
+        <v>9</v>
+      </c>
+      <c r="G514">
+        <v>5.5627</v>
+      </c>
+      <c r="H514">
+        <v>1003</v>
+      </c>
+      <c r="I514">
+        <v>0</v>
+      </c>
+      <c r="J514">
+        <v>0</v>
+      </c>
+      <c r="K514">
+        <v>987.98</v>
+      </c>
+      <c r="L514" t="s">
+        <v>28</v>
+      </c>
+      <c r="M514">
+        <v>1</v>
+      </c>
+      <c r="N514" t="s">
+        <v>79</v>
+      </c>
+      <c r="O514">
+        <v>2</v>
+      </c>
+      <c r="P514">
+        <v>14486</v>
+      </c>
+      <c r="Q514" t="s">
+        <v>45</v>
+      </c>
+      <c r="R514" t="s">
+        <v>51</v>
+      </c>
+      <c r="S514" t="s">
+        <v>53</v>
+      </c>
+      <c r="T514" t="s">
+        <v>32</v>
+      </c>
+      <c r="U514" t="s">
+        <v>37</v>
+      </c>
+      <c r="V514">
+        <v>39</v>
+      </c>
+      <c r="W514">
+        <v>0</v>
+      </c>
+      <c r="X514">
+        <v>0</v>
+      </c>
+      <c r="Y514">
+        <v>68.354</v>
+      </c>
+    </row>
+    <row r="515" spans="1:25">
+      <c r="A515" t="s">
+        <v>25</v>
+      </c>
+      <c r="B515">
+        <v>2025</v>
+      </c>
+      <c r="C515">
+        <v>3309</v>
+      </c>
+      <c r="D515" t="s">
+        <v>78</v>
+      </c>
+      <c r="E515" t="s">
+        <v>27</v>
+      </c>
+      <c r="F515">
+        <v>9</v>
+      </c>
+      <c r="G515">
+        <v>5.5627</v>
+      </c>
+      <c r="H515">
+        <v>1003</v>
+      </c>
+      <c r="I515">
+        <v>0</v>
+      </c>
+      <c r="J515">
+        <v>0</v>
+      </c>
+      <c r="K515">
+        <v>987.98</v>
+      </c>
+      <c r="L515" t="s">
+        <v>28</v>
+      </c>
+      <c r="M515">
+        <v>1</v>
+      </c>
+      <c r="N515" t="s">
+        <v>79</v>
+      </c>
+      <c r="O515">
+        <v>2</v>
+      </c>
+      <c r="P515">
+        <v>14486</v>
+      </c>
+      <c r="Q515" t="s">
+        <v>45</v>
+      </c>
+      <c r="R515" t="s">
+        <v>51</v>
+      </c>
+      <c r="S515" t="s">
+        <v>53</v>
+      </c>
+      <c r="T515" t="s">
+        <v>32</v>
+      </c>
+      <c r="U515" t="s">
+        <v>42</v>
+      </c>
+      <c r="V515">
+        <v>6</v>
+      </c>
+      <c r="W515">
+        <v>0</v>
+      </c>
+      <c r="X515">
+        <v>0</v>
+      </c>
+      <c r="Y515">
+        <v>14.402</v>
+      </c>
+    </row>
+    <row r="516" spans="1:25">
+      <c r="A516" t="s">
+        <v>25</v>
+      </c>
+      <c r="B516">
+        <v>2025</v>
+      </c>
+      <c r="C516">
+        <v>3309</v>
+      </c>
+      <c r="D516" t="s">
+        <v>78</v>
+      </c>
+      <c r="E516" t="s">
+        <v>27</v>
+      </c>
+      <c r="F516">
+        <v>9</v>
+      </c>
+      <c r="G516">
+        <v>5.5627</v>
+      </c>
+      <c r="H516">
+        <v>1003</v>
+      </c>
+      <c r="I516">
+        <v>0</v>
+      </c>
+      <c r="J516">
+        <v>0</v>
+      </c>
+      <c r="K516">
+        <v>987.98</v>
+      </c>
+      <c r="L516" t="s">
+        <v>28</v>
+      </c>
+      <c r="M516">
+        <v>1</v>
+      </c>
+      <c r="N516" t="s">
+        <v>79</v>
+      </c>
+      <c r="O516">
+        <v>2</v>
+      </c>
+      <c r="P516">
+        <v>14486</v>
+      </c>
+      <c r="Q516" t="s">
+        <v>45</v>
+      </c>
+      <c r="R516" t="s">
+        <v>51</v>
+      </c>
+      <c r="S516" t="s">
+        <v>84</v>
+      </c>
+      <c r="T516" t="s">
+        <v>32</v>
+      </c>
+      <c r="U516" t="s">
+        <v>36</v>
+      </c>
+      <c r="V516">
+        <v>13</v>
+      </c>
+      <c r="W516">
+        <v>0</v>
+      </c>
+      <c r="X516">
+        <v>0</v>
+      </c>
+      <c r="Y516">
+        <v>8.405</v>
+      </c>
+    </row>
+    <row r="517" spans="1:25">
+      <c r="A517" t="s">
+        <v>25</v>
+      </c>
+      <c r="B517">
+        <v>2025</v>
+      </c>
+      <c r="C517">
+        <v>3309</v>
+      </c>
+      <c r="D517" t="s">
+        <v>78</v>
+      </c>
+      <c r="E517" t="s">
+        <v>27</v>
+      </c>
+      <c r="F517">
+        <v>9</v>
+      </c>
+      <c r="G517">
+        <v>5.5627</v>
+      </c>
+      <c r="H517">
+        <v>1003</v>
+      </c>
+      <c r="I517">
+        <v>0</v>
+      </c>
+      <c r="J517">
+        <v>0</v>
+      </c>
+      <c r="K517">
+        <v>987.98</v>
+      </c>
+      <c r="L517" t="s">
+        <v>28</v>
+      </c>
+      <c r="M517">
+        <v>1</v>
+      </c>
+      <c r="N517" t="s">
+        <v>79</v>
+      </c>
+      <c r="O517">
+        <v>2</v>
+      </c>
+      <c r="P517">
+        <v>14486</v>
+      </c>
+      <c r="Q517" t="s">
+        <v>45</v>
+      </c>
+      <c r="R517" t="s">
+        <v>51</v>
+      </c>
+      <c r="S517" t="s">
+        <v>84</v>
+      </c>
+      <c r="T517" t="s">
+        <v>32</v>
+      </c>
+      <c r="U517" t="s">
+        <v>41</v>
+      </c>
+      <c r="V517">
+        <v>24</v>
+      </c>
+      <c r="W517">
+        <v>0</v>
+      </c>
+      <c r="X517">
+        <v>0</v>
+      </c>
+      <c r="Y517">
+        <v>23.604</v>
+      </c>
+    </row>
+    <row r="518" spans="1:25">
+      <c r="A518" t="s">
+        <v>25</v>
+      </c>
+      <c r="B518">
+        <v>2025</v>
+      </c>
+      <c r="C518">
+        <v>3309</v>
+      </c>
+      <c r="D518" t="s">
+        <v>78</v>
+      </c>
+      <c r="E518" t="s">
+        <v>27</v>
+      </c>
+      <c r="F518">
+        <v>9</v>
+      </c>
+      <c r="G518">
+        <v>5.5627</v>
+      </c>
+      <c r="H518">
+        <v>1003</v>
+      </c>
+      <c r="I518">
+        <v>0</v>
+      </c>
+      <c r="J518">
+        <v>0</v>
+      </c>
+      <c r="K518">
+        <v>987.98</v>
+      </c>
+      <c r="L518" t="s">
+        <v>28</v>
+      </c>
+      <c r="M518">
+        <v>1</v>
+      </c>
+      <c r="N518" t="s">
+        <v>79</v>
+      </c>
+      <c r="O518">
+        <v>2</v>
+      </c>
+      <c r="P518">
+        <v>14486</v>
+      </c>
+      <c r="Q518" t="s">
+        <v>45</v>
+      </c>
+      <c r="R518" t="s">
+        <v>51</v>
+      </c>
+      <c r="S518" t="s">
+        <v>84</v>
+      </c>
+      <c r="T518" t="s">
+        <v>32</v>
+      </c>
+      <c r="U518" t="s">
+        <v>37</v>
+      </c>
+      <c r="V518">
+        <v>1</v>
+      </c>
+      <c r="W518">
+        <v>0</v>
+      </c>
+      <c r="X518">
+        <v>0</v>
+      </c>
+      <c r="Y518">
+        <v>1.747</v>
+      </c>
+    </row>
+    <row r="519" spans="1:25">
+      <c r="A519" t="s">
+        <v>25</v>
+      </c>
+      <c r="B519">
+        <v>2025</v>
+      </c>
+      <c r="C519">
+        <v>5237</v>
+      </c>
+      <c r="D519" t="s">
+        <v>90</v>
+      </c>
+      <c r="E519" t="s">
+        <v>27</v>
+      </c>
+      <c r="F519">
+        <v>21</v>
+      </c>
+      <c r="G519">
+        <v>8.1824</v>
+      </c>
+      <c r="H519">
+        <v>35</v>
+      </c>
+      <c r="I519">
+        <v>78.0</v>
+      </c>
+      <c r="J519">
+        <v>96.447</v>
+      </c>
+      <c r="K519">
+        <v>0</v>
+      </c>
+      <c r="L519" t="s">
+        <v>28</v>
+      </c>
+      <c r="M519">
+        <v>0</v>
+      </c>
+      <c r="N519" t="s">
+        <v>91</v>
+      </c>
+      <c r="O519">
+        <v>2</v>
+      </c>
+      <c r="P519">
+        <v>14486</v>
+      </c>
+      <c r="Q519" t="s">
+        <v>40</v>
+      </c>
+      <c r="R519" t="s">
+        <v>31</v>
+      </c>
+      <c r="S519" t="s">
+        <v>32</v>
+      </c>
+      <c r="T519" t="s">
+        <v>32</v>
+      </c>
+      <c r="U519" t="s">
+        <v>36</v>
+      </c>
+      <c r="V519">
+        <v>1</v>
+      </c>
+      <c r="W519">
+        <v>0</v>
+      </c>
+      <c r="X519">
+        <v>0</v>
+      </c>
+      <c r="Y519">
+        <v>0.568</v>
+      </c>
+    </row>
+    <row r="520" spans="1:25">
+      <c r="A520" t="s">
+        <v>25</v>
+      </c>
+      <c r="B520">
+        <v>2025</v>
+      </c>
+      <c r="C520">
+        <v>5237</v>
+      </c>
+      <c r="D520" t="s">
+        <v>90</v>
+      </c>
+      <c r="E520" t="s">
+        <v>27</v>
+      </c>
+      <c r="F520">
+        <v>21</v>
+      </c>
+      <c r="G520">
+        <v>8.1824</v>
+      </c>
+      <c r="H520">
+        <v>35</v>
+      </c>
+      <c r="I520">
+        <v>78.0</v>
+      </c>
+      <c r="J520">
+        <v>96.447</v>
+      </c>
+      <c r="K520">
+        <v>0</v>
+      </c>
+      <c r="L520" t="s">
+        <v>28</v>
+      </c>
+      <c r="M520">
+        <v>0</v>
+      </c>
+      <c r="N520" t="s">
+        <v>91</v>
+      </c>
+      <c r="O520">
+        <v>2</v>
+      </c>
+      <c r="P520">
+        <v>14486</v>
+      </c>
+      <c r="Q520" t="s">
+        <v>40</v>
+      </c>
+      <c r="R520" t="s">
+        <v>31</v>
+      </c>
+      <c r="S520" t="s">
+        <v>32</v>
+      </c>
+      <c r="T520" t="s">
+        <v>32</v>
+      </c>
+      <c r="U520" t="s">
+        <v>41</v>
+      </c>
+      <c r="V520">
+        <v>2</v>
+      </c>
+      <c r="W520">
+        <v>1.0</v>
+      </c>
+      <c r="X520">
+        <v>0</v>
+      </c>
+      <c r="Y520">
+        <v>1.61</v>
+      </c>
+    </row>
+    <row r="521" spans="1:25">
+      <c r="A521" t="s">
+        <v>25</v>
+      </c>
+      <c r="B521">
+        <v>2025</v>
+      </c>
+      <c r="C521">
+        <v>5237</v>
+      </c>
+      <c r="D521" t="s">
+        <v>90</v>
+      </c>
+      <c r="E521" t="s">
+        <v>27</v>
+      </c>
+      <c r="F521">
+        <v>21</v>
+      </c>
+      <c r="G521">
+        <v>8.1824</v>
+      </c>
+      <c r="H521">
+        <v>35</v>
+      </c>
+      <c r="I521">
+        <v>78.0</v>
+      </c>
+      <c r="J521">
+        <v>96.447</v>
+      </c>
+      <c r="K521">
+        <v>0</v>
+      </c>
+      <c r="L521" t="s">
+        <v>28</v>
+      </c>
+      <c r="M521">
+        <v>0</v>
+      </c>
+      <c r="N521" t="s">
+        <v>91</v>
+      </c>
+      <c r="O521">
+        <v>2</v>
+      </c>
+      <c r="P521">
+        <v>14486</v>
+      </c>
+      <c r="Q521" t="s">
+        <v>40</v>
+      </c>
+      <c r="R521" t="s">
+        <v>31</v>
+      </c>
+      <c r="S521" t="s">
+        <v>32</v>
+      </c>
+      <c r="T521" t="s">
+        <v>32</v>
+      </c>
+      <c r="U521" t="s">
+        <v>37</v>
+      </c>
+      <c r="V521">
+        <v>1</v>
+      </c>
+      <c r="W521">
+        <v>0</v>
+      </c>
+      <c r="X521">
+        <v>0</v>
+      </c>
+      <c r="Y521">
+        <v>0.995</v>
+      </c>
+    </row>
+    <row r="522" spans="1:25">
+      <c r="A522" t="s">
+        <v>25</v>
+      </c>
+      <c r="B522">
+        <v>2025</v>
+      </c>
+      <c r="C522">
+        <v>5237</v>
+      </c>
+      <c r="D522" t="s">
+        <v>90</v>
+      </c>
+      <c r="E522" t="s">
+        <v>27</v>
+      </c>
+      <c r="F522">
+        <v>21</v>
+      </c>
+      <c r="G522">
+        <v>8.1824</v>
+      </c>
+      <c r="H522">
+        <v>35</v>
+      </c>
+      <c r="I522">
+        <v>78.0</v>
+      </c>
+      <c r="J522">
+        <v>96.447</v>
+      </c>
+      <c r="K522">
+        <v>0</v>
+      </c>
+      <c r="L522" t="s">
+        <v>28</v>
+      </c>
+      <c r="M522">
+        <v>0</v>
+      </c>
+      <c r="N522" t="s">
+        <v>91</v>
+      </c>
+      <c r="O522">
+        <v>2</v>
+      </c>
+      <c r="P522">
+        <v>14486</v>
+      </c>
+      <c r="Q522" t="s">
+        <v>40</v>
+      </c>
+      <c r="R522" t="s">
+        <v>31</v>
+      </c>
+      <c r="S522" t="s">
+        <v>32</v>
+      </c>
+      <c r="T522" t="s">
+        <v>32</v>
+      </c>
+      <c r="U522" t="s">
+        <v>42</v>
+      </c>
+      <c r="V522">
+        <v>1</v>
+      </c>
+      <c r="W522">
+        <v>1.0</v>
+      </c>
+      <c r="X522">
+        <v>0</v>
+      </c>
+      <c r="Y522">
+        <v>1.505</v>
+      </c>
+    </row>
+    <row r="523" spans="1:25">
+      <c r="A523" t="s">
+        <v>25</v>
+      </c>
+      <c r="B523">
+        <v>2025</v>
+      </c>
+      <c r="C523">
+        <v>5237</v>
+      </c>
+      <c r="D523" t="s">
+        <v>90</v>
+      </c>
+      <c r="E523" t="s">
+        <v>27</v>
+      </c>
+      <c r="F523">
+        <v>21</v>
+      </c>
+      <c r="G523">
+        <v>8.1824</v>
+      </c>
+      <c r="H523">
+        <v>35</v>
+      </c>
+      <c r="I523">
+        <v>78.0</v>
+      </c>
+      <c r="J523">
+        <v>96.447</v>
+      </c>
+      <c r="K523">
+        <v>0</v>
+      </c>
+      <c r="L523" t="s">
+        <v>28</v>
+      </c>
+      <c r="M523">
+        <v>0</v>
+      </c>
+      <c r="N523" t="s">
+        <v>91</v>
+      </c>
+      <c r="O523">
+        <v>2</v>
+      </c>
+      <c r="P523">
+        <v>14486</v>
+      </c>
+      <c r="Q523" t="s">
+        <v>40</v>
+      </c>
+      <c r="R523" t="s">
+        <v>31</v>
+      </c>
+      <c r="S523" t="s">
+        <v>32</v>
+      </c>
+      <c r="T523" t="s">
+        <v>32</v>
+      </c>
+      <c r="U523" t="s">
+        <v>43</v>
+      </c>
+      <c r="V523">
+        <v>1</v>
+      </c>
+      <c r="W523">
+        <v>2.0</v>
+      </c>
+      <c r="X523">
+        <v>0</v>
+      </c>
+      <c r="Y523">
+        <v>2.458</v>
+      </c>
+    </row>
+    <row r="524" spans="1:25">
+      <c r="A524" t="s">
+        <v>25</v>
+      </c>
+      <c r="B524">
+        <v>2025</v>
+      </c>
+      <c r="C524">
+        <v>5237</v>
+      </c>
+      <c r="D524" t="s">
+        <v>90</v>
+      </c>
+      <c r="E524" t="s">
+        <v>27</v>
+      </c>
+      <c r="F524">
+        <v>21</v>
+      </c>
+      <c r="G524">
+        <v>8.1824</v>
+      </c>
+      <c r="H524">
+        <v>35</v>
+      </c>
+      <c r="I524">
+        <v>78.0</v>
+      </c>
+      <c r="J524">
+        <v>96.447</v>
+      </c>
+      <c r="K524">
+        <v>0</v>
+      </c>
+      <c r="L524" t="s">
+        <v>28</v>
+      </c>
+      <c r="M524">
+        <v>0</v>
+      </c>
+      <c r="N524" t="s">
+        <v>91</v>
+      </c>
+      <c r="O524">
+        <v>2</v>
+      </c>
+      <c r="P524">
+        <v>14486</v>
+      </c>
+      <c r="Q524" t="s">
+        <v>46</v>
+      </c>
+      <c r="R524" t="s">
+        <v>31</v>
+      </c>
+      <c r="S524" t="s">
+        <v>32</v>
+      </c>
+      <c r="T524" t="s">
+        <v>32</v>
+      </c>
+      <c r="U524" t="s">
+        <v>41</v>
+      </c>
+      <c r="V524">
+        <v>1</v>
+      </c>
+      <c r="W524">
+        <v>0</v>
+      </c>
+      <c r="X524">
+        <v>0</v>
+      </c>
+      <c r="Y524">
+        <v>0.499</v>
+      </c>
+    </row>
+    <row r="525" spans="1:25">
+      <c r="A525" t="s">
+        <v>25</v>
+      </c>
+      <c r="B525">
+        <v>2025</v>
+      </c>
+      <c r="C525">
+        <v>5237</v>
+      </c>
+      <c r="D525" t="s">
+        <v>90</v>
+      </c>
+      <c r="E525" t="s">
+        <v>27</v>
+      </c>
+      <c r="F525">
+        <v>21</v>
+      </c>
+      <c r="G525">
+        <v>8.1824</v>
+      </c>
+      <c r="H525">
+        <v>35</v>
+      </c>
+      <c r="I525">
+        <v>78.0</v>
+      </c>
+      <c r="J525">
+        <v>96.447</v>
+      </c>
+      <c r="K525">
+        <v>0</v>
+      </c>
+      <c r="L525" t="s">
+        <v>28</v>
+      </c>
+      <c r="M525">
+        <v>0</v>
+      </c>
+      <c r="N525" t="s">
+        <v>91</v>
+      </c>
+      <c r="O525">
+        <v>2</v>
+      </c>
+      <c r="P525">
+        <v>14486</v>
+      </c>
+      <c r="Q525" t="s">
+        <v>46</v>
+      </c>
+      <c r="R525" t="s">
+        <v>31</v>
+      </c>
+      <c r="S525" t="s">
+        <v>32</v>
+      </c>
+      <c r="T525" t="s">
+        <v>32</v>
+      </c>
+      <c r="U525" t="s">
+        <v>37</v>
+      </c>
+      <c r="V525">
+        <v>1</v>
+      </c>
+      <c r="W525">
+        <v>1.0</v>
+      </c>
+      <c r="X525">
+        <v>0</v>
+      </c>
+      <c r="Y525">
+        <v>1.329</v>
+      </c>
+    </row>
+    <row r="526" spans="1:25">
+      <c r="A526" t="s">
+        <v>25</v>
+      </c>
+      <c r="B526">
+        <v>2025</v>
+      </c>
+      <c r="C526">
+        <v>5237</v>
+      </c>
+      <c r="D526" t="s">
+        <v>90</v>
+      </c>
+      <c r="E526" t="s">
+        <v>27</v>
+      </c>
+      <c r="F526">
+        <v>21</v>
+      </c>
+      <c r="G526">
+        <v>8.1824</v>
+      </c>
+      <c r="H526">
+        <v>35</v>
+      </c>
+      <c r="I526">
+        <v>78.0</v>
+      </c>
+      <c r="J526">
+        <v>96.447</v>
+      </c>
+      <c r="K526">
+        <v>0</v>
+      </c>
+      <c r="L526" t="s">
+        <v>28</v>
+      </c>
+      <c r="M526">
+        <v>0</v>
+      </c>
+      <c r="N526" t="s">
+        <v>91</v>
+      </c>
+      <c r="O526">
+        <v>2</v>
+      </c>
+      <c r="P526">
+        <v>14486</v>
+      </c>
+      <c r="Q526" t="s">
+        <v>46</v>
+      </c>
+      <c r="R526" t="s">
+        <v>31</v>
+      </c>
+      <c r="S526" t="s">
+        <v>32</v>
+      </c>
+      <c r="T526" t="s">
+        <v>32</v>
+      </c>
+      <c r="U526" t="s">
+        <v>42</v>
+      </c>
+      <c r="V526">
+        <v>3</v>
+      </c>
+      <c r="W526">
+        <v>3.0</v>
+      </c>
+      <c r="X526">
+        <v>0</v>
+      </c>
+      <c r="Y526">
+        <v>4.317</v>
+      </c>
+    </row>
+    <row r="527" spans="1:25">
+      <c r="A527" t="s">
+        <v>25</v>
+      </c>
+      <c r="B527">
+        <v>2025</v>
+      </c>
+      <c r="C527">
+        <v>5237</v>
+      </c>
+      <c r="D527" t="s">
+        <v>90</v>
+      </c>
+      <c r="E527" t="s">
+        <v>27</v>
+      </c>
+      <c r="F527">
+        <v>21</v>
+      </c>
+      <c r="G527">
+        <v>8.1824</v>
+      </c>
+      <c r="H527">
+        <v>35</v>
+      </c>
+      <c r="I527">
+        <v>78.0</v>
+      </c>
+      <c r="J527">
+        <v>96.447</v>
+      </c>
+      <c r="K527">
+        <v>0</v>
+      </c>
+      <c r="L527" t="s">
+        <v>28</v>
+      </c>
+      <c r="M527">
+        <v>0</v>
+      </c>
+      <c r="N527" t="s">
+        <v>91</v>
+      </c>
+      <c r="O527">
+        <v>2</v>
+      </c>
+      <c r="P527">
+        <v>14486</v>
+      </c>
+      <c r="Q527" t="s">
+        <v>46</v>
+      </c>
+      <c r="R527" t="s">
+        <v>31</v>
+      </c>
+      <c r="S527" t="s">
+        <v>32</v>
+      </c>
+      <c r="T527" t="s">
+        <v>32</v>
+      </c>
+      <c r="U527" t="s">
+        <v>43</v>
+      </c>
+      <c r="V527">
+        <v>1</v>
+      </c>
+      <c r="W527">
+        <v>2.0</v>
+      </c>
+      <c r="X527">
+        <v>0</v>
+      </c>
+      <c r="Y527">
+        <v>2.458</v>
+      </c>
+    </row>
+    <row r="528" spans="1:25">
+      <c r="A528" t="s">
+        <v>25</v>
+      </c>
+      <c r="B528">
+        <v>2025</v>
+      </c>
+      <c r="C528">
+        <v>5237</v>
+      </c>
+      <c r="D528" t="s">
+        <v>90</v>
+      </c>
+      <c r="E528" t="s">
+        <v>27</v>
+      </c>
+      <c r="F528">
+        <v>21</v>
+      </c>
+      <c r="G528">
+        <v>8.1824</v>
+      </c>
+      <c r="H528">
+        <v>35</v>
+      </c>
+      <c r="I528">
+        <v>78.0</v>
+      </c>
+      <c r="J528">
+        <v>96.447</v>
+      </c>
+      <c r="K528">
+        <v>0</v>
+      </c>
+      <c r="L528" t="s">
+        <v>28</v>
+      </c>
+      <c r="M528">
+        <v>0</v>
+      </c>
+      <c r="N528" t="s">
+        <v>91</v>
+      </c>
+      <c r="O528">
+        <v>2</v>
+      </c>
+      <c r="P528">
+        <v>14486</v>
+      </c>
+      <c r="Q528" t="s">
+        <v>46</v>
+      </c>
+      <c r="R528" t="s">
+        <v>31</v>
+      </c>
+      <c r="S528" t="s">
+        <v>32</v>
+      </c>
+      <c r="T528" t="s">
+        <v>32</v>
+      </c>
+      <c r="U528" t="s">
+        <v>44</v>
+      </c>
+      <c r="V528">
+        <v>19</v>
+      </c>
+      <c r="W528">
+        <v>53.0</v>
+      </c>
+      <c r="X528">
+        <v>0</v>
+      </c>
+      <c r="Y528">
+        <v>63.404</v>
+      </c>
+    </row>
+    <row r="529" spans="1:25">
+      <c r="A529" t="s">
+        <v>25</v>
+      </c>
+      <c r="B529">
+        <v>2025</v>
+      </c>
+      <c r="C529">
+        <v>5237</v>
+      </c>
+      <c r="D529" t="s">
+        <v>90</v>
+      </c>
+      <c r="E529" t="s">
+        <v>27</v>
+      </c>
+      <c r="F529">
+        <v>21</v>
+      </c>
+      <c r="G529">
+        <v>8.1824</v>
+      </c>
+      <c r="H529">
+        <v>35</v>
+      </c>
+      <c r="I529">
+        <v>78.0</v>
+      </c>
+      <c r="J529">
+        <v>96.447</v>
+      </c>
+      <c r="K529">
+        <v>0</v>
+      </c>
+      <c r="L529" t="s">
+        <v>28</v>
+      </c>
+      <c r="M529">
+        <v>0</v>
+      </c>
+      <c r="N529" t="s">
+        <v>91</v>
+      </c>
+      <c r="O529">
+        <v>2</v>
+      </c>
+      <c r="P529">
+        <v>14486</v>
+      </c>
+      <c r="Q529" t="s">
+        <v>46</v>
+      </c>
+      <c r="R529" t="s">
+        <v>31</v>
+      </c>
+      <c r="S529" t="s">
+        <v>32</v>
+      </c>
+      <c r="T529" t="s">
+        <v>32</v>
+      </c>
+      <c r="U529" t="s">
+        <v>47</v>
+      </c>
+      <c r="V529">
+        <v>3</v>
+      </c>
+      <c r="W529">
+        <v>13.0</v>
+      </c>
+      <c r="X529">
+        <v>0</v>
+      </c>
+      <c r="Y529">
+        <v>15.006</v>
+      </c>
+    </row>
+    <row r="530" spans="1:25">
+      <c r="A530" t="s">
+        <v>25</v>
+      </c>
+      <c r="B530">
+        <v>2025</v>
+      </c>
+      <c r="C530">
+        <v>5237</v>
+      </c>
+      <c r="D530" t="s">
+        <v>90</v>
+      </c>
+      <c r="E530" t="s">
+        <v>27</v>
+      </c>
+      <c r="F530">
+        <v>21</v>
+      </c>
+      <c r="G530">
+        <v>8.1824</v>
+      </c>
+      <c r="H530">
+        <v>35</v>
+      </c>
+      <c r="I530">
+        <v>78.0</v>
+      </c>
+      <c r="J530">
+        <v>96.447</v>
+      </c>
+      <c r="K530">
+        <v>0</v>
+      </c>
+      <c r="L530" t="s">
+        <v>28</v>
+      </c>
+      <c r="M530">
+        <v>0</v>
+      </c>
+      <c r="N530" t="s">
+        <v>91</v>
+      </c>
+      <c r="O530">
+        <v>2</v>
+      </c>
+      <c r="P530">
+        <v>14486</v>
+      </c>
+      <c r="Q530" t="s">
+        <v>46</v>
+      </c>
+      <c r="R530" t="s">
+        <v>83</v>
+      </c>
+      <c r="S530" t="s">
+        <v>81</v>
+      </c>
+      <c r="T530" t="s">
+        <v>32</v>
+      </c>
+      <c r="U530" t="s">
+        <v>44</v>
+      </c>
+      <c r="V530">
+        <v>1</v>
+      </c>
+      <c r="W530">
+        <v>2.0</v>
+      </c>
+      <c r="X530">
+        <v>0</v>
+      </c>
+      <c r="Y530">
+        <v>2.298</v>
+      </c>
+    </row>
+    <row r="531" spans="1:25">
+      <c r="A531" t="s">
+        <v>25</v>
+      </c>
+      <c r="B531">
+        <v>2025</v>
+      </c>
+      <c r="C531">
+        <v>5252</v>
+      </c>
+      <c r="D531" t="s">
+        <v>92</v>
+      </c>
+      <c r="E531" t="s">
+        <v>27</v>
+      </c>
+      <c r="F531">
+        <v>11</v>
+      </c>
+      <c r="G531">
+        <v>0.5043</v>
+      </c>
+      <c r="H531">
+        <v>159</v>
+      </c>
+      <c r="I531">
+        <v>0</v>
+      </c>
+      <c r="J531">
+        <v>0</v>
+      </c>
+      <c r="K531">
+        <v>271.342</v>
+      </c>
+      <c r="L531" t="s">
+        <v>28</v>
+      </c>
+      <c r="M531">
+        <v>0</v>
+      </c>
+      <c r="N531" t="s">
+        <v>93</v>
+      </c>
+      <c r="O531">
+        <v>2</v>
+      </c>
+      <c r="P531">
+        <v>14486</v>
+      </c>
+      <c r="Q531" t="s">
+        <v>45</v>
+      </c>
+      <c r="R531" t="s">
+        <v>51</v>
+      </c>
+      <c r="S531" t="s">
+        <v>53</v>
+      </c>
+      <c r="T531" t="s">
+        <v>32</v>
+      </c>
+      <c r="U531" t="s">
+        <v>36</v>
+      </c>
+      <c r="V531">
+        <v>1</v>
+      </c>
+      <c r="W531">
+        <v>0</v>
+      </c>
+      <c r="X531">
+        <v>0</v>
+      </c>
+      <c r="Y531">
+        <v>0.688</v>
+      </c>
+    </row>
+    <row r="532" spans="1:25">
+      <c r="A532" t="s">
+        <v>25</v>
+      </c>
+      <c r="B532">
+        <v>2025</v>
+      </c>
+      <c r="C532">
+        <v>5252</v>
+      </c>
+      <c r="D532" t="s">
+        <v>92</v>
+      </c>
+      <c r="E532" t="s">
+        <v>27</v>
+      </c>
+      <c r="F532">
+        <v>11</v>
+      </c>
+      <c r="G532">
+        <v>0.5043</v>
+      </c>
+      <c r="H532">
+        <v>159</v>
+      </c>
+      <c r="I532">
+        <v>0</v>
+      </c>
+      <c r="J532">
+        <v>0</v>
+      </c>
+      <c r="K532">
+        <v>271.342</v>
+      </c>
+      <c r="L532" t="s">
+        <v>28</v>
+      </c>
+      <c r="M532">
+        <v>0</v>
+      </c>
+      <c r="N532" t="s">
+        <v>93</v>
+      </c>
+      <c r="O532">
+        <v>2</v>
+      </c>
+      <c r="P532">
+        <v>14486</v>
+      </c>
+      <c r="Q532" t="s">
+        <v>45</v>
+      </c>
+      <c r="R532" t="s">
+        <v>51</v>
+      </c>
+      <c r="S532" t="s">
+        <v>53</v>
+      </c>
+      <c r="T532" t="s">
+        <v>32</v>
+      </c>
+      <c r="U532" t="s">
+        <v>41</v>
+      </c>
+      <c r="V532">
+        <v>6</v>
+      </c>
+      <c r="W532">
+        <v>0</v>
+      </c>
+      <c r="X532">
+        <v>0</v>
+      </c>
+      <c r="Y532">
+        <v>7.328</v>
+      </c>
+    </row>
+    <row r="533" spans="1:25">
+      <c r="A533" t="s">
+        <v>25</v>
+      </c>
+      <c r="B533">
+        <v>2025</v>
+      </c>
+      <c r="C533">
+        <v>5252</v>
+      </c>
+      <c r="D533" t="s">
+        <v>92</v>
+      </c>
+      <c r="E533" t="s">
+        <v>27</v>
+      </c>
+      <c r="F533">
+        <v>11</v>
+      </c>
+      <c r="G533">
+        <v>0.5043</v>
+      </c>
+      <c r="H533">
+        <v>159</v>
+      </c>
+      <c r="I533">
+        <v>0</v>
+      </c>
+      <c r="J533">
+        <v>0</v>
+      </c>
+      <c r="K533">
+        <v>271.342</v>
+      </c>
+      <c r="L533" t="s">
+        <v>28</v>
+      </c>
+      <c r="M533">
+        <v>0</v>
+      </c>
+      <c r="N533" t="s">
+        <v>93</v>
+      </c>
+      <c r="O533">
+        <v>2</v>
+      </c>
+      <c r="P533">
+        <v>14486</v>
+      </c>
+      <c r="Q533" t="s">
+        <v>45</v>
+      </c>
+      <c r="R533" t="s">
+        <v>51</v>
+      </c>
+      <c r="S533" t="s">
+        <v>53</v>
+      </c>
+      <c r="T533" t="s">
+        <v>32</v>
+      </c>
+      <c r="U533" t="s">
+        <v>37</v>
+      </c>
+      <c r="V533">
+        <v>17</v>
+      </c>
+      <c r="W533">
+        <v>0</v>
+      </c>
+      <c r="X533">
+        <v>0</v>
+      </c>
+      <c r="Y533">
+        <v>32.165</v>
+      </c>
+    </row>
+    <row r="534" spans="1:25">
+      <c r="A534" t="s">
+        <v>25</v>
+      </c>
+      <c r="B534">
+        <v>2025</v>
+      </c>
+      <c r="C534">
+        <v>5252</v>
+      </c>
+      <c r="D534" t="s">
+        <v>92</v>
+      </c>
+      <c r="E534" t="s">
+        <v>27</v>
+      </c>
+      <c r="F534">
+        <v>11</v>
+      </c>
+      <c r="G534">
+        <v>0.5043</v>
+      </c>
+      <c r="H534">
+        <v>159</v>
+      </c>
+      <c r="I534">
+        <v>0</v>
+      </c>
+      <c r="J534">
+        <v>0</v>
+      </c>
+      <c r="K534">
+        <v>271.342</v>
+      </c>
+      <c r="L534" t="s">
+        <v>28</v>
+      </c>
+      <c r="M534">
+        <v>0</v>
+      </c>
+      <c r="N534" t="s">
+        <v>93</v>
+      </c>
+      <c r="O534">
+        <v>2</v>
+      </c>
+      <c r="P534">
+        <v>14486</v>
+      </c>
+      <c r="Q534" t="s">
+        <v>45</v>
+      </c>
+      <c r="R534" t="s">
+        <v>51</v>
+      </c>
+      <c r="S534" t="s">
+        <v>53</v>
+      </c>
+      <c r="T534" t="s">
+        <v>32</v>
+      </c>
+      <c r="U534" t="s">
+        <v>42</v>
+      </c>
+      <c r="V534">
+        <v>16</v>
+      </c>
+      <c r="W534">
+        <v>0</v>
+      </c>
+      <c r="X534">
+        <v>0</v>
+      </c>
+      <c r="Y534">
+        <v>43.109</v>
+      </c>
+    </row>
+    <row r="535" spans="1:25">
+      <c r="A535" t="s">
+        <v>25</v>
+      </c>
+      <c r="B535">
+        <v>2025</v>
+      </c>
+      <c r="C535">
+        <v>5252</v>
+      </c>
+      <c r="D535" t="s">
+        <v>92</v>
+      </c>
+      <c r="E535" t="s">
+        <v>27</v>
+      </c>
+      <c r="F535">
+        <v>11</v>
+      </c>
+      <c r="G535">
+        <v>0.5043</v>
+      </c>
+      <c r="H535">
+        <v>159</v>
+      </c>
+      <c r="I535">
+        <v>0</v>
+      </c>
+      <c r="J535">
+        <v>0</v>
+      </c>
+      <c r="K535">
+        <v>271.342</v>
+      </c>
+      <c r="L535" t="s">
+        <v>28</v>
+      </c>
+      <c r="M535">
+        <v>0</v>
+      </c>
+      <c r="N535" t="s">
+        <v>93</v>
+      </c>
+      <c r="O535">
+        <v>2</v>
+      </c>
+      <c r="P535">
+        <v>14486</v>
+      </c>
+      <c r="Q535" t="s">
+        <v>45</v>
+      </c>
+      <c r="R535" t="s">
+        <v>51</v>
+      </c>
+      <c r="S535" t="s">
+        <v>32</v>
+      </c>
+      <c r="T535" t="s">
+        <v>32</v>
+      </c>
+      <c r="U535" t="s">
+        <v>36</v>
+      </c>
+      <c r="V535">
+        <v>2</v>
+      </c>
+      <c r="W535">
+        <v>0</v>
+      </c>
+      <c r="X535">
+        <v>0</v>
+      </c>
+      <c r="Y535">
+        <v>1.213</v>
+      </c>
+    </row>
+    <row r="536" spans="1:25">
+      <c r="A536" t="s">
+        <v>25</v>
+      </c>
+      <c r="B536">
+        <v>2025</v>
+      </c>
+      <c r="C536">
+        <v>5252</v>
+      </c>
+      <c r="D536" t="s">
+        <v>92</v>
+      </c>
+      <c r="E536" t="s">
+        <v>27</v>
+      </c>
+      <c r="F536">
+        <v>11</v>
+      </c>
+      <c r="G536">
+        <v>0.5043</v>
+      </c>
+      <c r="H536">
+        <v>159</v>
+      </c>
+      <c r="I536">
+        <v>0</v>
+      </c>
+      <c r="J536">
+        <v>0</v>
+      </c>
+      <c r="K536">
+        <v>271.342</v>
+      </c>
+      <c r="L536" t="s">
+        <v>28</v>
+      </c>
+      <c r="M536">
+        <v>0</v>
+      </c>
+      <c r="N536" t="s">
+        <v>93</v>
+      </c>
+      <c r="O536">
+        <v>2</v>
+      </c>
+      <c r="P536">
+        <v>14486</v>
+      </c>
+      <c r="Q536" t="s">
+        <v>45</v>
+      </c>
+      <c r="R536" t="s">
+        <v>51</v>
+      </c>
+      <c r="S536" t="s">
+        <v>32</v>
+      </c>
+      <c r="T536" t="s">
+        <v>32</v>
+      </c>
+      <c r="U536" t="s">
+        <v>41</v>
+      </c>
+      <c r="V536">
+        <v>42</v>
+      </c>
+      <c r="W536">
+        <v>0</v>
+      </c>
+      <c r="X536">
+        <v>0</v>
+      </c>
+      <c r="Y536">
+        <v>47.205</v>
+      </c>
+    </row>
+    <row r="537" spans="1:25">
+      <c r="A537" t="s">
+        <v>25</v>
+      </c>
+      <c r="B537">
+        <v>2025</v>
+      </c>
+      <c r="C537">
+        <v>5252</v>
+      </c>
+      <c r="D537" t="s">
+        <v>92</v>
+      </c>
+      <c r="E537" t="s">
+        <v>27</v>
+      </c>
+      <c r="F537">
+        <v>11</v>
+      </c>
+      <c r="G537">
+        <v>0.5043</v>
+      </c>
+      <c r="H537">
+        <v>159</v>
+      </c>
+      <c r="I537">
+        <v>0</v>
+      </c>
+      <c r="J537">
+        <v>0</v>
+      </c>
+      <c r="K537">
+        <v>271.342</v>
+      </c>
+      <c r="L537" t="s">
+        <v>28</v>
+      </c>
+      <c r="M537">
+        <v>0</v>
+      </c>
+      <c r="N537" t="s">
+        <v>93</v>
+      </c>
+      <c r="O537">
+        <v>2</v>
+      </c>
+      <c r="P537">
+        <v>14486</v>
+      </c>
+      <c r="Q537" t="s">
+        <v>45</v>
+      </c>
+      <c r="R537" t="s">
+        <v>51</v>
+      </c>
+      <c r="S537" t="s">
+        <v>32</v>
+      </c>
+      <c r="T537" t="s">
+        <v>32</v>
+      </c>
+      <c r="U537" t="s">
+        <v>37</v>
+      </c>
+      <c r="V537">
+        <v>48</v>
+      </c>
+      <c r="W537">
+        <v>0</v>
+      </c>
+      <c r="X537">
+        <v>0</v>
+      </c>
+      <c r="Y537">
+        <v>83.688</v>
+      </c>
+    </row>
+    <row r="538" spans="1:25">
+      <c r="A538" t="s">
+        <v>25</v>
+      </c>
+      <c r="B538">
+        <v>2025</v>
+      </c>
+      <c r="C538">
+        <v>5252</v>
+      </c>
+      <c r="D538" t="s">
+        <v>92</v>
+      </c>
+      <c r="E538" t="s">
+        <v>27</v>
+      </c>
+      <c r="F538">
+        <v>11</v>
+      </c>
+      <c r="G538">
+        <v>0.5043</v>
+      </c>
+      <c r="H538">
+        <v>159</v>
+      </c>
+      <c r="I538">
+        <v>0</v>
+      </c>
+      <c r="J538">
+        <v>0</v>
+      </c>
+      <c r="K538">
+        <v>271.342</v>
+      </c>
+      <c r="L538" t="s">
+        <v>28</v>
+      </c>
+      <c r="M538">
+        <v>0</v>
+      </c>
+      <c r="N538" t="s">
+        <v>93</v>
+      </c>
+      <c r="O538">
+        <v>2</v>
+      </c>
+      <c r="P538">
+        <v>14486</v>
+      </c>
+      <c r="Q538" t="s">
+        <v>45</v>
+      </c>
+      <c r="R538" t="s">
+        <v>51</v>
+      </c>
+      <c r="S538" t="s">
+        <v>32</v>
+      </c>
+      <c r="T538" t="s">
+        <v>32</v>
+      </c>
+      <c r="U538" t="s">
+        <v>42</v>
+      </c>
+      <c r="V538">
+        <v>12</v>
+      </c>
+      <c r="W538">
+        <v>0</v>
+      </c>
+      <c r="X538">
+        <v>0</v>
+      </c>
+      <c r="Y538">
+        <v>29.893</v>
+      </c>
+    </row>
+    <row r="539" spans="1:25">
+      <c r="A539" t="s">
+        <v>25</v>
+      </c>
+      <c r="B539">
+        <v>2025</v>
+      </c>
+      <c r="C539">
+        <v>5252</v>
+      </c>
+      <c r="D539" t="s">
+        <v>92</v>
+      </c>
+      <c r="E539" t="s">
+        <v>27</v>
+      </c>
+      <c r="F539">
+        <v>11</v>
+      </c>
+      <c r="G539">
+        <v>0.5043</v>
+      </c>
+      <c r="H539">
+        <v>159</v>
+      </c>
+      <c r="I539">
+        <v>0</v>
+      </c>
+      <c r="J539">
+        <v>0</v>
+      </c>
+      <c r="K539">
+        <v>271.342</v>
+      </c>
+      <c r="L539" t="s">
+        <v>28</v>
+      </c>
+      <c r="M539">
+        <v>0</v>
+      </c>
+      <c r="N539" t="s">
+        <v>93</v>
+      </c>
+      <c r="O539">
+        <v>2</v>
+      </c>
+      <c r="P539">
+        <v>14486</v>
+      </c>
+      <c r="Q539" t="s">
+        <v>45</v>
+      </c>
+      <c r="R539" t="s">
+        <v>83</v>
+      </c>
+      <c r="S539" t="s">
+        <v>84</v>
+      </c>
+      <c r="T539" t="s">
+        <v>32</v>
+      </c>
+      <c r="U539" t="s">
+        <v>41</v>
+      </c>
+      <c r="V539">
+        <v>2</v>
+      </c>
+      <c r="W539">
+        <v>0</v>
+      </c>
+      <c r="X539">
+        <v>0</v>
+      </c>
+      <c r="Y539">
+        <v>2.59</v>
+      </c>
+    </row>
+    <row r="540" spans="1:25">
+      <c r="A540" t="s">
+        <v>25</v>
+      </c>
+      <c r="B540">
+        <v>2025</v>
+      </c>
+      <c r="C540">
+        <v>5252</v>
+      </c>
+      <c r="D540" t="s">
+        <v>92</v>
+      </c>
+      <c r="E540" t="s">
+        <v>27</v>
+      </c>
+      <c r="F540">
+        <v>11</v>
+      </c>
+      <c r="G540">
+        <v>0.5043</v>
+      </c>
+      <c r="H540">
+        <v>159</v>
+      </c>
+      <c r="I540">
+        <v>0</v>
+      </c>
+      <c r="J540">
+        <v>0</v>
+      </c>
+      <c r="K540">
+        <v>271.342</v>
+      </c>
+      <c r="L540" t="s">
+        <v>28</v>
+      </c>
+      <c r="M540">
+        <v>0</v>
+      </c>
+      <c r="N540" t="s">
+        <v>93</v>
+      </c>
+      <c r="O540">
+        <v>2</v>
+      </c>
+      <c r="P540">
+        <v>14486</v>
+      </c>
+      <c r="Q540" t="s">
+        <v>45</v>
+      </c>
+      <c r="R540" t="s">
+        <v>83</v>
+      </c>
+      <c r="S540" t="s">
+        <v>84</v>
+      </c>
+      <c r="T540" t="s">
+        <v>32</v>
+      </c>
+      <c r="U540" t="s">
+        <v>37</v>
+      </c>
+      <c r="V540">
+        <v>12</v>
+      </c>
+      <c r="W540">
+        <v>0</v>
+      </c>
+      <c r="X540">
+        <v>0</v>
+      </c>
+      <c r="Y540">
+        <v>20.793</v>
+      </c>
+    </row>
+    <row r="541" spans="1:25">
+      <c r="A541" t="s">
+        <v>25</v>
+      </c>
+      <c r="B541">
+        <v>2025</v>
+      </c>
+      <c r="C541">
+        <v>5252</v>
+      </c>
+      <c r="D541" t="s">
+        <v>92</v>
+      </c>
+      <c r="E541" t="s">
+        <v>27</v>
+      </c>
+      <c r="F541">
+        <v>11</v>
+      </c>
+      <c r="G541">
+        <v>0.5043</v>
+      </c>
+      <c r="H541">
+        <v>159</v>
+      </c>
+      <c r="I541">
+        <v>0</v>
+      </c>
+      <c r="J541">
+        <v>0</v>
+      </c>
+      <c r="K541">
+        <v>271.342</v>
+      </c>
+      <c r="L541" t="s">
+        <v>28</v>
+      </c>
+      <c r="M541">
+        <v>0</v>
+      </c>
+      <c r="N541" t="s">
+        <v>93</v>
+      </c>
+      <c r="O541">
+        <v>2</v>
+      </c>
+      <c r="P541">
+        <v>14486</v>
+      </c>
+      <c r="Q541" t="s">
+        <v>45</v>
+      </c>
+      <c r="R541" t="s">
+        <v>83</v>
+      </c>
+      <c r="S541" t="s">
+        <v>84</v>
+      </c>
+      <c r="T541" t="s">
+        <v>32</v>
+      </c>
+      <c r="U541" t="s">
+        <v>42</v>
+      </c>
+      <c r="V541">
+        <v>1</v>
+      </c>
+      <c r="W541">
+        <v>0</v>
+      </c>
+      <c r="X541">
+        <v>0</v>
+      </c>
+      <c r="Y541">
+        <v>2.67</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">