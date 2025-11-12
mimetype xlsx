--- v0 (2025-10-20)
+++ v1 (2025-11-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>can</t>
   </si>
   <si>
     <t>annee</t>
   </si>
   <si>
     <t>prop</t>
   </si>
   <si>
     <t>propriete</t>
   </si>
   <si>
     <t>vente</t>
   </si>
   <si>
     <t>lot</t>
   </si>
   <si>
     <t>etendue</t>
   </si>
   <si>
     <t>lot_nbre</t>
   </si>
   <si>
@@ -288,50 +288,54 @@
   </si>
   <si>
     <t>SECURITE</t>
   </si>
   <si>
     <t>BELEIGNE - cpe 1
 FOND DE CURLY - cpe 10</t>
   </si>
   <si>
     <t>CHAUFFAGE</t>
   </si>
   <si>
     <t>FEUILLUS DIVERS</t>
   </si>
   <si>
     <t>BELEIGNE</t>
   </si>
   <si>
     <t>AU TERRAGE
 DESSUS VOIE D'OCHAMP</t>
   </si>
   <si>
     <t>BATTIS DES REMIWAIS
 FOND DE CURLY
 HURE DE HUQUENY</t>
+  </si>
+  <si>
+    <t>BOIS D'HERBAIMONT
+HAIE LA BEGUINE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -635,51 +639,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y486"/>
+  <dimension ref="A1:Y497"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.282" bestFit="true" customWidth="true" style="0"/>
@@ -38090,50 +38094,897 @@
         <v>38</v>
       </c>
       <c r="R486" t="s">
         <v>31</v>
       </c>
       <c r="S486" t="s">
         <v>32</v>
       </c>
       <c r="T486" t="s">
         <v>33</v>
       </c>
       <c r="U486" t="s">
         <v>35</v>
       </c>
       <c r="V486">
         <v>1</v>
       </c>
       <c r="W486">
         <v>0</v>
       </c>
       <c r="X486">
         <v>0</v>
       </c>
       <c r="Y486">
         <v>3.156</v>
+      </c>
+    </row>
+    <row r="487" spans="1:25">
+      <c r="A487" t="s">
+        <v>25</v>
+      </c>
+      <c r="B487">
+        <v>2025</v>
+      </c>
+      <c r="C487">
+        <v>3320</v>
+      </c>
+      <c r="D487" t="s">
+        <v>26</v>
+      </c>
+      <c r="E487" t="s">
+        <v>27</v>
+      </c>
+      <c r="F487">
+        <v>101</v>
+      </c>
+      <c r="G487">
+        <v>4.282</v>
+      </c>
+      <c r="H487">
+        <v>267</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
+      </c>
+      <c r="J487">
+        <v>0</v>
+      </c>
+      <c r="K487">
+        <v>61.021</v>
+      </c>
+      <c r="L487" t="s">
+        <v>28</v>
+      </c>
+      <c r="M487">
+        <v>1</v>
+      </c>
+      <c r="N487" t="s">
+        <v>87</v>
+      </c>
+      <c r="O487">
+        <v>2</v>
+      </c>
+      <c r="P487">
+        <v>14744</v>
+      </c>
+      <c r="Q487" t="s">
+        <v>38</v>
+      </c>
+      <c r="R487" t="s">
+        <v>31</v>
+      </c>
+      <c r="S487" t="s">
+        <v>33</v>
+      </c>
+      <c r="T487" t="s">
+        <v>33</v>
+      </c>
+      <c r="U487" t="s">
+        <v>48</v>
+      </c>
+      <c r="V487">
+        <v>16</v>
+      </c>
+      <c r="W487">
+        <v>0</v>
+      </c>
+      <c r="X487">
+        <v>0</v>
+      </c>
+      <c r="Y487">
+        <v>0.751</v>
+      </c>
+    </row>
+    <row r="488" spans="1:25">
+      <c r="A488" t="s">
+        <v>25</v>
+      </c>
+      <c r="B488">
+        <v>2025</v>
+      </c>
+      <c r="C488">
+        <v>3320</v>
+      </c>
+      <c r="D488" t="s">
+        <v>26</v>
+      </c>
+      <c r="E488" t="s">
+        <v>27</v>
+      </c>
+      <c r="F488">
+        <v>101</v>
+      </c>
+      <c r="G488">
+        <v>4.282</v>
+      </c>
+      <c r="H488">
+        <v>267</v>
+      </c>
+      <c r="I488">
+        <v>0</v>
+      </c>
+      <c r="J488">
+        <v>0</v>
+      </c>
+      <c r="K488">
+        <v>61.021</v>
+      </c>
+      <c r="L488" t="s">
+        <v>28</v>
+      </c>
+      <c r="M488">
+        <v>1</v>
+      </c>
+      <c r="N488" t="s">
+        <v>87</v>
+      </c>
+      <c r="O488">
+        <v>2</v>
+      </c>
+      <c r="P488">
+        <v>14744</v>
+      </c>
+      <c r="Q488" t="s">
+        <v>38</v>
+      </c>
+      <c r="R488" t="s">
+        <v>31</v>
+      </c>
+      <c r="S488" t="s">
+        <v>33</v>
+      </c>
+      <c r="T488" t="s">
+        <v>33</v>
+      </c>
+      <c r="U488" t="s">
+        <v>49</v>
+      </c>
+      <c r="V488">
+        <v>10</v>
+      </c>
+      <c r="W488">
+        <v>0</v>
+      </c>
+      <c r="X488">
+        <v>0</v>
+      </c>
+      <c r="Y488">
+        <v>1.344</v>
+      </c>
+    </row>
+    <row r="489" spans="1:25">
+      <c r="A489" t="s">
+        <v>25</v>
+      </c>
+      <c r="B489">
+        <v>2025</v>
+      </c>
+      <c r="C489">
+        <v>3320</v>
+      </c>
+      <c r="D489" t="s">
+        <v>26</v>
+      </c>
+      <c r="E489" t="s">
+        <v>27</v>
+      </c>
+      <c r="F489">
+        <v>101</v>
+      </c>
+      <c r="G489">
+        <v>4.282</v>
+      </c>
+      <c r="H489">
+        <v>267</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
+      </c>
+      <c r="J489">
+        <v>0</v>
+      </c>
+      <c r="K489">
+        <v>61.021</v>
+      </c>
+      <c r="L489" t="s">
+        <v>28</v>
+      </c>
+      <c r="M489">
+        <v>1</v>
+      </c>
+      <c r="N489" t="s">
+        <v>87</v>
+      </c>
+      <c r="O489">
+        <v>2</v>
+      </c>
+      <c r="P489">
+        <v>14744</v>
+      </c>
+      <c r="Q489" t="s">
+        <v>38</v>
+      </c>
+      <c r="R489" t="s">
+        <v>31</v>
+      </c>
+      <c r="S489" t="s">
+        <v>33</v>
+      </c>
+      <c r="T489" t="s">
+        <v>33</v>
+      </c>
+      <c r="U489" t="s">
+        <v>50</v>
+      </c>
+      <c r="V489">
+        <v>1</v>
+      </c>
+      <c r="W489">
+        <v>0</v>
+      </c>
+      <c r="X489">
+        <v>0</v>
+      </c>
+      <c r="Y489">
+        <v>0.325</v>
+      </c>
+    </row>
+    <row r="490" spans="1:25">
+      <c r="A490" t="s">
+        <v>25</v>
+      </c>
+      <c r="B490">
+        <v>2025</v>
+      </c>
+      <c r="C490">
+        <v>3320</v>
+      </c>
+      <c r="D490" t="s">
+        <v>26</v>
+      </c>
+      <c r="E490" t="s">
+        <v>27</v>
+      </c>
+      <c r="F490">
+        <v>101</v>
+      </c>
+      <c r="G490">
+        <v>4.282</v>
+      </c>
+      <c r="H490">
+        <v>267</v>
+      </c>
+      <c r="I490">
+        <v>0</v>
+      </c>
+      <c r="J490">
+        <v>0</v>
+      </c>
+      <c r="K490">
+        <v>61.021</v>
+      </c>
+      <c r="L490" t="s">
+        <v>28</v>
+      </c>
+      <c r="M490">
+        <v>1</v>
+      </c>
+      <c r="N490" t="s">
+        <v>87</v>
+      </c>
+      <c r="O490">
+        <v>2</v>
+      </c>
+      <c r="P490">
+        <v>14744</v>
+      </c>
+      <c r="Q490" t="s">
+        <v>30</v>
+      </c>
+      <c r="R490" t="s">
+        <v>31</v>
+      </c>
+      <c r="S490" t="s">
+        <v>33</v>
+      </c>
+      <c r="T490" t="s">
+        <v>33</v>
+      </c>
+      <c r="U490" t="s">
+        <v>48</v>
+      </c>
+      <c r="V490">
+        <v>104</v>
+      </c>
+      <c r="W490">
+        <v>0</v>
+      </c>
+      <c r="X490">
+        <v>0</v>
+      </c>
+      <c r="Y490">
+        <v>5.876</v>
+      </c>
+    </row>
+    <row r="491" spans="1:25">
+      <c r="A491" t="s">
+        <v>25</v>
+      </c>
+      <c r="B491">
+        <v>2025</v>
+      </c>
+      <c r="C491">
+        <v>3320</v>
+      </c>
+      <c r="D491" t="s">
+        <v>26</v>
+      </c>
+      <c r="E491" t="s">
+        <v>27</v>
+      </c>
+      <c r="F491">
+        <v>101</v>
+      </c>
+      <c r="G491">
+        <v>4.282</v>
+      </c>
+      <c r="H491">
+        <v>267</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
+      </c>
+      <c r="J491">
+        <v>0</v>
+      </c>
+      <c r="K491">
+        <v>61.021</v>
+      </c>
+      <c r="L491" t="s">
+        <v>28</v>
+      </c>
+      <c r="M491">
+        <v>1</v>
+      </c>
+      <c r="N491" t="s">
+        <v>87</v>
+      </c>
+      <c r="O491">
+        <v>2</v>
+      </c>
+      <c r="P491">
+        <v>14744</v>
+      </c>
+      <c r="Q491" t="s">
+        <v>30</v>
+      </c>
+      <c r="R491" t="s">
+        <v>31</v>
+      </c>
+      <c r="S491" t="s">
+        <v>33</v>
+      </c>
+      <c r="T491" t="s">
+        <v>33</v>
+      </c>
+      <c r="U491" t="s">
+        <v>49</v>
+      </c>
+      <c r="V491">
+        <v>92</v>
+      </c>
+      <c r="W491">
+        <v>0</v>
+      </c>
+      <c r="X491">
+        <v>0</v>
+      </c>
+      <c r="Y491">
+        <v>13.356</v>
+      </c>
+    </row>
+    <row r="492" spans="1:25">
+      <c r="A492" t="s">
+        <v>25</v>
+      </c>
+      <c r="B492">
+        <v>2025</v>
+      </c>
+      <c r="C492">
+        <v>3320</v>
+      </c>
+      <c r="D492" t="s">
+        <v>26</v>
+      </c>
+      <c r="E492" t="s">
+        <v>27</v>
+      </c>
+      <c r="F492">
+        <v>101</v>
+      </c>
+      <c r="G492">
+        <v>4.282</v>
+      </c>
+      <c r="H492">
+        <v>267</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
+      </c>
+      <c r="J492">
+        <v>0</v>
+      </c>
+      <c r="K492">
+        <v>61.021</v>
+      </c>
+      <c r="L492" t="s">
+        <v>28</v>
+      </c>
+      <c r="M492">
+        <v>1</v>
+      </c>
+      <c r="N492" t="s">
+        <v>87</v>
+      </c>
+      <c r="O492">
+        <v>2</v>
+      </c>
+      <c r="P492">
+        <v>14744</v>
+      </c>
+      <c r="Q492" t="s">
+        <v>30</v>
+      </c>
+      <c r="R492" t="s">
+        <v>31</v>
+      </c>
+      <c r="S492" t="s">
+        <v>33</v>
+      </c>
+      <c r="T492" t="s">
+        <v>33</v>
+      </c>
+      <c r="U492" t="s">
+        <v>50</v>
+      </c>
+      <c r="V492">
+        <v>8</v>
+      </c>
+      <c r="W492">
+        <v>0</v>
+      </c>
+      <c r="X492">
+        <v>0</v>
+      </c>
+      <c r="Y492">
+        <v>2.6</v>
+      </c>
+    </row>
+    <row r="493" spans="1:25">
+      <c r="A493" t="s">
+        <v>25</v>
+      </c>
+      <c r="B493">
+        <v>2025</v>
+      </c>
+      <c r="C493">
+        <v>3320</v>
+      </c>
+      <c r="D493" t="s">
+        <v>26</v>
+      </c>
+      <c r="E493" t="s">
+        <v>27</v>
+      </c>
+      <c r="F493">
+        <v>101</v>
+      </c>
+      <c r="G493">
+        <v>4.282</v>
+      </c>
+      <c r="H493">
+        <v>267</v>
+      </c>
+      <c r="I493">
+        <v>0</v>
+      </c>
+      <c r="J493">
+        <v>0</v>
+      </c>
+      <c r="K493">
+        <v>61.021</v>
+      </c>
+      <c r="L493" t="s">
+        <v>28</v>
+      </c>
+      <c r="M493">
+        <v>1</v>
+      </c>
+      <c r="N493" t="s">
+        <v>87</v>
+      </c>
+      <c r="O493">
+        <v>2</v>
+      </c>
+      <c r="P493">
+        <v>14744</v>
+      </c>
+      <c r="Q493" t="s">
+        <v>30</v>
+      </c>
+      <c r="R493" t="s">
+        <v>31</v>
+      </c>
+      <c r="S493" t="s">
+        <v>33</v>
+      </c>
+      <c r="T493" t="s">
+        <v>33</v>
+      </c>
+      <c r="U493" t="s">
+        <v>42</v>
+      </c>
+      <c r="V493">
+        <v>3</v>
+      </c>
+      <c r="W493">
+        <v>0</v>
+      </c>
+      <c r="X493">
+        <v>0</v>
+      </c>
+      <c r="Y493">
+        <v>1.377</v>
+      </c>
+    </row>
+    <row r="494" spans="1:25">
+      <c r="A494" t="s">
+        <v>25</v>
+      </c>
+      <c r="B494">
+        <v>2025</v>
+      </c>
+      <c r="C494">
+        <v>3320</v>
+      </c>
+      <c r="D494" t="s">
+        <v>26</v>
+      </c>
+      <c r="E494" t="s">
+        <v>27</v>
+      </c>
+      <c r="F494">
+        <v>101</v>
+      </c>
+      <c r="G494">
+        <v>4.282</v>
+      </c>
+      <c r="H494">
+        <v>267</v>
+      </c>
+      <c r="I494">
+        <v>0</v>
+      </c>
+      <c r="J494">
+        <v>0</v>
+      </c>
+      <c r="K494">
+        <v>61.021</v>
+      </c>
+      <c r="L494" t="s">
+        <v>28</v>
+      </c>
+      <c r="M494">
+        <v>1</v>
+      </c>
+      <c r="N494" t="s">
+        <v>87</v>
+      </c>
+      <c r="O494">
+        <v>2</v>
+      </c>
+      <c r="P494">
+        <v>14744</v>
+      </c>
+      <c r="Q494" t="s">
+        <v>30</v>
+      </c>
+      <c r="R494" t="s">
+        <v>31</v>
+      </c>
+      <c r="S494" t="s">
+        <v>33</v>
+      </c>
+      <c r="T494" t="s">
+        <v>33</v>
+      </c>
+      <c r="U494" t="s">
+        <v>43</v>
+      </c>
+      <c r="V494">
+        <v>27</v>
+      </c>
+      <c r="W494">
+        <v>0</v>
+      </c>
+      <c r="X494">
+        <v>0</v>
+      </c>
+      <c r="Y494">
+        <v>26.959</v>
+      </c>
+    </row>
+    <row r="495" spans="1:25">
+      <c r="A495" t="s">
+        <v>25</v>
+      </c>
+      <c r="B495">
+        <v>2025</v>
+      </c>
+      <c r="C495">
+        <v>3320</v>
+      </c>
+      <c r="D495" t="s">
+        <v>26</v>
+      </c>
+      <c r="E495" t="s">
+        <v>27</v>
+      </c>
+      <c r="F495">
+        <v>101</v>
+      </c>
+      <c r="G495">
+        <v>4.282</v>
+      </c>
+      <c r="H495">
+        <v>267</v>
+      </c>
+      <c r="I495">
+        <v>0</v>
+      </c>
+      <c r="J495">
+        <v>0</v>
+      </c>
+      <c r="K495">
+        <v>61.021</v>
+      </c>
+      <c r="L495" t="s">
+        <v>28</v>
+      </c>
+      <c r="M495">
+        <v>1</v>
+      </c>
+      <c r="N495" t="s">
+        <v>87</v>
+      </c>
+      <c r="O495">
+        <v>2</v>
+      </c>
+      <c r="P495">
+        <v>14744</v>
+      </c>
+      <c r="Q495" t="s">
+        <v>30</v>
+      </c>
+      <c r="R495" t="s">
+        <v>31</v>
+      </c>
+      <c r="S495" t="s">
+        <v>33</v>
+      </c>
+      <c r="T495" t="s">
+        <v>33</v>
+      </c>
+      <c r="U495" t="s">
+        <v>44</v>
+      </c>
+      <c r="V495">
+        <v>4</v>
+      </c>
+      <c r="W495">
+        <v>0</v>
+      </c>
+      <c r="X495">
+        <v>0</v>
+      </c>
+      <c r="Y495">
+        <v>6.688</v>
+      </c>
+    </row>
+    <row r="496" spans="1:25">
+      <c r="A496" t="s">
+        <v>25</v>
+      </c>
+      <c r="B496">
+        <v>2025</v>
+      </c>
+      <c r="C496">
+        <v>3320</v>
+      </c>
+      <c r="D496" t="s">
+        <v>26</v>
+      </c>
+      <c r="E496" t="s">
+        <v>27</v>
+      </c>
+      <c r="F496">
+        <v>101</v>
+      </c>
+      <c r="G496">
+        <v>4.282</v>
+      </c>
+      <c r="H496">
+        <v>267</v>
+      </c>
+      <c r="I496">
+        <v>0</v>
+      </c>
+      <c r="J496">
+        <v>0</v>
+      </c>
+      <c r="K496">
+        <v>61.021</v>
+      </c>
+      <c r="L496" t="s">
+        <v>28</v>
+      </c>
+      <c r="M496">
+        <v>1</v>
+      </c>
+      <c r="N496" t="s">
+        <v>87</v>
+      </c>
+      <c r="O496">
+        <v>2</v>
+      </c>
+      <c r="P496">
+        <v>14744</v>
+      </c>
+      <c r="Q496" t="s">
+        <v>37</v>
+      </c>
+      <c r="R496" t="s">
+        <v>31</v>
+      </c>
+      <c r="S496" t="s">
+        <v>33</v>
+      </c>
+      <c r="T496" t="s">
+        <v>33</v>
+      </c>
+      <c r="U496" t="s">
+        <v>49</v>
+      </c>
+      <c r="V496">
+        <v>1</v>
+      </c>
+      <c r="W496">
+        <v>0</v>
+      </c>
+      <c r="X496">
+        <v>0</v>
+      </c>
+      <c r="Y496">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="497" spans="1:25">
+      <c r="A497" t="s">
+        <v>25</v>
+      </c>
+      <c r="B497">
+        <v>2025</v>
+      </c>
+      <c r="C497">
+        <v>3320</v>
+      </c>
+      <c r="D497" t="s">
+        <v>26</v>
+      </c>
+      <c r="E497" t="s">
+        <v>27</v>
+      </c>
+      <c r="F497">
+        <v>101</v>
+      </c>
+      <c r="G497">
+        <v>4.282</v>
+      </c>
+      <c r="H497">
+        <v>267</v>
+      </c>
+      <c r="I497">
+        <v>0</v>
+      </c>
+      <c r="J497">
+        <v>0</v>
+      </c>
+      <c r="K497">
+        <v>61.021</v>
+      </c>
+      <c r="L497" t="s">
+        <v>28</v>
+      </c>
+      <c r="M497">
+        <v>1</v>
+      </c>
+      <c r="N497" t="s">
+        <v>87</v>
+      </c>
+      <c r="O497">
+        <v>2</v>
+      </c>
+      <c r="P497">
+        <v>14744</v>
+      </c>
+      <c r="Q497" t="s">
+        <v>37</v>
+      </c>
+      <c r="R497" t="s">
+        <v>31</v>
+      </c>
+      <c r="S497" t="s">
+        <v>33</v>
+      </c>
+      <c r="T497" t="s">
+        <v>33</v>
+      </c>
+      <c r="U497" t="s">
+        <v>44</v>
+      </c>
+      <c r="V497">
+        <v>1</v>
+      </c>
+      <c r="W497">
+        <v>0</v>
+      </c>
+      <c r="X497">
+        <v>0</v>
+      </c>
+      <c r="Y497">
+        <v>1.535</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">