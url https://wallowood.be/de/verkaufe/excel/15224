--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -723,51 +723,51 @@
       <c r="G2">
         <v>1.747</v>
       </c>
       <c r="H2">
         <v>60</v>
       </c>
       <c r="I2">
         <v>0</v>
       </c>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2">
         <v>118.875</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P2">
         <v>15224</v>
       </c>
       <c r="Q2" t="s">
         <v>30</v>
       </c>
       <c r="R2" t="s">
         <v>31</v>
       </c>
       <c r="S2" t="s">
         <v>32</v>
       </c>
       <c r="T2" t="s">
         <v>32</v>
       </c>
       <c r="U2" t="s">
         <v>33</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>0</v>
       </c>
@@ -800,51 +800,51 @@
       <c r="G3">
         <v>1.747</v>
       </c>
       <c r="H3">
         <v>60</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>118.875</v>
       </c>
       <c r="L3" t="s">
         <v>28</v>
       </c>
       <c r="M3">
         <v>1</v>
       </c>
       <c r="N3" t="s">
         <v>29</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P3">
         <v>15224</v>
       </c>
       <c r="Q3" t="s">
         <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
       <c r="S3" t="s">
         <v>32</v>
       </c>
       <c r="T3" t="s">
         <v>32</v>
       </c>
       <c r="U3" t="s">
         <v>34</v>
       </c>
       <c r="V3">
         <v>8</v>
       </c>
       <c r="W3">
         <v>0</v>
       </c>
@@ -877,51 +877,51 @@
       <c r="G4">
         <v>1.747</v>
       </c>
       <c r="H4">
         <v>60</v>
       </c>
       <c r="I4">
         <v>0</v>
       </c>
       <c r="J4">
         <v>0</v>
       </c>
       <c r="K4">
         <v>118.875</v>
       </c>
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
       <c r="N4" t="s">
         <v>29</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P4">
         <v>15224</v>
       </c>
       <c r="Q4" t="s">
         <v>30</v>
       </c>
       <c r="R4" t="s">
         <v>31</v>
       </c>
       <c r="S4" t="s">
         <v>32</v>
       </c>
       <c r="T4" t="s">
         <v>32</v>
       </c>
       <c r="U4" t="s">
         <v>35</v>
       </c>
       <c r="V4">
         <v>40</v>
       </c>
       <c r="W4">
         <v>0</v>
       </c>
@@ -954,51 +954,51 @@
       <c r="G5">
         <v>1.747</v>
       </c>
       <c r="H5">
         <v>60</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>118.875</v>
       </c>
       <c r="L5" t="s">
         <v>28</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5" t="s">
         <v>29</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P5">
         <v>15224</v>
       </c>
       <c r="Q5" t="s">
         <v>30</v>
       </c>
       <c r="R5" t="s">
         <v>31</v>
       </c>
       <c r="S5" t="s">
         <v>32</v>
       </c>
       <c r="T5" t="s">
         <v>32</v>
       </c>
       <c r="U5" t="s">
         <v>36</v>
       </c>
       <c r="V5">
         <v>8</v>
       </c>
       <c r="W5">
         <v>0</v>
       </c>
@@ -1031,51 +1031,51 @@
       <c r="G6">
         <v>1.747</v>
       </c>
       <c r="H6">
         <v>60</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>118.875</v>
       </c>
       <c r="L6" t="s">
         <v>28</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P6">
         <v>15224</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
       <c r="S6" t="s">
         <v>32</v>
       </c>
       <c r="T6" t="s">
         <v>32</v>
       </c>
       <c r="U6" t="s">
         <v>37</v>
       </c>
       <c r="V6">
         <v>1</v>
       </c>
       <c r="W6">
         <v>0</v>
       </c>
@@ -1108,51 +1108,51 @@
       <c r="G7">
         <v>1.747</v>
       </c>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>118.875</v>
       </c>
       <c r="L7" t="s">
         <v>28</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
       <c r="N7" t="s">
         <v>29</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P7">
         <v>15224</v>
       </c>
       <c r="Q7" t="s">
         <v>30</v>
       </c>
       <c r="R7" t="s">
         <v>31</v>
       </c>
       <c r="S7" t="s">
         <v>38</v>
       </c>
       <c r="T7" t="s">
         <v>32</v>
       </c>
       <c r="U7" t="s">
         <v>35</v>
       </c>
       <c r="V7">
         <v>1</v>
       </c>
       <c r="W7">
         <v>0</v>
       </c>
@@ -1185,51 +1185,51 @@
       <c r="G8">
         <v>30.7337</v>
       </c>
       <c r="H8">
         <v>100</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>278.469</v>
       </c>
       <c r="K8">
         <v>0</v>
       </c>
       <c r="L8" t="s">
         <v>28</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8" t="s">
         <v>29</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P8">
         <v>15224</v>
       </c>
       <c r="Q8" t="s">
         <v>39</v>
       </c>
       <c r="R8" t="s">
         <v>31</v>
       </c>
       <c r="S8" t="s">
         <v>32</v>
       </c>
       <c r="T8" t="s">
         <v>32</v>
       </c>
       <c r="U8" t="s">
         <v>33</v>
       </c>
       <c r="V8">
         <v>6</v>
       </c>
       <c r="W8">
         <v>0</v>
       </c>
@@ -1262,51 +1262,51 @@
       <c r="G9">
         <v>30.7337</v>
       </c>
       <c r="H9">
         <v>100</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>278.469</v>
       </c>
       <c r="K9">
         <v>0</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="N9" t="s">
         <v>29</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P9">
         <v>15224</v>
       </c>
       <c r="Q9" t="s">
         <v>39</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
       <c r="S9" t="s">
         <v>32</v>
       </c>
       <c r="T9" t="s">
         <v>32</v>
       </c>
       <c r="U9" t="s">
         <v>34</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>0</v>
       </c>
@@ -1339,51 +1339,51 @@
       <c r="G10">
         <v>30.7337</v>
       </c>
       <c r="H10">
         <v>100</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>278.469</v>
       </c>
       <c r="K10">
         <v>0</v>
       </c>
       <c r="L10" t="s">
         <v>28</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10" t="s">
         <v>29</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P10">
         <v>15224</v>
       </c>
       <c r="Q10" t="s">
         <v>39</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
       <c r="S10" t="s">
         <v>32</v>
       </c>
       <c r="T10" t="s">
         <v>32</v>
       </c>
       <c r="U10" t="s">
         <v>35</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>0</v>
       </c>
@@ -1416,51 +1416,51 @@
       <c r="G11">
         <v>30.7337</v>
       </c>
       <c r="H11">
         <v>100</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>278.469</v>
       </c>
       <c r="K11">
         <v>0</v>
       </c>
       <c r="L11" t="s">
         <v>28</v>
       </c>
       <c r="M11">
         <v>1</v>
       </c>
       <c r="N11" t="s">
         <v>29</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P11">
         <v>15224</v>
       </c>
       <c r="Q11" t="s">
         <v>39</v>
       </c>
       <c r="R11" t="s">
         <v>31</v>
       </c>
       <c r="S11" t="s">
         <v>32</v>
       </c>
       <c r="T11" t="s">
         <v>32</v>
       </c>
       <c r="U11" t="s">
         <v>36</v>
       </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11">
         <v>0</v>
       </c>
@@ -1493,51 +1493,51 @@
       <c r="G12">
         <v>30.7337</v>
       </c>
       <c r="H12">
         <v>100</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>278.469</v>
       </c>
       <c r="K12">
         <v>0</v>
       </c>
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12">
         <v>1</v>
       </c>
       <c r="N12" t="s">
         <v>29</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P12">
         <v>15224</v>
       </c>
       <c r="Q12" t="s">
         <v>39</v>
       </c>
       <c r="R12" t="s">
         <v>31</v>
       </c>
       <c r="S12" t="s">
         <v>32</v>
       </c>
       <c r="T12" t="s">
         <v>32</v>
       </c>
       <c r="U12" t="s">
         <v>37</v>
       </c>
       <c r="V12">
         <v>11</v>
       </c>
       <c r="W12">
         <v>0</v>
       </c>
@@ -1570,51 +1570,51 @@
       <c r="G13">
         <v>30.7337</v>
       </c>
       <c r="H13">
         <v>100</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>278.469</v>
       </c>
       <c r="K13">
         <v>0</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
       <c r="N13" t="s">
         <v>29</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P13">
         <v>15224</v>
       </c>
       <c r="Q13" t="s">
         <v>39</v>
       </c>
       <c r="R13" t="s">
         <v>31</v>
       </c>
       <c r="S13" t="s">
         <v>32</v>
       </c>
       <c r="T13" t="s">
         <v>32</v>
       </c>
       <c r="U13" t="s">
         <v>40</v>
       </c>
       <c r="V13">
         <v>14</v>
       </c>
       <c r="W13">
         <v>0</v>
       </c>
@@ -1647,51 +1647,51 @@
       <c r="G14">
         <v>30.7337</v>
       </c>
       <c r="H14">
         <v>100</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>278.469</v>
       </c>
       <c r="K14">
         <v>0</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14">
         <v>1</v>
       </c>
       <c r="N14" t="s">
         <v>29</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P14">
         <v>15224</v>
       </c>
       <c r="Q14" t="s">
         <v>39</v>
       </c>
       <c r="R14" t="s">
         <v>31</v>
       </c>
       <c r="S14" t="s">
         <v>32</v>
       </c>
       <c r="T14" t="s">
         <v>32</v>
       </c>
       <c r="U14" t="s">
         <v>41</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>0</v>
       </c>
@@ -1724,51 +1724,51 @@
       <c r="G15">
         <v>30.7337</v>
       </c>
       <c r="H15">
         <v>100</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>278.469</v>
       </c>
       <c r="K15">
         <v>0</v>
       </c>
       <c r="L15" t="s">
         <v>28</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="N15" t="s">
         <v>29</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P15">
         <v>15224</v>
       </c>
       <c r="Q15" t="s">
         <v>39</v>
       </c>
       <c r="R15" t="s">
         <v>31</v>
       </c>
       <c r="S15" t="s">
         <v>42</v>
       </c>
       <c r="T15" t="s">
         <v>32</v>
       </c>
       <c r="U15" t="s">
         <v>35</v>
       </c>
       <c r="V15">
         <v>4</v>
       </c>
       <c r="W15">
         <v>0</v>
       </c>
@@ -1801,51 +1801,51 @@
       <c r="G16">
         <v>30.7337</v>
       </c>
       <c r="H16">
         <v>100</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>278.469</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16" t="s">
         <v>28</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="N16" t="s">
         <v>29</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P16">
         <v>15224</v>
       </c>
       <c r="Q16" t="s">
         <v>39</v>
       </c>
       <c r="R16" t="s">
         <v>31</v>
       </c>
       <c r="S16" t="s">
         <v>42</v>
       </c>
       <c r="T16" t="s">
         <v>32</v>
       </c>
       <c r="U16" t="s">
         <v>36</v>
       </c>
       <c r="V16">
         <v>6</v>
       </c>
       <c r="W16">
         <v>0</v>
       </c>
@@ -1878,51 +1878,51 @@
       <c r="G17">
         <v>30.7337</v>
       </c>
       <c r="H17">
         <v>100</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>278.469</v>
       </c>
       <c r="K17">
         <v>0</v>
       </c>
       <c r="L17" t="s">
         <v>28</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
       <c r="N17" t="s">
         <v>29</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P17">
         <v>15224</v>
       </c>
       <c r="Q17" t="s">
         <v>39</v>
       </c>
       <c r="R17" t="s">
         <v>31</v>
       </c>
       <c r="S17" t="s">
         <v>42</v>
       </c>
       <c r="T17" t="s">
         <v>32</v>
       </c>
       <c r="U17" t="s">
         <v>37</v>
       </c>
       <c r="V17">
         <v>8</v>
       </c>
       <c r="W17">
         <v>0</v>
       </c>
@@ -1955,51 +1955,51 @@
       <c r="G18">
         <v>30.7337</v>
       </c>
       <c r="H18">
         <v>100</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>278.469</v>
       </c>
       <c r="K18">
         <v>0</v>
       </c>
       <c r="L18" t="s">
         <v>28</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18" t="s">
         <v>29</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P18">
         <v>15224</v>
       </c>
       <c r="Q18" t="s">
         <v>39</v>
       </c>
       <c r="R18" t="s">
         <v>31</v>
       </c>
       <c r="S18" t="s">
         <v>42</v>
       </c>
       <c r="T18" t="s">
         <v>32</v>
       </c>
       <c r="U18" t="s">
         <v>40</v>
       </c>
       <c r="V18">
         <v>12</v>
       </c>
       <c r="W18">
         <v>0</v>
       </c>
@@ -2032,51 +2032,51 @@
       <c r="G19">
         <v>30.7337</v>
       </c>
       <c r="H19">
         <v>100</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>278.469</v>
       </c>
       <c r="K19">
         <v>0</v>
       </c>
       <c r="L19" t="s">
         <v>28</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19" t="s">
         <v>29</v>
       </c>
       <c r="O19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P19">
         <v>15224</v>
       </c>
       <c r="Q19" t="s">
         <v>39</v>
       </c>
       <c r="R19" t="s">
         <v>31</v>
       </c>
       <c r="S19" t="s">
         <v>42</v>
       </c>
       <c r="T19" t="s">
         <v>32</v>
       </c>
       <c r="U19" t="s">
         <v>41</v>
       </c>
       <c r="V19">
         <v>2</v>
       </c>
       <c r="W19">
         <v>0</v>
       </c>
@@ -2109,51 +2109,51 @@
       <c r="G20">
         <v>30.7337</v>
       </c>
       <c r="H20">
         <v>100</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>278.469</v>
       </c>
       <c r="K20">
         <v>0</v>
       </c>
       <c r="L20" t="s">
         <v>28</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="N20" t="s">
         <v>29</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P20">
         <v>15224</v>
       </c>
       <c r="Q20" t="s">
         <v>39</v>
       </c>
       <c r="R20" t="s">
         <v>43</v>
       </c>
       <c r="S20" t="s">
         <v>42</v>
       </c>
       <c r="T20" t="s">
         <v>32</v>
       </c>
       <c r="U20" t="s">
         <v>36</v>
       </c>
       <c r="V20">
         <v>6</v>
       </c>
       <c r="W20">
         <v>0</v>
       </c>
@@ -2186,51 +2186,51 @@
       <c r="G21">
         <v>30.7337</v>
       </c>
       <c r="H21">
         <v>100</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="J21">
         <v>278.469</v>
       </c>
       <c r="K21">
         <v>0</v>
       </c>
       <c r="L21" t="s">
         <v>28</v>
       </c>
       <c r="M21">
         <v>1</v>
       </c>
       <c r="N21" t="s">
         <v>29</v>
       </c>
       <c r="O21">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P21">
         <v>15224</v>
       </c>
       <c r="Q21" t="s">
         <v>39</v>
       </c>
       <c r="R21" t="s">
         <v>43</v>
       </c>
       <c r="S21" t="s">
         <v>42</v>
       </c>
       <c r="T21" t="s">
         <v>32</v>
       </c>
       <c r="U21" t="s">
         <v>37</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
         <v>0</v>
       </c>
@@ -2263,51 +2263,51 @@
       <c r="G22">
         <v>30.7337</v>
       </c>
       <c r="H22">
         <v>100</v>
       </c>
       <c r="I22">
         <v>0</v>
       </c>
       <c r="J22">
         <v>278.469</v>
       </c>
       <c r="K22">
         <v>0</v>
       </c>
       <c r="L22" t="s">
         <v>28</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22" t="s">
         <v>29</v>
       </c>
       <c r="O22">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P22">
         <v>15224</v>
       </c>
       <c r="Q22" t="s">
         <v>39</v>
       </c>
       <c r="R22" t="s">
         <v>43</v>
       </c>
       <c r="S22" t="s">
         <v>42</v>
       </c>
       <c r="T22" t="s">
         <v>32</v>
       </c>
       <c r="U22" t="s">
         <v>40</v>
       </c>
       <c r="V22">
         <v>12</v>
       </c>
       <c r="W22">
         <v>0</v>
       </c>
@@ -2340,51 +2340,51 @@
       <c r="G23">
         <v>21.3389</v>
       </c>
       <c r="H23">
         <v>104</v>
       </c>
       <c r="I23">
         <v>0</v>
       </c>
       <c r="J23">
         <v>197.236</v>
       </c>
       <c r="K23">
         <v>0</v>
       </c>
       <c r="L23" t="s">
         <v>28</v>
       </c>
       <c r="M23">
         <v>1</v>
       </c>
       <c r="N23" t="s">
         <v>44</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P23">
         <v>15224</v>
       </c>
       <c r="Q23" t="s">
         <v>45</v>
       </c>
       <c r="R23" t="s">
         <v>31</v>
       </c>
       <c r="S23" t="s">
         <v>32</v>
       </c>
       <c r="T23" t="s">
         <v>32</v>
       </c>
       <c r="U23" t="s">
         <v>34</v>
       </c>
       <c r="V23">
         <v>13</v>
       </c>
       <c r="W23">
         <v>0</v>
       </c>
@@ -2417,51 +2417,51 @@
       <c r="G24">
         <v>21.3389</v>
       </c>
       <c r="H24">
         <v>104</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>197.236</v>
       </c>
       <c r="K24">
         <v>0</v>
       </c>
       <c r="L24" t="s">
         <v>28</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="N24" t="s">
         <v>44</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P24">
         <v>15224</v>
       </c>
       <c r="Q24" t="s">
         <v>45</v>
       </c>
       <c r="R24" t="s">
         <v>31</v>
       </c>
       <c r="S24" t="s">
         <v>32</v>
       </c>
       <c r="T24" t="s">
         <v>32</v>
       </c>
       <c r="U24" t="s">
         <v>35</v>
       </c>
       <c r="V24">
         <v>15</v>
       </c>
       <c r="W24">
         <v>0</v>
       </c>
@@ -2494,51 +2494,51 @@
       <c r="G25">
         <v>21.3389</v>
       </c>
       <c r="H25">
         <v>104</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="J25">
         <v>197.236</v>
       </c>
       <c r="K25">
         <v>0</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25" t="s">
         <v>44</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P25">
         <v>15224</v>
       </c>
       <c r="Q25" t="s">
         <v>45</v>
       </c>
       <c r="R25" t="s">
         <v>31</v>
       </c>
       <c r="S25" t="s">
         <v>32</v>
       </c>
       <c r="T25" t="s">
         <v>32</v>
       </c>
       <c r="U25" t="s">
         <v>36</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>0</v>
       </c>
@@ -2571,51 +2571,51 @@
       <c r="G26">
         <v>21.3389</v>
       </c>
       <c r="H26">
         <v>104</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>197.236</v>
       </c>
       <c r="K26">
         <v>0</v>
       </c>
       <c r="L26" t="s">
         <v>28</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="N26" t="s">
         <v>44</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P26">
         <v>15224</v>
       </c>
       <c r="Q26" t="s">
         <v>45</v>
       </c>
       <c r="R26" t="s">
         <v>31</v>
       </c>
       <c r="S26" t="s">
         <v>38</v>
       </c>
       <c r="T26" t="s">
         <v>32</v>
       </c>
       <c r="U26" t="s">
         <v>34</v>
       </c>
       <c r="V26">
         <v>5</v>
       </c>
       <c r="W26">
         <v>0</v>
       </c>
@@ -2648,51 +2648,51 @@
       <c r="G27">
         <v>21.3389</v>
       </c>
       <c r="H27">
         <v>104</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>197.236</v>
       </c>
       <c r="K27">
         <v>0</v>
       </c>
       <c r="L27" t="s">
         <v>28</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
       <c r="N27" t="s">
         <v>44</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P27">
         <v>15224</v>
       </c>
       <c r="Q27" t="s">
         <v>45</v>
       </c>
       <c r="R27" t="s">
         <v>31</v>
       </c>
       <c r="S27" t="s">
         <v>38</v>
       </c>
       <c r="T27" t="s">
         <v>32</v>
       </c>
       <c r="U27" t="s">
         <v>36</v>
       </c>
       <c r="V27">
         <v>1</v>
       </c>
       <c r="W27">
         <v>0</v>
       </c>
@@ -2725,51 +2725,51 @@
       <c r="G28">
         <v>21.3389</v>
       </c>
       <c r="H28">
         <v>104</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>197.236</v>
       </c>
       <c r="K28">
         <v>0</v>
       </c>
       <c r="L28" t="s">
         <v>28</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="N28" t="s">
         <v>44</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P28">
         <v>15224</v>
       </c>
       <c r="Q28" t="s">
         <v>45</v>
       </c>
       <c r="R28" t="s">
         <v>31</v>
       </c>
       <c r="S28" t="s">
         <v>38</v>
       </c>
       <c r="T28" t="s">
         <v>32</v>
       </c>
       <c r="U28" t="s">
         <v>40</v>
       </c>
       <c r="V28">
         <v>2</v>
       </c>
       <c r="W28">
         <v>0</v>
       </c>
@@ -2802,51 +2802,51 @@
       <c r="G29">
         <v>21.3389</v>
       </c>
       <c r="H29">
         <v>104</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="J29">
         <v>197.236</v>
       </c>
       <c r="K29">
         <v>0</v>
       </c>
       <c r="L29" t="s">
         <v>28</v>
       </c>
       <c r="M29">
         <v>1</v>
       </c>
       <c r="N29" t="s">
         <v>44</v>
       </c>
       <c r="O29">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P29">
         <v>15224</v>
       </c>
       <c r="Q29" t="s">
         <v>39</v>
       </c>
       <c r="R29" t="s">
         <v>31</v>
       </c>
       <c r="S29" t="s">
         <v>46</v>
       </c>
       <c r="T29" t="s">
         <v>32</v>
       </c>
       <c r="U29" t="s">
         <v>34</v>
       </c>
       <c r="V29">
         <v>1</v>
       </c>
       <c r="W29">
         <v>0</v>
       </c>
@@ -2879,51 +2879,51 @@
       <c r="G30">
         <v>21.3389</v>
       </c>
       <c r="H30">
         <v>104</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30">
         <v>197.236</v>
       </c>
       <c r="K30">
         <v>0</v>
       </c>
       <c r="L30" t="s">
         <v>28</v>
       </c>
       <c r="M30">
         <v>1</v>
       </c>
       <c r="N30" t="s">
         <v>44</v>
       </c>
       <c r="O30">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P30">
         <v>15224</v>
       </c>
       <c r="Q30" t="s">
         <v>39</v>
       </c>
       <c r="R30" t="s">
         <v>31</v>
       </c>
       <c r="S30" t="s">
         <v>46</v>
       </c>
       <c r="T30" t="s">
         <v>32</v>
       </c>
       <c r="U30" t="s">
         <v>35</v>
       </c>
       <c r="V30">
         <v>1</v>
       </c>
       <c r="W30">
         <v>0</v>
       </c>
@@ -2956,51 +2956,51 @@
       <c r="G31">
         <v>21.3389</v>
       </c>
       <c r="H31">
         <v>104</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="J31">
         <v>197.236</v>
       </c>
       <c r="K31">
         <v>0</v>
       </c>
       <c r="L31" t="s">
         <v>28</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
       <c r="N31" t="s">
         <v>44</v>
       </c>
       <c r="O31">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P31">
         <v>15224</v>
       </c>
       <c r="Q31" t="s">
         <v>39</v>
       </c>
       <c r="R31" t="s">
         <v>31</v>
       </c>
       <c r="S31" t="s">
         <v>46</v>
       </c>
       <c r="T31" t="s">
         <v>32</v>
       </c>
       <c r="U31" t="s">
         <v>36</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>0</v>
       </c>
@@ -3033,51 +3033,51 @@
       <c r="G32">
         <v>21.3389</v>
       </c>
       <c r="H32">
         <v>104</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>197.236</v>
       </c>
       <c r="K32">
         <v>0</v>
       </c>
       <c r="L32" t="s">
         <v>28</v>
       </c>
       <c r="M32">
         <v>1</v>
       </c>
       <c r="N32" t="s">
         <v>44</v>
       </c>
       <c r="O32">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P32">
         <v>15224</v>
       </c>
       <c r="Q32" t="s">
         <v>39</v>
       </c>
       <c r="R32" t="s">
         <v>31</v>
       </c>
       <c r="S32" t="s">
         <v>46</v>
       </c>
       <c r="T32" t="s">
         <v>32</v>
       </c>
       <c r="U32" t="s">
         <v>37</v>
       </c>
       <c r="V32">
         <v>1</v>
       </c>
       <c r="W32">
         <v>0</v>
       </c>
@@ -3110,51 +3110,51 @@
       <c r="G33">
         <v>21.3389</v>
       </c>
       <c r="H33">
         <v>104</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
         <v>197.236</v>
       </c>
       <c r="K33">
         <v>0</v>
       </c>
       <c r="L33" t="s">
         <v>28</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="N33" t="s">
         <v>44</v>
       </c>
       <c r="O33">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P33">
         <v>15224</v>
       </c>
       <c r="Q33" t="s">
         <v>39</v>
       </c>
       <c r="R33" t="s">
         <v>31</v>
       </c>
       <c r="S33" t="s">
         <v>46</v>
       </c>
       <c r="T33" t="s">
         <v>32</v>
       </c>
       <c r="U33" t="s">
         <v>40</v>
       </c>
       <c r="V33">
         <v>4</v>
       </c>
       <c r="W33">
         <v>0</v>
       </c>
@@ -3187,51 +3187,51 @@
       <c r="G34">
         <v>21.3389</v>
       </c>
       <c r="H34">
         <v>104</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>197.236</v>
       </c>
       <c r="K34">
         <v>0</v>
       </c>
       <c r="L34" t="s">
         <v>28</v>
       </c>
       <c r="M34">
         <v>1</v>
       </c>
       <c r="N34" t="s">
         <v>44</v>
       </c>
       <c r="O34">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P34">
         <v>15224</v>
       </c>
       <c r="Q34" t="s">
         <v>39</v>
       </c>
       <c r="R34" t="s">
         <v>31</v>
       </c>
       <c r="S34" t="s">
         <v>32</v>
       </c>
       <c r="T34" t="s">
         <v>32</v>
       </c>
       <c r="U34" t="s">
         <v>34</v>
       </c>
       <c r="V34">
         <v>8</v>
       </c>
       <c r="W34">
         <v>0</v>
       </c>
@@ -3264,51 +3264,51 @@
       <c r="G35">
         <v>21.3389</v>
       </c>
       <c r="H35">
         <v>104</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>197.236</v>
       </c>
       <c r="K35">
         <v>0</v>
       </c>
       <c r="L35" t="s">
         <v>28</v>
       </c>
       <c r="M35">
         <v>1</v>
       </c>
       <c r="N35" t="s">
         <v>44</v>
       </c>
       <c r="O35">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P35">
         <v>15224</v>
       </c>
       <c r="Q35" t="s">
         <v>39</v>
       </c>
       <c r="R35" t="s">
         <v>31</v>
       </c>
       <c r="S35" t="s">
         <v>32</v>
       </c>
       <c r="T35" t="s">
         <v>32</v>
       </c>
       <c r="U35" t="s">
         <v>35</v>
       </c>
       <c r="V35">
         <v>8</v>
       </c>
       <c r="W35">
         <v>0</v>
       </c>
@@ -3341,51 +3341,51 @@
       <c r="G36">
         <v>21.3389</v>
       </c>
       <c r="H36">
         <v>104</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>197.236</v>
       </c>
       <c r="K36">
         <v>0</v>
       </c>
       <c r="L36" t="s">
         <v>28</v>
       </c>
       <c r="M36">
         <v>1</v>
       </c>
       <c r="N36" t="s">
         <v>44</v>
       </c>
       <c r="O36">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P36">
         <v>15224</v>
       </c>
       <c r="Q36" t="s">
         <v>39</v>
       </c>
       <c r="R36" t="s">
         <v>31</v>
       </c>
       <c r="S36" t="s">
         <v>32</v>
       </c>
       <c r="T36" t="s">
         <v>32</v>
       </c>
       <c r="U36" t="s">
         <v>36</v>
       </c>
       <c r="V36">
         <v>10</v>
       </c>
       <c r="W36">
         <v>0</v>
       </c>
@@ -3418,51 +3418,51 @@
       <c r="G37">
         <v>21.3389</v>
       </c>
       <c r="H37">
         <v>104</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>197.236</v>
       </c>
       <c r="K37">
         <v>0</v>
       </c>
       <c r="L37" t="s">
         <v>28</v>
       </c>
       <c r="M37">
         <v>1</v>
       </c>
       <c r="N37" t="s">
         <v>44</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P37">
         <v>15224</v>
       </c>
       <c r="Q37" t="s">
         <v>39</v>
       </c>
       <c r="R37" t="s">
         <v>31</v>
       </c>
       <c r="S37" t="s">
         <v>32</v>
       </c>
       <c r="T37" t="s">
         <v>32</v>
       </c>
       <c r="U37" t="s">
         <v>37</v>
       </c>
       <c r="V37">
         <v>5</v>
       </c>
       <c r="W37">
         <v>0</v>
       </c>
@@ -3495,51 +3495,51 @@
       <c r="G38">
         <v>21.3389</v>
       </c>
       <c r="H38">
         <v>104</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>197.236</v>
       </c>
       <c r="K38">
         <v>0</v>
       </c>
       <c r="L38" t="s">
         <v>28</v>
       </c>
       <c r="M38">
         <v>1</v>
       </c>
       <c r="N38" t="s">
         <v>44</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P38">
         <v>15224</v>
       </c>
       <c r="Q38" t="s">
         <v>39</v>
       </c>
       <c r="R38" t="s">
         <v>31</v>
       </c>
       <c r="S38" t="s">
         <v>32</v>
       </c>
       <c r="T38" t="s">
         <v>32</v>
       </c>
       <c r="U38" t="s">
         <v>40</v>
       </c>
       <c r="V38">
         <v>13</v>
       </c>
       <c r="W38">
         <v>0</v>
       </c>
@@ -3572,51 +3572,51 @@
       <c r="G39">
         <v>21.3389</v>
       </c>
       <c r="H39">
         <v>104</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>197.236</v>
       </c>
       <c r="K39">
         <v>0</v>
       </c>
       <c r="L39" t="s">
         <v>28</v>
       </c>
       <c r="M39">
         <v>1</v>
       </c>
       <c r="N39" t="s">
         <v>44</v>
       </c>
       <c r="O39">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P39">
         <v>15224</v>
       </c>
       <c r="Q39" t="s">
         <v>39</v>
       </c>
       <c r="R39" t="s">
         <v>31</v>
       </c>
       <c r="S39" t="s">
         <v>32</v>
       </c>
       <c r="T39" t="s">
         <v>32</v>
       </c>
       <c r="U39" t="s">
         <v>41</v>
       </c>
       <c r="V39">
         <v>6</v>
       </c>
       <c r="W39">
         <v>0</v>
       </c>
@@ -3649,51 +3649,51 @@
       <c r="G40">
         <v>21.3389</v>
       </c>
       <c r="H40">
         <v>104</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40">
         <v>197.236</v>
       </c>
       <c r="K40">
         <v>0</v>
       </c>
       <c r="L40" t="s">
         <v>28</v>
       </c>
       <c r="M40">
         <v>1</v>
       </c>
       <c r="N40" t="s">
         <v>44</v>
       </c>
       <c r="O40">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P40">
         <v>15224</v>
       </c>
       <c r="Q40" t="s">
         <v>47</v>
       </c>
       <c r="R40" t="s">
         <v>31</v>
       </c>
       <c r="S40" t="s">
         <v>32</v>
       </c>
       <c r="T40" t="s">
         <v>32</v>
       </c>
       <c r="U40" t="s">
         <v>35</v>
       </c>
       <c r="V40">
         <v>1</v>
       </c>
       <c r="W40">
         <v>0</v>
       </c>
@@ -3726,51 +3726,51 @@
       <c r="G41">
         <v>21.3389</v>
       </c>
       <c r="H41">
         <v>104</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41">
         <v>197.236</v>
       </c>
       <c r="K41">
         <v>0</v>
       </c>
       <c r="L41" t="s">
         <v>28</v>
       </c>
       <c r="M41">
         <v>1</v>
       </c>
       <c r="N41" t="s">
         <v>44</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P41">
         <v>15224</v>
       </c>
       <c r="Q41" t="s">
         <v>47</v>
       </c>
       <c r="R41" t="s">
         <v>31</v>
       </c>
       <c r="S41" t="s">
         <v>32</v>
       </c>
       <c r="T41" t="s">
         <v>32</v>
       </c>
       <c r="U41" t="s">
         <v>37</v>
       </c>
       <c r="V41">
         <v>1</v>
       </c>
       <c r="W41">
         <v>0</v>
       </c>
@@ -3803,51 +3803,51 @@
       <c r="G42">
         <v>21.3389</v>
       </c>
       <c r="H42">
         <v>104</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
         <v>197.236</v>
       </c>
       <c r="K42">
         <v>0</v>
       </c>
       <c r="L42" t="s">
         <v>28</v>
       </c>
       <c r="M42">
         <v>1</v>
       </c>
       <c r="N42" t="s">
         <v>44</v>
       </c>
       <c r="O42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P42">
         <v>15224</v>
       </c>
       <c r="Q42" t="s">
         <v>47</v>
       </c>
       <c r="R42" t="s">
         <v>31</v>
       </c>
       <c r="S42" t="s">
         <v>32</v>
       </c>
       <c r="T42" t="s">
         <v>32</v>
       </c>
       <c r="U42" t="s">
         <v>40</v>
       </c>
       <c r="V42">
         <v>1</v>
       </c>
       <c r="W42">
         <v>0</v>
       </c>
@@ -3880,51 +3880,51 @@
       <c r="G43">
         <v>21.3389</v>
       </c>
       <c r="H43">
         <v>104</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="J43">
         <v>197.236</v>
       </c>
       <c r="K43">
         <v>0</v>
       </c>
       <c r="L43" t="s">
         <v>28</v>
       </c>
       <c r="M43">
         <v>1</v>
       </c>
       <c r="N43" t="s">
         <v>44</v>
       </c>
       <c r="O43">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P43">
         <v>15224</v>
       </c>
       <c r="Q43" t="s">
         <v>48</v>
       </c>
       <c r="R43" t="s">
         <v>31</v>
       </c>
       <c r="S43" t="s">
         <v>38</v>
       </c>
       <c r="T43" t="s">
         <v>32</v>
       </c>
       <c r="U43" t="s">
         <v>35</v>
       </c>
       <c r="V43">
         <v>1</v>
       </c>
       <c r="W43">
         <v>0</v>
       </c>
@@ -3957,51 +3957,51 @@
       <c r="G44">
         <v>21.3389</v>
       </c>
       <c r="H44">
         <v>104</v>
       </c>
       <c r="I44">
         <v>0</v>
       </c>
       <c r="J44">
         <v>197.236</v>
       </c>
       <c r="K44">
         <v>0</v>
       </c>
       <c r="L44" t="s">
         <v>28</v>
       </c>
       <c r="M44">
         <v>1</v>
       </c>
       <c r="N44" t="s">
         <v>44</v>
       </c>
       <c r="O44">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P44">
         <v>15224</v>
       </c>
       <c r="Q44" t="s">
         <v>48</v>
       </c>
       <c r="R44" t="s">
         <v>31</v>
       </c>
       <c r="S44" t="s">
         <v>38</v>
       </c>
       <c r="T44" t="s">
         <v>32</v>
       </c>
       <c r="U44" t="s">
         <v>40</v>
       </c>
       <c r="V44">
         <v>1</v>
       </c>
       <c r="W44">
         <v>0</v>
       </c>
@@ -4034,51 +4034,51 @@
       <c r="G45">
         <v>23.6127</v>
       </c>
       <c r="H45">
         <v>1104</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>525.306</v>
       </c>
       <c r="L45" t="s">
         <v>28</v>
       </c>
       <c r="M45">
         <v>1</v>
       </c>
       <c r="N45" t="s">
         <v>50</v>
       </c>
       <c r="O45">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P45">
         <v>15224</v>
       </c>
       <c r="Q45" t="s">
         <v>30</v>
       </c>
       <c r="R45" t="s">
         <v>31</v>
       </c>
       <c r="S45" t="s">
         <v>32</v>
       </c>
       <c r="T45" t="s">
         <v>32</v>
       </c>
       <c r="U45" t="s">
         <v>51</v>
       </c>
       <c r="V45">
         <v>102</v>
       </c>
       <c r="W45">
         <v>0</v>
       </c>
@@ -4111,51 +4111,51 @@
       <c r="G46">
         <v>23.6127</v>
       </c>
       <c r="H46">
         <v>1104</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46">
         <v>525.306</v>
       </c>
       <c r="L46" t="s">
         <v>28</v>
       </c>
       <c r="M46">
         <v>1</v>
       </c>
       <c r="N46" t="s">
         <v>50</v>
       </c>
       <c r="O46">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P46">
         <v>15224</v>
       </c>
       <c r="Q46" t="s">
         <v>30</v>
       </c>
       <c r="R46" t="s">
         <v>31</v>
       </c>
       <c r="S46" t="s">
         <v>32</v>
       </c>
       <c r="T46" t="s">
         <v>32</v>
       </c>
       <c r="U46" t="s">
         <v>52</v>
       </c>
       <c r="V46">
         <v>131</v>
       </c>
       <c r="W46">
         <v>0</v>
       </c>
@@ -4188,51 +4188,51 @@
       <c r="G47">
         <v>23.6127</v>
       </c>
       <c r="H47">
         <v>1104</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
       <c r="K47">
         <v>525.306</v>
       </c>
       <c r="L47" t="s">
         <v>28</v>
       </c>
       <c r="M47">
         <v>1</v>
       </c>
       <c r="N47" t="s">
         <v>50</v>
       </c>
       <c r="O47">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P47">
         <v>15224</v>
       </c>
       <c r="Q47" t="s">
         <v>30</v>
       </c>
       <c r="R47" t="s">
         <v>31</v>
       </c>
       <c r="S47" t="s">
         <v>32</v>
       </c>
       <c r="T47" t="s">
         <v>32</v>
       </c>
       <c r="U47" t="s">
         <v>53</v>
       </c>
       <c r="V47">
         <v>17</v>
       </c>
       <c r="W47">
         <v>0</v>
       </c>
@@ -4265,51 +4265,51 @@
       <c r="G48">
         <v>23.6127</v>
       </c>
       <c r="H48">
         <v>1104</v>
       </c>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
       <c r="K48">
         <v>525.306</v>
       </c>
       <c r="L48" t="s">
         <v>28</v>
       </c>
       <c r="M48">
         <v>1</v>
       </c>
       <c r="N48" t="s">
         <v>50</v>
       </c>
       <c r="O48">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P48">
         <v>15224</v>
       </c>
       <c r="Q48" t="s">
         <v>30</v>
       </c>
       <c r="R48" t="s">
         <v>31</v>
       </c>
       <c r="S48" t="s">
         <v>32</v>
       </c>
       <c r="T48" t="s">
         <v>32</v>
       </c>
       <c r="U48" t="s">
         <v>33</v>
       </c>
       <c r="V48">
         <v>67</v>
       </c>
       <c r="W48">
         <v>0</v>
       </c>
@@ -4342,51 +4342,51 @@
       <c r="G49">
         <v>23.6127</v>
       </c>
       <c r="H49">
         <v>1104</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="J49">
         <v>0</v>
       </c>
       <c r="K49">
         <v>525.306</v>
       </c>
       <c r="L49" t="s">
         <v>28</v>
       </c>
       <c r="M49">
         <v>1</v>
       </c>
       <c r="N49" t="s">
         <v>50</v>
       </c>
       <c r="O49">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P49">
         <v>15224</v>
       </c>
       <c r="Q49" t="s">
         <v>30</v>
       </c>
       <c r="R49" t="s">
         <v>31</v>
       </c>
       <c r="S49" t="s">
         <v>32</v>
       </c>
       <c r="T49" t="s">
         <v>32</v>
       </c>
       <c r="U49" t="s">
         <v>34</v>
       </c>
       <c r="V49">
         <v>123</v>
       </c>
       <c r="W49">
         <v>0</v>
       </c>
@@ -4419,51 +4419,51 @@
       <c r="G50">
         <v>23.6127</v>
       </c>
       <c r="H50">
         <v>1104</v>
       </c>
       <c r="I50">
         <v>0</v>
       </c>
       <c r="J50">
         <v>0</v>
       </c>
       <c r="K50">
         <v>525.306</v>
       </c>
       <c r="L50" t="s">
         <v>28</v>
       </c>
       <c r="M50">
         <v>1</v>
       </c>
       <c r="N50" t="s">
         <v>50</v>
       </c>
       <c r="O50">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P50">
         <v>15224</v>
       </c>
       <c r="Q50" t="s">
         <v>30</v>
       </c>
       <c r="R50" t="s">
         <v>31</v>
       </c>
       <c r="S50" t="s">
         <v>32</v>
       </c>
       <c r="T50" t="s">
         <v>32</v>
       </c>
       <c r="U50" t="s">
         <v>35</v>
       </c>
       <c r="V50">
         <v>31</v>
       </c>
       <c r="W50">
         <v>0</v>
       </c>
@@ -4496,51 +4496,51 @@
       <c r="G51">
         <v>23.6127</v>
       </c>
       <c r="H51">
         <v>1104</v>
       </c>
       <c r="I51">
         <v>0</v>
       </c>
       <c r="J51">
         <v>0</v>
       </c>
       <c r="K51">
         <v>525.306</v>
       </c>
       <c r="L51" t="s">
         <v>28</v>
       </c>
       <c r="M51">
         <v>1</v>
       </c>
       <c r="N51" t="s">
         <v>50</v>
       </c>
       <c r="O51">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P51">
         <v>15224</v>
       </c>
       <c r="Q51" t="s">
         <v>30</v>
       </c>
       <c r="R51" t="s">
         <v>31</v>
       </c>
       <c r="S51" t="s">
         <v>32</v>
       </c>
       <c r="T51" t="s">
         <v>32</v>
       </c>
       <c r="U51" t="s">
         <v>36</v>
       </c>
       <c r="V51">
         <v>9</v>
       </c>
       <c r="W51">
         <v>0</v>
       </c>
@@ -4573,51 +4573,51 @@
       <c r="G52">
         <v>23.6127</v>
       </c>
       <c r="H52">
         <v>1104</v>
       </c>
       <c r="I52">
         <v>0</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
       <c r="K52">
         <v>525.306</v>
       </c>
       <c r="L52" t="s">
         <v>28</v>
       </c>
       <c r="M52">
         <v>1</v>
       </c>
       <c r="N52" t="s">
         <v>50</v>
       </c>
       <c r="O52">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P52">
         <v>15224</v>
       </c>
       <c r="Q52" t="s">
         <v>30</v>
       </c>
       <c r="R52" t="s">
         <v>31</v>
       </c>
       <c r="S52" t="s">
         <v>32</v>
       </c>
       <c r="T52" t="s">
         <v>32</v>
       </c>
       <c r="U52" t="s">
         <v>37</v>
       </c>
       <c r="V52">
         <v>2</v>
       </c>
       <c r="W52">
         <v>0</v>
       </c>
@@ -4650,51 +4650,51 @@
       <c r="G53">
         <v>23.6127</v>
       </c>
       <c r="H53">
         <v>1104</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="J53">
         <v>0</v>
       </c>
       <c r="K53">
         <v>525.306</v>
       </c>
       <c r="L53" t="s">
         <v>28</v>
       </c>
       <c r="M53">
         <v>1</v>
       </c>
       <c r="N53" t="s">
         <v>50</v>
       </c>
       <c r="O53">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P53">
         <v>15224</v>
       </c>
       <c r="Q53" t="s">
         <v>30</v>
       </c>
       <c r="R53" t="s">
         <v>31</v>
       </c>
       <c r="S53" t="s">
         <v>32</v>
       </c>
       <c r="T53" t="s">
         <v>32</v>
       </c>
       <c r="U53" t="s">
         <v>40</v>
       </c>
       <c r="V53">
         <v>2</v>
       </c>
       <c r="W53">
         <v>0</v>
       </c>
@@ -4727,51 +4727,51 @@
       <c r="G54">
         <v>23.6127</v>
       </c>
       <c r="H54">
         <v>1104</v>
       </c>
       <c r="I54">
         <v>0</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
       <c r="K54">
         <v>525.306</v>
       </c>
       <c r="L54" t="s">
         <v>28</v>
       </c>
       <c r="M54">
         <v>1</v>
       </c>
       <c r="N54" t="s">
         <v>50</v>
       </c>
       <c r="O54">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P54">
         <v>15224</v>
       </c>
       <c r="Q54" t="s">
         <v>30</v>
       </c>
       <c r="R54" t="s">
         <v>31</v>
       </c>
       <c r="S54" t="s">
         <v>38</v>
       </c>
       <c r="T54" t="s">
         <v>32</v>
       </c>
       <c r="U54" t="s">
         <v>51</v>
       </c>
       <c r="V54">
         <v>10</v>
       </c>
       <c r="W54">
         <v>0</v>
       </c>
@@ -4804,51 +4804,51 @@
       <c r="G55">
         <v>23.6127</v>
       </c>
       <c r="H55">
         <v>1104</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="J55">
         <v>0</v>
       </c>
       <c r="K55">
         <v>525.306</v>
       </c>
       <c r="L55" t="s">
         <v>28</v>
       </c>
       <c r="M55">
         <v>1</v>
       </c>
       <c r="N55" t="s">
         <v>50</v>
       </c>
       <c r="O55">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P55">
         <v>15224</v>
       </c>
       <c r="Q55" t="s">
         <v>30</v>
       </c>
       <c r="R55" t="s">
         <v>31</v>
       </c>
       <c r="S55" t="s">
         <v>38</v>
       </c>
       <c r="T55" t="s">
         <v>32</v>
       </c>
       <c r="U55" t="s">
         <v>52</v>
       </c>
       <c r="V55">
         <v>14</v>
       </c>
       <c r="W55">
         <v>0</v>
       </c>
@@ -4881,51 +4881,51 @@
       <c r="G56">
         <v>23.6127</v>
       </c>
       <c r="H56">
         <v>1104</v>
       </c>
       <c r="I56">
         <v>0</v>
       </c>
       <c r="J56">
         <v>0</v>
       </c>
       <c r="K56">
         <v>525.306</v>
       </c>
       <c r="L56" t="s">
         <v>28</v>
       </c>
       <c r="M56">
         <v>1</v>
       </c>
       <c r="N56" t="s">
         <v>50</v>
       </c>
       <c r="O56">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P56">
         <v>15224</v>
       </c>
       <c r="Q56" t="s">
         <v>30</v>
       </c>
       <c r="R56" t="s">
         <v>31</v>
       </c>
       <c r="S56" t="s">
         <v>38</v>
       </c>
       <c r="T56" t="s">
         <v>32</v>
       </c>
       <c r="U56" t="s">
         <v>53</v>
       </c>
       <c r="V56">
         <v>2</v>
       </c>
       <c r="W56">
         <v>0</v>
       </c>
@@ -4958,51 +4958,51 @@
       <c r="G57">
         <v>23.6127</v>
       </c>
       <c r="H57">
         <v>1104</v>
       </c>
       <c r="I57">
         <v>0</v>
       </c>
       <c r="J57">
         <v>0</v>
       </c>
       <c r="K57">
         <v>525.306</v>
       </c>
       <c r="L57" t="s">
         <v>28</v>
       </c>
       <c r="M57">
         <v>1</v>
       </c>
       <c r="N57" t="s">
         <v>50</v>
       </c>
       <c r="O57">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P57">
         <v>15224</v>
       </c>
       <c r="Q57" t="s">
         <v>30</v>
       </c>
       <c r="R57" t="s">
         <v>31</v>
       </c>
       <c r="S57" t="s">
         <v>38</v>
       </c>
       <c r="T57" t="s">
         <v>32</v>
       </c>
       <c r="U57" t="s">
         <v>33</v>
       </c>
       <c r="V57">
         <v>1</v>
       </c>
       <c r="W57">
         <v>0</v>
       </c>
@@ -5035,51 +5035,51 @@
       <c r="G58">
         <v>23.6127</v>
       </c>
       <c r="H58">
         <v>1104</v>
       </c>
       <c r="I58">
         <v>0</v>
       </c>
       <c r="J58">
         <v>0</v>
       </c>
       <c r="K58">
         <v>525.306</v>
       </c>
       <c r="L58" t="s">
         <v>28</v>
       </c>
       <c r="M58">
         <v>1</v>
       </c>
       <c r="N58" t="s">
         <v>50</v>
       </c>
       <c r="O58">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P58">
         <v>15224</v>
       </c>
       <c r="Q58" t="s">
         <v>30</v>
       </c>
       <c r="R58" t="s">
         <v>31</v>
       </c>
       <c r="S58" t="s">
         <v>38</v>
       </c>
       <c r="T58" t="s">
         <v>32</v>
       </c>
       <c r="U58" t="s">
         <v>34</v>
       </c>
       <c r="V58">
         <v>2</v>
       </c>
       <c r="W58">
         <v>0</v>
       </c>
@@ -5112,51 +5112,51 @@
       <c r="G59">
         <v>23.6127</v>
       </c>
       <c r="H59">
         <v>1104</v>
       </c>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="J59">
         <v>0</v>
       </c>
       <c r="K59">
         <v>525.306</v>
       </c>
       <c r="L59" t="s">
         <v>28</v>
       </c>
       <c r="M59">
         <v>1</v>
       </c>
       <c r="N59" t="s">
         <v>50</v>
       </c>
       <c r="O59">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P59">
         <v>15224</v>
       </c>
       <c r="Q59" t="s">
         <v>54</v>
       </c>
       <c r="R59" t="s">
         <v>31</v>
       </c>
       <c r="S59" t="s">
         <v>32</v>
       </c>
       <c r="T59" t="s">
         <v>32</v>
       </c>
       <c r="U59" t="s">
         <v>51</v>
       </c>
       <c r="V59">
         <v>96</v>
       </c>
       <c r="W59">
         <v>0</v>
       </c>
@@ -5189,51 +5189,51 @@
       <c r="G60">
         <v>23.6127</v>
       </c>
       <c r="H60">
         <v>1104</v>
       </c>
       <c r="I60">
         <v>0</v>
       </c>
       <c r="J60">
         <v>0</v>
       </c>
       <c r="K60">
         <v>525.306</v>
       </c>
       <c r="L60" t="s">
         <v>28</v>
       </c>
       <c r="M60">
         <v>1</v>
       </c>
       <c r="N60" t="s">
         <v>50</v>
       </c>
       <c r="O60">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P60">
         <v>15224</v>
       </c>
       <c r="Q60" t="s">
         <v>54</v>
       </c>
       <c r="R60" t="s">
         <v>31</v>
       </c>
       <c r="S60" t="s">
         <v>32</v>
       </c>
       <c r="T60" t="s">
         <v>32</v>
       </c>
       <c r="U60" t="s">
         <v>52</v>
       </c>
       <c r="V60">
         <v>262</v>
       </c>
       <c r="W60">
         <v>0</v>
       </c>
@@ -5266,51 +5266,51 @@
       <c r="G61">
         <v>23.6127</v>
       </c>
       <c r="H61">
         <v>1104</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="J61">
         <v>0</v>
       </c>
       <c r="K61">
         <v>525.306</v>
       </c>
       <c r="L61" t="s">
         <v>28</v>
       </c>
       <c r="M61">
         <v>1</v>
       </c>
       <c r="N61" t="s">
         <v>50</v>
       </c>
       <c r="O61">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P61">
         <v>15224</v>
       </c>
       <c r="Q61" t="s">
         <v>54</v>
       </c>
       <c r="R61" t="s">
         <v>31</v>
       </c>
       <c r="S61" t="s">
         <v>32</v>
       </c>
       <c r="T61" t="s">
         <v>32</v>
       </c>
       <c r="U61" t="s">
         <v>53</v>
       </c>
       <c r="V61">
         <v>79</v>
       </c>
       <c r="W61">
         <v>0</v>
       </c>
@@ -5343,51 +5343,51 @@
       <c r="G62">
         <v>23.6127</v>
       </c>
       <c r="H62">
         <v>1104</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="J62">
         <v>0</v>
       </c>
       <c r="K62">
         <v>525.306</v>
       </c>
       <c r="L62" t="s">
         <v>28</v>
       </c>
       <c r="M62">
         <v>1</v>
       </c>
       <c r="N62" t="s">
         <v>50</v>
       </c>
       <c r="O62">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P62">
         <v>15224</v>
       </c>
       <c r="Q62" t="s">
         <v>54</v>
       </c>
       <c r="R62" t="s">
         <v>31</v>
       </c>
       <c r="S62" t="s">
         <v>32</v>
       </c>
       <c r="T62" t="s">
         <v>32</v>
       </c>
       <c r="U62" t="s">
         <v>33</v>
       </c>
       <c r="V62">
         <v>86</v>
       </c>
       <c r="W62">
         <v>0</v>
       </c>
@@ -5420,51 +5420,51 @@
       <c r="G63">
         <v>23.6127</v>
       </c>
       <c r="H63">
         <v>1104</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="J63">
         <v>0</v>
       </c>
       <c r="K63">
         <v>525.306</v>
       </c>
       <c r="L63" t="s">
         <v>28</v>
       </c>
       <c r="M63">
         <v>1</v>
       </c>
       <c r="N63" t="s">
         <v>50</v>
       </c>
       <c r="O63">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P63">
         <v>15224</v>
       </c>
       <c r="Q63" t="s">
         <v>54</v>
       </c>
       <c r="R63" t="s">
         <v>31</v>
       </c>
       <c r="S63" t="s">
         <v>32</v>
       </c>
       <c r="T63" t="s">
         <v>32</v>
       </c>
       <c r="U63" t="s">
         <v>34</v>
       </c>
       <c r="V63">
         <v>47</v>
       </c>
       <c r="W63">
         <v>0</v>
       </c>
@@ -5497,51 +5497,51 @@
       <c r="G64">
         <v>23.6127</v>
       </c>
       <c r="H64">
         <v>1104</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="J64">
         <v>0</v>
       </c>
       <c r="K64">
         <v>525.306</v>
       </c>
       <c r="L64" t="s">
         <v>28</v>
       </c>
       <c r="M64">
         <v>1</v>
       </c>
       <c r="N64" t="s">
         <v>50</v>
       </c>
       <c r="O64">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P64">
         <v>15224</v>
       </c>
       <c r="Q64" t="s">
         <v>54</v>
       </c>
       <c r="R64" t="s">
         <v>31</v>
       </c>
       <c r="S64" t="s">
         <v>32</v>
       </c>
       <c r="T64" t="s">
         <v>32</v>
       </c>
       <c r="U64" t="s">
         <v>35</v>
       </c>
       <c r="V64">
         <v>3</v>
       </c>
       <c r="W64">
         <v>0</v>
       </c>
@@ -5574,51 +5574,51 @@
       <c r="G65">
         <v>23.6127</v>
       </c>
       <c r="H65">
         <v>1104</v>
       </c>
       <c r="I65">
         <v>0</v>
       </c>
       <c r="J65">
         <v>0</v>
       </c>
       <c r="K65">
         <v>525.306</v>
       </c>
       <c r="L65" t="s">
         <v>28</v>
       </c>
       <c r="M65">
         <v>1</v>
       </c>
       <c r="N65" t="s">
         <v>50</v>
       </c>
       <c r="O65">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P65">
         <v>15224</v>
       </c>
       <c r="Q65" t="s">
         <v>54</v>
       </c>
       <c r="R65" t="s">
         <v>31</v>
       </c>
       <c r="S65" t="s">
         <v>38</v>
       </c>
       <c r="T65" t="s">
         <v>32</v>
       </c>
       <c r="U65" t="s">
         <v>52</v>
       </c>
       <c r="V65">
         <v>3</v>
       </c>
       <c r="W65">
         <v>0</v>
       </c>
@@ -5651,51 +5651,51 @@
       <c r="G66">
         <v>23.6127</v>
       </c>
       <c r="H66">
         <v>1104</v>
       </c>
       <c r="I66">
         <v>0</v>
       </c>
       <c r="J66">
         <v>0</v>
       </c>
       <c r="K66">
         <v>525.306</v>
       </c>
       <c r="L66" t="s">
         <v>28</v>
       </c>
       <c r="M66">
         <v>1</v>
       </c>
       <c r="N66" t="s">
         <v>50</v>
       </c>
       <c r="O66">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P66">
         <v>15224</v>
       </c>
       <c r="Q66" t="s">
         <v>54</v>
       </c>
       <c r="R66" t="s">
         <v>31</v>
       </c>
       <c r="S66" t="s">
         <v>38</v>
       </c>
       <c r="T66" t="s">
         <v>32</v>
       </c>
       <c r="U66" t="s">
         <v>53</v>
       </c>
       <c r="V66">
         <v>1</v>
       </c>
       <c r="W66">
         <v>0</v>
       </c>
@@ -5728,51 +5728,51 @@
       <c r="G67">
         <v>23.6127</v>
       </c>
       <c r="H67">
         <v>1104</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
       <c r="J67">
         <v>0</v>
       </c>
       <c r="K67">
         <v>525.306</v>
       </c>
       <c r="L67" t="s">
         <v>28</v>
       </c>
       <c r="M67">
         <v>1</v>
       </c>
       <c r="N67" t="s">
         <v>50</v>
       </c>
       <c r="O67">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P67">
         <v>15224</v>
       </c>
       <c r="Q67" t="s">
         <v>54</v>
       </c>
       <c r="R67" t="s">
         <v>31</v>
       </c>
       <c r="S67" t="s">
         <v>38</v>
       </c>
       <c r="T67" t="s">
         <v>32</v>
       </c>
       <c r="U67" t="s">
         <v>35</v>
       </c>
       <c r="V67">
         <v>1</v>
       </c>
       <c r="W67">
         <v>0</v>
       </c>
@@ -5805,51 +5805,51 @@
       <c r="G68">
         <v>23.6127</v>
       </c>
       <c r="H68">
         <v>1104</v>
       </c>
       <c r="I68">
         <v>0</v>
       </c>
       <c r="J68">
         <v>0</v>
       </c>
       <c r="K68">
         <v>525.306</v>
       </c>
       <c r="L68" t="s">
         <v>28</v>
       </c>
       <c r="M68">
         <v>1</v>
       </c>
       <c r="N68" t="s">
         <v>50</v>
       </c>
       <c r="O68">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P68">
         <v>15224</v>
       </c>
       <c r="Q68" t="s">
         <v>54</v>
       </c>
       <c r="R68" t="s">
         <v>31</v>
       </c>
       <c r="S68" t="s">
         <v>55</v>
       </c>
       <c r="T68" t="s">
         <v>32</v>
       </c>
       <c r="U68" t="s">
         <v>53</v>
       </c>
       <c r="V68">
         <v>1</v>
       </c>
       <c r="W68">
         <v>0</v>
       </c>
@@ -5882,51 +5882,51 @@
       <c r="G69">
         <v>23.6127</v>
       </c>
       <c r="H69">
         <v>1104</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="J69">
         <v>0</v>
       </c>
       <c r="K69">
         <v>525.306</v>
       </c>
       <c r="L69" t="s">
         <v>28</v>
       </c>
       <c r="M69">
         <v>1</v>
       </c>
       <c r="N69" t="s">
         <v>50</v>
       </c>
       <c r="O69">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P69">
         <v>15224</v>
       </c>
       <c r="Q69" t="s">
         <v>54</v>
       </c>
       <c r="R69" t="s">
         <v>31</v>
       </c>
       <c r="S69" t="s">
         <v>55</v>
       </c>
       <c r="T69" t="s">
         <v>32</v>
       </c>
       <c r="U69" t="s">
         <v>33</v>
       </c>
       <c r="V69">
         <v>3</v>
       </c>
       <c r="W69">
         <v>0</v>
       </c>
@@ -5959,51 +5959,51 @@
       <c r="G70">
         <v>23.6127</v>
       </c>
       <c r="H70">
         <v>1104</v>
       </c>
       <c r="I70">
         <v>0</v>
       </c>
       <c r="J70">
         <v>0</v>
       </c>
       <c r="K70">
         <v>525.306</v>
       </c>
       <c r="L70" t="s">
         <v>28</v>
       </c>
       <c r="M70">
         <v>1</v>
       </c>
       <c r="N70" t="s">
         <v>50</v>
       </c>
       <c r="O70">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P70">
         <v>15224</v>
       </c>
       <c r="Q70" t="s">
         <v>54</v>
       </c>
       <c r="R70" t="s">
         <v>31</v>
       </c>
       <c r="S70" t="s">
         <v>55</v>
       </c>
       <c r="T70" t="s">
         <v>32</v>
       </c>
       <c r="U70" t="s">
         <v>34</v>
       </c>
       <c r="V70">
         <v>5</v>
       </c>
       <c r="W70">
         <v>0</v>
       </c>
@@ -6036,51 +6036,51 @@
       <c r="G71">
         <v>23.6127</v>
       </c>
       <c r="H71">
         <v>1104</v>
       </c>
       <c r="I71">
         <v>0</v>
       </c>
       <c r="J71">
         <v>0</v>
       </c>
       <c r="K71">
         <v>525.306</v>
       </c>
       <c r="L71" t="s">
         <v>28</v>
       </c>
       <c r="M71">
         <v>1</v>
       </c>
       <c r="N71" t="s">
         <v>50</v>
       </c>
       <c r="O71">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P71">
         <v>15224</v>
       </c>
       <c r="Q71" t="s">
         <v>54</v>
       </c>
       <c r="R71" t="s">
         <v>31</v>
       </c>
       <c r="S71" t="s">
         <v>55</v>
       </c>
       <c r="T71" t="s">
         <v>32</v>
       </c>
       <c r="U71" t="s">
         <v>36</v>
       </c>
       <c r="V71">
         <v>1</v>
       </c>
       <c r="W71">
         <v>0</v>
       </c>
@@ -6113,51 +6113,51 @@
       <c r="G72">
         <v>23.6127</v>
       </c>
       <c r="H72">
         <v>1104</v>
       </c>
       <c r="I72">
         <v>0</v>
       </c>
       <c r="J72">
         <v>0</v>
       </c>
       <c r="K72">
         <v>525.306</v>
       </c>
       <c r="L72" t="s">
         <v>28</v>
       </c>
       <c r="M72">
         <v>1</v>
       </c>
       <c r="N72" t="s">
         <v>50</v>
       </c>
       <c r="O72">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P72">
         <v>15224</v>
       </c>
       <c r="Q72" t="s">
         <v>30</v>
       </c>
       <c r="R72" t="s">
         <v>31</v>
       </c>
       <c r="S72" t="s">
         <v>55</v>
       </c>
       <c r="T72" t="s">
         <v>32</v>
       </c>
       <c r="U72" t="s">
         <v>35</v>
       </c>
       <c r="V72">
         <v>3</v>
       </c>
       <c r="W72">
         <v>0</v>
       </c>
@@ -6190,51 +6190,51 @@
       <c r="G73">
         <v>8.1911</v>
       </c>
       <c r="H73">
         <v>544</v>
       </c>
       <c r="I73">
         <v>0</v>
       </c>
       <c r="J73">
         <v>0</v>
       </c>
       <c r="K73">
         <v>1299.615</v>
       </c>
       <c r="L73" t="s">
         <v>28</v>
       </c>
       <c r="M73">
         <v>1</v>
       </c>
       <c r="N73" t="s">
         <v>56</v>
       </c>
       <c r="O73">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P73">
         <v>15224</v>
       </c>
       <c r="Q73" t="s">
         <v>54</v>
       </c>
       <c r="R73" t="s">
         <v>31</v>
       </c>
       <c r="S73" t="s">
         <v>32</v>
       </c>
       <c r="T73" t="s">
         <v>32</v>
       </c>
       <c r="U73" t="s">
         <v>33</v>
       </c>
       <c r="V73">
         <v>1</v>
       </c>
       <c r="W73">
         <v>0</v>
       </c>
@@ -6267,51 +6267,51 @@
       <c r="G74">
         <v>8.1911</v>
       </c>
       <c r="H74">
         <v>544</v>
       </c>
       <c r="I74">
         <v>0</v>
       </c>
       <c r="J74">
         <v>0</v>
       </c>
       <c r="K74">
         <v>1299.615</v>
       </c>
       <c r="L74" t="s">
         <v>28</v>
       </c>
       <c r="M74">
         <v>1</v>
       </c>
       <c r="N74" t="s">
         <v>56</v>
       </c>
       <c r="O74">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P74">
         <v>15224</v>
       </c>
       <c r="Q74" t="s">
         <v>54</v>
       </c>
       <c r="R74" t="s">
         <v>31</v>
       </c>
       <c r="S74" t="s">
         <v>32</v>
       </c>
       <c r="T74" t="s">
         <v>32</v>
       </c>
       <c r="U74" t="s">
         <v>34</v>
       </c>
       <c r="V74">
         <v>22</v>
       </c>
       <c r="W74">
         <v>0</v>
       </c>
@@ -6344,51 +6344,51 @@
       <c r="G75">
         <v>8.1911</v>
       </c>
       <c r="H75">
         <v>544</v>
       </c>
       <c r="I75">
         <v>0</v>
       </c>
       <c r="J75">
         <v>0</v>
       </c>
       <c r="K75">
         <v>1299.615</v>
       </c>
       <c r="L75" t="s">
         <v>28</v>
       </c>
       <c r="M75">
         <v>1</v>
       </c>
       <c r="N75" t="s">
         <v>56</v>
       </c>
       <c r="O75">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P75">
         <v>15224</v>
       </c>
       <c r="Q75" t="s">
         <v>54</v>
       </c>
       <c r="R75" t="s">
         <v>31</v>
       </c>
       <c r="S75" t="s">
         <v>32</v>
       </c>
       <c r="T75" t="s">
         <v>32</v>
       </c>
       <c r="U75" t="s">
         <v>35</v>
       </c>
       <c r="V75">
         <v>57</v>
       </c>
       <c r="W75">
         <v>0</v>
       </c>
@@ -6421,51 +6421,51 @@
       <c r="G76">
         <v>8.1911</v>
       </c>
       <c r="H76">
         <v>544</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
       <c r="J76">
         <v>0</v>
       </c>
       <c r="K76">
         <v>1299.615</v>
       </c>
       <c r="L76" t="s">
         <v>28</v>
       </c>
       <c r="M76">
         <v>1</v>
       </c>
       <c r="N76" t="s">
         <v>56</v>
       </c>
       <c r="O76">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P76">
         <v>15224</v>
       </c>
       <c r="Q76" t="s">
         <v>54</v>
       </c>
       <c r="R76" t="s">
         <v>31</v>
       </c>
       <c r="S76" t="s">
         <v>32</v>
       </c>
       <c r="T76" t="s">
         <v>32</v>
       </c>
       <c r="U76" t="s">
         <v>36</v>
       </c>
       <c r="V76">
         <v>28</v>
       </c>
       <c r="W76">
         <v>0</v>
       </c>
@@ -6498,51 +6498,51 @@
       <c r="G77">
         <v>8.1911</v>
       </c>
       <c r="H77">
         <v>544</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="J77">
         <v>0</v>
       </c>
       <c r="K77">
         <v>1299.615</v>
       </c>
       <c r="L77" t="s">
         <v>28</v>
       </c>
       <c r="M77">
         <v>1</v>
       </c>
       <c r="N77" t="s">
         <v>56</v>
       </c>
       <c r="O77">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P77">
         <v>15224</v>
       </c>
       <c r="Q77" t="s">
         <v>54</v>
       </c>
       <c r="R77" t="s">
         <v>31</v>
       </c>
       <c r="S77" t="s">
         <v>32</v>
       </c>
       <c r="T77" t="s">
         <v>32</v>
       </c>
       <c r="U77" t="s">
         <v>37</v>
       </c>
       <c r="V77">
         <v>5</v>
       </c>
       <c r="W77">
         <v>0</v>
       </c>
@@ -6575,51 +6575,51 @@
       <c r="G78">
         <v>8.1911</v>
       </c>
       <c r="H78">
         <v>544</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="J78">
         <v>0</v>
       </c>
       <c r="K78">
         <v>1299.615</v>
       </c>
       <c r="L78" t="s">
         <v>28</v>
       </c>
       <c r="M78">
         <v>1</v>
       </c>
       <c r="N78" t="s">
         <v>56</v>
       </c>
       <c r="O78">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P78">
         <v>15224</v>
       </c>
       <c r="Q78" t="s">
         <v>54</v>
       </c>
       <c r="R78" t="s">
         <v>31</v>
       </c>
       <c r="S78" t="s">
         <v>32</v>
       </c>
       <c r="T78" t="s">
         <v>32</v>
       </c>
       <c r="U78" t="s">
         <v>40</v>
       </c>
       <c r="V78">
         <v>3</v>
       </c>
       <c r="W78">
         <v>0</v>
       </c>
@@ -6652,51 +6652,51 @@
       <c r="G79">
         <v>8.1911</v>
       </c>
       <c r="H79">
         <v>544</v>
       </c>
       <c r="I79">
         <v>0</v>
       </c>
       <c r="J79">
         <v>0</v>
       </c>
       <c r="K79">
         <v>1299.615</v>
       </c>
       <c r="L79" t="s">
         <v>28</v>
       </c>
       <c r="M79">
         <v>1</v>
       </c>
       <c r="N79" t="s">
         <v>56</v>
       </c>
       <c r="O79">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P79">
         <v>15224</v>
       </c>
       <c r="Q79" t="s">
         <v>54</v>
       </c>
       <c r="R79" t="s">
         <v>57</v>
       </c>
       <c r="S79" t="s">
         <v>55</v>
       </c>
       <c r="T79" t="s">
         <v>32</v>
       </c>
       <c r="U79" t="s">
         <v>34</v>
       </c>
       <c r="V79">
         <v>3</v>
       </c>
       <c r="W79">
         <v>0</v>
       </c>
@@ -6729,51 +6729,51 @@
       <c r="G80">
         <v>8.1911</v>
       </c>
       <c r="H80">
         <v>544</v>
       </c>
       <c r="I80">
         <v>0</v>
       </c>
       <c r="J80">
         <v>0</v>
       </c>
       <c r="K80">
         <v>1299.615</v>
       </c>
       <c r="L80" t="s">
         <v>28</v>
       </c>
       <c r="M80">
         <v>1</v>
       </c>
       <c r="N80" t="s">
         <v>56</v>
       </c>
       <c r="O80">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P80">
         <v>15224</v>
       </c>
       <c r="Q80" t="s">
         <v>54</v>
       </c>
       <c r="R80" t="s">
         <v>57</v>
       </c>
       <c r="S80" t="s">
         <v>55</v>
       </c>
       <c r="T80" t="s">
         <v>32</v>
       </c>
       <c r="U80" t="s">
         <v>35</v>
       </c>
       <c r="V80">
         <v>7</v>
       </c>
       <c r="W80">
         <v>0</v>
       </c>
@@ -6806,51 +6806,51 @@
       <c r="G81">
         <v>8.1911</v>
       </c>
       <c r="H81">
         <v>544</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="J81">
         <v>0</v>
       </c>
       <c r="K81">
         <v>1299.615</v>
       </c>
       <c r="L81" t="s">
         <v>28</v>
       </c>
       <c r="M81">
         <v>1</v>
       </c>
       <c r="N81" t="s">
         <v>56</v>
       </c>
       <c r="O81">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P81">
         <v>15224</v>
       </c>
       <c r="Q81" t="s">
         <v>54</v>
       </c>
       <c r="R81" t="s">
         <v>57</v>
       </c>
       <c r="S81" t="s">
         <v>55</v>
       </c>
       <c r="T81" t="s">
         <v>32</v>
       </c>
       <c r="U81" t="s">
         <v>36</v>
       </c>
       <c r="V81">
         <v>8</v>
       </c>
       <c r="W81">
         <v>0</v>
       </c>
@@ -6883,51 +6883,51 @@
       <c r="G82">
         <v>8.1911</v>
       </c>
       <c r="H82">
         <v>544</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="J82">
         <v>0</v>
       </c>
       <c r="K82">
         <v>1299.615</v>
       </c>
       <c r="L82" t="s">
         <v>28</v>
       </c>
       <c r="M82">
         <v>1</v>
       </c>
       <c r="N82" t="s">
         <v>56</v>
       </c>
       <c r="O82">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P82">
         <v>15224</v>
       </c>
       <c r="Q82" t="s">
         <v>54</v>
       </c>
       <c r="R82" t="s">
         <v>57</v>
       </c>
       <c r="S82" t="s">
         <v>55</v>
       </c>
       <c r="T82" t="s">
         <v>32</v>
       </c>
       <c r="U82" t="s">
         <v>37</v>
       </c>
       <c r="V82">
         <v>5</v>
       </c>
       <c r="W82">
         <v>0</v>
       </c>
@@ -6960,51 +6960,51 @@
       <c r="G83">
         <v>8.1911</v>
       </c>
       <c r="H83">
         <v>544</v>
       </c>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="J83">
         <v>0</v>
       </c>
       <c r="K83">
         <v>1299.615</v>
       </c>
       <c r="L83" t="s">
         <v>28</v>
       </c>
       <c r="M83">
         <v>1</v>
       </c>
       <c r="N83" t="s">
         <v>56</v>
       </c>
       <c r="O83">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P83">
         <v>15224</v>
       </c>
       <c r="Q83" t="s">
         <v>54</v>
       </c>
       <c r="R83" t="s">
         <v>57</v>
       </c>
       <c r="S83" t="s">
         <v>32</v>
       </c>
       <c r="T83" t="s">
         <v>32</v>
       </c>
       <c r="U83" t="s">
         <v>34</v>
       </c>
       <c r="V83">
         <v>44</v>
       </c>
       <c r="W83">
         <v>0</v>
       </c>
@@ -7037,51 +7037,51 @@
       <c r="G84">
         <v>8.1911</v>
       </c>
       <c r="H84">
         <v>544</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="J84">
         <v>0</v>
       </c>
       <c r="K84">
         <v>1299.615</v>
       </c>
       <c r="L84" t="s">
         <v>28</v>
       </c>
       <c r="M84">
         <v>1</v>
       </c>
       <c r="N84" t="s">
         <v>56</v>
       </c>
       <c r="O84">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P84">
         <v>15224</v>
       </c>
       <c r="Q84" t="s">
         <v>54</v>
       </c>
       <c r="R84" t="s">
         <v>57</v>
       </c>
       <c r="S84" t="s">
         <v>32</v>
       </c>
       <c r="T84" t="s">
         <v>32</v>
       </c>
       <c r="U84" t="s">
         <v>35</v>
       </c>
       <c r="V84">
         <v>231</v>
       </c>
       <c r="W84">
         <v>0</v>
       </c>
@@ -7114,51 +7114,51 @@
       <c r="G85">
         <v>8.1911</v>
       </c>
       <c r="H85">
         <v>544</v>
       </c>
       <c r="I85">
         <v>0</v>
       </c>
       <c r="J85">
         <v>0</v>
       </c>
       <c r="K85">
         <v>1299.615</v>
       </c>
       <c r="L85" t="s">
         <v>28</v>
       </c>
       <c r="M85">
         <v>1</v>
       </c>
       <c r="N85" t="s">
         <v>56</v>
       </c>
       <c r="O85">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P85">
         <v>15224</v>
       </c>
       <c r="Q85" t="s">
         <v>54</v>
       </c>
       <c r="R85" t="s">
         <v>57</v>
       </c>
       <c r="S85" t="s">
         <v>32</v>
       </c>
       <c r="T85" t="s">
         <v>32</v>
       </c>
       <c r="U85" t="s">
         <v>36</v>
       </c>
       <c r="V85">
         <v>114</v>
       </c>
       <c r="W85">
         <v>0</v>
       </c>
@@ -7191,51 +7191,51 @@
       <c r="G86">
         <v>8.1911</v>
       </c>
       <c r="H86">
         <v>544</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="J86">
         <v>0</v>
       </c>
       <c r="K86">
         <v>1299.615</v>
       </c>
       <c r="L86" t="s">
         <v>28</v>
       </c>
       <c r="M86">
         <v>1</v>
       </c>
       <c r="N86" t="s">
         <v>56</v>
       </c>
       <c r="O86">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P86">
         <v>15224</v>
       </c>
       <c r="Q86" t="s">
         <v>54</v>
       </c>
       <c r="R86" t="s">
         <v>57</v>
       </c>
       <c r="S86" t="s">
         <v>32</v>
       </c>
       <c r="T86" t="s">
         <v>32</v>
       </c>
       <c r="U86" t="s">
         <v>37</v>
       </c>
       <c r="V86">
         <v>11</v>
       </c>
       <c r="W86">
         <v>0</v>
       </c>
@@ -7268,51 +7268,51 @@
       <c r="G87">
         <v>8.1911</v>
       </c>
       <c r="H87">
         <v>544</v>
       </c>
       <c r="I87">
         <v>0</v>
       </c>
       <c r="J87">
         <v>0</v>
       </c>
       <c r="K87">
         <v>1299.615</v>
       </c>
       <c r="L87" t="s">
         <v>28</v>
       </c>
       <c r="M87">
         <v>1</v>
       </c>
       <c r="N87" t="s">
         <v>56</v>
       </c>
       <c r="O87">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P87">
         <v>15224</v>
       </c>
       <c r="Q87" t="s">
         <v>54</v>
       </c>
       <c r="R87" t="s">
         <v>57</v>
       </c>
       <c r="S87" t="s">
         <v>32</v>
       </c>
       <c r="T87" t="s">
         <v>32</v>
       </c>
       <c r="U87" t="s">
         <v>40</v>
       </c>
       <c r="V87">
         <v>5</v>
       </c>
       <c r="W87">
         <v>0</v>
       </c>
@@ -7345,51 +7345,51 @@
       <c r="G88">
         <v>50.733</v>
       </c>
       <c r="H88">
         <v>490</v>
       </c>
       <c r="I88">
         <v>0</v>
       </c>
       <c r="J88">
         <v>962.616</v>
       </c>
       <c r="K88">
         <v>0</v>
       </c>
       <c r="L88" t="s">
         <v>28</v>
       </c>
       <c r="M88">
         <v>1</v>
       </c>
       <c r="N88" t="s">
         <v>58</v>
       </c>
       <c r="O88">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P88">
         <v>15224</v>
       </c>
       <c r="Q88" t="s">
         <v>45</v>
       </c>
       <c r="R88" t="s">
         <v>31</v>
       </c>
       <c r="S88" t="s">
         <v>32</v>
       </c>
       <c r="T88" t="s">
         <v>32</v>
       </c>
       <c r="U88" t="s">
         <v>34</v>
       </c>
       <c r="V88">
         <v>10</v>
       </c>
       <c r="W88">
         <v>0</v>
       </c>
@@ -7422,51 +7422,51 @@
       <c r="G89">
         <v>50.733</v>
       </c>
       <c r="H89">
         <v>490</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
       <c r="J89">
         <v>962.616</v>
       </c>
       <c r="K89">
         <v>0</v>
       </c>
       <c r="L89" t="s">
         <v>28</v>
       </c>
       <c r="M89">
         <v>1</v>
       </c>
       <c r="N89" t="s">
         <v>58</v>
       </c>
       <c r="O89">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P89">
         <v>15224</v>
       </c>
       <c r="Q89" t="s">
         <v>45</v>
       </c>
       <c r="R89" t="s">
         <v>31</v>
       </c>
       <c r="S89" t="s">
         <v>32</v>
       </c>
       <c r="T89" t="s">
         <v>32</v>
       </c>
       <c r="U89" t="s">
         <v>35</v>
       </c>
       <c r="V89">
         <v>26</v>
       </c>
       <c r="W89">
         <v>0</v>
       </c>
@@ -7499,51 +7499,51 @@
       <c r="G90">
         <v>50.733</v>
       </c>
       <c r="H90">
         <v>490</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="J90">
         <v>962.616</v>
       </c>
       <c r="K90">
         <v>0</v>
       </c>
       <c r="L90" t="s">
         <v>28</v>
       </c>
       <c r="M90">
         <v>1</v>
       </c>
       <c r="N90" t="s">
         <v>58</v>
       </c>
       <c r="O90">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P90">
         <v>15224</v>
       </c>
       <c r="Q90" t="s">
         <v>45</v>
       </c>
       <c r="R90" t="s">
         <v>31</v>
       </c>
       <c r="S90" t="s">
         <v>32</v>
       </c>
       <c r="T90" t="s">
         <v>32</v>
       </c>
       <c r="U90" t="s">
         <v>36</v>
       </c>
       <c r="V90">
         <v>24</v>
       </c>
       <c r="W90">
         <v>0</v>
       </c>
@@ -7576,51 +7576,51 @@
       <c r="G91">
         <v>50.733</v>
       </c>
       <c r="H91">
         <v>490</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="J91">
         <v>962.616</v>
       </c>
       <c r="K91">
         <v>0</v>
       </c>
       <c r="L91" t="s">
         <v>28</v>
       </c>
       <c r="M91">
         <v>1</v>
       </c>
       <c r="N91" t="s">
         <v>58</v>
       </c>
       <c r="O91">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P91">
         <v>15224</v>
       </c>
       <c r="Q91" t="s">
         <v>45</v>
       </c>
       <c r="R91" t="s">
         <v>31</v>
       </c>
       <c r="S91" t="s">
         <v>32</v>
       </c>
       <c r="T91" t="s">
         <v>32</v>
       </c>
       <c r="U91" t="s">
         <v>37</v>
       </c>
       <c r="V91">
         <v>13</v>
       </c>
       <c r="W91">
         <v>0</v>
       </c>
@@ -7653,51 +7653,51 @@
       <c r="G92">
         <v>50.733</v>
       </c>
       <c r="H92">
         <v>490</v>
       </c>
       <c r="I92">
         <v>0</v>
       </c>
       <c r="J92">
         <v>962.616</v>
       </c>
       <c r="K92">
         <v>0</v>
       </c>
       <c r="L92" t="s">
         <v>28</v>
       </c>
       <c r="M92">
         <v>1</v>
       </c>
       <c r="N92" t="s">
         <v>58</v>
       </c>
       <c r="O92">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P92">
         <v>15224</v>
       </c>
       <c r="Q92" t="s">
         <v>45</v>
       </c>
       <c r="R92" t="s">
         <v>31</v>
       </c>
       <c r="S92" t="s">
         <v>32</v>
       </c>
       <c r="T92" t="s">
         <v>32</v>
       </c>
       <c r="U92" t="s">
         <v>40</v>
       </c>
       <c r="V92">
         <v>18</v>
       </c>
       <c r="W92">
         <v>0</v>
       </c>
@@ -7730,51 +7730,51 @@
       <c r="G93">
         <v>50.733</v>
       </c>
       <c r="H93">
         <v>490</v>
       </c>
       <c r="I93">
         <v>0</v>
       </c>
       <c r="J93">
         <v>962.616</v>
       </c>
       <c r="K93">
         <v>0</v>
       </c>
       <c r="L93" t="s">
         <v>28</v>
       </c>
       <c r="M93">
         <v>1</v>
       </c>
       <c r="N93" t="s">
         <v>58</v>
       </c>
       <c r="O93">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P93">
         <v>15224</v>
       </c>
       <c r="Q93" t="s">
         <v>45</v>
       </c>
       <c r="R93" t="s">
         <v>31</v>
       </c>
       <c r="S93" t="s">
         <v>32</v>
       </c>
       <c r="T93" t="s">
         <v>32</v>
       </c>
       <c r="U93" t="s">
         <v>41</v>
       </c>
       <c r="V93">
         <v>7</v>
       </c>
       <c r="W93">
         <v>0</v>
       </c>
@@ -7807,51 +7807,51 @@
       <c r="G94">
         <v>50.733</v>
       </c>
       <c r="H94">
         <v>490</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="J94">
         <v>962.616</v>
       </c>
       <c r="K94">
         <v>0</v>
       </c>
       <c r="L94" t="s">
         <v>28</v>
       </c>
       <c r="M94">
         <v>1</v>
       </c>
       <c r="N94" t="s">
         <v>58</v>
       </c>
       <c r="O94">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P94">
         <v>15224</v>
       </c>
       <c r="Q94" t="s">
         <v>39</v>
       </c>
       <c r="R94" t="s">
         <v>31</v>
       </c>
       <c r="S94" t="s">
         <v>32</v>
       </c>
       <c r="T94" t="s">
         <v>32</v>
       </c>
       <c r="U94" t="s">
         <v>34</v>
       </c>
       <c r="V94">
         <v>56</v>
       </c>
       <c r="W94">
         <v>0</v>
       </c>
@@ -7884,51 +7884,51 @@
       <c r="G95">
         <v>50.733</v>
       </c>
       <c r="H95">
         <v>490</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="J95">
         <v>962.616</v>
       </c>
       <c r="K95">
         <v>0</v>
       </c>
       <c r="L95" t="s">
         <v>28</v>
       </c>
       <c r="M95">
         <v>1</v>
       </c>
       <c r="N95" t="s">
         <v>58</v>
       </c>
       <c r="O95">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P95">
         <v>15224</v>
       </c>
       <c r="Q95" t="s">
         <v>39</v>
       </c>
       <c r="R95" t="s">
         <v>31</v>
       </c>
       <c r="S95" t="s">
         <v>32</v>
       </c>
       <c r="T95" t="s">
         <v>32</v>
       </c>
       <c r="U95" t="s">
         <v>35</v>
       </c>
       <c r="V95">
         <v>115</v>
       </c>
       <c r="W95">
         <v>0</v>
       </c>
@@ -7961,51 +7961,51 @@
       <c r="G96">
         <v>50.733</v>
       </c>
       <c r="H96">
         <v>490</v>
       </c>
       <c r="I96">
         <v>0</v>
       </c>
       <c r="J96">
         <v>962.616</v>
       </c>
       <c r="K96">
         <v>0</v>
       </c>
       <c r="L96" t="s">
         <v>28</v>
       </c>
       <c r="M96">
         <v>1</v>
       </c>
       <c r="N96" t="s">
         <v>58</v>
       </c>
       <c r="O96">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P96">
         <v>15224</v>
       </c>
       <c r="Q96" t="s">
         <v>39</v>
       </c>
       <c r="R96" t="s">
         <v>31</v>
       </c>
       <c r="S96" t="s">
         <v>32</v>
       </c>
       <c r="T96" t="s">
         <v>32</v>
       </c>
       <c r="U96" t="s">
         <v>36</v>
       </c>
       <c r="V96">
         <v>65</v>
       </c>
       <c r="W96">
         <v>0</v>
       </c>
@@ -8038,51 +8038,51 @@
       <c r="G97">
         <v>50.733</v>
       </c>
       <c r="H97">
         <v>490</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
       <c r="J97">
         <v>962.616</v>
       </c>
       <c r="K97">
         <v>0</v>
       </c>
       <c r="L97" t="s">
         <v>28</v>
       </c>
       <c r="M97">
         <v>1</v>
       </c>
       <c r="N97" t="s">
         <v>58</v>
       </c>
       <c r="O97">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P97">
         <v>15224</v>
       </c>
       <c r="Q97" t="s">
         <v>39</v>
       </c>
       <c r="R97" t="s">
         <v>31</v>
       </c>
       <c r="S97" t="s">
         <v>32</v>
       </c>
       <c r="T97" t="s">
         <v>32</v>
       </c>
       <c r="U97" t="s">
         <v>37</v>
       </c>
       <c r="V97">
         <v>40</v>
       </c>
       <c r="W97">
         <v>0</v>
       </c>
@@ -8115,51 +8115,51 @@
       <c r="G98">
         <v>50.733</v>
       </c>
       <c r="H98">
         <v>490</v>
       </c>
       <c r="I98">
         <v>0</v>
       </c>
       <c r="J98">
         <v>962.616</v>
       </c>
       <c r="K98">
         <v>0</v>
       </c>
       <c r="L98" t="s">
         <v>28</v>
       </c>
       <c r="M98">
         <v>1</v>
       </c>
       <c r="N98" t="s">
         <v>58</v>
       </c>
       <c r="O98">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P98">
         <v>15224</v>
       </c>
       <c r="Q98" t="s">
         <v>39</v>
       </c>
       <c r="R98" t="s">
         <v>31</v>
       </c>
       <c r="S98" t="s">
         <v>32</v>
       </c>
       <c r="T98" t="s">
         <v>32</v>
       </c>
       <c r="U98" t="s">
         <v>40</v>
       </c>
       <c r="V98">
         <v>80</v>
       </c>
       <c r="W98">
         <v>0</v>
       </c>
@@ -8192,51 +8192,51 @@
       <c r="G99">
         <v>50.733</v>
       </c>
       <c r="H99">
         <v>490</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="J99">
         <v>962.616</v>
       </c>
       <c r="K99">
         <v>0</v>
       </c>
       <c r="L99" t="s">
         <v>28</v>
       </c>
       <c r="M99">
         <v>1</v>
       </c>
       <c r="N99" t="s">
         <v>58</v>
       </c>
       <c r="O99">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P99">
         <v>15224</v>
       </c>
       <c r="Q99" t="s">
         <v>39</v>
       </c>
       <c r="R99" t="s">
         <v>31</v>
       </c>
       <c r="S99" t="s">
         <v>32</v>
       </c>
       <c r="T99" t="s">
         <v>32</v>
       </c>
       <c r="U99" t="s">
         <v>41</v>
       </c>
       <c r="V99">
         <v>19</v>
       </c>
       <c r="W99">
         <v>0</v>
       </c>
@@ -8269,51 +8269,51 @@
       <c r="G100">
         <v>50.733</v>
       </c>
       <c r="H100">
         <v>490</v>
       </c>
       <c r="I100">
         <v>0</v>
       </c>
       <c r="J100">
         <v>962.616</v>
       </c>
       <c r="K100">
         <v>0</v>
       </c>
       <c r="L100" t="s">
         <v>28</v>
       </c>
       <c r="M100">
         <v>1</v>
       </c>
       <c r="N100" t="s">
         <v>58</v>
       </c>
       <c r="O100">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P100">
         <v>15224</v>
       </c>
       <c r="Q100" t="s">
         <v>39</v>
       </c>
       <c r="R100" t="s">
         <v>31</v>
       </c>
       <c r="S100" t="s">
         <v>42</v>
       </c>
       <c r="T100" t="s">
         <v>32</v>
       </c>
       <c r="U100" t="s">
         <v>36</v>
       </c>
       <c r="V100">
         <v>3</v>
       </c>
       <c r="W100">
         <v>0</v>
       </c>
@@ -8346,51 +8346,51 @@
       <c r="G101">
         <v>50.733</v>
       </c>
       <c r="H101">
         <v>490</v>
       </c>
       <c r="I101">
         <v>0</v>
       </c>
       <c r="J101">
         <v>962.616</v>
       </c>
       <c r="K101">
         <v>0</v>
       </c>
       <c r="L101" t="s">
         <v>28</v>
       </c>
       <c r="M101">
         <v>1</v>
       </c>
       <c r="N101" t="s">
         <v>58</v>
       </c>
       <c r="O101">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P101">
         <v>15224</v>
       </c>
       <c r="Q101" t="s">
         <v>39</v>
       </c>
       <c r="R101" t="s">
         <v>31</v>
       </c>
       <c r="S101" t="s">
         <v>42</v>
       </c>
       <c r="T101" t="s">
         <v>32</v>
       </c>
       <c r="U101" t="s">
         <v>37</v>
       </c>
       <c r="V101">
         <v>4</v>
       </c>
       <c r="W101">
         <v>0</v>
       </c>
@@ -8423,51 +8423,51 @@
       <c r="G102">
         <v>50.733</v>
       </c>
       <c r="H102">
         <v>490</v>
       </c>
       <c r="I102">
         <v>0</v>
       </c>
       <c r="J102">
         <v>962.616</v>
       </c>
       <c r="K102">
         <v>0</v>
       </c>
       <c r="L102" t="s">
         <v>28</v>
       </c>
       <c r="M102">
         <v>1</v>
       </c>
       <c r="N102" t="s">
         <v>58</v>
       </c>
       <c r="O102">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P102">
         <v>15224</v>
       </c>
       <c r="Q102" t="s">
         <v>39</v>
       </c>
       <c r="R102" t="s">
         <v>31</v>
       </c>
       <c r="S102" t="s">
         <v>42</v>
       </c>
       <c r="T102" t="s">
         <v>32</v>
       </c>
       <c r="U102" t="s">
         <v>40</v>
       </c>
       <c r="V102">
         <v>8</v>
       </c>
       <c r="W102">
         <v>0</v>
       </c>
@@ -8500,51 +8500,51 @@
       <c r="G103">
         <v>50.733</v>
       </c>
       <c r="H103">
         <v>490</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="J103">
         <v>962.616</v>
       </c>
       <c r="K103">
         <v>0</v>
       </c>
       <c r="L103" t="s">
         <v>28</v>
       </c>
       <c r="M103">
         <v>1</v>
       </c>
       <c r="N103" t="s">
         <v>58</v>
       </c>
       <c r="O103">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P103">
         <v>15224</v>
       </c>
       <c r="Q103" t="s">
         <v>39</v>
       </c>
       <c r="R103" t="s">
         <v>31</v>
       </c>
       <c r="S103" t="s">
         <v>42</v>
       </c>
       <c r="T103" t="s">
         <v>32</v>
       </c>
       <c r="U103" t="s">
         <v>41</v>
       </c>
       <c r="V103">
         <v>2</v>
       </c>
       <c r="W103">
         <v>0</v>
       </c>
@@ -8577,51 +8577,51 @@
       <c r="G104">
         <v>9.1558</v>
       </c>
       <c r="H104">
         <v>482</v>
       </c>
       <c r="I104">
         <v>0</v>
       </c>
       <c r="J104">
         <v>0</v>
       </c>
       <c r="K104">
         <v>386.344</v>
       </c>
       <c r="L104" t="s">
         <v>28</v>
       </c>
       <c r="M104">
         <v>1</v>
       </c>
       <c r="N104" t="s">
         <v>59</v>
       </c>
       <c r="O104">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P104">
         <v>15224</v>
       </c>
       <c r="Q104" t="s">
         <v>54</v>
       </c>
       <c r="R104" t="s">
         <v>31</v>
       </c>
       <c r="S104" t="s">
         <v>32</v>
       </c>
       <c r="T104" t="s">
         <v>32</v>
       </c>
       <c r="U104" t="s">
         <v>51</v>
       </c>
       <c r="V104">
         <v>1</v>
       </c>
       <c r="W104">
         <v>0</v>
       </c>
@@ -8654,51 +8654,51 @@
       <c r="G105">
         <v>9.1558</v>
       </c>
       <c r="H105">
         <v>482</v>
       </c>
       <c r="I105">
         <v>0</v>
       </c>
       <c r="J105">
         <v>0</v>
       </c>
       <c r="K105">
         <v>386.344</v>
       </c>
       <c r="L105" t="s">
         <v>28</v>
       </c>
       <c r="M105">
         <v>1</v>
       </c>
       <c r="N105" t="s">
         <v>59</v>
       </c>
       <c r="O105">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P105">
         <v>15224</v>
       </c>
       <c r="Q105" t="s">
         <v>54</v>
       </c>
       <c r="R105" t="s">
         <v>31</v>
       </c>
       <c r="S105" t="s">
         <v>32</v>
       </c>
       <c r="T105" t="s">
         <v>32</v>
       </c>
       <c r="U105" t="s">
         <v>52</v>
       </c>
       <c r="V105">
         <v>30</v>
       </c>
       <c r="W105">
         <v>0</v>
       </c>
@@ -8731,51 +8731,51 @@
       <c r="G106">
         <v>9.1558</v>
       </c>
       <c r="H106">
         <v>482</v>
       </c>
       <c r="I106">
         <v>0</v>
       </c>
       <c r="J106">
         <v>0</v>
       </c>
       <c r="K106">
         <v>386.344</v>
       </c>
       <c r="L106" t="s">
         <v>28</v>
       </c>
       <c r="M106">
         <v>1</v>
       </c>
       <c r="N106" t="s">
         <v>59</v>
       </c>
       <c r="O106">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P106">
         <v>15224</v>
       </c>
       <c r="Q106" t="s">
         <v>54</v>
       </c>
       <c r="R106" t="s">
         <v>31</v>
       </c>
       <c r="S106" t="s">
         <v>32</v>
       </c>
       <c r="T106" t="s">
         <v>32</v>
       </c>
       <c r="U106" t="s">
         <v>53</v>
       </c>
       <c r="V106">
         <v>80</v>
       </c>
       <c r="W106">
         <v>0</v>
       </c>
@@ -8808,51 +8808,51 @@
       <c r="G107">
         <v>9.1558</v>
       </c>
       <c r="H107">
         <v>482</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="J107">
         <v>0</v>
       </c>
       <c r="K107">
         <v>386.344</v>
       </c>
       <c r="L107" t="s">
         <v>28</v>
       </c>
       <c r="M107">
         <v>1</v>
       </c>
       <c r="N107" t="s">
         <v>59</v>
       </c>
       <c r="O107">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P107">
         <v>15224</v>
       </c>
       <c r="Q107" t="s">
         <v>54</v>
       </c>
       <c r="R107" t="s">
         <v>31</v>
       </c>
       <c r="S107" t="s">
         <v>32</v>
       </c>
       <c r="T107" t="s">
         <v>32</v>
       </c>
       <c r="U107" t="s">
         <v>33</v>
       </c>
       <c r="V107">
         <v>148</v>
       </c>
       <c r="W107">
         <v>0</v>
       </c>
@@ -8885,51 +8885,51 @@
       <c r="G108">
         <v>9.1558</v>
       </c>
       <c r="H108">
         <v>482</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="J108">
         <v>0</v>
       </c>
       <c r="K108">
         <v>386.344</v>
       </c>
       <c r="L108" t="s">
         <v>28</v>
       </c>
       <c r="M108">
         <v>1</v>
       </c>
       <c r="N108" t="s">
         <v>59</v>
       </c>
       <c r="O108">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P108">
         <v>15224</v>
       </c>
       <c r="Q108" t="s">
         <v>54</v>
       </c>
       <c r="R108" t="s">
         <v>31</v>
       </c>
       <c r="S108" t="s">
         <v>32</v>
       </c>
       <c r="T108" t="s">
         <v>32</v>
       </c>
       <c r="U108" t="s">
         <v>34</v>
       </c>
       <c r="V108">
         <v>68</v>
       </c>
       <c r="W108">
         <v>0</v>
       </c>
@@ -8962,51 +8962,51 @@
       <c r="G109">
         <v>9.1558</v>
       </c>
       <c r="H109">
         <v>482</v>
       </c>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="J109">
         <v>0</v>
       </c>
       <c r="K109">
         <v>386.344</v>
       </c>
       <c r="L109" t="s">
         <v>28</v>
       </c>
       <c r="M109">
         <v>1</v>
       </c>
       <c r="N109" t="s">
         <v>59</v>
       </c>
       <c r="O109">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P109">
         <v>15224</v>
       </c>
       <c r="Q109" t="s">
         <v>54</v>
       </c>
       <c r="R109" t="s">
         <v>31</v>
       </c>
       <c r="S109" t="s">
         <v>32</v>
       </c>
       <c r="T109" t="s">
         <v>32</v>
       </c>
       <c r="U109" t="s">
         <v>35</v>
       </c>
       <c r="V109">
         <v>9</v>
       </c>
       <c r="W109">
         <v>0</v>
       </c>
@@ -9039,51 +9039,51 @@
       <c r="G110">
         <v>9.1558</v>
       </c>
       <c r="H110">
         <v>482</v>
       </c>
       <c r="I110">
         <v>0</v>
       </c>
       <c r="J110">
         <v>0</v>
       </c>
       <c r="K110">
         <v>386.344</v>
       </c>
       <c r="L110" t="s">
         <v>28</v>
       </c>
       <c r="M110">
         <v>1</v>
       </c>
       <c r="N110" t="s">
         <v>59</v>
       </c>
       <c r="O110">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P110">
         <v>15224</v>
       </c>
       <c r="Q110" t="s">
         <v>60</v>
       </c>
       <c r="R110" t="s">
         <v>31</v>
       </c>
       <c r="S110" t="s">
         <v>32</v>
       </c>
       <c r="T110" t="s">
         <v>32</v>
       </c>
       <c r="U110" t="s">
         <v>52</v>
       </c>
       <c r="V110">
         <v>1</v>
       </c>
       <c r="W110">
         <v>0</v>
       </c>
@@ -9116,51 +9116,51 @@
       <c r="G111">
         <v>9.1558</v>
       </c>
       <c r="H111">
         <v>482</v>
       </c>
       <c r="I111">
         <v>0</v>
       </c>
       <c r="J111">
         <v>0</v>
       </c>
       <c r="K111">
         <v>386.344</v>
       </c>
       <c r="L111" t="s">
         <v>28</v>
       </c>
       <c r="M111">
         <v>1</v>
       </c>
       <c r="N111" t="s">
         <v>59</v>
       </c>
       <c r="O111">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P111">
         <v>15224</v>
       </c>
       <c r="Q111" t="s">
         <v>60</v>
       </c>
       <c r="R111" t="s">
         <v>31</v>
       </c>
       <c r="S111" t="s">
         <v>32</v>
       </c>
       <c r="T111" t="s">
         <v>32</v>
       </c>
       <c r="U111" t="s">
         <v>53</v>
       </c>
       <c r="V111">
         <v>2</v>
       </c>
       <c r="W111">
         <v>0</v>
       </c>
@@ -9193,51 +9193,51 @@
       <c r="G112">
         <v>9.1558</v>
       </c>
       <c r="H112">
         <v>482</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="J112">
         <v>0</v>
       </c>
       <c r="K112">
         <v>386.344</v>
       </c>
       <c r="L112" t="s">
         <v>28</v>
       </c>
       <c r="M112">
         <v>1</v>
       </c>
       <c r="N112" t="s">
         <v>59</v>
       </c>
       <c r="O112">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P112">
         <v>15224</v>
       </c>
       <c r="Q112" t="s">
         <v>60</v>
       </c>
       <c r="R112" t="s">
         <v>31</v>
       </c>
       <c r="S112" t="s">
         <v>32</v>
       </c>
       <c r="T112" t="s">
         <v>32</v>
       </c>
       <c r="U112" t="s">
         <v>33</v>
       </c>
       <c r="V112">
         <v>6</v>
       </c>
       <c r="W112">
         <v>0</v>
       </c>
@@ -9270,51 +9270,51 @@
       <c r="G113">
         <v>9.1558</v>
       </c>
       <c r="H113">
         <v>482</v>
       </c>
       <c r="I113">
         <v>0</v>
       </c>
       <c r="J113">
         <v>0</v>
       </c>
       <c r="K113">
         <v>386.344</v>
       </c>
       <c r="L113" t="s">
         <v>28</v>
       </c>
       <c r="M113">
         <v>1</v>
       </c>
       <c r="N113" t="s">
         <v>59</v>
       </c>
       <c r="O113">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P113">
         <v>15224</v>
       </c>
       <c r="Q113" t="s">
         <v>60</v>
       </c>
       <c r="R113" t="s">
         <v>31</v>
       </c>
       <c r="S113" t="s">
         <v>32</v>
       </c>
       <c r="T113" t="s">
         <v>32</v>
       </c>
       <c r="U113" t="s">
         <v>34</v>
       </c>
       <c r="V113">
         <v>23</v>
       </c>
       <c r="W113">
         <v>0</v>
       </c>
@@ -9347,51 +9347,51 @@
       <c r="G114">
         <v>9.1558</v>
       </c>
       <c r="H114">
         <v>482</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="J114">
         <v>0</v>
       </c>
       <c r="K114">
         <v>386.344</v>
       </c>
       <c r="L114" t="s">
         <v>28</v>
       </c>
       <c r="M114">
         <v>1</v>
       </c>
       <c r="N114" t="s">
         <v>59</v>
       </c>
       <c r="O114">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P114">
         <v>15224</v>
       </c>
       <c r="Q114" t="s">
         <v>60</v>
       </c>
       <c r="R114" t="s">
         <v>31</v>
       </c>
       <c r="S114" t="s">
         <v>32</v>
       </c>
       <c r="T114" t="s">
         <v>32</v>
       </c>
       <c r="U114" t="s">
         <v>35</v>
       </c>
       <c r="V114">
         <v>9</v>
       </c>
       <c r="W114">
         <v>0</v>
       </c>
@@ -9424,51 +9424,51 @@
       <c r="G115">
         <v>9.1558</v>
       </c>
       <c r="H115">
         <v>482</v>
       </c>
       <c r="I115">
         <v>0</v>
       </c>
       <c r="J115">
         <v>0</v>
       </c>
       <c r="K115">
         <v>386.344</v>
       </c>
       <c r="L115" t="s">
         <v>28</v>
       </c>
       <c r="M115">
         <v>1</v>
       </c>
       <c r="N115" t="s">
         <v>59</v>
       </c>
       <c r="O115">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P115">
         <v>15224</v>
       </c>
       <c r="Q115" t="s">
         <v>60</v>
       </c>
       <c r="R115" t="s">
         <v>31</v>
       </c>
       <c r="S115" t="s">
         <v>32</v>
       </c>
       <c r="T115" t="s">
         <v>32</v>
       </c>
       <c r="U115" t="s">
         <v>36</v>
       </c>
       <c r="V115">
         <v>1</v>
       </c>
       <c r="W115">
         <v>0</v>
       </c>
@@ -9501,51 +9501,51 @@
       <c r="G116">
         <v>9.1558</v>
       </c>
       <c r="H116">
         <v>482</v>
       </c>
       <c r="I116">
         <v>0</v>
       </c>
       <c r="J116">
         <v>0</v>
       </c>
       <c r="K116">
         <v>386.344</v>
       </c>
       <c r="L116" t="s">
         <v>28</v>
       </c>
       <c r="M116">
         <v>1</v>
       </c>
       <c r="N116" t="s">
         <v>59</v>
       </c>
       <c r="O116">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P116">
         <v>15224</v>
       </c>
       <c r="Q116" t="s">
         <v>30</v>
       </c>
       <c r="R116" t="s">
         <v>31</v>
       </c>
       <c r="S116" t="s">
         <v>32</v>
       </c>
       <c r="T116" t="s">
         <v>32</v>
       </c>
       <c r="U116" t="s">
         <v>53</v>
       </c>
       <c r="V116">
         <v>1</v>
       </c>
       <c r="W116">
         <v>0</v>
       </c>
@@ -9578,51 +9578,51 @@
       <c r="G117">
         <v>9.1558</v>
       </c>
       <c r="H117">
         <v>482</v>
       </c>
       <c r="I117">
         <v>0</v>
       </c>
       <c r="J117">
         <v>0</v>
       </c>
       <c r="K117">
         <v>386.344</v>
       </c>
       <c r="L117" t="s">
         <v>28</v>
       </c>
       <c r="M117">
         <v>1</v>
       </c>
       <c r="N117" t="s">
         <v>59</v>
       </c>
       <c r="O117">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P117">
         <v>15224</v>
       </c>
       <c r="Q117" t="s">
         <v>30</v>
       </c>
       <c r="R117" t="s">
         <v>31</v>
       </c>
       <c r="S117" t="s">
         <v>32</v>
       </c>
       <c r="T117" t="s">
         <v>32</v>
       </c>
       <c r="U117" t="s">
         <v>33</v>
       </c>
       <c r="V117">
         <v>3</v>
       </c>
       <c r="W117">
         <v>0</v>
       </c>
@@ -9655,51 +9655,51 @@
       <c r="G118">
         <v>9.1558</v>
       </c>
       <c r="H118">
         <v>482</v>
       </c>
       <c r="I118">
         <v>0</v>
       </c>
       <c r="J118">
         <v>0</v>
       </c>
       <c r="K118">
         <v>386.344</v>
       </c>
       <c r="L118" t="s">
         <v>28</v>
       </c>
       <c r="M118">
         <v>1</v>
       </c>
       <c r="N118" t="s">
         <v>59</v>
       </c>
       <c r="O118">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P118">
         <v>15224</v>
       </c>
       <c r="Q118" t="s">
         <v>30</v>
       </c>
       <c r="R118" t="s">
         <v>31</v>
       </c>
       <c r="S118" t="s">
         <v>32</v>
       </c>
       <c r="T118" t="s">
         <v>32</v>
       </c>
       <c r="U118" t="s">
         <v>34</v>
       </c>
       <c r="V118">
         <v>18</v>
       </c>
       <c r="W118">
         <v>0</v>
       </c>
@@ -9732,51 +9732,51 @@
       <c r="G119">
         <v>9.1558</v>
       </c>
       <c r="H119">
         <v>482</v>
       </c>
       <c r="I119">
         <v>0</v>
       </c>
       <c r="J119">
         <v>0</v>
       </c>
       <c r="K119">
         <v>386.344</v>
       </c>
       <c r="L119" t="s">
         <v>28</v>
       </c>
       <c r="M119">
         <v>1</v>
       </c>
       <c r="N119" t="s">
         <v>59</v>
       </c>
       <c r="O119">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P119">
         <v>15224</v>
       </c>
       <c r="Q119" t="s">
         <v>30</v>
       </c>
       <c r="R119" t="s">
         <v>31</v>
       </c>
       <c r="S119" t="s">
         <v>32</v>
       </c>
       <c r="T119" t="s">
         <v>32</v>
       </c>
       <c r="U119" t="s">
         <v>35</v>
       </c>
       <c r="V119">
         <v>5</v>
       </c>
       <c r="W119">
         <v>0</v>
       </c>
@@ -9809,51 +9809,51 @@
       <c r="G120">
         <v>9.1558</v>
       </c>
       <c r="H120">
         <v>482</v>
       </c>
       <c r="I120">
         <v>0</v>
       </c>
       <c r="J120">
         <v>0</v>
       </c>
       <c r="K120">
         <v>386.344</v>
       </c>
       <c r="L120" t="s">
         <v>28</v>
       </c>
       <c r="M120">
         <v>1</v>
       </c>
       <c r="N120" t="s">
         <v>59</v>
       </c>
       <c r="O120">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P120">
         <v>15224</v>
       </c>
       <c r="Q120" t="s">
         <v>30</v>
       </c>
       <c r="R120" t="s">
         <v>31</v>
       </c>
       <c r="S120" t="s">
         <v>32</v>
       </c>
       <c r="T120" t="s">
         <v>32</v>
       </c>
       <c r="U120" t="s">
         <v>36</v>
       </c>
       <c r="V120">
         <v>1</v>
       </c>
       <c r="W120">
         <v>0</v>
       </c>
@@ -9886,51 +9886,51 @@
       <c r="G121">
         <v>9.1558</v>
       </c>
       <c r="H121">
         <v>482</v>
       </c>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="J121">
         <v>0</v>
       </c>
       <c r="K121">
         <v>386.344</v>
       </c>
       <c r="L121" t="s">
         <v>28</v>
       </c>
       <c r="M121">
         <v>1</v>
       </c>
       <c r="N121" t="s">
         <v>59</v>
       </c>
       <c r="O121">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P121">
         <v>15224</v>
       </c>
       <c r="Q121" t="s">
         <v>54</v>
       </c>
       <c r="R121" t="s">
         <v>31</v>
       </c>
       <c r="S121" t="s">
         <v>55</v>
       </c>
       <c r="T121" t="s">
         <v>32</v>
       </c>
       <c r="U121" t="s">
         <v>33</v>
       </c>
       <c r="V121">
         <v>2</v>
       </c>
       <c r="W121">
         <v>0</v>
       </c>
@@ -9963,51 +9963,51 @@
       <c r="G122">
         <v>9.1558</v>
       </c>
       <c r="H122">
         <v>482</v>
       </c>
       <c r="I122">
         <v>0</v>
       </c>
       <c r="J122">
         <v>0</v>
       </c>
       <c r="K122">
         <v>386.344</v>
       </c>
       <c r="L122" t="s">
         <v>28</v>
       </c>
       <c r="M122">
         <v>1</v>
       </c>
       <c r="N122" t="s">
         <v>59</v>
       </c>
       <c r="O122">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P122">
         <v>15224</v>
       </c>
       <c r="Q122" t="s">
         <v>54</v>
       </c>
       <c r="R122" t="s">
         <v>31</v>
       </c>
       <c r="S122" t="s">
         <v>55</v>
       </c>
       <c r="T122" t="s">
         <v>32</v>
       </c>
       <c r="U122" t="s">
         <v>34</v>
       </c>
       <c r="V122">
         <v>15</v>
       </c>
       <c r="W122">
         <v>0</v>
       </c>
@@ -10040,51 +10040,51 @@
       <c r="G123">
         <v>9.1558</v>
       </c>
       <c r="H123">
         <v>482</v>
       </c>
       <c r="I123">
         <v>0</v>
       </c>
       <c r="J123">
         <v>0</v>
       </c>
       <c r="K123">
         <v>386.344</v>
       </c>
       <c r="L123" t="s">
         <v>28</v>
       </c>
       <c r="M123">
         <v>1</v>
       </c>
       <c r="N123" t="s">
         <v>59</v>
       </c>
       <c r="O123">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P123">
         <v>15224</v>
       </c>
       <c r="Q123" t="s">
         <v>54</v>
       </c>
       <c r="R123" t="s">
         <v>31</v>
       </c>
       <c r="S123" t="s">
         <v>55</v>
       </c>
       <c r="T123" t="s">
         <v>32</v>
       </c>
       <c r="U123" t="s">
         <v>35</v>
       </c>
       <c r="V123">
         <v>7</v>
       </c>
       <c r="W123">
         <v>0</v>
       </c>
@@ -10117,51 +10117,51 @@
       <c r="G124">
         <v>9.1558</v>
       </c>
       <c r="H124">
         <v>482</v>
       </c>
       <c r="I124">
         <v>0</v>
       </c>
       <c r="J124">
         <v>0</v>
       </c>
       <c r="K124">
         <v>386.344</v>
       </c>
       <c r="L124" t="s">
         <v>28</v>
       </c>
       <c r="M124">
         <v>1</v>
       </c>
       <c r="N124" t="s">
         <v>59</v>
       </c>
       <c r="O124">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P124">
         <v>15224</v>
       </c>
       <c r="Q124" t="s">
         <v>54</v>
       </c>
       <c r="R124" t="s">
         <v>31</v>
       </c>
       <c r="S124" t="s">
         <v>55</v>
       </c>
       <c r="T124" t="s">
         <v>32</v>
       </c>
       <c r="U124" t="s">
         <v>36</v>
       </c>
       <c r="V124">
         <v>3</v>
       </c>
       <c r="W124">
         <v>0</v>
       </c>
@@ -10194,51 +10194,51 @@
       <c r="G125">
         <v>9.1558</v>
       </c>
       <c r="H125">
         <v>482</v>
       </c>
       <c r="I125">
         <v>0</v>
       </c>
       <c r="J125">
         <v>0</v>
       </c>
       <c r="K125">
         <v>386.344</v>
       </c>
       <c r="L125" t="s">
         <v>28</v>
       </c>
       <c r="M125">
         <v>1</v>
       </c>
       <c r="N125" t="s">
         <v>59</v>
       </c>
       <c r="O125">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P125">
         <v>15224</v>
       </c>
       <c r="Q125" t="s">
         <v>54</v>
       </c>
       <c r="R125" t="s">
         <v>31</v>
       </c>
       <c r="S125" t="s">
         <v>55</v>
       </c>
       <c r="T125" t="s">
         <v>32</v>
       </c>
       <c r="U125" t="s">
         <v>40</v>
       </c>
       <c r="V125">
         <v>1</v>
       </c>
       <c r="W125">
         <v>0</v>
       </c>
@@ -10271,51 +10271,51 @@
       <c r="G126">
         <v>9.1558</v>
       </c>
       <c r="H126">
         <v>482</v>
       </c>
       <c r="I126">
         <v>0</v>
       </c>
       <c r="J126">
         <v>0</v>
       </c>
       <c r="K126">
         <v>386.344</v>
       </c>
       <c r="L126" t="s">
         <v>28</v>
       </c>
       <c r="M126">
         <v>1</v>
       </c>
       <c r="N126" t="s">
         <v>59</v>
       </c>
       <c r="O126">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P126">
         <v>15224</v>
       </c>
       <c r="Q126" t="s">
         <v>54</v>
       </c>
       <c r="R126" t="s">
         <v>31</v>
       </c>
       <c r="S126" t="s">
         <v>38</v>
       </c>
       <c r="T126" t="s">
         <v>32</v>
       </c>
       <c r="U126" t="s">
         <v>33</v>
       </c>
       <c r="V126">
         <v>3</v>
       </c>
       <c r="W126">
         <v>0</v>
       </c>
@@ -10348,51 +10348,51 @@
       <c r="G127">
         <v>9.1558</v>
       </c>
       <c r="H127">
         <v>482</v>
       </c>
       <c r="I127">
         <v>0</v>
       </c>
       <c r="J127">
         <v>0</v>
       </c>
       <c r="K127">
         <v>386.344</v>
       </c>
       <c r="L127" t="s">
         <v>28</v>
       </c>
       <c r="M127">
         <v>1</v>
       </c>
       <c r="N127" t="s">
         <v>59</v>
       </c>
       <c r="O127">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P127">
         <v>15224</v>
       </c>
       <c r="Q127" t="s">
         <v>54</v>
       </c>
       <c r="R127" t="s">
         <v>31</v>
       </c>
       <c r="S127" t="s">
         <v>38</v>
       </c>
       <c r="T127" t="s">
         <v>32</v>
       </c>
       <c r="U127" t="s">
         <v>34</v>
       </c>
       <c r="V127">
         <v>1</v>
       </c>
       <c r="W127">
         <v>0</v>
       </c>
@@ -10425,51 +10425,51 @@
       <c r="G128">
         <v>9.1558</v>
       </c>
       <c r="H128">
         <v>482</v>
       </c>
       <c r="I128">
         <v>0</v>
       </c>
       <c r="J128">
         <v>0</v>
       </c>
       <c r="K128">
         <v>386.344</v>
       </c>
       <c r="L128" t="s">
         <v>28</v>
       </c>
       <c r="M128">
         <v>1</v>
       </c>
       <c r="N128" t="s">
         <v>59</v>
       </c>
       <c r="O128">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P128">
         <v>15224</v>
       </c>
       <c r="Q128" t="s">
         <v>30</v>
       </c>
       <c r="R128" t="s">
         <v>31</v>
       </c>
       <c r="S128" t="s">
         <v>55</v>
       </c>
       <c r="T128" t="s">
         <v>32</v>
       </c>
       <c r="U128" t="s">
         <v>34</v>
       </c>
       <c r="V128">
         <v>3</v>
       </c>
       <c r="W128">
         <v>0</v>
       </c>
@@ -10502,51 +10502,51 @@
       <c r="G129">
         <v>9.1558</v>
       </c>
       <c r="H129">
         <v>482</v>
       </c>
       <c r="I129">
         <v>0</v>
       </c>
       <c r="J129">
         <v>0</v>
       </c>
       <c r="K129">
         <v>386.344</v>
       </c>
       <c r="L129" t="s">
         <v>28</v>
       </c>
       <c r="M129">
         <v>1</v>
       </c>
       <c r="N129" t="s">
         <v>59</v>
       </c>
       <c r="O129">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P129">
         <v>15224</v>
       </c>
       <c r="Q129" t="s">
         <v>30</v>
       </c>
       <c r="R129" t="s">
         <v>31</v>
       </c>
       <c r="S129" t="s">
         <v>55</v>
       </c>
       <c r="T129" t="s">
         <v>32</v>
       </c>
       <c r="U129" t="s">
         <v>35</v>
       </c>
       <c r="V129">
         <v>2</v>
       </c>
       <c r="W129">
         <v>0</v>
       </c>
@@ -10579,51 +10579,51 @@
       <c r="G130">
         <v>9.1558</v>
       </c>
       <c r="H130">
         <v>482</v>
       </c>
       <c r="I130">
         <v>0</v>
       </c>
       <c r="J130">
         <v>0</v>
       </c>
       <c r="K130">
         <v>386.344</v>
       </c>
       <c r="L130" t="s">
         <v>28</v>
       </c>
       <c r="M130">
         <v>1</v>
       </c>
       <c r="N130" t="s">
         <v>59</v>
       </c>
       <c r="O130">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P130">
         <v>15224</v>
       </c>
       <c r="Q130" t="s">
         <v>30</v>
       </c>
       <c r="R130" t="s">
         <v>31</v>
       </c>
       <c r="S130" t="s">
         <v>55</v>
       </c>
       <c r="T130" t="s">
         <v>32</v>
       </c>
       <c r="U130" t="s">
         <v>36</v>
       </c>
       <c r="V130">
         <v>2</v>
       </c>
       <c r="W130">
         <v>0</v>
       </c>
@@ -10656,51 +10656,51 @@
       <c r="G131">
         <v>9.1558</v>
       </c>
       <c r="H131">
         <v>482</v>
       </c>
       <c r="I131">
         <v>0</v>
       </c>
       <c r="J131">
         <v>0</v>
       </c>
       <c r="K131">
         <v>386.344</v>
       </c>
       <c r="L131" t="s">
         <v>28</v>
       </c>
       <c r="M131">
         <v>1</v>
       </c>
       <c r="N131" t="s">
         <v>59</v>
       </c>
       <c r="O131">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P131">
         <v>15224</v>
       </c>
       <c r="Q131" t="s">
         <v>61</v>
       </c>
       <c r="R131" t="s">
         <v>31</v>
       </c>
       <c r="S131" t="s">
         <v>32</v>
       </c>
       <c r="T131" t="s">
         <v>32</v>
       </c>
       <c r="U131" t="s">
         <v>34</v>
       </c>
       <c r="V131">
         <v>5</v>
       </c>
       <c r="W131">
         <v>0</v>
       </c>
@@ -10733,51 +10733,51 @@
       <c r="G132">
         <v>9.1558</v>
       </c>
       <c r="H132">
         <v>482</v>
       </c>
       <c r="I132">
         <v>0</v>
       </c>
       <c r="J132">
         <v>0</v>
       </c>
       <c r="K132">
         <v>386.344</v>
       </c>
       <c r="L132" t="s">
         <v>28</v>
       </c>
       <c r="M132">
         <v>1</v>
       </c>
       <c r="N132" t="s">
         <v>59</v>
       </c>
       <c r="O132">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P132">
         <v>15224</v>
       </c>
       <c r="Q132" t="s">
         <v>61</v>
       </c>
       <c r="R132" t="s">
         <v>31</v>
       </c>
       <c r="S132" t="s">
         <v>32</v>
       </c>
       <c r="T132" t="s">
         <v>32</v>
       </c>
       <c r="U132" t="s">
         <v>36</v>
       </c>
       <c r="V132">
         <v>2</v>
       </c>
       <c r="W132">
         <v>0</v>
       </c>
@@ -10810,51 +10810,51 @@
       <c r="G133">
         <v>9.1558</v>
       </c>
       <c r="H133">
         <v>482</v>
       </c>
       <c r="I133">
         <v>0</v>
       </c>
       <c r="J133">
         <v>0</v>
       </c>
       <c r="K133">
         <v>386.344</v>
       </c>
       <c r="L133" t="s">
         <v>28</v>
       </c>
       <c r="M133">
         <v>1</v>
       </c>
       <c r="N133" t="s">
         <v>59</v>
       </c>
       <c r="O133">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P133">
         <v>15224</v>
       </c>
       <c r="Q133" t="s">
         <v>61</v>
       </c>
       <c r="R133" t="s">
         <v>31</v>
       </c>
       <c r="S133" t="s">
         <v>38</v>
       </c>
       <c r="T133" t="s">
         <v>32</v>
       </c>
       <c r="U133" t="s">
         <v>34</v>
       </c>
       <c r="V133">
         <v>1</v>
       </c>
       <c r="W133">
         <v>0</v>
       </c>
@@ -10887,51 +10887,51 @@
       <c r="G134">
         <v>9.1558</v>
       </c>
       <c r="H134">
         <v>482</v>
       </c>
       <c r="I134">
         <v>0</v>
       </c>
       <c r="J134">
         <v>0</v>
       </c>
       <c r="K134">
         <v>386.344</v>
       </c>
       <c r="L134" t="s">
         <v>28</v>
       </c>
       <c r="M134">
         <v>1</v>
       </c>
       <c r="N134" t="s">
         <v>59</v>
       </c>
       <c r="O134">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P134">
         <v>15224</v>
       </c>
       <c r="Q134" t="s">
         <v>60</v>
       </c>
       <c r="R134" t="s">
         <v>31</v>
       </c>
       <c r="S134" t="s">
         <v>55</v>
       </c>
       <c r="T134" t="s">
         <v>32</v>
       </c>
       <c r="U134" t="s">
         <v>34</v>
       </c>
       <c r="V134">
         <v>14</v>
       </c>
       <c r="W134">
         <v>0</v>
       </c>
@@ -10964,51 +10964,51 @@
       <c r="G135">
         <v>9.1558</v>
       </c>
       <c r="H135">
         <v>482</v>
       </c>
       <c r="I135">
         <v>0</v>
       </c>
       <c r="J135">
         <v>0</v>
       </c>
       <c r="K135">
         <v>386.344</v>
       </c>
       <c r="L135" t="s">
         <v>28</v>
       </c>
       <c r="M135">
         <v>1</v>
       </c>
       <c r="N135" t="s">
         <v>59</v>
       </c>
       <c r="O135">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P135">
         <v>15224</v>
       </c>
       <c r="Q135" t="s">
         <v>60</v>
       </c>
       <c r="R135" t="s">
         <v>31</v>
       </c>
       <c r="S135" t="s">
         <v>55</v>
       </c>
       <c r="T135" t="s">
         <v>32</v>
       </c>
       <c r="U135" t="s">
         <v>35</v>
       </c>
       <c r="V135">
         <v>11</v>
       </c>
       <c r="W135">
         <v>0</v>
       </c>
@@ -11041,51 +11041,51 @@
       <c r="G136">
         <v>9.1558</v>
       </c>
       <c r="H136">
         <v>482</v>
       </c>
       <c r="I136">
         <v>0</v>
       </c>
       <c r="J136">
         <v>0</v>
       </c>
       <c r="K136">
         <v>386.344</v>
       </c>
       <c r="L136" t="s">
         <v>28</v>
       </c>
       <c r="M136">
         <v>1</v>
       </c>
       <c r="N136" t="s">
         <v>59</v>
       </c>
       <c r="O136">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P136">
         <v>15224</v>
       </c>
       <c r="Q136" t="s">
         <v>60</v>
       </c>
       <c r="R136" t="s">
         <v>31</v>
       </c>
       <c r="S136" t="s">
         <v>55</v>
       </c>
       <c r="T136" t="s">
         <v>32</v>
       </c>
       <c r="U136" t="s">
         <v>36</v>
       </c>
       <c r="V136">
         <v>4</v>
       </c>
       <c r="W136">
         <v>0</v>
       </c>
@@ -11118,51 +11118,51 @@
       <c r="G137">
         <v>3.0</v>
       </c>
       <c r="H137">
         <v>728</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="J137">
         <v>0</v>
       </c>
       <c r="K137">
         <v>1222.141</v>
       </c>
       <c r="L137" t="s">
         <v>28</v>
       </c>
       <c r="M137">
         <v>1</v>
       </c>
       <c r="N137" t="s">
         <v>62</v>
       </c>
       <c r="O137">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P137">
         <v>15224</v>
       </c>
       <c r="Q137" t="s">
         <v>54</v>
       </c>
       <c r="R137" t="s">
         <v>57</v>
       </c>
       <c r="S137" t="s">
         <v>32</v>
       </c>
       <c r="T137" t="s">
         <v>32</v>
       </c>
       <c r="U137" t="s">
         <v>53</v>
       </c>
       <c r="V137">
         <v>4</v>
       </c>
       <c r="W137">
         <v>0</v>
       </c>
@@ -11195,51 +11195,51 @@
       <c r="G138">
         <v>3.0</v>
       </c>
       <c r="H138">
         <v>728</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
       <c r="J138">
         <v>0</v>
       </c>
       <c r="K138">
         <v>1222.141</v>
       </c>
       <c r="L138" t="s">
         <v>28</v>
       </c>
       <c r="M138">
         <v>1</v>
       </c>
       <c r="N138" t="s">
         <v>62</v>
       </c>
       <c r="O138">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P138">
         <v>15224</v>
       </c>
       <c r="Q138" t="s">
         <v>54</v>
       </c>
       <c r="R138" t="s">
         <v>57</v>
       </c>
       <c r="S138" t="s">
         <v>32</v>
       </c>
       <c r="T138" t="s">
         <v>32</v>
       </c>
       <c r="U138" t="s">
         <v>33</v>
       </c>
       <c r="V138">
         <v>20</v>
       </c>
       <c r="W138">
         <v>0</v>
       </c>
@@ -11272,51 +11272,51 @@
       <c r="G139">
         <v>3.0</v>
       </c>
       <c r="H139">
         <v>728</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
       <c r="J139">
         <v>0</v>
       </c>
       <c r="K139">
         <v>1222.141</v>
       </c>
       <c r="L139" t="s">
         <v>28</v>
       </c>
       <c r="M139">
         <v>1</v>
       </c>
       <c r="N139" t="s">
         <v>62</v>
       </c>
       <c r="O139">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P139">
         <v>15224</v>
       </c>
       <c r="Q139" t="s">
         <v>54</v>
       </c>
       <c r="R139" t="s">
         <v>57</v>
       </c>
       <c r="S139" t="s">
         <v>32</v>
       </c>
       <c r="T139" t="s">
         <v>32</v>
       </c>
       <c r="U139" t="s">
         <v>34</v>
       </c>
       <c r="V139">
         <v>335</v>
       </c>
       <c r="W139">
         <v>0</v>
       </c>
@@ -11349,51 +11349,51 @@
       <c r="G140">
         <v>3.0</v>
       </c>
       <c r="H140">
         <v>728</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="J140">
         <v>0</v>
       </c>
       <c r="K140">
         <v>1222.141</v>
       </c>
       <c r="L140" t="s">
         <v>28</v>
       </c>
       <c r="M140">
         <v>1</v>
       </c>
       <c r="N140" t="s">
         <v>62</v>
       </c>
       <c r="O140">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P140">
         <v>15224</v>
       </c>
       <c r="Q140" t="s">
         <v>54</v>
       </c>
       <c r="R140" t="s">
         <v>57</v>
       </c>
       <c r="S140" t="s">
         <v>32</v>
       </c>
       <c r="T140" t="s">
         <v>32</v>
       </c>
       <c r="U140" t="s">
         <v>35</v>
       </c>
       <c r="V140">
         <v>283</v>
       </c>
       <c r="W140">
         <v>0</v>
       </c>
@@ -11426,51 +11426,51 @@
       <c r="G141">
         <v>3.0</v>
       </c>
       <c r="H141">
         <v>728</v>
       </c>
       <c r="I141">
         <v>0</v>
       </c>
       <c r="J141">
         <v>0</v>
       </c>
       <c r="K141">
         <v>1222.141</v>
       </c>
       <c r="L141" t="s">
         <v>28</v>
       </c>
       <c r="M141">
         <v>1</v>
       </c>
       <c r="N141" t="s">
         <v>62</v>
       </c>
       <c r="O141">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P141">
         <v>15224</v>
       </c>
       <c r="Q141" t="s">
         <v>54</v>
       </c>
       <c r="R141" t="s">
         <v>57</v>
       </c>
       <c r="S141" t="s">
         <v>32</v>
       </c>
       <c r="T141" t="s">
         <v>32</v>
       </c>
       <c r="U141" t="s">
         <v>36</v>
       </c>
       <c r="V141">
         <v>48</v>
       </c>
       <c r="W141">
         <v>0</v>
       </c>
@@ -11503,51 +11503,51 @@
       <c r="G142">
         <v>3.0</v>
       </c>
       <c r="H142">
         <v>728</v>
       </c>
       <c r="I142">
         <v>0</v>
       </c>
       <c r="J142">
         <v>0</v>
       </c>
       <c r="K142">
         <v>1222.141</v>
       </c>
       <c r="L142" t="s">
         <v>28</v>
       </c>
       <c r="M142">
         <v>1</v>
       </c>
       <c r="N142" t="s">
         <v>62</v>
       </c>
       <c r="O142">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P142">
         <v>15224</v>
       </c>
       <c r="Q142" t="s">
         <v>54</v>
       </c>
       <c r="R142" t="s">
         <v>57</v>
       </c>
       <c r="S142" t="s">
         <v>32</v>
       </c>
       <c r="T142" t="s">
         <v>32</v>
       </c>
       <c r="U142" t="s">
         <v>37</v>
       </c>
       <c r="V142">
         <v>1</v>
       </c>
       <c r="W142">
         <v>0</v>
       </c>
@@ -11580,51 +11580,51 @@
       <c r="G143">
         <v>3.0</v>
       </c>
       <c r="H143">
         <v>728</v>
       </c>
       <c r="I143">
         <v>0</v>
       </c>
       <c r="J143">
         <v>0</v>
       </c>
       <c r="K143">
         <v>1222.141</v>
       </c>
       <c r="L143" t="s">
         <v>28</v>
       </c>
       <c r="M143">
         <v>1</v>
       </c>
       <c r="N143" t="s">
         <v>62</v>
       </c>
       <c r="O143">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P143">
         <v>15224</v>
       </c>
       <c r="Q143" t="s">
         <v>54</v>
       </c>
       <c r="R143" t="s">
         <v>57</v>
       </c>
       <c r="S143" t="s">
         <v>55</v>
       </c>
       <c r="T143" t="s">
         <v>32</v>
       </c>
       <c r="U143" t="s">
         <v>34</v>
       </c>
       <c r="V143">
         <v>4</v>
       </c>
       <c r="W143">
         <v>0</v>
       </c>
@@ -11657,51 +11657,51 @@
       <c r="G144">
         <v>3.0</v>
       </c>
       <c r="H144">
         <v>728</v>
       </c>
       <c r="I144">
         <v>0</v>
       </c>
       <c r="J144">
         <v>0</v>
       </c>
       <c r="K144">
         <v>1222.141</v>
       </c>
       <c r="L144" t="s">
         <v>28</v>
       </c>
       <c r="M144">
         <v>1</v>
       </c>
       <c r="N144" t="s">
         <v>62</v>
       </c>
       <c r="O144">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P144">
         <v>15224</v>
       </c>
       <c r="Q144" t="s">
         <v>54</v>
       </c>
       <c r="R144" t="s">
         <v>57</v>
       </c>
       <c r="S144" t="s">
         <v>55</v>
       </c>
       <c r="T144" t="s">
         <v>32</v>
       </c>
       <c r="U144" t="s">
         <v>35</v>
       </c>
       <c r="V144">
         <v>19</v>
       </c>
       <c r="W144">
         <v>0</v>
       </c>
@@ -11734,51 +11734,51 @@
       <c r="G145">
         <v>3.0</v>
       </c>
       <c r="H145">
         <v>728</v>
       </c>
       <c r="I145">
         <v>0</v>
       </c>
       <c r="J145">
         <v>0</v>
       </c>
       <c r="K145">
         <v>1222.141</v>
       </c>
       <c r="L145" t="s">
         <v>28</v>
       </c>
       <c r="M145">
         <v>1</v>
       </c>
       <c r="N145" t="s">
         <v>62</v>
       </c>
       <c r="O145">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P145">
         <v>15224</v>
       </c>
       <c r="Q145" t="s">
         <v>54</v>
       </c>
       <c r="R145" t="s">
         <v>57</v>
       </c>
       <c r="S145" t="s">
         <v>55</v>
       </c>
       <c r="T145" t="s">
         <v>32</v>
       </c>
       <c r="U145" t="s">
         <v>36</v>
       </c>
       <c r="V145">
         <v>11</v>
       </c>
       <c r="W145">
         <v>0</v>
       </c>
@@ -11811,51 +11811,51 @@
       <c r="G146">
         <v>3.0</v>
       </c>
       <c r="H146">
         <v>728</v>
       </c>
       <c r="I146">
         <v>0</v>
       </c>
       <c r="J146">
         <v>0</v>
       </c>
       <c r="K146">
         <v>1222.141</v>
       </c>
       <c r="L146" t="s">
         <v>28</v>
       </c>
       <c r="M146">
         <v>1</v>
       </c>
       <c r="N146" t="s">
         <v>62</v>
       </c>
       <c r="O146">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P146">
         <v>15224</v>
       </c>
       <c r="Q146" t="s">
         <v>54</v>
       </c>
       <c r="R146" t="s">
         <v>57</v>
       </c>
       <c r="S146" t="s">
         <v>55</v>
       </c>
       <c r="T146" t="s">
         <v>32</v>
       </c>
       <c r="U146" t="s">
         <v>37</v>
       </c>
       <c r="V146">
         <v>3</v>
       </c>
       <c r="W146">
         <v>0</v>
       </c>
@@ -11888,51 +11888,51 @@
       <c r="G147">
         <v>42.4363</v>
       </c>
       <c r="H147">
         <v>401</v>
       </c>
       <c r="I147">
         <v>0</v>
       </c>
       <c r="J147">
         <v>715.987</v>
       </c>
       <c r="K147">
         <v>0</v>
       </c>
       <c r="L147" t="s">
         <v>28</v>
       </c>
       <c r="M147">
         <v>1</v>
       </c>
       <c r="N147" t="s">
         <v>63</v>
       </c>
       <c r="O147">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P147">
         <v>15224</v>
       </c>
       <c r="Q147" t="s">
         <v>45</v>
       </c>
       <c r="R147" t="s">
         <v>31</v>
       </c>
       <c r="S147" t="s">
         <v>32</v>
       </c>
       <c r="T147" t="s">
         <v>32</v>
       </c>
       <c r="U147" t="s">
         <v>34</v>
       </c>
       <c r="V147">
         <v>2</v>
       </c>
       <c r="W147">
         <v>0</v>
       </c>
@@ -11965,51 +11965,51 @@
       <c r="G148">
         <v>42.4363</v>
       </c>
       <c r="H148">
         <v>401</v>
       </c>
       <c r="I148">
         <v>0</v>
       </c>
       <c r="J148">
         <v>715.987</v>
       </c>
       <c r="K148">
         <v>0</v>
       </c>
       <c r="L148" t="s">
         <v>28</v>
       </c>
       <c r="M148">
         <v>1</v>
       </c>
       <c r="N148" t="s">
         <v>63</v>
       </c>
       <c r="O148">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P148">
         <v>15224</v>
       </c>
       <c r="Q148" t="s">
         <v>45</v>
       </c>
       <c r="R148" t="s">
         <v>31</v>
       </c>
       <c r="S148" t="s">
         <v>32</v>
       </c>
       <c r="T148" t="s">
         <v>32</v>
       </c>
       <c r="U148" t="s">
         <v>35</v>
       </c>
       <c r="V148">
         <v>13</v>
       </c>
       <c r="W148">
         <v>0</v>
       </c>
@@ -12042,51 +12042,51 @@
       <c r="G149">
         <v>42.4363</v>
       </c>
       <c r="H149">
         <v>401</v>
       </c>
       <c r="I149">
         <v>0</v>
       </c>
       <c r="J149">
         <v>715.987</v>
       </c>
       <c r="K149">
         <v>0</v>
       </c>
       <c r="L149" t="s">
         <v>28</v>
       </c>
       <c r="M149">
         <v>1</v>
       </c>
       <c r="N149" t="s">
         <v>63</v>
       </c>
       <c r="O149">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P149">
         <v>15224</v>
       </c>
       <c r="Q149" t="s">
         <v>45</v>
       </c>
       <c r="R149" t="s">
         <v>31</v>
       </c>
       <c r="S149" t="s">
         <v>32</v>
       </c>
       <c r="T149" t="s">
         <v>32</v>
       </c>
       <c r="U149" t="s">
         <v>36</v>
       </c>
       <c r="V149">
         <v>12</v>
       </c>
       <c r="W149">
         <v>0</v>
       </c>
@@ -12119,51 +12119,51 @@
       <c r="G150">
         <v>42.4363</v>
       </c>
       <c r="H150">
         <v>401</v>
       </c>
       <c r="I150">
         <v>0</v>
       </c>
       <c r="J150">
         <v>715.987</v>
       </c>
       <c r="K150">
         <v>0</v>
       </c>
       <c r="L150" t="s">
         <v>28</v>
       </c>
       <c r="M150">
         <v>1</v>
       </c>
       <c r="N150" t="s">
         <v>63</v>
       </c>
       <c r="O150">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P150">
         <v>15224</v>
       </c>
       <c r="Q150" t="s">
         <v>45</v>
       </c>
       <c r="R150" t="s">
         <v>31</v>
       </c>
       <c r="S150" t="s">
         <v>32</v>
       </c>
       <c r="T150" t="s">
         <v>32</v>
       </c>
       <c r="U150" t="s">
         <v>37</v>
       </c>
       <c r="V150">
         <v>9</v>
       </c>
       <c r="W150">
         <v>0</v>
       </c>
@@ -12196,51 +12196,51 @@
       <c r="G151">
         <v>42.4363</v>
       </c>
       <c r="H151">
         <v>401</v>
       </c>
       <c r="I151">
         <v>0</v>
       </c>
       <c r="J151">
         <v>715.987</v>
       </c>
       <c r="K151">
         <v>0</v>
       </c>
       <c r="L151" t="s">
         <v>28</v>
       </c>
       <c r="M151">
         <v>1</v>
       </c>
       <c r="N151" t="s">
         <v>63</v>
       </c>
       <c r="O151">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P151">
         <v>15224</v>
       </c>
       <c r="Q151" t="s">
         <v>45</v>
       </c>
       <c r="R151" t="s">
         <v>31</v>
       </c>
       <c r="S151" t="s">
         <v>32</v>
       </c>
       <c r="T151" t="s">
         <v>32</v>
       </c>
       <c r="U151" t="s">
         <v>40</v>
       </c>
       <c r="V151">
         <v>9</v>
       </c>
       <c r="W151">
         <v>0</v>
       </c>
@@ -12273,51 +12273,51 @@
       <c r="G152">
         <v>42.4363</v>
       </c>
       <c r="H152">
         <v>401</v>
       </c>
       <c r="I152">
         <v>0</v>
       </c>
       <c r="J152">
         <v>715.987</v>
       </c>
       <c r="K152">
         <v>0</v>
       </c>
       <c r="L152" t="s">
         <v>28</v>
       </c>
       <c r="M152">
         <v>1</v>
       </c>
       <c r="N152" t="s">
         <v>63</v>
       </c>
       <c r="O152">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P152">
         <v>15224</v>
       </c>
       <c r="Q152" t="s">
         <v>45</v>
       </c>
       <c r="R152" t="s">
         <v>31</v>
       </c>
       <c r="S152" t="s">
         <v>32</v>
       </c>
       <c r="T152" t="s">
         <v>32</v>
       </c>
       <c r="U152" t="s">
         <v>41</v>
       </c>
       <c r="V152">
         <v>2</v>
       </c>
       <c r="W152">
         <v>0</v>
       </c>
@@ -12350,51 +12350,51 @@
       <c r="G153">
         <v>42.4363</v>
       </c>
       <c r="H153">
         <v>401</v>
       </c>
       <c r="I153">
         <v>0</v>
       </c>
       <c r="J153">
         <v>715.987</v>
       </c>
       <c r="K153">
         <v>0</v>
       </c>
       <c r="L153" t="s">
         <v>28</v>
       </c>
       <c r="M153">
         <v>1</v>
       </c>
       <c r="N153" t="s">
         <v>63</v>
       </c>
       <c r="O153">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P153">
         <v>15224</v>
       </c>
       <c r="Q153" t="s">
         <v>39</v>
       </c>
       <c r="R153" t="s">
         <v>31</v>
       </c>
       <c r="S153" t="s">
         <v>32</v>
       </c>
       <c r="T153" t="s">
         <v>32</v>
       </c>
       <c r="U153" t="s">
         <v>34</v>
       </c>
       <c r="V153">
         <v>97</v>
       </c>
       <c r="W153">
         <v>0</v>
       </c>
@@ -12427,51 +12427,51 @@
       <c r="G154">
         <v>42.4363</v>
       </c>
       <c r="H154">
         <v>401</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
       <c r="J154">
         <v>715.987</v>
       </c>
       <c r="K154">
         <v>0</v>
       </c>
       <c r="L154" t="s">
         <v>28</v>
       </c>
       <c r="M154">
         <v>1</v>
       </c>
       <c r="N154" t="s">
         <v>63</v>
       </c>
       <c r="O154">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P154">
         <v>15224</v>
       </c>
       <c r="Q154" t="s">
         <v>39</v>
       </c>
       <c r="R154" t="s">
         <v>31</v>
       </c>
       <c r="S154" t="s">
         <v>32</v>
       </c>
       <c r="T154" t="s">
         <v>32</v>
       </c>
       <c r="U154" t="s">
         <v>35</v>
       </c>
       <c r="V154">
         <v>112</v>
       </c>
       <c r="W154">
         <v>0</v>
       </c>
@@ -12504,51 +12504,51 @@
       <c r="G155">
         <v>42.4363</v>
       </c>
       <c r="H155">
         <v>401</v>
       </c>
       <c r="I155">
         <v>0</v>
       </c>
       <c r="J155">
         <v>715.987</v>
       </c>
       <c r="K155">
         <v>0</v>
       </c>
       <c r="L155" t="s">
         <v>28</v>
       </c>
       <c r="M155">
         <v>1</v>
       </c>
       <c r="N155" t="s">
         <v>63</v>
       </c>
       <c r="O155">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P155">
         <v>15224</v>
       </c>
       <c r="Q155" t="s">
         <v>39</v>
       </c>
       <c r="R155" t="s">
         <v>31</v>
       </c>
       <c r="S155" t="s">
         <v>32</v>
       </c>
       <c r="T155" t="s">
         <v>32</v>
       </c>
       <c r="U155" t="s">
         <v>36</v>
       </c>
       <c r="V155">
         <v>41</v>
       </c>
       <c r="W155">
         <v>0</v>
       </c>
@@ -12581,51 +12581,51 @@
       <c r="G156">
         <v>42.4363</v>
       </c>
       <c r="H156">
         <v>401</v>
       </c>
       <c r="I156">
         <v>0</v>
       </c>
       <c r="J156">
         <v>715.987</v>
       </c>
       <c r="K156">
         <v>0</v>
       </c>
       <c r="L156" t="s">
         <v>28</v>
       </c>
       <c r="M156">
         <v>1</v>
       </c>
       <c r="N156" t="s">
         <v>63</v>
       </c>
       <c r="O156">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P156">
         <v>15224</v>
       </c>
       <c r="Q156" t="s">
         <v>39</v>
       </c>
       <c r="R156" t="s">
         <v>31</v>
       </c>
       <c r="S156" t="s">
         <v>32</v>
       </c>
       <c r="T156" t="s">
         <v>32</v>
       </c>
       <c r="U156" t="s">
         <v>37</v>
       </c>
       <c r="V156">
         <v>14</v>
       </c>
       <c r="W156">
         <v>0</v>
       </c>
@@ -12658,51 +12658,51 @@
       <c r="G157">
         <v>42.4363</v>
       </c>
       <c r="H157">
         <v>401</v>
       </c>
       <c r="I157">
         <v>0</v>
       </c>
       <c r="J157">
         <v>715.987</v>
       </c>
       <c r="K157">
         <v>0</v>
       </c>
       <c r="L157" t="s">
         <v>28</v>
       </c>
       <c r="M157">
         <v>1</v>
       </c>
       <c r="N157" t="s">
         <v>63</v>
       </c>
       <c r="O157">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P157">
         <v>15224</v>
       </c>
       <c r="Q157" t="s">
         <v>39</v>
       </c>
       <c r="R157" t="s">
         <v>31</v>
       </c>
       <c r="S157" t="s">
         <v>32</v>
       </c>
       <c r="T157" t="s">
         <v>32</v>
       </c>
       <c r="U157" t="s">
         <v>40</v>
       </c>
       <c r="V157">
         <v>72</v>
       </c>
       <c r="W157">
         <v>0</v>
       </c>
@@ -12735,51 +12735,51 @@
       <c r="G158">
         <v>42.4363</v>
       </c>
       <c r="H158">
         <v>401</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
       <c r="J158">
         <v>715.987</v>
       </c>
       <c r="K158">
         <v>0</v>
       </c>
       <c r="L158" t="s">
         <v>28</v>
       </c>
       <c r="M158">
         <v>1</v>
       </c>
       <c r="N158" t="s">
         <v>63</v>
       </c>
       <c r="O158">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P158">
         <v>15224</v>
       </c>
       <c r="Q158" t="s">
         <v>39</v>
       </c>
       <c r="R158" t="s">
         <v>31</v>
       </c>
       <c r="S158" t="s">
         <v>32</v>
       </c>
       <c r="T158" t="s">
         <v>32</v>
       </c>
       <c r="U158" t="s">
         <v>41</v>
       </c>
       <c r="V158">
         <v>10</v>
       </c>
       <c r="W158">
         <v>0</v>
       </c>
@@ -12812,51 +12812,51 @@
       <c r="G159">
         <v>42.4363</v>
       </c>
       <c r="H159">
         <v>401</v>
       </c>
       <c r="I159">
         <v>0</v>
       </c>
       <c r="J159">
         <v>715.987</v>
       </c>
       <c r="K159">
         <v>0</v>
       </c>
       <c r="L159" t="s">
         <v>28</v>
       </c>
       <c r="M159">
         <v>1</v>
       </c>
       <c r="N159" t="s">
         <v>63</v>
       </c>
       <c r="O159">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P159">
         <v>15224</v>
       </c>
       <c r="Q159" t="s">
         <v>39</v>
       </c>
       <c r="R159" t="s">
         <v>31</v>
       </c>
       <c r="S159" t="s">
         <v>42</v>
       </c>
       <c r="T159" t="s">
         <v>32</v>
       </c>
       <c r="U159" t="s">
         <v>36</v>
       </c>
       <c r="V159">
         <v>2</v>
       </c>
       <c r="W159">
         <v>0</v>
       </c>
@@ -12889,51 +12889,51 @@
       <c r="G160">
         <v>42.4363</v>
       </c>
       <c r="H160">
         <v>401</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
       <c r="J160">
         <v>715.987</v>
       </c>
       <c r="K160">
         <v>0</v>
       </c>
       <c r="L160" t="s">
         <v>28</v>
       </c>
       <c r="M160">
         <v>1</v>
       </c>
       <c r="N160" t="s">
         <v>63</v>
       </c>
       <c r="O160">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P160">
         <v>15224</v>
       </c>
       <c r="Q160" t="s">
         <v>39</v>
       </c>
       <c r="R160" t="s">
         <v>31</v>
       </c>
       <c r="S160" t="s">
         <v>42</v>
       </c>
       <c r="T160" t="s">
         <v>32</v>
       </c>
       <c r="U160" t="s">
         <v>37</v>
       </c>
       <c r="V160">
         <v>2</v>
       </c>
       <c r="W160">
         <v>0</v>
       </c>
@@ -12966,51 +12966,51 @@
       <c r="G161">
         <v>42.4363</v>
       </c>
       <c r="H161">
         <v>401</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
       <c r="J161">
         <v>715.987</v>
       </c>
       <c r="K161">
         <v>0</v>
       </c>
       <c r="L161" t="s">
         <v>28</v>
       </c>
       <c r="M161">
         <v>1</v>
       </c>
       <c r="N161" t="s">
         <v>63</v>
       </c>
       <c r="O161">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P161">
         <v>15224</v>
       </c>
       <c r="Q161" t="s">
         <v>39</v>
       </c>
       <c r="R161" t="s">
         <v>31</v>
       </c>
       <c r="S161" t="s">
         <v>42</v>
       </c>
       <c r="T161" t="s">
         <v>32</v>
       </c>
       <c r="U161" t="s">
         <v>40</v>
       </c>
       <c r="V161">
         <v>4</v>
       </c>
       <c r="W161">
         <v>0</v>
       </c>
@@ -13043,51 +13043,51 @@
       <c r="G162">
         <v>32.1198</v>
       </c>
       <c r="H162">
         <v>944</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
       <c r="J162">
         <v>6.656</v>
       </c>
       <c r="K162">
         <v>878.561</v>
       </c>
       <c r="L162" t="s">
         <v>28</v>
       </c>
       <c r="M162">
         <v>1</v>
       </c>
       <c r="N162" t="s">
         <v>64</v>
       </c>
       <c r="O162">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P162">
         <v>15224</v>
       </c>
       <c r="Q162" t="s">
         <v>47</v>
       </c>
       <c r="R162" t="s">
         <v>31</v>
       </c>
       <c r="S162" t="s">
         <v>32</v>
       </c>
       <c r="T162" t="s">
         <v>32</v>
       </c>
       <c r="U162" t="s">
         <v>51</v>
       </c>
       <c r="V162">
         <v>2</v>
       </c>
       <c r="W162">
         <v>0</v>
       </c>
@@ -13120,51 +13120,51 @@
       <c r="G163">
         <v>32.1198</v>
       </c>
       <c r="H163">
         <v>944</v>
       </c>
       <c r="I163">
         <v>0</v>
       </c>
       <c r="J163">
         <v>6.656</v>
       </c>
       <c r="K163">
         <v>878.561</v>
       </c>
       <c r="L163" t="s">
         <v>28</v>
       </c>
       <c r="M163">
         <v>1</v>
       </c>
       <c r="N163" t="s">
         <v>64</v>
       </c>
       <c r="O163">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P163">
         <v>15224</v>
       </c>
       <c r="Q163" t="s">
         <v>47</v>
       </c>
       <c r="R163" t="s">
         <v>31</v>
       </c>
       <c r="S163" t="s">
         <v>32</v>
       </c>
       <c r="T163" t="s">
         <v>32</v>
       </c>
       <c r="U163" t="s">
         <v>52</v>
       </c>
       <c r="V163">
         <v>4</v>
       </c>
       <c r="W163">
         <v>0</v>
       </c>
@@ -13197,51 +13197,51 @@
       <c r="G164">
         <v>32.1198</v>
       </c>
       <c r="H164">
         <v>944</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
       <c r="J164">
         <v>6.656</v>
       </c>
       <c r="K164">
         <v>878.561</v>
       </c>
       <c r="L164" t="s">
         <v>28</v>
       </c>
       <c r="M164">
         <v>1</v>
       </c>
       <c r="N164" t="s">
         <v>64</v>
       </c>
       <c r="O164">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P164">
         <v>15224</v>
       </c>
       <c r="Q164" t="s">
         <v>47</v>
       </c>
       <c r="R164" t="s">
         <v>31</v>
       </c>
       <c r="S164" t="s">
         <v>32</v>
       </c>
       <c r="T164" t="s">
         <v>32</v>
       </c>
       <c r="U164" t="s">
         <v>33</v>
       </c>
       <c r="V164">
         <v>5</v>
       </c>
       <c r="W164">
         <v>0</v>
       </c>
@@ -13274,51 +13274,51 @@
       <c r="G165">
         <v>32.1198</v>
       </c>
       <c r="H165">
         <v>944</v>
       </c>
       <c r="I165">
         <v>0</v>
       </c>
       <c r="J165">
         <v>6.656</v>
       </c>
       <c r="K165">
         <v>878.561</v>
       </c>
       <c r="L165" t="s">
         <v>28</v>
       </c>
       <c r="M165">
         <v>1</v>
       </c>
       <c r="N165" t="s">
         <v>64</v>
       </c>
       <c r="O165">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P165">
         <v>15224</v>
       </c>
       <c r="Q165" t="s">
         <v>47</v>
       </c>
       <c r="R165" t="s">
         <v>31</v>
       </c>
       <c r="S165" t="s">
         <v>32</v>
       </c>
       <c r="T165" t="s">
         <v>32</v>
       </c>
       <c r="U165" t="s">
         <v>34</v>
       </c>
       <c r="V165">
         <v>1</v>
       </c>
       <c r="W165">
         <v>0</v>
       </c>
@@ -13351,51 +13351,51 @@
       <c r="G166">
         <v>32.1198</v>
       </c>
       <c r="H166">
         <v>944</v>
       </c>
       <c r="I166">
         <v>0</v>
       </c>
       <c r="J166">
         <v>6.656</v>
       </c>
       <c r="K166">
         <v>878.561</v>
       </c>
       <c r="L166" t="s">
         <v>28</v>
       </c>
       <c r="M166">
         <v>1</v>
       </c>
       <c r="N166" t="s">
         <v>64</v>
       </c>
       <c r="O166">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P166">
         <v>15224</v>
       </c>
       <c r="Q166" t="s">
         <v>39</v>
       </c>
       <c r="R166" t="s">
         <v>31</v>
       </c>
       <c r="S166" t="s">
         <v>32</v>
       </c>
       <c r="T166" t="s">
         <v>32</v>
       </c>
       <c r="U166" t="s">
         <v>52</v>
       </c>
       <c r="V166">
         <v>3</v>
       </c>
       <c r="W166">
         <v>0</v>
       </c>
@@ -13428,51 +13428,51 @@
       <c r="G167">
         <v>32.1198</v>
       </c>
       <c r="H167">
         <v>944</v>
       </c>
       <c r="I167">
         <v>0</v>
       </c>
       <c r="J167">
         <v>6.656</v>
       </c>
       <c r="K167">
         <v>878.561</v>
       </c>
       <c r="L167" t="s">
         <v>28</v>
       </c>
       <c r="M167">
         <v>1</v>
       </c>
       <c r="N167" t="s">
         <v>64</v>
       </c>
       <c r="O167">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P167">
         <v>15224</v>
       </c>
       <c r="Q167" t="s">
         <v>39</v>
       </c>
       <c r="R167" t="s">
         <v>31</v>
       </c>
       <c r="S167" t="s">
         <v>32</v>
       </c>
       <c r="T167" t="s">
         <v>32</v>
       </c>
       <c r="U167" t="s">
         <v>53</v>
       </c>
       <c r="V167">
         <v>1</v>
       </c>
       <c r="W167">
         <v>0</v>
       </c>
@@ -13505,51 +13505,51 @@
       <c r="G168">
         <v>32.1198</v>
       </c>
       <c r="H168">
         <v>944</v>
       </c>
       <c r="I168">
         <v>0</v>
       </c>
       <c r="J168">
         <v>6.656</v>
       </c>
       <c r="K168">
         <v>878.561</v>
       </c>
       <c r="L168" t="s">
         <v>28</v>
       </c>
       <c r="M168">
         <v>1</v>
       </c>
       <c r="N168" t="s">
         <v>64</v>
       </c>
       <c r="O168">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P168">
         <v>15224</v>
       </c>
       <c r="Q168" t="s">
         <v>39</v>
       </c>
       <c r="R168" t="s">
         <v>31</v>
       </c>
       <c r="S168" t="s">
         <v>32</v>
       </c>
       <c r="T168" t="s">
         <v>32</v>
       </c>
       <c r="U168" t="s">
         <v>33</v>
       </c>
       <c r="V168">
         <v>8</v>
       </c>
       <c r="W168">
         <v>0</v>
       </c>
@@ -13582,51 +13582,51 @@
       <c r="G169">
         <v>32.1198</v>
       </c>
       <c r="H169">
         <v>944</v>
       </c>
       <c r="I169">
         <v>0</v>
       </c>
       <c r="J169">
         <v>6.656</v>
       </c>
       <c r="K169">
         <v>878.561</v>
       </c>
       <c r="L169" t="s">
         <v>28</v>
       </c>
       <c r="M169">
         <v>1</v>
       </c>
       <c r="N169" t="s">
         <v>64</v>
       </c>
       <c r="O169">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P169">
         <v>15224</v>
       </c>
       <c r="Q169" t="s">
         <v>39</v>
       </c>
       <c r="R169" t="s">
         <v>31</v>
       </c>
       <c r="S169" t="s">
         <v>32</v>
       </c>
       <c r="T169" t="s">
         <v>32</v>
       </c>
       <c r="U169" t="s">
         <v>34</v>
       </c>
       <c r="V169">
         <v>1</v>
       </c>
       <c r="W169">
         <v>0</v>
       </c>
@@ -13659,51 +13659,51 @@
       <c r="G170">
         <v>32.1198</v>
       </c>
       <c r="H170">
         <v>944</v>
       </c>
       <c r="I170">
         <v>0</v>
       </c>
       <c r="J170">
         <v>6.656</v>
       </c>
       <c r="K170">
         <v>878.561</v>
       </c>
       <c r="L170" t="s">
         <v>28</v>
       </c>
       <c r="M170">
         <v>1</v>
       </c>
       <c r="N170" t="s">
         <v>64</v>
       </c>
       <c r="O170">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P170">
         <v>15224</v>
       </c>
       <c r="Q170" t="s">
         <v>39</v>
       </c>
       <c r="R170" t="s">
         <v>31</v>
       </c>
       <c r="S170" t="s">
         <v>32</v>
       </c>
       <c r="T170" t="s">
         <v>32</v>
       </c>
       <c r="U170" t="s">
         <v>35</v>
       </c>
       <c r="V170">
         <v>1</v>
       </c>
       <c r="W170">
         <v>0</v>
       </c>
@@ -13736,51 +13736,51 @@
       <c r="G171">
         <v>32.1198</v>
       </c>
       <c r="H171">
         <v>944</v>
       </c>
       <c r="I171">
         <v>0</v>
       </c>
       <c r="J171">
         <v>6.656</v>
       </c>
       <c r="K171">
         <v>878.561</v>
       </c>
       <c r="L171" t="s">
         <v>28</v>
       </c>
       <c r="M171">
         <v>1</v>
       </c>
       <c r="N171" t="s">
         <v>64</v>
       </c>
       <c r="O171">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P171">
         <v>15224</v>
       </c>
       <c r="Q171" t="s">
         <v>65</v>
       </c>
       <c r="R171" t="s">
         <v>31</v>
       </c>
       <c r="S171" t="s">
         <v>32</v>
       </c>
       <c r="T171" t="s">
         <v>32</v>
       </c>
       <c r="U171" t="s">
         <v>52</v>
       </c>
       <c r="V171">
         <v>5</v>
       </c>
       <c r="W171">
         <v>0</v>
       </c>
@@ -13813,51 +13813,51 @@
       <c r="G172">
         <v>32.1198</v>
       </c>
       <c r="H172">
         <v>944</v>
       </c>
       <c r="I172">
         <v>0</v>
       </c>
       <c r="J172">
         <v>6.656</v>
       </c>
       <c r="K172">
         <v>878.561</v>
       </c>
       <c r="L172" t="s">
         <v>28</v>
       </c>
       <c r="M172">
         <v>1</v>
       </c>
       <c r="N172" t="s">
         <v>64</v>
       </c>
       <c r="O172">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P172">
         <v>15224</v>
       </c>
       <c r="Q172" t="s">
         <v>65</v>
       </c>
       <c r="R172" t="s">
         <v>31</v>
       </c>
       <c r="S172" t="s">
         <v>32</v>
       </c>
       <c r="T172" t="s">
         <v>32</v>
       </c>
       <c r="U172" t="s">
         <v>53</v>
       </c>
       <c r="V172">
         <v>23</v>
       </c>
       <c r="W172">
         <v>0</v>
       </c>
@@ -13890,51 +13890,51 @@
       <c r="G173">
         <v>32.1198</v>
       </c>
       <c r="H173">
         <v>944</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
       <c r="J173">
         <v>6.656</v>
       </c>
       <c r="K173">
         <v>878.561</v>
       </c>
       <c r="L173" t="s">
         <v>28</v>
       </c>
       <c r="M173">
         <v>1</v>
       </c>
       <c r="N173" t="s">
         <v>64</v>
       </c>
       <c r="O173">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P173">
         <v>15224</v>
       </c>
       <c r="Q173" t="s">
         <v>65</v>
       </c>
       <c r="R173" t="s">
         <v>31</v>
       </c>
       <c r="S173" t="s">
         <v>32</v>
       </c>
       <c r="T173" t="s">
         <v>32</v>
       </c>
       <c r="U173" t="s">
         <v>33</v>
       </c>
       <c r="V173">
         <v>182</v>
       </c>
       <c r="W173">
         <v>0</v>
       </c>
@@ -13967,51 +13967,51 @@
       <c r="G174">
         <v>32.1198</v>
       </c>
       <c r="H174">
         <v>944</v>
       </c>
       <c r="I174">
         <v>0</v>
       </c>
       <c r="J174">
         <v>6.656</v>
       </c>
       <c r="K174">
         <v>878.561</v>
       </c>
       <c r="L174" t="s">
         <v>28</v>
       </c>
       <c r="M174">
         <v>1</v>
       </c>
       <c r="N174" t="s">
         <v>64</v>
       </c>
       <c r="O174">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P174">
         <v>15224</v>
       </c>
       <c r="Q174" t="s">
         <v>65</v>
       </c>
       <c r="R174" t="s">
         <v>31</v>
       </c>
       <c r="S174" t="s">
         <v>32</v>
       </c>
       <c r="T174" t="s">
         <v>32</v>
       </c>
       <c r="U174" t="s">
         <v>34</v>
       </c>
       <c r="V174">
         <v>411</v>
       </c>
       <c r="W174">
         <v>0</v>
       </c>
@@ -14044,51 +14044,51 @@
       <c r="G175">
         <v>32.1198</v>
       </c>
       <c r="H175">
         <v>944</v>
       </c>
       <c r="I175">
         <v>0</v>
       </c>
       <c r="J175">
         <v>6.656</v>
       </c>
       <c r="K175">
         <v>878.561</v>
       </c>
       <c r="L175" t="s">
         <v>28</v>
       </c>
       <c r="M175">
         <v>1</v>
       </c>
       <c r="N175" t="s">
         <v>64</v>
       </c>
       <c r="O175">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P175">
         <v>15224</v>
       </c>
       <c r="Q175" t="s">
         <v>65</v>
       </c>
       <c r="R175" t="s">
         <v>31</v>
       </c>
       <c r="S175" t="s">
         <v>32</v>
       </c>
       <c r="T175" t="s">
         <v>32</v>
       </c>
       <c r="U175" t="s">
         <v>35</v>
       </c>
       <c r="V175">
         <v>229</v>
       </c>
       <c r="W175">
         <v>0</v>
       </c>
@@ -14121,51 +14121,51 @@
       <c r="G176">
         <v>32.1198</v>
       </c>
       <c r="H176">
         <v>944</v>
       </c>
       <c r="I176">
         <v>0</v>
       </c>
       <c r="J176">
         <v>6.656</v>
       </c>
       <c r="K176">
         <v>878.561</v>
       </c>
       <c r="L176" t="s">
         <v>28</v>
       </c>
       <c r="M176">
         <v>1</v>
       </c>
       <c r="N176" t="s">
         <v>64</v>
       </c>
       <c r="O176">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P176">
         <v>15224</v>
       </c>
       <c r="Q176" t="s">
         <v>65</v>
       </c>
       <c r="R176" t="s">
         <v>31</v>
       </c>
       <c r="S176" t="s">
         <v>32</v>
       </c>
       <c r="T176" t="s">
         <v>32</v>
       </c>
       <c r="U176" t="s">
         <v>36</v>
       </c>
       <c r="V176">
         <v>32</v>
       </c>
       <c r="W176">
         <v>0</v>
       </c>
@@ -14198,51 +14198,51 @@
       <c r="G177">
         <v>32.1198</v>
       </c>
       <c r="H177">
         <v>944</v>
       </c>
       <c r="I177">
         <v>0</v>
       </c>
       <c r="J177">
         <v>6.656</v>
       </c>
       <c r="K177">
         <v>878.561</v>
       </c>
       <c r="L177" t="s">
         <v>28</v>
       </c>
       <c r="M177">
         <v>1</v>
       </c>
       <c r="N177" t="s">
         <v>64</v>
       </c>
       <c r="O177">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P177">
         <v>15224</v>
       </c>
       <c r="Q177" t="s">
         <v>65</v>
       </c>
       <c r="R177" t="s">
         <v>31</v>
       </c>
       <c r="S177" t="s">
         <v>32</v>
       </c>
       <c r="T177" t="s">
         <v>32</v>
       </c>
       <c r="U177" t="s">
         <v>37</v>
       </c>
       <c r="V177">
         <v>3</v>
       </c>
       <c r="W177">
         <v>0</v>
       </c>
@@ -14275,51 +14275,51 @@
       <c r="G178">
         <v>32.1198</v>
       </c>
       <c r="H178">
         <v>944</v>
       </c>
       <c r="I178">
         <v>0</v>
       </c>
       <c r="J178">
         <v>6.656</v>
       </c>
       <c r="K178">
         <v>878.561</v>
       </c>
       <c r="L178" t="s">
         <v>28</v>
       </c>
       <c r="M178">
         <v>1</v>
       </c>
       <c r="N178" t="s">
         <v>64</v>
       </c>
       <c r="O178">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P178">
         <v>15224</v>
       </c>
       <c r="Q178" t="s">
         <v>65</v>
       </c>
       <c r="R178" t="s">
         <v>31</v>
       </c>
       <c r="S178" t="s">
         <v>32</v>
       </c>
       <c r="T178" t="s">
         <v>32</v>
       </c>
       <c r="U178" t="s">
         <v>40</v>
       </c>
       <c r="V178">
         <v>1</v>
       </c>
       <c r="W178">
         <v>0</v>
       </c>
@@ -14352,51 +14352,51 @@
       <c r="G179">
         <v>32.1198</v>
       </c>
       <c r="H179">
         <v>944</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
       <c r="J179">
         <v>6.656</v>
       </c>
       <c r="K179">
         <v>878.561</v>
       </c>
       <c r="L179" t="s">
         <v>28</v>
       </c>
       <c r="M179">
         <v>1</v>
       </c>
       <c r="N179" t="s">
         <v>64</v>
       </c>
       <c r="O179">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P179">
         <v>15224</v>
       </c>
       <c r="Q179" t="s">
         <v>61</v>
       </c>
       <c r="R179" t="s">
         <v>31</v>
       </c>
       <c r="S179" t="s">
         <v>32</v>
       </c>
       <c r="T179" t="s">
         <v>32</v>
       </c>
       <c r="U179" t="s">
         <v>52</v>
       </c>
       <c r="V179">
         <v>1</v>
       </c>
       <c r="W179">
         <v>0</v>
       </c>
@@ -14429,51 +14429,51 @@
       <c r="G180">
         <v>32.1198</v>
       </c>
       <c r="H180">
         <v>944</v>
       </c>
       <c r="I180">
         <v>0</v>
       </c>
       <c r="J180">
         <v>6.656</v>
       </c>
       <c r="K180">
         <v>878.561</v>
       </c>
       <c r="L180" t="s">
         <v>28</v>
       </c>
       <c r="M180">
         <v>1</v>
       </c>
       <c r="N180" t="s">
         <v>64</v>
       </c>
       <c r="O180">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P180">
         <v>15224</v>
       </c>
       <c r="Q180" t="s">
         <v>61</v>
       </c>
       <c r="R180" t="s">
         <v>31</v>
       </c>
       <c r="S180" t="s">
         <v>32</v>
       </c>
       <c r="T180" t="s">
         <v>32</v>
       </c>
       <c r="U180" t="s">
         <v>33</v>
       </c>
       <c r="V180">
         <v>7</v>
       </c>
       <c r="W180">
         <v>0</v>
       </c>
@@ -14506,51 +14506,51 @@
       <c r="G181">
         <v>32.1198</v>
       </c>
       <c r="H181">
         <v>944</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="J181">
         <v>6.656</v>
       </c>
       <c r="K181">
         <v>878.561</v>
       </c>
       <c r="L181" t="s">
         <v>28</v>
       </c>
       <c r="M181">
         <v>1</v>
       </c>
       <c r="N181" t="s">
         <v>64</v>
       </c>
       <c r="O181">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P181">
         <v>15224</v>
       </c>
       <c r="Q181" t="s">
         <v>61</v>
       </c>
       <c r="R181" t="s">
         <v>31</v>
       </c>
       <c r="S181" t="s">
         <v>32</v>
       </c>
       <c r="T181" t="s">
         <v>32</v>
       </c>
       <c r="U181" t="s">
         <v>34</v>
       </c>
       <c r="V181">
         <v>6</v>
       </c>
       <c r="W181">
         <v>0</v>
       </c>
@@ -14583,51 +14583,51 @@
       <c r="G182">
         <v>32.1198</v>
       </c>
       <c r="H182">
         <v>944</v>
       </c>
       <c r="I182">
         <v>0</v>
       </c>
       <c r="J182">
         <v>6.656</v>
       </c>
       <c r="K182">
         <v>878.561</v>
       </c>
       <c r="L182" t="s">
         <v>28</v>
       </c>
       <c r="M182">
         <v>1</v>
       </c>
       <c r="N182" t="s">
         <v>64</v>
       </c>
       <c r="O182">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P182">
         <v>15224</v>
       </c>
       <c r="Q182" t="s">
         <v>61</v>
       </c>
       <c r="R182" t="s">
         <v>31</v>
       </c>
       <c r="S182" t="s">
         <v>32</v>
       </c>
       <c r="T182" t="s">
         <v>32</v>
       </c>
       <c r="U182" t="s">
         <v>35</v>
       </c>
       <c r="V182">
         <v>1</v>
       </c>
       <c r="W182">
         <v>0</v>
       </c>
@@ -14660,51 +14660,51 @@
       <c r="G183">
         <v>32.1198</v>
       </c>
       <c r="H183">
         <v>944</v>
       </c>
       <c r="I183">
         <v>0</v>
       </c>
       <c r="J183">
         <v>6.656</v>
       </c>
       <c r="K183">
         <v>878.561</v>
       </c>
       <c r="L183" t="s">
         <v>28</v>
       </c>
       <c r="M183">
         <v>1</v>
       </c>
       <c r="N183" t="s">
         <v>64</v>
       </c>
       <c r="O183">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P183">
         <v>15224</v>
       </c>
       <c r="Q183" t="s">
         <v>65</v>
       </c>
       <c r="R183" t="s">
         <v>31</v>
       </c>
       <c r="S183" t="s">
         <v>38</v>
       </c>
       <c r="T183" t="s">
         <v>32</v>
       </c>
       <c r="U183" t="s">
         <v>33</v>
       </c>
       <c r="V183">
         <v>2</v>
       </c>
       <c r="W183">
         <v>0</v>
       </c>
@@ -14737,51 +14737,51 @@
       <c r="G184">
         <v>32.1198</v>
       </c>
       <c r="H184">
         <v>944</v>
       </c>
       <c r="I184">
         <v>0</v>
       </c>
       <c r="J184">
         <v>6.656</v>
       </c>
       <c r="K184">
         <v>878.561</v>
       </c>
       <c r="L184" t="s">
         <v>28</v>
       </c>
       <c r="M184">
         <v>1</v>
       </c>
       <c r="N184" t="s">
         <v>64</v>
       </c>
       <c r="O184">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P184">
         <v>15224</v>
       </c>
       <c r="Q184" t="s">
         <v>65</v>
       </c>
       <c r="R184" t="s">
         <v>31</v>
       </c>
       <c r="S184" t="s">
         <v>38</v>
       </c>
       <c r="T184" t="s">
         <v>32</v>
       </c>
       <c r="U184" t="s">
         <v>34</v>
       </c>
       <c r="V184">
         <v>6</v>
       </c>
       <c r="W184">
         <v>0</v>
       </c>
@@ -14814,51 +14814,51 @@
       <c r="G185">
         <v>32.1198</v>
       </c>
       <c r="H185">
         <v>944</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
       <c r="J185">
         <v>6.656</v>
       </c>
       <c r="K185">
         <v>878.561</v>
       </c>
       <c r="L185" t="s">
         <v>28</v>
       </c>
       <c r="M185">
         <v>1</v>
       </c>
       <c r="N185" t="s">
         <v>64</v>
       </c>
       <c r="O185">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P185">
         <v>15224</v>
       </c>
       <c r="Q185" t="s">
         <v>65</v>
       </c>
       <c r="R185" t="s">
         <v>31</v>
       </c>
       <c r="S185" t="s">
         <v>38</v>
       </c>
       <c r="T185" t="s">
         <v>32</v>
       </c>
       <c r="U185" t="s">
         <v>35</v>
       </c>
       <c r="V185">
         <v>5</v>
       </c>
       <c r="W185">
         <v>0</v>
       </c>
@@ -14891,51 +14891,51 @@
       <c r="G186">
         <v>32.1198</v>
       </c>
       <c r="H186">
         <v>944</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="J186">
         <v>6.656</v>
       </c>
       <c r="K186">
         <v>878.561</v>
       </c>
       <c r="L186" t="s">
         <v>28</v>
       </c>
       <c r="M186">
         <v>1</v>
       </c>
       <c r="N186" t="s">
         <v>64</v>
       </c>
       <c r="O186">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P186">
         <v>15224</v>
       </c>
       <c r="Q186" t="s">
         <v>65</v>
       </c>
       <c r="R186" t="s">
         <v>31</v>
       </c>
       <c r="S186" t="s">
         <v>38</v>
       </c>
       <c r="T186" t="s">
         <v>32</v>
       </c>
       <c r="U186" t="s">
         <v>36</v>
       </c>
       <c r="V186">
         <v>1</v>
       </c>
       <c r="W186">
         <v>0</v>
       </c>
@@ -14968,51 +14968,51 @@
       <c r="G187">
         <v>32.1198</v>
       </c>
       <c r="H187">
         <v>944</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="J187">
         <v>6.656</v>
       </c>
       <c r="K187">
         <v>878.561</v>
       </c>
       <c r="L187" t="s">
         <v>28</v>
       </c>
       <c r="M187">
         <v>1</v>
       </c>
       <c r="N187" t="s">
         <v>64</v>
       </c>
       <c r="O187">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P187">
         <v>15224</v>
       </c>
       <c r="Q187" t="s">
         <v>65</v>
       </c>
       <c r="R187" t="s">
         <v>31</v>
       </c>
       <c r="S187" t="s">
         <v>55</v>
       </c>
       <c r="T187" t="s">
         <v>32</v>
       </c>
       <c r="U187" t="s">
         <v>35</v>
       </c>
       <c r="V187">
         <v>2</v>
       </c>
       <c r="W187">
         <v>0</v>
       </c>
@@ -15045,51 +15045,51 @@
       <c r="G188">
         <v>32.1198</v>
       </c>
       <c r="H188">
         <v>944</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="J188">
         <v>6.656</v>
       </c>
       <c r="K188">
         <v>878.561</v>
       </c>
       <c r="L188" t="s">
         <v>28</v>
       </c>
       <c r="M188">
         <v>1</v>
       </c>
       <c r="N188" t="s">
         <v>64</v>
       </c>
       <c r="O188">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P188">
         <v>15224</v>
       </c>
       <c r="Q188" t="s">
         <v>65</v>
       </c>
       <c r="R188" t="s">
         <v>31</v>
       </c>
       <c r="S188" t="s">
         <v>55</v>
       </c>
       <c r="T188" t="s">
         <v>32</v>
       </c>
       <c r="U188" t="s">
         <v>36</v>
       </c>
       <c r="V188">
         <v>1</v>
       </c>
       <c r="W188">
         <v>0</v>
       </c>
@@ -15122,51 +15122,51 @@
       <c r="G189">
         <v>8.4061</v>
       </c>
       <c r="H189">
         <v>366</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="J189">
         <v>0</v>
       </c>
       <c r="K189">
         <v>196.25</v>
       </c>
       <c r="L189" t="s">
         <v>28</v>
       </c>
       <c r="M189">
         <v>1</v>
       </c>
       <c r="N189" t="s">
         <v>66</v>
       </c>
       <c r="O189">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P189">
         <v>15224</v>
       </c>
       <c r="Q189" t="s">
         <v>54</v>
       </c>
       <c r="R189" t="s">
         <v>31</v>
       </c>
       <c r="S189" t="s">
         <v>32</v>
       </c>
       <c r="T189" t="s">
         <v>32</v>
       </c>
       <c r="U189" t="s">
         <v>51</v>
       </c>
       <c r="V189">
         <v>1</v>
       </c>
       <c r="W189">
         <v>0</v>
       </c>
@@ -15199,51 +15199,51 @@
       <c r="G190">
         <v>8.4061</v>
       </c>
       <c r="H190">
         <v>366</v>
       </c>
       <c r="I190">
         <v>0</v>
       </c>
       <c r="J190">
         <v>0</v>
       </c>
       <c r="K190">
         <v>196.25</v>
       </c>
       <c r="L190" t="s">
         <v>28</v>
       </c>
       <c r="M190">
         <v>1</v>
       </c>
       <c r="N190" t="s">
         <v>66</v>
       </c>
       <c r="O190">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P190">
         <v>15224</v>
       </c>
       <c r="Q190" t="s">
         <v>54</v>
       </c>
       <c r="R190" t="s">
         <v>31</v>
       </c>
       <c r="S190" t="s">
         <v>32</v>
       </c>
       <c r="T190" t="s">
         <v>32</v>
       </c>
       <c r="U190" t="s">
         <v>52</v>
       </c>
       <c r="V190">
         <v>32</v>
       </c>
       <c r="W190">
         <v>0</v>
       </c>
@@ -15276,51 +15276,51 @@
       <c r="G191">
         <v>8.4061</v>
       </c>
       <c r="H191">
         <v>366</v>
       </c>
       <c r="I191">
         <v>0</v>
       </c>
       <c r="J191">
         <v>0</v>
       </c>
       <c r="K191">
         <v>196.25</v>
       </c>
       <c r="L191" t="s">
         <v>28</v>
       </c>
       <c r="M191">
         <v>1</v>
       </c>
       <c r="N191" t="s">
         <v>66</v>
       </c>
       <c r="O191">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P191">
         <v>15224</v>
       </c>
       <c r="Q191" t="s">
         <v>54</v>
       </c>
       <c r="R191" t="s">
         <v>31</v>
       </c>
       <c r="S191" t="s">
         <v>32</v>
       </c>
       <c r="T191" t="s">
         <v>32</v>
       </c>
       <c r="U191" t="s">
         <v>53</v>
       </c>
       <c r="V191">
         <v>107</v>
       </c>
       <c r="W191">
         <v>0</v>
       </c>
@@ -15353,51 +15353,51 @@
       <c r="G192">
         <v>8.4061</v>
       </c>
       <c r="H192">
         <v>366</v>
       </c>
       <c r="I192">
         <v>0</v>
       </c>
       <c r="J192">
         <v>0</v>
       </c>
       <c r="K192">
         <v>196.25</v>
       </c>
       <c r="L192" t="s">
         <v>28</v>
       </c>
       <c r="M192">
         <v>1</v>
       </c>
       <c r="N192" t="s">
         <v>66</v>
       </c>
       <c r="O192">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P192">
         <v>15224</v>
       </c>
       <c r="Q192" t="s">
         <v>54</v>
       </c>
       <c r="R192" t="s">
         <v>31</v>
       </c>
       <c r="S192" t="s">
         <v>32</v>
       </c>
       <c r="T192" t="s">
         <v>32</v>
       </c>
       <c r="U192" t="s">
         <v>33</v>
       </c>
       <c r="V192">
         <v>181</v>
       </c>
       <c r="W192">
         <v>0</v>
       </c>
@@ -15430,51 +15430,51 @@
       <c r="G193">
         <v>8.4061</v>
       </c>
       <c r="H193">
         <v>366</v>
       </c>
       <c r="I193">
         <v>0</v>
       </c>
       <c r="J193">
         <v>0</v>
       </c>
       <c r="K193">
         <v>196.25</v>
       </c>
       <c r="L193" t="s">
         <v>28</v>
       </c>
       <c r="M193">
         <v>1</v>
       </c>
       <c r="N193" t="s">
         <v>66</v>
       </c>
       <c r="O193">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P193">
         <v>15224</v>
       </c>
       <c r="Q193" t="s">
         <v>54</v>
       </c>
       <c r="R193" t="s">
         <v>31</v>
       </c>
       <c r="S193" t="s">
         <v>32</v>
       </c>
       <c r="T193" t="s">
         <v>32</v>
       </c>
       <c r="U193" t="s">
         <v>34</v>
       </c>
       <c r="V193">
         <v>41</v>
       </c>
       <c r="W193">
         <v>0</v>
       </c>
@@ -15507,51 +15507,51 @@
       <c r="G194">
         <v>8.4061</v>
       </c>
       <c r="H194">
         <v>366</v>
       </c>
       <c r="I194">
         <v>0</v>
       </c>
       <c r="J194">
         <v>0</v>
       </c>
       <c r="K194">
         <v>196.25</v>
       </c>
       <c r="L194" t="s">
         <v>28</v>
       </c>
       <c r="M194">
         <v>1</v>
       </c>
       <c r="N194" t="s">
         <v>66</v>
       </c>
       <c r="O194">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P194">
         <v>15224</v>
       </c>
       <c r="Q194" t="s">
         <v>54</v>
       </c>
       <c r="R194" t="s">
         <v>31</v>
       </c>
       <c r="S194" t="s">
         <v>38</v>
       </c>
       <c r="T194" t="s">
         <v>32</v>
       </c>
       <c r="U194" t="s">
         <v>33</v>
       </c>
       <c r="V194">
         <v>1</v>
       </c>
       <c r="W194">
         <v>0</v>
       </c>
@@ -15584,51 +15584,51 @@
       <c r="G195">
         <v>8.4061</v>
       </c>
       <c r="H195">
         <v>366</v>
       </c>
       <c r="I195">
         <v>0</v>
       </c>
       <c r="J195">
         <v>0</v>
       </c>
       <c r="K195">
         <v>196.25</v>
       </c>
       <c r="L195" t="s">
         <v>28</v>
       </c>
       <c r="M195">
         <v>1</v>
       </c>
       <c r="N195" t="s">
         <v>66</v>
       </c>
       <c r="O195">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P195">
         <v>15224</v>
       </c>
       <c r="Q195" t="s">
         <v>54</v>
       </c>
       <c r="R195" t="s">
         <v>31</v>
       </c>
       <c r="S195" t="s">
         <v>38</v>
       </c>
       <c r="T195" t="s">
         <v>32</v>
       </c>
       <c r="U195" t="s">
         <v>34</v>
       </c>
       <c r="V195">
         <v>3</v>
       </c>
       <c r="W195">
         <v>0</v>
       </c>