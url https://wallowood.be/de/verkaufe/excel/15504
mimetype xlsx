--- v0 (2025-10-20)
+++ v1 (2025-11-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>can</t>
   </si>
   <si>
     <t>annee</t>
   </si>
   <si>
     <t>prop</t>
   </si>
   <si>
     <t>propriete</t>
   </si>
   <si>
     <t>vente</t>
   </si>
   <si>
     <t>lot</t>
   </si>
   <si>
     <t>etendue</t>
   </si>
   <si>
     <t>lot_nbre</t>
   </si>
   <si>
@@ -180,50 +180,80 @@
     <t>CHAMPIGNON</t>
   </si>
   <si>
     <t>LAUNEUX</t>
   </si>
   <si>
     <t>BRULE BOIS - cpe 5</t>
   </si>
   <si>
     <t>FEUILLUS DIVERS</t>
   </si>
   <si>
     <t>CORET  LAHANFONTAINE - cpe 5</t>
   </si>
   <si>
     <t>CHARME</t>
   </si>
   <si>
     <t>GINSELLE NEVRASELLE - cpe 2</t>
   </si>
   <si>
     <t>RESINEUX DIVERS</t>
   </si>
   <si>
     <t>PONT DE BONNERUE - cpe 11</t>
+  </si>
+  <si>
+    <t>LES COMBLES</t>
+  </si>
+  <si>
+    <t>BOULEAU</t>
+  </si>
+  <si>
+    <t>CHENE D'AMERIQUE</t>
+  </si>
+  <si>
+    <t>SUR LES COMBLES</t>
+  </si>
+  <si>
+    <t>FRATER</t>
+  </si>
+  <si>
+    <t>CEDROGNE</t>
+  </si>
+  <si>
+    <t>MELEZE D'EUROPE</t>
+  </si>
+  <si>
+    <t>LES HAIES</t>
+  </si>
+  <si>
+    <t>Houffalize F.e. Mabompre</t>
+  </si>
+  <si>
+    <t>Sur les Cailloux et divers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -527,75 +557,75 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y187"/>
+  <dimension ref="A1:Y361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -14959,50 +14989,13409 @@
         <v>29</v>
       </c>
       <c r="R187" t="s">
         <v>30</v>
       </c>
       <c r="S187" t="s">
         <v>31</v>
       </c>
       <c r="T187" t="s">
         <v>32</v>
       </c>
       <c r="U187" t="s">
         <v>40</v>
       </c>
       <c r="V187">
         <v>1</v>
       </c>
       <c r="W187">
         <v>0</v>
       </c>
       <c r="X187">
         <v>0</v>
       </c>
       <c r="Y187">
         <v>1.024</v>
+      </c>
+    </row>
+    <row r="188" spans="1:25">
+      <c r="A188" t="s">
+        <v>25</v>
+      </c>
+      <c r="B188">
+        <v>2025</v>
+      </c>
+      <c r="C188">
+        <v>3250</v>
+      </c>
+      <c r="D188" t="s">
+        <v>26</v>
+      </c>
+      <c r="E188">
+        <v>8</v>
+      </c>
+      <c r="F188">
+        <v>1</v>
+      </c>
+      <c r="G188">
+        <v>2.1682</v>
+      </c>
+      <c r="H188">
+        <v>308</v>
+      </c>
+      <c r="I188">
+        <v>0</v>
+      </c>
+      <c r="J188">
+        <v>33.474</v>
+      </c>
+      <c r="K188">
+        <v>0</v>
+      </c>
+      <c r="L188" t="s">
+        <v>27</v>
+      </c>
+      <c r="M188">
+        <v>1</v>
+      </c>
+      <c r="N188" t="s">
+        <v>56</v>
+      </c>
+      <c r="O188">
+        <v>2</v>
+      </c>
+      <c r="P188">
+        <v>15504</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>57</v>
+      </c>
+      <c r="R188" t="s">
+        <v>30</v>
+      </c>
+      <c r="S188" t="s">
+        <v>31</v>
+      </c>
+      <c r="T188" t="s">
+        <v>32</v>
+      </c>
+      <c r="U188" t="s">
+        <v>33</v>
+      </c>
+      <c r="V188">
+        <v>16</v>
+      </c>
+      <c r="W188">
+        <v>0</v>
+      </c>
+      <c r="X188">
+        <v>0</v>
+      </c>
+      <c r="Y188">
+        <v>0.601</v>
+      </c>
+    </row>
+    <row r="189" spans="1:25">
+      <c r="A189" t="s">
+        <v>25</v>
+      </c>
+      <c r="B189">
+        <v>2025</v>
+      </c>
+      <c r="C189">
+        <v>3250</v>
+      </c>
+      <c r="D189" t="s">
+        <v>26</v>
+      </c>
+      <c r="E189">
+        <v>8</v>
+      </c>
+      <c r="F189">
+        <v>1</v>
+      </c>
+      <c r="G189">
+        <v>2.1682</v>
+      </c>
+      <c r="H189">
+        <v>308</v>
+      </c>
+      <c r="I189">
+        <v>0</v>
+      </c>
+      <c r="J189">
+        <v>33.474</v>
+      </c>
+      <c r="K189">
+        <v>0</v>
+      </c>
+      <c r="L189" t="s">
+        <v>27</v>
+      </c>
+      <c r="M189">
+        <v>1</v>
+      </c>
+      <c r="N189" t="s">
+        <v>56</v>
+      </c>
+      <c r="O189">
+        <v>2</v>
+      </c>
+      <c r="P189">
+        <v>15504</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>57</v>
+      </c>
+      <c r="R189" t="s">
+        <v>30</v>
+      </c>
+      <c r="S189" t="s">
+        <v>31</v>
+      </c>
+      <c r="T189" t="s">
+        <v>32</v>
+      </c>
+      <c r="U189" t="s">
+        <v>34</v>
+      </c>
+      <c r="V189">
+        <v>18</v>
+      </c>
+      <c r="W189">
+        <v>0</v>
+      </c>
+      <c r="X189">
+        <v>0</v>
+      </c>
+      <c r="Y189">
+        <v>1.806</v>
+      </c>
+    </row>
+    <row r="190" spans="1:25">
+      <c r="A190" t="s">
+        <v>25</v>
+      </c>
+      <c r="B190">
+        <v>2025</v>
+      </c>
+      <c r="C190">
+        <v>3250</v>
+      </c>
+      <c r="D190" t="s">
+        <v>26</v>
+      </c>
+      <c r="E190">
+        <v>8</v>
+      </c>
+      <c r="F190">
+        <v>1</v>
+      </c>
+      <c r="G190">
+        <v>2.1682</v>
+      </c>
+      <c r="H190">
+        <v>308</v>
+      </c>
+      <c r="I190">
+        <v>0</v>
+      </c>
+      <c r="J190">
+        <v>33.474</v>
+      </c>
+      <c r="K190">
+        <v>0</v>
+      </c>
+      <c r="L190" t="s">
+        <v>27</v>
+      </c>
+      <c r="M190">
+        <v>1</v>
+      </c>
+      <c r="N190" t="s">
+        <v>56</v>
+      </c>
+      <c r="O190">
+        <v>2</v>
+      </c>
+      <c r="P190">
+        <v>15504</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>57</v>
+      </c>
+      <c r="R190" t="s">
+        <v>30</v>
+      </c>
+      <c r="S190" t="s">
+        <v>31</v>
+      </c>
+      <c r="T190" t="s">
+        <v>32</v>
+      </c>
+      <c r="U190" t="s">
+        <v>35</v>
+      </c>
+      <c r="V190">
+        <v>4</v>
+      </c>
+      <c r="W190">
+        <v>0</v>
+      </c>
+      <c r="X190">
+        <v>0</v>
+      </c>
+      <c r="Y190">
+        <v>0.996</v>
+      </c>
+    </row>
+    <row r="191" spans="1:25">
+      <c r="A191" t="s">
+        <v>25</v>
+      </c>
+      <c r="B191">
+        <v>2025</v>
+      </c>
+      <c r="C191">
+        <v>3250</v>
+      </c>
+      <c r="D191" t="s">
+        <v>26</v>
+      </c>
+      <c r="E191">
+        <v>8</v>
+      </c>
+      <c r="F191">
+        <v>1</v>
+      </c>
+      <c r="G191">
+        <v>2.1682</v>
+      </c>
+      <c r="H191">
+        <v>308</v>
+      </c>
+      <c r="I191">
+        <v>0</v>
+      </c>
+      <c r="J191">
+        <v>33.474</v>
+      </c>
+      <c r="K191">
+        <v>0</v>
+      </c>
+      <c r="L191" t="s">
+        <v>27</v>
+      </c>
+      <c r="M191">
+        <v>1</v>
+      </c>
+      <c r="N191" t="s">
+        <v>56</v>
+      </c>
+      <c r="O191">
+        <v>2</v>
+      </c>
+      <c r="P191">
+        <v>15504</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>57</v>
+      </c>
+      <c r="R191" t="s">
+        <v>30</v>
+      </c>
+      <c r="S191" t="s">
+        <v>31</v>
+      </c>
+      <c r="T191" t="s">
+        <v>32</v>
+      </c>
+      <c r="U191" t="s">
+        <v>36</v>
+      </c>
+      <c r="V191">
+        <v>3</v>
+      </c>
+      <c r="W191">
+        <v>0</v>
+      </c>
+      <c r="X191">
+        <v>0</v>
+      </c>
+      <c r="Y191">
+        <v>1.234</v>
+      </c>
+    </row>
+    <row r="192" spans="1:25">
+      <c r="A192" t="s">
+        <v>25</v>
+      </c>
+      <c r="B192">
+        <v>2025</v>
+      </c>
+      <c r="C192">
+        <v>3250</v>
+      </c>
+      <c r="D192" t="s">
+        <v>26</v>
+      </c>
+      <c r="E192">
+        <v>8</v>
+      </c>
+      <c r="F192">
+        <v>1</v>
+      </c>
+      <c r="G192">
+        <v>2.1682</v>
+      </c>
+      <c r="H192">
+        <v>308</v>
+      </c>
+      <c r="I192">
+        <v>0</v>
+      </c>
+      <c r="J192">
+        <v>33.474</v>
+      </c>
+      <c r="K192">
+        <v>0</v>
+      </c>
+      <c r="L192" t="s">
+        <v>27</v>
+      </c>
+      <c r="M192">
+        <v>1</v>
+      </c>
+      <c r="N192" t="s">
+        <v>56</v>
+      </c>
+      <c r="O192">
+        <v>2</v>
+      </c>
+      <c r="P192">
+        <v>15504</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>29</v>
+      </c>
+      <c r="R192" t="s">
+        <v>30</v>
+      </c>
+      <c r="S192" t="s">
+        <v>31</v>
+      </c>
+      <c r="T192" t="s">
+        <v>32</v>
+      </c>
+      <c r="U192" t="s">
+        <v>33</v>
+      </c>
+      <c r="V192">
+        <v>110</v>
+      </c>
+      <c r="W192">
+        <v>0</v>
+      </c>
+      <c r="X192">
+        <v>0</v>
+      </c>
+      <c r="Y192">
+        <v>3.37</v>
+      </c>
+    </row>
+    <row r="193" spans="1:25">
+      <c r="A193" t="s">
+        <v>25</v>
+      </c>
+      <c r="B193">
+        <v>2025</v>
+      </c>
+      <c r="C193">
+        <v>3250</v>
+      </c>
+      <c r="D193" t="s">
+        <v>26</v>
+      </c>
+      <c r="E193">
+        <v>8</v>
+      </c>
+      <c r="F193">
+        <v>1</v>
+      </c>
+      <c r="G193">
+        <v>2.1682</v>
+      </c>
+      <c r="H193">
+        <v>308</v>
+      </c>
+      <c r="I193">
+        <v>0</v>
+      </c>
+      <c r="J193">
+        <v>33.474</v>
+      </c>
+      <c r="K193">
+        <v>0</v>
+      </c>
+      <c r="L193" t="s">
+        <v>27</v>
+      </c>
+      <c r="M193">
+        <v>1</v>
+      </c>
+      <c r="N193" t="s">
+        <v>56</v>
+      </c>
+      <c r="O193">
+        <v>2</v>
+      </c>
+      <c r="P193">
+        <v>15504</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>29</v>
+      </c>
+      <c r="R193" t="s">
+        <v>30</v>
+      </c>
+      <c r="S193" t="s">
+        <v>31</v>
+      </c>
+      <c r="T193" t="s">
+        <v>32</v>
+      </c>
+      <c r="U193" t="s">
+        <v>34</v>
+      </c>
+      <c r="V193">
+        <v>116</v>
+      </c>
+      <c r="W193">
+        <v>0</v>
+      </c>
+      <c r="X193">
+        <v>0</v>
+      </c>
+      <c r="Y193">
+        <v>12.412</v>
+      </c>
+    </row>
+    <row r="194" spans="1:25">
+      <c r="A194" t="s">
+        <v>25</v>
+      </c>
+      <c r="B194">
+        <v>2025</v>
+      </c>
+      <c r="C194">
+        <v>3250</v>
+      </c>
+      <c r="D194" t="s">
+        <v>26</v>
+      </c>
+      <c r="E194">
+        <v>8</v>
+      </c>
+      <c r="F194">
+        <v>1</v>
+      </c>
+      <c r="G194">
+        <v>2.1682</v>
+      </c>
+      <c r="H194">
+        <v>308</v>
+      </c>
+      <c r="I194">
+        <v>0</v>
+      </c>
+      <c r="J194">
+        <v>33.474</v>
+      </c>
+      <c r="K194">
+        <v>0</v>
+      </c>
+      <c r="L194" t="s">
+        <v>27</v>
+      </c>
+      <c r="M194">
+        <v>1</v>
+      </c>
+      <c r="N194" t="s">
+        <v>56</v>
+      </c>
+      <c r="O194">
+        <v>2</v>
+      </c>
+      <c r="P194">
+        <v>15504</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>29</v>
+      </c>
+      <c r="R194" t="s">
+        <v>30</v>
+      </c>
+      <c r="S194" t="s">
+        <v>31</v>
+      </c>
+      <c r="T194" t="s">
+        <v>32</v>
+      </c>
+      <c r="U194" t="s">
+        <v>35</v>
+      </c>
+      <c r="V194">
+        <v>25</v>
+      </c>
+      <c r="W194">
+        <v>0</v>
+      </c>
+      <c r="X194">
+        <v>0</v>
+      </c>
+      <c r="Y194">
+        <v>6.225</v>
+      </c>
+    </row>
+    <row r="195" spans="1:25">
+      <c r="A195" t="s">
+        <v>25</v>
+      </c>
+      <c r="B195">
+        <v>2025</v>
+      </c>
+      <c r="C195">
+        <v>3250</v>
+      </c>
+      <c r="D195" t="s">
+        <v>26</v>
+      </c>
+      <c r="E195">
+        <v>8</v>
+      </c>
+      <c r="F195">
+        <v>1</v>
+      </c>
+      <c r="G195">
+        <v>2.1682</v>
+      </c>
+      <c r="H195">
+        <v>308</v>
+      </c>
+      <c r="I195">
+        <v>0</v>
+      </c>
+      <c r="J195">
+        <v>33.474</v>
+      </c>
+      <c r="K195">
+        <v>0</v>
+      </c>
+      <c r="L195" t="s">
+        <v>27</v>
+      </c>
+      <c r="M195">
+        <v>1</v>
+      </c>
+      <c r="N195" t="s">
+        <v>56</v>
+      </c>
+      <c r="O195">
+        <v>2</v>
+      </c>
+      <c r="P195">
+        <v>15504</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>29</v>
+      </c>
+      <c r="R195" t="s">
+        <v>30</v>
+      </c>
+      <c r="S195" t="s">
+        <v>31</v>
+      </c>
+      <c r="T195" t="s">
+        <v>32</v>
+      </c>
+      <c r="U195" t="s">
+        <v>36</v>
+      </c>
+      <c r="V195">
+        <v>16</v>
+      </c>
+      <c r="W195">
+        <v>0</v>
+      </c>
+      <c r="X195">
+        <v>0</v>
+      </c>
+      <c r="Y195">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="196" spans="1:25">
+      <c r="A196" t="s">
+        <v>25</v>
+      </c>
+      <c r="B196">
+        <v>2025</v>
+      </c>
+      <c r="C196">
+        <v>3250</v>
+      </c>
+      <c r="D196" t="s">
+        <v>26</v>
+      </c>
+      <c r="E196">
+        <v>8</v>
+      </c>
+      <c r="F196">
+        <v>2</v>
+      </c>
+      <c r="G196">
+        <v>0.834</v>
+      </c>
+      <c r="H196">
+        <v>79</v>
+      </c>
+      <c r="I196">
+        <v>0</v>
+      </c>
+      <c r="J196">
+        <v>15.757</v>
+      </c>
+      <c r="K196">
+        <v>0</v>
+      </c>
+      <c r="L196" t="s">
+        <v>27</v>
+      </c>
+      <c r="M196">
+        <v>1</v>
+      </c>
+      <c r="N196" t="s">
+        <v>56</v>
+      </c>
+      <c r="O196">
+        <v>2</v>
+      </c>
+      <c r="P196">
+        <v>15504</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>57</v>
+      </c>
+      <c r="R196" t="s">
+        <v>30</v>
+      </c>
+      <c r="S196" t="s">
+        <v>31</v>
+      </c>
+      <c r="T196" t="s">
+        <v>32</v>
+      </c>
+      <c r="U196" t="s">
+        <v>33</v>
+      </c>
+      <c r="V196">
+        <v>3</v>
+      </c>
+      <c r="W196">
+        <v>0</v>
+      </c>
+      <c r="X196">
+        <v>0</v>
+      </c>
+      <c r="Y196">
+        <v>0.105</v>
+      </c>
+    </row>
+    <row r="197" spans="1:25">
+      <c r="A197" t="s">
+        <v>25</v>
+      </c>
+      <c r="B197">
+        <v>2025</v>
+      </c>
+      <c r="C197">
+        <v>3250</v>
+      </c>
+      <c r="D197" t="s">
+        <v>26</v>
+      </c>
+      <c r="E197">
+        <v>8</v>
+      </c>
+      <c r="F197">
+        <v>2</v>
+      </c>
+      <c r="G197">
+        <v>0.834</v>
+      </c>
+      <c r="H197">
+        <v>79</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
+      </c>
+      <c r="J197">
+        <v>15.757</v>
+      </c>
+      <c r="K197">
+        <v>0</v>
+      </c>
+      <c r="L197" t="s">
+        <v>27</v>
+      </c>
+      <c r="M197">
+        <v>1</v>
+      </c>
+      <c r="N197" t="s">
+        <v>56</v>
+      </c>
+      <c r="O197">
+        <v>2</v>
+      </c>
+      <c r="P197">
+        <v>15504</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>57</v>
+      </c>
+      <c r="R197" t="s">
+        <v>30</v>
+      </c>
+      <c r="S197" t="s">
+        <v>31</v>
+      </c>
+      <c r="T197" t="s">
+        <v>32</v>
+      </c>
+      <c r="U197" t="s">
+        <v>34</v>
+      </c>
+      <c r="V197">
+        <v>1</v>
+      </c>
+      <c r="W197">
+        <v>0</v>
+      </c>
+      <c r="X197">
+        <v>0</v>
+      </c>
+      <c r="Y197">
+        <v>0.078</v>
+      </c>
+    </row>
+    <row r="198" spans="1:25">
+      <c r="A198" t="s">
+        <v>25</v>
+      </c>
+      <c r="B198">
+        <v>2025</v>
+      </c>
+      <c r="C198">
+        <v>3250</v>
+      </c>
+      <c r="D198" t="s">
+        <v>26</v>
+      </c>
+      <c r="E198">
+        <v>8</v>
+      </c>
+      <c r="F198">
+        <v>2</v>
+      </c>
+      <c r="G198">
+        <v>0.834</v>
+      </c>
+      <c r="H198">
+        <v>79</v>
+      </c>
+      <c r="I198">
+        <v>0</v>
+      </c>
+      <c r="J198">
+        <v>15.757</v>
+      </c>
+      <c r="K198">
+        <v>0</v>
+      </c>
+      <c r="L198" t="s">
+        <v>27</v>
+      </c>
+      <c r="M198">
+        <v>1</v>
+      </c>
+      <c r="N198" t="s">
+        <v>56</v>
+      </c>
+      <c r="O198">
+        <v>2</v>
+      </c>
+      <c r="P198">
+        <v>15504</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>58</v>
+      </c>
+      <c r="R198" t="s">
+        <v>30</v>
+      </c>
+      <c r="S198" t="s">
+        <v>31</v>
+      </c>
+      <c r="T198" t="s">
+        <v>32</v>
+      </c>
+      <c r="U198" t="s">
+        <v>33</v>
+      </c>
+      <c r="V198">
+        <v>18</v>
+      </c>
+      <c r="W198">
+        <v>0</v>
+      </c>
+      <c r="X198">
+        <v>0</v>
+      </c>
+      <c r="Y198">
+        <v>0.824</v>
+      </c>
+    </row>
+    <row r="199" spans="1:25">
+      <c r="A199" t="s">
+        <v>25</v>
+      </c>
+      <c r="B199">
+        <v>2025</v>
+      </c>
+      <c r="C199">
+        <v>3250</v>
+      </c>
+      <c r="D199" t="s">
+        <v>26</v>
+      </c>
+      <c r="E199">
+        <v>8</v>
+      </c>
+      <c r="F199">
+        <v>2</v>
+      </c>
+      <c r="G199">
+        <v>0.834</v>
+      </c>
+      <c r="H199">
+        <v>79</v>
+      </c>
+      <c r="I199">
+        <v>0</v>
+      </c>
+      <c r="J199">
+        <v>15.757</v>
+      </c>
+      <c r="K199">
+        <v>0</v>
+      </c>
+      <c r="L199" t="s">
+        <v>27</v>
+      </c>
+      <c r="M199">
+        <v>1</v>
+      </c>
+      <c r="N199" t="s">
+        <v>56</v>
+      </c>
+      <c r="O199">
+        <v>2</v>
+      </c>
+      <c r="P199">
+        <v>15504</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>58</v>
+      </c>
+      <c r="R199" t="s">
+        <v>30</v>
+      </c>
+      <c r="S199" t="s">
+        <v>31</v>
+      </c>
+      <c r="T199" t="s">
+        <v>32</v>
+      </c>
+      <c r="U199" t="s">
+        <v>34</v>
+      </c>
+      <c r="V199">
+        <v>28</v>
+      </c>
+      <c r="W199">
+        <v>0</v>
+      </c>
+      <c r="X199">
+        <v>0</v>
+      </c>
+      <c r="Y199">
+        <v>3.73</v>
+      </c>
+    </row>
+    <row r="200" spans="1:25">
+      <c r="A200" t="s">
+        <v>25</v>
+      </c>
+      <c r="B200">
+        <v>2025</v>
+      </c>
+      <c r="C200">
+        <v>3250</v>
+      </c>
+      <c r="D200" t="s">
+        <v>26</v>
+      </c>
+      <c r="E200">
+        <v>8</v>
+      </c>
+      <c r="F200">
+        <v>2</v>
+      </c>
+      <c r="G200">
+        <v>0.834</v>
+      </c>
+      <c r="H200">
+        <v>79</v>
+      </c>
+      <c r="I200">
+        <v>0</v>
+      </c>
+      <c r="J200">
+        <v>15.757</v>
+      </c>
+      <c r="K200">
+        <v>0</v>
+      </c>
+      <c r="L200" t="s">
+        <v>27</v>
+      </c>
+      <c r="M200">
+        <v>1</v>
+      </c>
+      <c r="N200" t="s">
+        <v>56</v>
+      </c>
+      <c r="O200">
+        <v>2</v>
+      </c>
+      <c r="P200">
+        <v>15504</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>58</v>
+      </c>
+      <c r="R200" t="s">
+        <v>30</v>
+      </c>
+      <c r="S200" t="s">
+        <v>31</v>
+      </c>
+      <c r="T200" t="s">
+        <v>32</v>
+      </c>
+      <c r="U200" t="s">
+        <v>35</v>
+      </c>
+      <c r="V200">
+        <v>15</v>
+      </c>
+      <c r="W200">
+        <v>0</v>
+      </c>
+      <c r="X200">
+        <v>0</v>
+      </c>
+      <c r="Y200">
+        <v>4.065</v>
+      </c>
+    </row>
+    <row r="201" spans="1:25">
+      <c r="A201" t="s">
+        <v>25</v>
+      </c>
+      <c r="B201">
+        <v>2025</v>
+      </c>
+      <c r="C201">
+        <v>3250</v>
+      </c>
+      <c r="D201" t="s">
+        <v>26</v>
+      </c>
+      <c r="E201">
+        <v>8</v>
+      </c>
+      <c r="F201">
+        <v>2</v>
+      </c>
+      <c r="G201">
+        <v>0.834</v>
+      </c>
+      <c r="H201">
+        <v>79</v>
+      </c>
+      <c r="I201">
+        <v>0</v>
+      </c>
+      <c r="J201">
+        <v>15.757</v>
+      </c>
+      <c r="K201">
+        <v>0</v>
+      </c>
+      <c r="L201" t="s">
+        <v>27</v>
+      </c>
+      <c r="M201">
+        <v>1</v>
+      </c>
+      <c r="N201" t="s">
+        <v>56</v>
+      </c>
+      <c r="O201">
+        <v>2</v>
+      </c>
+      <c r="P201">
+        <v>15504</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>58</v>
+      </c>
+      <c r="R201" t="s">
+        <v>30</v>
+      </c>
+      <c r="S201" t="s">
+        <v>31</v>
+      </c>
+      <c r="T201" t="s">
+        <v>32</v>
+      </c>
+      <c r="U201" t="s">
+        <v>36</v>
+      </c>
+      <c r="V201">
+        <v>13</v>
+      </c>
+      <c r="W201">
+        <v>0</v>
+      </c>
+      <c r="X201">
+        <v>0</v>
+      </c>
+      <c r="Y201">
+        <v>5.995</v>
+      </c>
+    </row>
+    <row r="202" spans="1:25">
+      <c r="A202" t="s">
+        <v>25</v>
+      </c>
+      <c r="B202">
+        <v>2025</v>
+      </c>
+      <c r="C202">
+        <v>3250</v>
+      </c>
+      <c r="D202" t="s">
+        <v>26</v>
+      </c>
+      <c r="E202">
+        <v>8</v>
+      </c>
+      <c r="F202">
+        <v>2</v>
+      </c>
+      <c r="G202">
+        <v>0.834</v>
+      </c>
+      <c r="H202">
+        <v>79</v>
+      </c>
+      <c r="I202">
+        <v>0</v>
+      </c>
+      <c r="J202">
+        <v>15.757</v>
+      </c>
+      <c r="K202">
+        <v>0</v>
+      </c>
+      <c r="L202" t="s">
+        <v>27</v>
+      </c>
+      <c r="M202">
+        <v>1</v>
+      </c>
+      <c r="N202" t="s">
+        <v>56</v>
+      </c>
+      <c r="O202">
+        <v>2</v>
+      </c>
+      <c r="P202">
+        <v>15504</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>58</v>
+      </c>
+      <c r="R202" t="s">
+        <v>30</v>
+      </c>
+      <c r="S202" t="s">
+        <v>31</v>
+      </c>
+      <c r="T202" t="s">
+        <v>32</v>
+      </c>
+      <c r="U202" t="s">
+        <v>37</v>
+      </c>
+      <c r="V202">
+        <v>1</v>
+      </c>
+      <c r="W202">
+        <v>0</v>
+      </c>
+      <c r="X202">
+        <v>0</v>
+      </c>
+      <c r="Y202">
+        <v>0.96</v>
+      </c>
+    </row>
+    <row r="203" spans="1:25">
+      <c r="A203" t="s">
+        <v>25</v>
+      </c>
+      <c r="B203">
+        <v>2025</v>
+      </c>
+      <c r="C203">
+        <v>3250</v>
+      </c>
+      <c r="D203" t="s">
+        <v>26</v>
+      </c>
+      <c r="E203">
+        <v>8</v>
+      </c>
+      <c r="F203">
+        <v>3</v>
+      </c>
+      <c r="G203">
+        <v>0.834</v>
+      </c>
+      <c r="H203">
+        <v>77</v>
+      </c>
+      <c r="I203">
+        <v>0</v>
+      </c>
+      <c r="J203">
+        <v>13.491</v>
+      </c>
+      <c r="K203">
+        <v>0</v>
+      </c>
+      <c r="L203" t="s">
+        <v>27</v>
+      </c>
+      <c r="M203">
+        <v>1</v>
+      </c>
+      <c r="N203" t="s">
+        <v>56</v>
+      </c>
+      <c r="O203">
+        <v>2</v>
+      </c>
+      <c r="P203">
+        <v>15504</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>57</v>
+      </c>
+      <c r="R203" t="s">
+        <v>30</v>
+      </c>
+      <c r="S203" t="s">
+        <v>31</v>
+      </c>
+      <c r="T203" t="s">
+        <v>32</v>
+      </c>
+      <c r="U203" t="s">
+        <v>33</v>
+      </c>
+      <c r="V203">
+        <v>1</v>
+      </c>
+      <c r="W203">
+        <v>0</v>
+      </c>
+      <c r="X203">
+        <v>0</v>
+      </c>
+      <c r="Y203">
+        <v>0.016</v>
+      </c>
+    </row>
+    <row r="204" spans="1:25">
+      <c r="A204" t="s">
+        <v>25</v>
+      </c>
+      <c r="B204">
+        <v>2025</v>
+      </c>
+      <c r="C204">
+        <v>3250</v>
+      </c>
+      <c r="D204" t="s">
+        <v>26</v>
+      </c>
+      <c r="E204">
+        <v>8</v>
+      </c>
+      <c r="F204">
+        <v>3</v>
+      </c>
+      <c r="G204">
+        <v>0.834</v>
+      </c>
+      <c r="H204">
+        <v>77</v>
+      </c>
+      <c r="I204">
+        <v>0</v>
+      </c>
+      <c r="J204">
+        <v>13.491</v>
+      </c>
+      <c r="K204">
+        <v>0</v>
+      </c>
+      <c r="L204" t="s">
+        <v>27</v>
+      </c>
+      <c r="M204">
+        <v>1</v>
+      </c>
+      <c r="N204" t="s">
+        <v>56</v>
+      </c>
+      <c r="O204">
+        <v>2</v>
+      </c>
+      <c r="P204">
+        <v>15504</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>57</v>
+      </c>
+      <c r="R204" t="s">
+        <v>30</v>
+      </c>
+      <c r="S204" t="s">
+        <v>31</v>
+      </c>
+      <c r="T204" t="s">
+        <v>32</v>
+      </c>
+      <c r="U204" t="s">
+        <v>34</v>
+      </c>
+      <c r="V204">
+        <v>3</v>
+      </c>
+      <c r="W204">
+        <v>0</v>
+      </c>
+      <c r="X204">
+        <v>0</v>
+      </c>
+      <c r="Y204">
+        <v>0.279</v>
+      </c>
+    </row>
+    <row r="205" spans="1:25">
+      <c r="A205" t="s">
+        <v>25</v>
+      </c>
+      <c r="B205">
+        <v>2025</v>
+      </c>
+      <c r="C205">
+        <v>3250</v>
+      </c>
+      <c r="D205" t="s">
+        <v>26</v>
+      </c>
+      <c r="E205">
+        <v>8</v>
+      </c>
+      <c r="F205">
+        <v>3</v>
+      </c>
+      <c r="G205">
+        <v>0.834</v>
+      </c>
+      <c r="H205">
+        <v>77</v>
+      </c>
+      <c r="I205">
+        <v>0</v>
+      </c>
+      <c r="J205">
+        <v>13.491</v>
+      </c>
+      <c r="K205">
+        <v>0</v>
+      </c>
+      <c r="L205" t="s">
+        <v>27</v>
+      </c>
+      <c r="M205">
+        <v>1</v>
+      </c>
+      <c r="N205" t="s">
+        <v>56</v>
+      </c>
+      <c r="O205">
+        <v>2</v>
+      </c>
+      <c r="P205">
+        <v>15504</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>58</v>
+      </c>
+      <c r="R205" t="s">
+        <v>30</v>
+      </c>
+      <c r="S205" t="s">
+        <v>31</v>
+      </c>
+      <c r="T205" t="s">
+        <v>32</v>
+      </c>
+      <c r="U205" t="s">
+        <v>33</v>
+      </c>
+      <c r="V205">
+        <v>15</v>
+      </c>
+      <c r="W205">
+        <v>0</v>
+      </c>
+      <c r="X205">
+        <v>0</v>
+      </c>
+      <c r="Y205">
+        <v>0.677</v>
+      </c>
+    </row>
+    <row r="206" spans="1:25">
+      <c r="A206" t="s">
+        <v>25</v>
+      </c>
+      <c r="B206">
+        <v>2025</v>
+      </c>
+      <c r="C206">
+        <v>3250</v>
+      </c>
+      <c r="D206" t="s">
+        <v>26</v>
+      </c>
+      <c r="E206">
+        <v>8</v>
+      </c>
+      <c r="F206">
+        <v>3</v>
+      </c>
+      <c r="G206">
+        <v>0.834</v>
+      </c>
+      <c r="H206">
+        <v>77</v>
+      </c>
+      <c r="I206">
+        <v>0</v>
+      </c>
+      <c r="J206">
+        <v>13.491</v>
+      </c>
+      <c r="K206">
+        <v>0</v>
+      </c>
+      <c r="L206" t="s">
+        <v>27</v>
+      </c>
+      <c r="M206">
+        <v>1</v>
+      </c>
+      <c r="N206" t="s">
+        <v>56</v>
+      </c>
+      <c r="O206">
+        <v>2</v>
+      </c>
+      <c r="P206">
+        <v>15504</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>58</v>
+      </c>
+      <c r="R206" t="s">
+        <v>30</v>
+      </c>
+      <c r="S206" t="s">
+        <v>31</v>
+      </c>
+      <c r="T206" t="s">
+        <v>32</v>
+      </c>
+      <c r="U206" t="s">
+        <v>34</v>
+      </c>
+      <c r="V206">
+        <v>23</v>
+      </c>
+      <c r="W206">
+        <v>0</v>
+      </c>
+      <c r="X206">
+        <v>0</v>
+      </c>
+      <c r="Y206">
+        <v>3.044</v>
+      </c>
+    </row>
+    <row r="207" spans="1:25">
+      <c r="A207" t="s">
+        <v>25</v>
+      </c>
+      <c r="B207">
+        <v>2025</v>
+      </c>
+      <c r="C207">
+        <v>3250</v>
+      </c>
+      <c r="D207" t="s">
+        <v>26</v>
+      </c>
+      <c r="E207">
+        <v>8</v>
+      </c>
+      <c r="F207">
+        <v>3</v>
+      </c>
+      <c r="G207">
+        <v>0.834</v>
+      </c>
+      <c r="H207">
+        <v>77</v>
+      </c>
+      <c r="I207">
+        <v>0</v>
+      </c>
+      <c r="J207">
+        <v>13.491</v>
+      </c>
+      <c r="K207">
+        <v>0</v>
+      </c>
+      <c r="L207" t="s">
+        <v>27</v>
+      </c>
+      <c r="M207">
+        <v>1</v>
+      </c>
+      <c r="N207" t="s">
+        <v>56</v>
+      </c>
+      <c r="O207">
+        <v>2</v>
+      </c>
+      <c r="P207">
+        <v>15504</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>58</v>
+      </c>
+      <c r="R207" t="s">
+        <v>30</v>
+      </c>
+      <c r="S207" t="s">
+        <v>31</v>
+      </c>
+      <c r="T207" t="s">
+        <v>32</v>
+      </c>
+      <c r="U207" t="s">
+        <v>35</v>
+      </c>
+      <c r="V207">
+        <v>10</v>
+      </c>
+      <c r="W207">
+        <v>0</v>
+      </c>
+      <c r="X207">
+        <v>0</v>
+      </c>
+      <c r="Y207">
+        <v>2.71</v>
+      </c>
+    </row>
+    <row r="208" spans="1:25">
+      <c r="A208" t="s">
+        <v>25</v>
+      </c>
+      <c r="B208">
+        <v>2025</v>
+      </c>
+      <c r="C208">
+        <v>3250</v>
+      </c>
+      <c r="D208" t="s">
+        <v>26</v>
+      </c>
+      <c r="E208">
+        <v>8</v>
+      </c>
+      <c r="F208">
+        <v>3</v>
+      </c>
+      <c r="G208">
+        <v>0.834</v>
+      </c>
+      <c r="H208">
+        <v>77</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
+      </c>
+      <c r="J208">
+        <v>13.491</v>
+      </c>
+      <c r="K208">
+        <v>0</v>
+      </c>
+      <c r="L208" t="s">
+        <v>27</v>
+      </c>
+      <c r="M208">
+        <v>1</v>
+      </c>
+      <c r="N208" t="s">
+        <v>56</v>
+      </c>
+      <c r="O208">
+        <v>2</v>
+      </c>
+      <c r="P208">
+        <v>15504</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>58</v>
+      </c>
+      <c r="R208" t="s">
+        <v>30</v>
+      </c>
+      <c r="S208" t="s">
+        <v>31</v>
+      </c>
+      <c r="T208" t="s">
+        <v>32</v>
+      </c>
+      <c r="U208" t="s">
+        <v>36</v>
+      </c>
+      <c r="V208">
+        <v>13</v>
+      </c>
+      <c r="W208">
+        <v>0</v>
+      </c>
+      <c r="X208">
+        <v>0</v>
+      </c>
+      <c r="Y208">
+        <v>5.878</v>
+      </c>
+    </row>
+    <row r="209" spans="1:25">
+      <c r="A209" t="s">
+        <v>25</v>
+      </c>
+      <c r="B209">
+        <v>2025</v>
+      </c>
+      <c r="C209">
+        <v>3250</v>
+      </c>
+      <c r="D209" t="s">
+        <v>26</v>
+      </c>
+      <c r="E209">
+        <v>8</v>
+      </c>
+      <c r="F209">
+        <v>3</v>
+      </c>
+      <c r="G209">
+        <v>0.834</v>
+      </c>
+      <c r="H209">
+        <v>77</v>
+      </c>
+      <c r="I209">
+        <v>0</v>
+      </c>
+      <c r="J209">
+        <v>13.491</v>
+      </c>
+      <c r="K209">
+        <v>0</v>
+      </c>
+      <c r="L209" t="s">
+        <v>27</v>
+      </c>
+      <c r="M209">
+        <v>1</v>
+      </c>
+      <c r="N209" t="s">
+        <v>56</v>
+      </c>
+      <c r="O209">
+        <v>2</v>
+      </c>
+      <c r="P209">
+        <v>15504</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>29</v>
+      </c>
+      <c r="R209" t="s">
+        <v>30</v>
+      </c>
+      <c r="S209" t="s">
+        <v>31</v>
+      </c>
+      <c r="T209" t="s">
+        <v>32</v>
+      </c>
+      <c r="U209" t="s">
+        <v>33</v>
+      </c>
+      <c r="V209">
+        <v>6</v>
+      </c>
+      <c r="W209">
+        <v>0</v>
+      </c>
+      <c r="X209">
+        <v>0</v>
+      </c>
+      <c r="Y209">
+        <v>0.201</v>
+      </c>
+    </row>
+    <row r="210" spans="1:25">
+      <c r="A210" t="s">
+        <v>25</v>
+      </c>
+      <c r="B210">
+        <v>2025</v>
+      </c>
+      <c r="C210">
+        <v>3250</v>
+      </c>
+      <c r="D210" t="s">
+        <v>26</v>
+      </c>
+      <c r="E210">
+        <v>8</v>
+      </c>
+      <c r="F210">
+        <v>3</v>
+      </c>
+      <c r="G210">
+        <v>0.834</v>
+      </c>
+      <c r="H210">
+        <v>77</v>
+      </c>
+      <c r="I210">
+        <v>0</v>
+      </c>
+      <c r="J210">
+        <v>13.491</v>
+      </c>
+      <c r="K210">
+        <v>0</v>
+      </c>
+      <c r="L210" t="s">
+        <v>27</v>
+      </c>
+      <c r="M210">
+        <v>1</v>
+      </c>
+      <c r="N210" t="s">
+        <v>56</v>
+      </c>
+      <c r="O210">
+        <v>2</v>
+      </c>
+      <c r="P210">
+        <v>15504</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>29</v>
+      </c>
+      <c r="R210" t="s">
+        <v>30</v>
+      </c>
+      <c r="S210" t="s">
+        <v>31</v>
+      </c>
+      <c r="T210" t="s">
+        <v>32</v>
+      </c>
+      <c r="U210" t="s">
+        <v>34</v>
+      </c>
+      <c r="V210">
+        <v>6</v>
+      </c>
+      <c r="W210">
+        <v>0</v>
+      </c>
+      <c r="X210">
+        <v>0</v>
+      </c>
+      <c r="Y210">
+        <v>0.686</v>
+      </c>
+    </row>
+    <row r="211" spans="1:25">
+      <c r="A211" t="s">
+        <v>25</v>
+      </c>
+      <c r="B211">
+        <v>2025</v>
+      </c>
+      <c r="C211">
+        <v>3250</v>
+      </c>
+      <c r="D211" t="s">
+        <v>26</v>
+      </c>
+      <c r="E211">
+        <v>8</v>
+      </c>
+      <c r="F211">
+        <v>4</v>
+      </c>
+      <c r="G211">
+        <v>2.1682</v>
+      </c>
+      <c r="H211">
+        <v>118</v>
+      </c>
+      <c r="I211">
+        <v>0</v>
+      </c>
+      <c r="J211">
+        <v>15.411</v>
+      </c>
+      <c r="K211">
+        <v>0</v>
+      </c>
+      <c r="L211" t="s">
+        <v>27</v>
+      </c>
+      <c r="M211">
+        <v>1</v>
+      </c>
+      <c r="N211" t="s">
+        <v>56</v>
+      </c>
+      <c r="O211">
+        <v>2</v>
+      </c>
+      <c r="P211">
+        <v>15504</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>57</v>
+      </c>
+      <c r="R211" t="s">
+        <v>30</v>
+      </c>
+      <c r="S211" t="s">
+        <v>31</v>
+      </c>
+      <c r="T211" t="s">
+        <v>32</v>
+      </c>
+      <c r="U211" t="s">
+        <v>33</v>
+      </c>
+      <c r="V211">
+        <v>6</v>
+      </c>
+      <c r="W211">
+        <v>0</v>
+      </c>
+      <c r="X211">
+        <v>0</v>
+      </c>
+      <c r="Y211">
+        <v>0.21</v>
+      </c>
+    </row>
+    <row r="212" spans="1:25">
+      <c r="A212" t="s">
+        <v>25</v>
+      </c>
+      <c r="B212">
+        <v>2025</v>
+      </c>
+      <c r="C212">
+        <v>3250</v>
+      </c>
+      <c r="D212" t="s">
+        <v>26</v>
+      </c>
+      <c r="E212">
+        <v>8</v>
+      </c>
+      <c r="F212">
+        <v>4</v>
+      </c>
+      <c r="G212">
+        <v>2.1682</v>
+      </c>
+      <c r="H212">
+        <v>118</v>
+      </c>
+      <c r="I212">
+        <v>0</v>
+      </c>
+      <c r="J212">
+        <v>15.411</v>
+      </c>
+      <c r="K212">
+        <v>0</v>
+      </c>
+      <c r="L212" t="s">
+        <v>27</v>
+      </c>
+      <c r="M212">
+        <v>1</v>
+      </c>
+      <c r="N212" t="s">
+        <v>56</v>
+      </c>
+      <c r="O212">
+        <v>2</v>
+      </c>
+      <c r="P212">
+        <v>15504</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>57</v>
+      </c>
+      <c r="R212" t="s">
+        <v>30</v>
+      </c>
+      <c r="S212" t="s">
+        <v>31</v>
+      </c>
+      <c r="T212" t="s">
+        <v>32</v>
+      </c>
+      <c r="U212" t="s">
+        <v>34</v>
+      </c>
+      <c r="V212">
+        <v>7</v>
+      </c>
+      <c r="W212">
+        <v>0</v>
+      </c>
+      <c r="X212">
+        <v>0</v>
+      </c>
+      <c r="Y212">
+        <v>0.681</v>
+      </c>
+    </row>
+    <row r="213" spans="1:25">
+      <c r="A213" t="s">
+        <v>25</v>
+      </c>
+      <c r="B213">
+        <v>2025</v>
+      </c>
+      <c r="C213">
+        <v>3250</v>
+      </c>
+      <c r="D213" t="s">
+        <v>26</v>
+      </c>
+      <c r="E213">
+        <v>8</v>
+      </c>
+      <c r="F213">
+        <v>4</v>
+      </c>
+      <c r="G213">
+        <v>2.1682</v>
+      </c>
+      <c r="H213">
+        <v>118</v>
+      </c>
+      <c r="I213">
+        <v>0</v>
+      </c>
+      <c r="J213">
+        <v>15.411</v>
+      </c>
+      <c r="K213">
+        <v>0</v>
+      </c>
+      <c r="L213" t="s">
+        <v>27</v>
+      </c>
+      <c r="M213">
+        <v>1</v>
+      </c>
+      <c r="N213" t="s">
+        <v>56</v>
+      </c>
+      <c r="O213">
+        <v>2</v>
+      </c>
+      <c r="P213">
+        <v>15504</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>57</v>
+      </c>
+      <c r="R213" t="s">
+        <v>30</v>
+      </c>
+      <c r="S213" t="s">
+        <v>31</v>
+      </c>
+      <c r="T213" t="s">
+        <v>32</v>
+      </c>
+      <c r="U213" t="s">
+        <v>35</v>
+      </c>
+      <c r="V213">
+        <v>2</v>
+      </c>
+      <c r="W213">
+        <v>0</v>
+      </c>
+      <c r="X213">
+        <v>0</v>
+      </c>
+      <c r="Y213">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="214" spans="1:25">
+      <c r="A214" t="s">
+        <v>25</v>
+      </c>
+      <c r="B214">
+        <v>2025</v>
+      </c>
+      <c r="C214">
+        <v>3250</v>
+      </c>
+      <c r="D214" t="s">
+        <v>26</v>
+      </c>
+      <c r="E214">
+        <v>8</v>
+      </c>
+      <c r="F214">
+        <v>4</v>
+      </c>
+      <c r="G214">
+        <v>2.1682</v>
+      </c>
+      <c r="H214">
+        <v>118</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
+      </c>
+      <c r="J214">
+        <v>15.411</v>
+      </c>
+      <c r="K214">
+        <v>0</v>
+      </c>
+      <c r="L214" t="s">
+        <v>27</v>
+      </c>
+      <c r="M214">
+        <v>1</v>
+      </c>
+      <c r="N214" t="s">
+        <v>56</v>
+      </c>
+      <c r="O214">
+        <v>2</v>
+      </c>
+      <c r="P214">
+        <v>15504</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>57</v>
+      </c>
+      <c r="R214" t="s">
+        <v>30</v>
+      </c>
+      <c r="S214" t="s">
+        <v>31</v>
+      </c>
+      <c r="T214" t="s">
+        <v>32</v>
+      </c>
+      <c r="U214" t="s">
+        <v>36</v>
+      </c>
+      <c r="V214">
+        <v>1</v>
+      </c>
+      <c r="W214">
+        <v>0</v>
+      </c>
+      <c r="X214">
+        <v>0</v>
+      </c>
+      <c r="Y214">
+        <v>0.354</v>
+      </c>
+    </row>
+    <row r="215" spans="1:25">
+      <c r="A215" t="s">
+        <v>25</v>
+      </c>
+      <c r="B215">
+        <v>2025</v>
+      </c>
+      <c r="C215">
+        <v>3250</v>
+      </c>
+      <c r="D215" t="s">
+        <v>26</v>
+      </c>
+      <c r="E215">
+        <v>8</v>
+      </c>
+      <c r="F215">
+        <v>4</v>
+      </c>
+      <c r="G215">
+        <v>2.1682</v>
+      </c>
+      <c r="H215">
+        <v>118</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
+      </c>
+      <c r="J215">
+        <v>15.411</v>
+      </c>
+      <c r="K215">
+        <v>0</v>
+      </c>
+      <c r="L215" t="s">
+        <v>27</v>
+      </c>
+      <c r="M215">
+        <v>1</v>
+      </c>
+      <c r="N215" t="s">
+        <v>56</v>
+      </c>
+      <c r="O215">
+        <v>2</v>
+      </c>
+      <c r="P215">
+        <v>15504</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>29</v>
+      </c>
+      <c r="R215" t="s">
+        <v>30</v>
+      </c>
+      <c r="S215" t="s">
+        <v>31</v>
+      </c>
+      <c r="T215" t="s">
+        <v>32</v>
+      </c>
+      <c r="U215" t="s">
+        <v>33</v>
+      </c>
+      <c r="V215">
+        <v>25</v>
+      </c>
+      <c r="W215">
+        <v>0</v>
+      </c>
+      <c r="X215">
+        <v>0</v>
+      </c>
+      <c r="Y215">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="216" spans="1:25">
+      <c r="A216" t="s">
+        <v>25</v>
+      </c>
+      <c r="B216">
+        <v>2025</v>
+      </c>
+      <c r="C216">
+        <v>3250</v>
+      </c>
+      <c r="D216" t="s">
+        <v>26</v>
+      </c>
+      <c r="E216">
+        <v>8</v>
+      </c>
+      <c r="F216">
+        <v>4</v>
+      </c>
+      <c r="G216">
+        <v>2.1682</v>
+      </c>
+      <c r="H216">
+        <v>118</v>
+      </c>
+      <c r="I216">
+        <v>0</v>
+      </c>
+      <c r="J216">
+        <v>15.411</v>
+      </c>
+      <c r="K216">
+        <v>0</v>
+      </c>
+      <c r="L216" t="s">
+        <v>27</v>
+      </c>
+      <c r="M216">
+        <v>1</v>
+      </c>
+      <c r="N216" t="s">
+        <v>56</v>
+      </c>
+      <c r="O216">
+        <v>2</v>
+      </c>
+      <c r="P216">
+        <v>15504</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>29</v>
+      </c>
+      <c r="R216" t="s">
+        <v>30</v>
+      </c>
+      <c r="S216" t="s">
+        <v>31</v>
+      </c>
+      <c r="T216" t="s">
+        <v>32</v>
+      </c>
+      <c r="U216" t="s">
+        <v>34</v>
+      </c>
+      <c r="V216">
+        <v>52</v>
+      </c>
+      <c r="W216">
+        <v>0</v>
+      </c>
+      <c r="X216">
+        <v>0</v>
+      </c>
+      <c r="Y216">
+        <v>5.364</v>
+      </c>
+    </row>
+    <row r="217" spans="1:25">
+      <c r="A217" t="s">
+        <v>25</v>
+      </c>
+      <c r="B217">
+        <v>2025</v>
+      </c>
+      <c r="C217">
+        <v>3250</v>
+      </c>
+      <c r="D217" t="s">
+        <v>26</v>
+      </c>
+      <c r="E217">
+        <v>8</v>
+      </c>
+      <c r="F217">
+        <v>4</v>
+      </c>
+      <c r="G217">
+        <v>2.1682</v>
+      </c>
+      <c r="H217">
+        <v>118</v>
+      </c>
+      <c r="I217">
+        <v>0</v>
+      </c>
+      <c r="J217">
+        <v>15.411</v>
+      </c>
+      <c r="K217">
+        <v>0</v>
+      </c>
+      <c r="L217" t="s">
+        <v>27</v>
+      </c>
+      <c r="M217">
+        <v>1</v>
+      </c>
+      <c r="N217" t="s">
+        <v>56</v>
+      </c>
+      <c r="O217">
+        <v>2</v>
+      </c>
+      <c r="P217">
+        <v>15504</v>
+      </c>
+      <c r="Q217" t="s">
+        <v>29</v>
+      </c>
+      <c r="R217" t="s">
+        <v>30</v>
+      </c>
+      <c r="S217" t="s">
+        <v>31</v>
+      </c>
+      <c r="T217" t="s">
+        <v>32</v>
+      </c>
+      <c r="U217" t="s">
+        <v>35</v>
+      </c>
+      <c r="V217">
+        <v>19</v>
+      </c>
+      <c r="W217">
+        <v>0</v>
+      </c>
+      <c r="X217">
+        <v>0</v>
+      </c>
+      <c r="Y217">
+        <v>4.731</v>
+      </c>
+    </row>
+    <row r="218" spans="1:25">
+      <c r="A218" t="s">
+        <v>25</v>
+      </c>
+      <c r="B218">
+        <v>2025</v>
+      </c>
+      <c r="C218">
+        <v>3250</v>
+      </c>
+      <c r="D218" t="s">
+        <v>26</v>
+      </c>
+      <c r="E218">
+        <v>8</v>
+      </c>
+      <c r="F218">
+        <v>4</v>
+      </c>
+      <c r="G218">
+        <v>2.1682</v>
+      </c>
+      <c r="H218">
+        <v>118</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
+      </c>
+      <c r="J218">
+        <v>15.411</v>
+      </c>
+      <c r="K218">
+        <v>0</v>
+      </c>
+      <c r="L218" t="s">
+        <v>27</v>
+      </c>
+      <c r="M218">
+        <v>1</v>
+      </c>
+      <c r="N218" t="s">
+        <v>56</v>
+      </c>
+      <c r="O218">
+        <v>2</v>
+      </c>
+      <c r="P218">
+        <v>15504</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>29</v>
+      </c>
+      <c r="R218" t="s">
+        <v>30</v>
+      </c>
+      <c r="S218" t="s">
+        <v>31</v>
+      </c>
+      <c r="T218" t="s">
+        <v>32</v>
+      </c>
+      <c r="U218" t="s">
+        <v>36</v>
+      </c>
+      <c r="V218">
+        <v>6</v>
+      </c>
+      <c r="W218">
+        <v>0</v>
+      </c>
+      <c r="X218">
+        <v>0</v>
+      </c>
+      <c r="Y218">
+        <v>2.761</v>
+      </c>
+    </row>
+    <row r="219" spans="1:25">
+      <c r="A219" t="s">
+        <v>25</v>
+      </c>
+      <c r="B219">
+        <v>2025</v>
+      </c>
+      <c r="C219">
+        <v>3250</v>
+      </c>
+      <c r="D219" t="s">
+        <v>26</v>
+      </c>
+      <c r="E219">
+        <v>8</v>
+      </c>
+      <c r="F219">
+        <v>5</v>
+      </c>
+      <c r="G219">
+        <v>0.3047</v>
+      </c>
+      <c r="H219">
+        <v>118</v>
+      </c>
+      <c r="I219">
+        <v>0</v>
+      </c>
+      <c r="J219">
+        <v>6.913</v>
+      </c>
+      <c r="K219">
+        <v>0</v>
+      </c>
+      <c r="L219" t="s">
+        <v>27</v>
+      </c>
+      <c r="M219">
+        <v>1</v>
+      </c>
+      <c r="N219" t="s">
+        <v>59</v>
+      </c>
+      <c r="O219">
+        <v>2</v>
+      </c>
+      <c r="P219">
+        <v>15504</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>57</v>
+      </c>
+      <c r="R219" t="s">
+        <v>30</v>
+      </c>
+      <c r="S219" t="s">
+        <v>31</v>
+      </c>
+      <c r="T219" t="s">
+        <v>32</v>
+      </c>
+      <c r="U219" t="s">
+        <v>33</v>
+      </c>
+      <c r="V219">
+        <v>56</v>
+      </c>
+      <c r="W219">
+        <v>0</v>
+      </c>
+      <c r="X219">
+        <v>0</v>
+      </c>
+      <c r="Y219">
+        <v>1.705</v>
+      </c>
+    </row>
+    <row r="220" spans="1:25">
+      <c r="A220" t="s">
+        <v>25</v>
+      </c>
+      <c r="B220">
+        <v>2025</v>
+      </c>
+      <c r="C220">
+        <v>3250</v>
+      </c>
+      <c r="D220" t="s">
+        <v>26</v>
+      </c>
+      <c r="E220">
+        <v>8</v>
+      </c>
+      <c r="F220">
+        <v>5</v>
+      </c>
+      <c r="G220">
+        <v>0.3047</v>
+      </c>
+      <c r="H220">
+        <v>118</v>
+      </c>
+      <c r="I220">
+        <v>0</v>
+      </c>
+      <c r="J220">
+        <v>6.913</v>
+      </c>
+      <c r="K220">
+        <v>0</v>
+      </c>
+      <c r="L220" t="s">
+        <v>27</v>
+      </c>
+      <c r="M220">
+        <v>1</v>
+      </c>
+      <c r="N220" t="s">
+        <v>59</v>
+      </c>
+      <c r="O220">
+        <v>2</v>
+      </c>
+      <c r="P220">
+        <v>15504</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>57</v>
+      </c>
+      <c r="R220" t="s">
+        <v>30</v>
+      </c>
+      <c r="S220" t="s">
+        <v>31</v>
+      </c>
+      <c r="T220" t="s">
+        <v>32</v>
+      </c>
+      <c r="U220" t="s">
+        <v>34</v>
+      </c>
+      <c r="V220">
+        <v>21</v>
+      </c>
+      <c r="W220">
+        <v>0</v>
+      </c>
+      <c r="X220">
+        <v>0</v>
+      </c>
+      <c r="Y220">
+        <v>1.908</v>
+      </c>
+    </row>
+    <row r="221" spans="1:25">
+      <c r="A221" t="s">
+        <v>25</v>
+      </c>
+      <c r="B221">
+        <v>2025</v>
+      </c>
+      <c r="C221">
+        <v>3250</v>
+      </c>
+      <c r="D221" t="s">
+        <v>26</v>
+      </c>
+      <c r="E221">
+        <v>8</v>
+      </c>
+      <c r="F221">
+        <v>5</v>
+      </c>
+      <c r="G221">
+        <v>0.3047</v>
+      </c>
+      <c r="H221">
+        <v>118</v>
+      </c>
+      <c r="I221">
+        <v>0</v>
+      </c>
+      <c r="J221">
+        <v>6.913</v>
+      </c>
+      <c r="K221">
+        <v>0</v>
+      </c>
+      <c r="L221" t="s">
+        <v>27</v>
+      </c>
+      <c r="M221">
+        <v>1</v>
+      </c>
+      <c r="N221" t="s">
+        <v>59</v>
+      </c>
+      <c r="O221">
+        <v>2</v>
+      </c>
+      <c r="P221">
+        <v>15504</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>57</v>
+      </c>
+      <c r="R221" t="s">
+        <v>30</v>
+      </c>
+      <c r="S221" t="s">
+        <v>31</v>
+      </c>
+      <c r="T221" t="s">
+        <v>32</v>
+      </c>
+      <c r="U221" t="s">
+        <v>35</v>
+      </c>
+      <c r="V221">
+        <v>2</v>
+      </c>
+      <c r="W221">
+        <v>0</v>
+      </c>
+      <c r="X221">
+        <v>0</v>
+      </c>
+      <c r="Y221">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="222" spans="1:25">
+      <c r="A222" t="s">
+        <v>25</v>
+      </c>
+      <c r="B222">
+        <v>2025</v>
+      </c>
+      <c r="C222">
+        <v>3250</v>
+      </c>
+      <c r="D222" t="s">
+        <v>26</v>
+      </c>
+      <c r="E222">
+        <v>8</v>
+      </c>
+      <c r="F222">
+        <v>5</v>
+      </c>
+      <c r="G222">
+        <v>0.3047</v>
+      </c>
+      <c r="H222">
+        <v>118</v>
+      </c>
+      <c r="I222">
+        <v>0</v>
+      </c>
+      <c r="J222">
+        <v>6.913</v>
+      </c>
+      <c r="K222">
+        <v>0</v>
+      </c>
+      <c r="L222" t="s">
+        <v>27</v>
+      </c>
+      <c r="M222">
+        <v>1</v>
+      </c>
+      <c r="N222" t="s">
+        <v>59</v>
+      </c>
+      <c r="O222">
+        <v>2</v>
+      </c>
+      <c r="P222">
+        <v>15504</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>29</v>
+      </c>
+      <c r="R222" t="s">
+        <v>30</v>
+      </c>
+      <c r="S222" t="s">
+        <v>31</v>
+      </c>
+      <c r="T222" t="s">
+        <v>32</v>
+      </c>
+      <c r="U222" t="s">
+        <v>33</v>
+      </c>
+      <c r="V222">
+        <v>21</v>
+      </c>
+      <c r="W222">
+        <v>0</v>
+      </c>
+      <c r="X222">
+        <v>0</v>
+      </c>
+      <c r="Y222">
+        <v>0.704</v>
+      </c>
+    </row>
+    <row r="223" spans="1:25">
+      <c r="A223" t="s">
+        <v>25</v>
+      </c>
+      <c r="B223">
+        <v>2025</v>
+      </c>
+      <c r="C223">
+        <v>3250</v>
+      </c>
+      <c r="D223" t="s">
+        <v>26</v>
+      </c>
+      <c r="E223">
+        <v>8</v>
+      </c>
+      <c r="F223">
+        <v>5</v>
+      </c>
+      <c r="G223">
+        <v>0.3047</v>
+      </c>
+      <c r="H223">
+        <v>118</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
+      </c>
+      <c r="J223">
+        <v>6.913</v>
+      </c>
+      <c r="K223">
+        <v>0</v>
+      </c>
+      <c r="L223" t="s">
+        <v>27</v>
+      </c>
+      <c r="M223">
+        <v>1</v>
+      </c>
+      <c r="N223" t="s">
+        <v>59</v>
+      </c>
+      <c r="O223">
+        <v>2</v>
+      </c>
+      <c r="P223">
+        <v>15504</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>29</v>
+      </c>
+      <c r="R223" t="s">
+        <v>30</v>
+      </c>
+      <c r="S223" t="s">
+        <v>31</v>
+      </c>
+      <c r="T223" t="s">
+        <v>32</v>
+      </c>
+      <c r="U223" t="s">
+        <v>34</v>
+      </c>
+      <c r="V223">
+        <v>16</v>
+      </c>
+      <c r="W223">
+        <v>0</v>
+      </c>
+      <c r="X223">
+        <v>0</v>
+      </c>
+      <c r="Y223">
+        <v>1.536</v>
+      </c>
+    </row>
+    <row r="224" spans="1:25">
+      <c r="A224" t="s">
+        <v>25</v>
+      </c>
+      <c r="B224">
+        <v>2025</v>
+      </c>
+      <c r="C224">
+        <v>3250</v>
+      </c>
+      <c r="D224" t="s">
+        <v>26</v>
+      </c>
+      <c r="E224">
+        <v>8</v>
+      </c>
+      <c r="F224">
+        <v>5</v>
+      </c>
+      <c r="G224">
+        <v>0.3047</v>
+      </c>
+      <c r="H224">
+        <v>118</v>
+      </c>
+      <c r="I224">
+        <v>0</v>
+      </c>
+      <c r="J224">
+        <v>6.913</v>
+      </c>
+      <c r="K224">
+        <v>0</v>
+      </c>
+      <c r="L224" t="s">
+        <v>27</v>
+      </c>
+      <c r="M224">
+        <v>1</v>
+      </c>
+      <c r="N224" t="s">
+        <v>59</v>
+      </c>
+      <c r="O224">
+        <v>2</v>
+      </c>
+      <c r="P224">
+        <v>15504</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>29</v>
+      </c>
+      <c r="R224" t="s">
+        <v>30</v>
+      </c>
+      <c r="S224" t="s">
+        <v>31</v>
+      </c>
+      <c r="T224" t="s">
+        <v>32</v>
+      </c>
+      <c r="U224" t="s">
+        <v>35</v>
+      </c>
+      <c r="V224">
+        <v>1</v>
+      </c>
+      <c r="W224">
+        <v>0</v>
+      </c>
+      <c r="X224">
+        <v>0</v>
+      </c>
+      <c r="Y224">
+        <v>0.249</v>
+      </c>
+    </row>
+    <row r="225" spans="1:25">
+      <c r="A225" t="s">
+        <v>25</v>
+      </c>
+      <c r="B225">
+        <v>2025</v>
+      </c>
+      <c r="C225">
+        <v>3250</v>
+      </c>
+      <c r="D225" t="s">
+        <v>26</v>
+      </c>
+      <c r="E225">
+        <v>8</v>
+      </c>
+      <c r="F225">
+        <v>5</v>
+      </c>
+      <c r="G225">
+        <v>0.3047</v>
+      </c>
+      <c r="H225">
+        <v>118</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
+      </c>
+      <c r="J225">
+        <v>6.913</v>
+      </c>
+      <c r="K225">
+        <v>0</v>
+      </c>
+      <c r="L225" t="s">
+        <v>27</v>
+      </c>
+      <c r="M225">
+        <v>1</v>
+      </c>
+      <c r="N225" t="s">
+        <v>59</v>
+      </c>
+      <c r="O225">
+        <v>2</v>
+      </c>
+      <c r="P225">
+        <v>15504</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>29</v>
+      </c>
+      <c r="R225" t="s">
+        <v>30</v>
+      </c>
+      <c r="S225" t="s">
+        <v>31</v>
+      </c>
+      <c r="T225" t="s">
+        <v>32</v>
+      </c>
+      <c r="U225" t="s">
+        <v>36</v>
+      </c>
+      <c r="V225">
+        <v>1</v>
+      </c>
+      <c r="W225">
+        <v>0</v>
+      </c>
+      <c r="X225">
+        <v>0</v>
+      </c>
+      <c r="Y225">
+        <v>0.361</v>
+      </c>
+    </row>
+    <row r="226" spans="1:25">
+      <c r="A226" t="s">
+        <v>25</v>
+      </c>
+      <c r="B226">
+        <v>2025</v>
+      </c>
+      <c r="C226">
+        <v>3250</v>
+      </c>
+      <c r="D226" t="s">
+        <v>26</v>
+      </c>
+      <c r="E226">
+        <v>8</v>
+      </c>
+      <c r="F226">
+        <v>6</v>
+      </c>
+      <c r="G226">
+        <v>3.4276</v>
+      </c>
+      <c r="H226">
+        <v>257</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
+      </c>
+      <c r="J226">
+        <v>18.622</v>
+      </c>
+      <c r="K226">
+        <v>0</v>
+      </c>
+      <c r="L226" t="s">
+        <v>27</v>
+      </c>
+      <c r="M226">
+        <v>1</v>
+      </c>
+      <c r="N226" t="s">
+        <v>59</v>
+      </c>
+      <c r="O226">
+        <v>2</v>
+      </c>
+      <c r="P226">
+        <v>15504</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>57</v>
+      </c>
+      <c r="R226" t="s">
+        <v>30</v>
+      </c>
+      <c r="S226" t="s">
+        <v>31</v>
+      </c>
+      <c r="T226" t="s">
+        <v>32</v>
+      </c>
+      <c r="U226" t="s">
+        <v>33</v>
+      </c>
+      <c r="V226">
+        <v>73</v>
+      </c>
+      <c r="W226">
+        <v>0</v>
+      </c>
+      <c r="X226">
+        <v>0</v>
+      </c>
+      <c r="Y226">
+        <v>1.795</v>
+      </c>
+    </row>
+    <row r="227" spans="1:25">
+      <c r="A227" t="s">
+        <v>25</v>
+      </c>
+      <c r="B227">
+        <v>2025</v>
+      </c>
+      <c r="C227">
+        <v>3250</v>
+      </c>
+      <c r="D227" t="s">
+        <v>26</v>
+      </c>
+      <c r="E227">
+        <v>8</v>
+      </c>
+      <c r="F227">
+        <v>6</v>
+      </c>
+      <c r="G227">
+        <v>3.4276</v>
+      </c>
+      <c r="H227">
+        <v>257</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
+      </c>
+      <c r="J227">
+        <v>18.622</v>
+      </c>
+      <c r="K227">
+        <v>0</v>
+      </c>
+      <c r="L227" t="s">
+        <v>27</v>
+      </c>
+      <c r="M227">
+        <v>1</v>
+      </c>
+      <c r="N227" t="s">
+        <v>59</v>
+      </c>
+      <c r="O227">
+        <v>2</v>
+      </c>
+      <c r="P227">
+        <v>15504</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>57</v>
+      </c>
+      <c r="R227" t="s">
+        <v>30</v>
+      </c>
+      <c r="S227" t="s">
+        <v>31</v>
+      </c>
+      <c r="T227" t="s">
+        <v>32</v>
+      </c>
+      <c r="U227" t="s">
+        <v>34</v>
+      </c>
+      <c r="V227">
+        <v>23</v>
+      </c>
+      <c r="W227">
+        <v>0</v>
+      </c>
+      <c r="X227">
+        <v>0</v>
+      </c>
+      <c r="Y227">
+        <v>2.019</v>
+      </c>
+    </row>
+    <row r="228" spans="1:25">
+      <c r="A228" t="s">
+        <v>25</v>
+      </c>
+      <c r="B228">
+        <v>2025</v>
+      </c>
+      <c r="C228">
+        <v>3250</v>
+      </c>
+      <c r="D228" t="s">
+        <v>26</v>
+      </c>
+      <c r="E228">
+        <v>8</v>
+      </c>
+      <c r="F228">
+        <v>6</v>
+      </c>
+      <c r="G228">
+        <v>3.4276</v>
+      </c>
+      <c r="H228">
+        <v>257</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="J228">
+        <v>18.622</v>
+      </c>
+      <c r="K228">
+        <v>0</v>
+      </c>
+      <c r="L228" t="s">
+        <v>27</v>
+      </c>
+      <c r="M228">
+        <v>1</v>
+      </c>
+      <c r="N228" t="s">
+        <v>59</v>
+      </c>
+      <c r="O228">
+        <v>2</v>
+      </c>
+      <c r="P228">
+        <v>15504</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>57</v>
+      </c>
+      <c r="R228" t="s">
+        <v>30</v>
+      </c>
+      <c r="S228" t="s">
+        <v>31</v>
+      </c>
+      <c r="T228" t="s">
+        <v>32</v>
+      </c>
+      <c r="U228" t="s">
+        <v>35</v>
+      </c>
+      <c r="V228">
+        <v>4</v>
+      </c>
+      <c r="W228">
+        <v>0</v>
+      </c>
+      <c r="X228">
+        <v>0</v>
+      </c>
+      <c r="Y228">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="229" spans="1:25">
+      <c r="A229" t="s">
+        <v>25</v>
+      </c>
+      <c r="B229">
+        <v>2025</v>
+      </c>
+      <c r="C229">
+        <v>3250</v>
+      </c>
+      <c r="D229" t="s">
+        <v>26</v>
+      </c>
+      <c r="E229">
+        <v>8</v>
+      </c>
+      <c r="F229">
+        <v>6</v>
+      </c>
+      <c r="G229">
+        <v>3.4276</v>
+      </c>
+      <c r="H229">
+        <v>257</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
+      </c>
+      <c r="J229">
+        <v>18.622</v>
+      </c>
+      <c r="K229">
+        <v>0</v>
+      </c>
+      <c r="L229" t="s">
+        <v>27</v>
+      </c>
+      <c r="M229">
+        <v>1</v>
+      </c>
+      <c r="N229" t="s">
+        <v>59</v>
+      </c>
+      <c r="O229">
+        <v>2</v>
+      </c>
+      <c r="P229">
+        <v>15504</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>29</v>
+      </c>
+      <c r="R229" t="s">
+        <v>30</v>
+      </c>
+      <c r="S229" t="s">
+        <v>31</v>
+      </c>
+      <c r="T229" t="s">
+        <v>32</v>
+      </c>
+      <c r="U229" t="s">
+        <v>33</v>
+      </c>
+      <c r="V229">
+        <v>77</v>
+      </c>
+      <c r="W229">
+        <v>0</v>
+      </c>
+      <c r="X229">
+        <v>0</v>
+      </c>
+      <c r="Y229">
+        <v>2.336</v>
+      </c>
+    </row>
+    <row r="230" spans="1:25">
+      <c r="A230" t="s">
+        <v>25</v>
+      </c>
+      <c r="B230">
+        <v>2025</v>
+      </c>
+      <c r="C230">
+        <v>3250</v>
+      </c>
+      <c r="D230" t="s">
+        <v>26</v>
+      </c>
+      <c r="E230">
+        <v>8</v>
+      </c>
+      <c r="F230">
+        <v>6</v>
+      </c>
+      <c r="G230">
+        <v>3.4276</v>
+      </c>
+      <c r="H230">
+        <v>257</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
+      </c>
+      <c r="J230">
+        <v>18.622</v>
+      </c>
+      <c r="K230">
+        <v>0</v>
+      </c>
+      <c r="L230" t="s">
+        <v>27</v>
+      </c>
+      <c r="M230">
+        <v>1</v>
+      </c>
+      <c r="N230" t="s">
+        <v>59</v>
+      </c>
+      <c r="O230">
+        <v>2</v>
+      </c>
+      <c r="P230">
+        <v>15504</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>29</v>
+      </c>
+      <c r="R230" t="s">
+        <v>30</v>
+      </c>
+      <c r="S230" t="s">
+        <v>31</v>
+      </c>
+      <c r="T230" t="s">
+        <v>32</v>
+      </c>
+      <c r="U230" t="s">
+        <v>34</v>
+      </c>
+      <c r="V230">
+        <v>63</v>
+      </c>
+      <c r="W230">
+        <v>0</v>
+      </c>
+      <c r="X230">
+        <v>0</v>
+      </c>
+      <c r="Y230">
+        <v>6.495</v>
+      </c>
+    </row>
+    <row r="231" spans="1:25">
+      <c r="A231" t="s">
+        <v>25</v>
+      </c>
+      <c r="B231">
+        <v>2025</v>
+      </c>
+      <c r="C231">
+        <v>3250</v>
+      </c>
+      <c r="D231" t="s">
+        <v>26</v>
+      </c>
+      <c r="E231">
+        <v>8</v>
+      </c>
+      <c r="F231">
+        <v>6</v>
+      </c>
+      <c r="G231">
+        <v>3.4276</v>
+      </c>
+      <c r="H231">
+        <v>257</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="J231">
+        <v>18.622</v>
+      </c>
+      <c r="K231">
+        <v>0</v>
+      </c>
+      <c r="L231" t="s">
+        <v>27</v>
+      </c>
+      <c r="M231">
+        <v>1</v>
+      </c>
+      <c r="N231" t="s">
+        <v>59</v>
+      </c>
+      <c r="O231">
+        <v>2</v>
+      </c>
+      <c r="P231">
+        <v>15504</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>29</v>
+      </c>
+      <c r="R231" t="s">
+        <v>30</v>
+      </c>
+      <c r="S231" t="s">
+        <v>31</v>
+      </c>
+      <c r="T231" t="s">
+        <v>32</v>
+      </c>
+      <c r="U231" t="s">
+        <v>35</v>
+      </c>
+      <c r="V231">
+        <v>12</v>
+      </c>
+      <c r="W231">
+        <v>0</v>
+      </c>
+      <c r="X231">
+        <v>0</v>
+      </c>
+      <c r="Y231">
+        <v>2.988</v>
+      </c>
+    </row>
+    <row r="232" spans="1:25">
+      <c r="A232" t="s">
+        <v>25</v>
+      </c>
+      <c r="B232">
+        <v>2025</v>
+      </c>
+      <c r="C232">
+        <v>3250</v>
+      </c>
+      <c r="D232" t="s">
+        <v>26</v>
+      </c>
+      <c r="E232">
+        <v>8</v>
+      </c>
+      <c r="F232">
+        <v>6</v>
+      </c>
+      <c r="G232">
+        <v>3.4276</v>
+      </c>
+      <c r="H232">
+        <v>257</v>
+      </c>
+      <c r="I232">
+        <v>0</v>
+      </c>
+      <c r="J232">
+        <v>18.622</v>
+      </c>
+      <c r="K232">
+        <v>0</v>
+      </c>
+      <c r="L232" t="s">
+        <v>27</v>
+      </c>
+      <c r="M232">
+        <v>1</v>
+      </c>
+      <c r="N232" t="s">
+        <v>59</v>
+      </c>
+      <c r="O232">
+        <v>2</v>
+      </c>
+      <c r="P232">
+        <v>15504</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>29</v>
+      </c>
+      <c r="R232" t="s">
+        <v>30</v>
+      </c>
+      <c r="S232" t="s">
+        <v>31</v>
+      </c>
+      <c r="T232" t="s">
+        <v>32</v>
+      </c>
+      <c r="U232" t="s">
+        <v>36</v>
+      </c>
+      <c r="V232">
+        <v>5</v>
+      </c>
+      <c r="W232">
+        <v>0</v>
+      </c>
+      <c r="X232">
+        <v>0</v>
+      </c>
+      <c r="Y232">
+        <v>2.089</v>
+      </c>
+    </row>
+    <row r="233" spans="1:25">
+      <c r="A233" t="s">
+        <v>25</v>
+      </c>
+      <c r="B233">
+        <v>2025</v>
+      </c>
+      <c r="C233">
+        <v>3250</v>
+      </c>
+      <c r="D233" t="s">
+        <v>26</v>
+      </c>
+      <c r="E233">
+        <v>8</v>
+      </c>
+      <c r="F233">
+        <v>7</v>
+      </c>
+      <c r="G233">
+        <v>3.4276</v>
+      </c>
+      <c r="H233">
+        <v>106</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
+      </c>
+      <c r="J233">
+        <v>11.22</v>
+      </c>
+      <c r="K233">
+        <v>0</v>
+      </c>
+      <c r="L233" t="s">
+        <v>27</v>
+      </c>
+      <c r="M233">
+        <v>1</v>
+      </c>
+      <c r="N233" t="s">
+        <v>59</v>
+      </c>
+      <c r="O233">
+        <v>2</v>
+      </c>
+      <c r="P233">
+        <v>15504</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>57</v>
+      </c>
+      <c r="R233" t="s">
+        <v>30</v>
+      </c>
+      <c r="S233" t="s">
+        <v>31</v>
+      </c>
+      <c r="T233" t="s">
+        <v>32</v>
+      </c>
+      <c r="U233" t="s">
+        <v>33</v>
+      </c>
+      <c r="V233">
+        <v>15</v>
+      </c>
+      <c r="W233">
+        <v>0</v>
+      </c>
+      <c r="X233">
+        <v>0</v>
+      </c>
+      <c r="Y233">
+        <v>0.354</v>
+      </c>
+    </row>
+    <row r="234" spans="1:25">
+      <c r="A234" t="s">
+        <v>25</v>
+      </c>
+      <c r="B234">
+        <v>2025</v>
+      </c>
+      <c r="C234">
+        <v>3250</v>
+      </c>
+      <c r="D234" t="s">
+        <v>26</v>
+      </c>
+      <c r="E234">
+        <v>8</v>
+      </c>
+      <c r="F234">
+        <v>7</v>
+      </c>
+      <c r="G234">
+        <v>3.4276</v>
+      </c>
+      <c r="H234">
+        <v>106</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+      <c r="J234">
+        <v>11.22</v>
+      </c>
+      <c r="K234">
+        <v>0</v>
+      </c>
+      <c r="L234" t="s">
+        <v>27</v>
+      </c>
+      <c r="M234">
+        <v>1</v>
+      </c>
+      <c r="N234" t="s">
+        <v>59</v>
+      </c>
+      <c r="O234">
+        <v>2</v>
+      </c>
+      <c r="P234">
+        <v>15504</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>57</v>
+      </c>
+      <c r="R234" t="s">
+        <v>30</v>
+      </c>
+      <c r="S234" t="s">
+        <v>31</v>
+      </c>
+      <c r="T234" t="s">
+        <v>32</v>
+      </c>
+      <c r="U234" t="s">
+        <v>34</v>
+      </c>
+      <c r="V234">
+        <v>6</v>
+      </c>
+      <c r="W234">
+        <v>0</v>
+      </c>
+      <c r="X234">
+        <v>0</v>
+      </c>
+      <c r="Y234">
+        <v>0.513</v>
+      </c>
+    </row>
+    <row r="235" spans="1:25">
+      <c r="A235" t="s">
+        <v>25</v>
+      </c>
+      <c r="B235">
+        <v>2025</v>
+      </c>
+      <c r="C235">
+        <v>3250</v>
+      </c>
+      <c r="D235" t="s">
+        <v>26</v>
+      </c>
+      <c r="E235">
+        <v>8</v>
+      </c>
+      <c r="F235">
+        <v>7</v>
+      </c>
+      <c r="G235">
+        <v>3.4276</v>
+      </c>
+      <c r="H235">
+        <v>106</v>
+      </c>
+      <c r="I235">
+        <v>0</v>
+      </c>
+      <c r="J235">
+        <v>11.22</v>
+      </c>
+      <c r="K235">
+        <v>0</v>
+      </c>
+      <c r="L235" t="s">
+        <v>27</v>
+      </c>
+      <c r="M235">
+        <v>1</v>
+      </c>
+      <c r="N235" t="s">
+        <v>59</v>
+      </c>
+      <c r="O235">
+        <v>2</v>
+      </c>
+      <c r="P235">
+        <v>15504</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>57</v>
+      </c>
+      <c r="R235" t="s">
+        <v>30</v>
+      </c>
+      <c r="S235" t="s">
+        <v>31</v>
+      </c>
+      <c r="T235" t="s">
+        <v>32</v>
+      </c>
+      <c r="U235" t="s">
+        <v>36</v>
+      </c>
+      <c r="V235">
+        <v>1</v>
+      </c>
+      <c r="W235">
+        <v>0</v>
+      </c>
+      <c r="X235">
+        <v>0</v>
+      </c>
+      <c r="Y235">
+        <v>0.354</v>
+      </c>
+    </row>
+    <row r="236" spans="1:25">
+      <c r="A236" t="s">
+        <v>25</v>
+      </c>
+      <c r="B236">
+        <v>2025</v>
+      </c>
+      <c r="C236">
+        <v>3250</v>
+      </c>
+      <c r="D236" t="s">
+        <v>26</v>
+      </c>
+      <c r="E236">
+        <v>8</v>
+      </c>
+      <c r="F236">
+        <v>7</v>
+      </c>
+      <c r="G236">
+        <v>3.4276</v>
+      </c>
+      <c r="H236">
+        <v>106</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+      <c r="J236">
+        <v>11.22</v>
+      </c>
+      <c r="K236">
+        <v>0</v>
+      </c>
+      <c r="L236" t="s">
+        <v>27</v>
+      </c>
+      <c r="M236">
+        <v>1</v>
+      </c>
+      <c r="N236" t="s">
+        <v>59</v>
+      </c>
+      <c r="O236">
+        <v>2</v>
+      </c>
+      <c r="P236">
+        <v>15504</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>29</v>
+      </c>
+      <c r="R236" t="s">
+        <v>30</v>
+      </c>
+      <c r="S236" t="s">
+        <v>31</v>
+      </c>
+      <c r="T236" t="s">
+        <v>32</v>
+      </c>
+      <c r="U236" t="s">
+        <v>33</v>
+      </c>
+      <c r="V236">
+        <v>23</v>
+      </c>
+      <c r="W236">
+        <v>0</v>
+      </c>
+      <c r="X236">
+        <v>0</v>
+      </c>
+      <c r="Y236">
+        <v>0.69</v>
+      </c>
+    </row>
+    <row r="237" spans="1:25">
+      <c r="A237" t="s">
+        <v>25</v>
+      </c>
+      <c r="B237">
+        <v>2025</v>
+      </c>
+      <c r="C237">
+        <v>3250</v>
+      </c>
+      <c r="D237" t="s">
+        <v>26</v>
+      </c>
+      <c r="E237">
+        <v>8</v>
+      </c>
+      <c r="F237">
+        <v>7</v>
+      </c>
+      <c r="G237">
+        <v>3.4276</v>
+      </c>
+      <c r="H237">
+        <v>106</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
+      </c>
+      <c r="J237">
+        <v>11.22</v>
+      </c>
+      <c r="K237">
+        <v>0</v>
+      </c>
+      <c r="L237" t="s">
+        <v>27</v>
+      </c>
+      <c r="M237">
+        <v>1</v>
+      </c>
+      <c r="N237" t="s">
+        <v>59</v>
+      </c>
+      <c r="O237">
+        <v>2</v>
+      </c>
+      <c r="P237">
+        <v>15504</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>29</v>
+      </c>
+      <c r="R237" t="s">
+        <v>30</v>
+      </c>
+      <c r="S237" t="s">
+        <v>31</v>
+      </c>
+      <c r="T237" t="s">
+        <v>32</v>
+      </c>
+      <c r="U237" t="s">
+        <v>34</v>
+      </c>
+      <c r="V237">
+        <v>43</v>
+      </c>
+      <c r="W237">
+        <v>0</v>
+      </c>
+      <c r="X237">
+        <v>0</v>
+      </c>
+      <c r="Y237">
+        <v>4.155</v>
+      </c>
+    </row>
+    <row r="238" spans="1:25">
+      <c r="A238" t="s">
+        <v>25</v>
+      </c>
+      <c r="B238">
+        <v>2025</v>
+      </c>
+      <c r="C238">
+        <v>3250</v>
+      </c>
+      <c r="D238" t="s">
+        <v>26</v>
+      </c>
+      <c r="E238">
+        <v>8</v>
+      </c>
+      <c r="F238">
+        <v>7</v>
+      </c>
+      <c r="G238">
+        <v>3.4276</v>
+      </c>
+      <c r="H238">
+        <v>106</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+      <c r="J238">
+        <v>11.22</v>
+      </c>
+      <c r="K238">
+        <v>0</v>
+      </c>
+      <c r="L238" t="s">
+        <v>27</v>
+      </c>
+      <c r="M238">
+        <v>1</v>
+      </c>
+      <c r="N238" t="s">
+        <v>59</v>
+      </c>
+      <c r="O238">
+        <v>2</v>
+      </c>
+      <c r="P238">
+        <v>15504</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>29</v>
+      </c>
+      <c r="R238" t="s">
+        <v>30</v>
+      </c>
+      <c r="S238" t="s">
+        <v>31</v>
+      </c>
+      <c r="T238" t="s">
+        <v>32</v>
+      </c>
+      <c r="U238" t="s">
+        <v>35</v>
+      </c>
+      <c r="V238">
+        <v>12</v>
+      </c>
+      <c r="W238">
+        <v>0</v>
+      </c>
+      <c r="X238">
+        <v>0</v>
+      </c>
+      <c r="Y238">
+        <v>2.988</v>
+      </c>
+    </row>
+    <row r="239" spans="1:25">
+      <c r="A239" t="s">
+        <v>25</v>
+      </c>
+      <c r="B239">
+        <v>2025</v>
+      </c>
+      <c r="C239">
+        <v>3250</v>
+      </c>
+      <c r="D239" t="s">
+        <v>26</v>
+      </c>
+      <c r="E239">
+        <v>8</v>
+      </c>
+      <c r="F239">
+        <v>7</v>
+      </c>
+      <c r="G239">
+        <v>3.4276</v>
+      </c>
+      <c r="H239">
+        <v>106</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+      <c r="J239">
+        <v>11.22</v>
+      </c>
+      <c r="K239">
+        <v>0</v>
+      </c>
+      <c r="L239" t="s">
+        <v>27</v>
+      </c>
+      <c r="M239">
+        <v>1</v>
+      </c>
+      <c r="N239" t="s">
+        <v>59</v>
+      </c>
+      <c r="O239">
+        <v>2</v>
+      </c>
+      <c r="P239">
+        <v>15504</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>29</v>
+      </c>
+      <c r="R239" t="s">
+        <v>30</v>
+      </c>
+      <c r="S239" t="s">
+        <v>31</v>
+      </c>
+      <c r="T239" t="s">
+        <v>32</v>
+      </c>
+      <c r="U239" t="s">
+        <v>36</v>
+      </c>
+      <c r="V239">
+        <v>6</v>
+      </c>
+      <c r="W239">
+        <v>0</v>
+      </c>
+      <c r="X239">
+        <v>0</v>
+      </c>
+      <c r="Y239">
+        <v>2.166</v>
+      </c>
+    </row>
+    <row r="240" spans="1:25">
+      <c r="A240" t="s">
+        <v>25</v>
+      </c>
+      <c r="B240">
+        <v>2025</v>
+      </c>
+      <c r="C240">
+        <v>3250</v>
+      </c>
+      <c r="D240" t="s">
+        <v>26</v>
+      </c>
+      <c r="E240">
+        <v>8</v>
+      </c>
+      <c r="F240">
+        <v>8</v>
+      </c>
+      <c r="G240">
+        <v>3.4276</v>
+      </c>
+      <c r="H240">
+        <v>279</v>
+      </c>
+      <c r="I240">
+        <v>0</v>
+      </c>
+      <c r="J240">
+        <v>26.517</v>
+      </c>
+      <c r="K240">
+        <v>0</v>
+      </c>
+      <c r="L240" t="s">
+        <v>27</v>
+      </c>
+      <c r="M240">
+        <v>1</v>
+      </c>
+      <c r="N240" t="s">
+        <v>59</v>
+      </c>
+      <c r="O240">
+        <v>2</v>
+      </c>
+      <c r="P240">
+        <v>15504</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>57</v>
+      </c>
+      <c r="R240" t="s">
+        <v>30</v>
+      </c>
+      <c r="S240" t="s">
+        <v>31</v>
+      </c>
+      <c r="T240" t="s">
+        <v>32</v>
+      </c>
+      <c r="U240" t="s">
+        <v>33</v>
+      </c>
+      <c r="V240">
+        <v>26</v>
+      </c>
+      <c r="W240">
+        <v>0</v>
+      </c>
+      <c r="X240">
+        <v>0</v>
+      </c>
+      <c r="Y240">
+        <v>0.625</v>
+      </c>
+    </row>
+    <row r="241" spans="1:25">
+      <c r="A241" t="s">
+        <v>25</v>
+      </c>
+      <c r="B241">
+        <v>2025</v>
+      </c>
+      <c r="C241">
+        <v>3250</v>
+      </c>
+      <c r="D241" t="s">
+        <v>26</v>
+      </c>
+      <c r="E241">
+        <v>8</v>
+      </c>
+      <c r="F241">
+        <v>8</v>
+      </c>
+      <c r="G241">
+        <v>3.4276</v>
+      </c>
+      <c r="H241">
+        <v>279</v>
+      </c>
+      <c r="I241">
+        <v>0</v>
+      </c>
+      <c r="J241">
+        <v>26.517</v>
+      </c>
+      <c r="K241">
+        <v>0</v>
+      </c>
+      <c r="L241" t="s">
+        <v>27</v>
+      </c>
+      <c r="M241">
+        <v>1</v>
+      </c>
+      <c r="N241" t="s">
+        <v>59</v>
+      </c>
+      <c r="O241">
+        <v>2</v>
+      </c>
+      <c r="P241">
+        <v>15504</v>
+      </c>
+      <c r="Q241" t="s">
+        <v>57</v>
+      </c>
+      <c r="R241" t="s">
+        <v>30</v>
+      </c>
+      <c r="S241" t="s">
+        <v>31</v>
+      </c>
+      <c r="T241" t="s">
+        <v>32</v>
+      </c>
+      <c r="U241" t="s">
+        <v>34</v>
+      </c>
+      <c r="V241">
+        <v>9</v>
+      </c>
+      <c r="W241">
+        <v>0</v>
+      </c>
+      <c r="X241">
+        <v>0</v>
+      </c>
+      <c r="Y241">
+        <v>0.792</v>
+      </c>
+    </row>
+    <row r="242" spans="1:25">
+      <c r="A242" t="s">
+        <v>25</v>
+      </c>
+      <c r="B242">
+        <v>2025</v>
+      </c>
+      <c r="C242">
+        <v>3250</v>
+      </c>
+      <c r="D242" t="s">
+        <v>26</v>
+      </c>
+      <c r="E242">
+        <v>8</v>
+      </c>
+      <c r="F242">
+        <v>8</v>
+      </c>
+      <c r="G242">
+        <v>3.4276</v>
+      </c>
+      <c r="H242">
+        <v>279</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
+      </c>
+      <c r="J242">
+        <v>26.517</v>
+      </c>
+      <c r="K242">
+        <v>0</v>
+      </c>
+      <c r="L242" t="s">
+        <v>27</v>
+      </c>
+      <c r="M242">
+        <v>1</v>
+      </c>
+      <c r="N242" t="s">
+        <v>59</v>
+      </c>
+      <c r="O242">
+        <v>2</v>
+      </c>
+      <c r="P242">
+        <v>15504</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>29</v>
+      </c>
+      <c r="R242" t="s">
+        <v>30</v>
+      </c>
+      <c r="S242" t="s">
+        <v>31</v>
+      </c>
+      <c r="T242" t="s">
+        <v>32</v>
+      </c>
+      <c r="U242" t="s">
+        <v>33</v>
+      </c>
+      <c r="V242">
+        <v>95</v>
+      </c>
+      <c r="W242">
+        <v>0</v>
+      </c>
+      <c r="X242">
+        <v>0</v>
+      </c>
+      <c r="Y242">
+        <v>3.153</v>
+      </c>
+    </row>
+    <row r="243" spans="1:25">
+      <c r="A243" t="s">
+        <v>25</v>
+      </c>
+      <c r="B243">
+        <v>2025</v>
+      </c>
+      <c r="C243">
+        <v>3250</v>
+      </c>
+      <c r="D243" t="s">
+        <v>26</v>
+      </c>
+      <c r="E243">
+        <v>8</v>
+      </c>
+      <c r="F243">
+        <v>8</v>
+      </c>
+      <c r="G243">
+        <v>3.4276</v>
+      </c>
+      <c r="H243">
+        <v>279</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="J243">
+        <v>26.517</v>
+      </c>
+      <c r="K243">
+        <v>0</v>
+      </c>
+      <c r="L243" t="s">
+        <v>27</v>
+      </c>
+      <c r="M243">
+        <v>1</v>
+      </c>
+      <c r="N243" t="s">
+        <v>59</v>
+      </c>
+      <c r="O243">
+        <v>2</v>
+      </c>
+      <c r="P243">
+        <v>15504</v>
+      </c>
+      <c r="Q243" t="s">
+        <v>29</v>
+      </c>
+      <c r="R243" t="s">
+        <v>30</v>
+      </c>
+      <c r="S243" t="s">
+        <v>31</v>
+      </c>
+      <c r="T243" t="s">
+        <v>32</v>
+      </c>
+      <c r="U243" t="s">
+        <v>34</v>
+      </c>
+      <c r="V243">
+        <v>121</v>
+      </c>
+      <c r="W243">
+        <v>0</v>
+      </c>
+      <c r="X243">
+        <v>0</v>
+      </c>
+      <c r="Y243">
+        <v>13.165</v>
+      </c>
+    </row>
+    <row r="244" spans="1:25">
+      <c r="A244" t="s">
+        <v>25</v>
+      </c>
+      <c r="B244">
+        <v>2025</v>
+      </c>
+      <c r="C244">
+        <v>3250</v>
+      </c>
+      <c r="D244" t="s">
+        <v>26</v>
+      </c>
+      <c r="E244">
+        <v>8</v>
+      </c>
+      <c r="F244">
+        <v>8</v>
+      </c>
+      <c r="G244">
+        <v>3.4276</v>
+      </c>
+      <c r="H244">
+        <v>279</v>
+      </c>
+      <c r="I244">
+        <v>0</v>
+      </c>
+      <c r="J244">
+        <v>26.517</v>
+      </c>
+      <c r="K244">
+        <v>0</v>
+      </c>
+      <c r="L244" t="s">
+        <v>27</v>
+      </c>
+      <c r="M244">
+        <v>1</v>
+      </c>
+      <c r="N244" t="s">
+        <v>59</v>
+      </c>
+      <c r="O244">
+        <v>2</v>
+      </c>
+      <c r="P244">
+        <v>15504</v>
+      </c>
+      <c r="Q244" t="s">
+        <v>29</v>
+      </c>
+      <c r="R244" t="s">
+        <v>30</v>
+      </c>
+      <c r="S244" t="s">
+        <v>31</v>
+      </c>
+      <c r="T244" t="s">
+        <v>32</v>
+      </c>
+      <c r="U244" t="s">
+        <v>35</v>
+      </c>
+      <c r="V244">
+        <v>22</v>
+      </c>
+      <c r="W244">
+        <v>0</v>
+      </c>
+      <c r="X244">
+        <v>0</v>
+      </c>
+      <c r="Y244">
+        <v>5.478</v>
+      </c>
+    </row>
+    <row r="245" spans="1:25">
+      <c r="A245" t="s">
+        <v>25</v>
+      </c>
+      <c r="B245">
+        <v>2025</v>
+      </c>
+      <c r="C245">
+        <v>3250</v>
+      </c>
+      <c r="D245" t="s">
+        <v>26</v>
+      </c>
+      <c r="E245">
+        <v>8</v>
+      </c>
+      <c r="F245">
+        <v>8</v>
+      </c>
+      <c r="G245">
+        <v>3.4276</v>
+      </c>
+      <c r="H245">
+        <v>279</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
+      </c>
+      <c r="J245">
+        <v>26.517</v>
+      </c>
+      <c r="K245">
+        <v>0</v>
+      </c>
+      <c r="L245" t="s">
+        <v>27</v>
+      </c>
+      <c r="M245">
+        <v>1</v>
+      </c>
+      <c r="N245" t="s">
+        <v>59</v>
+      </c>
+      <c r="O245">
+        <v>2</v>
+      </c>
+      <c r="P245">
+        <v>15504</v>
+      </c>
+      <c r="Q245" t="s">
+        <v>29</v>
+      </c>
+      <c r="R245" t="s">
+        <v>30</v>
+      </c>
+      <c r="S245" t="s">
+        <v>31</v>
+      </c>
+      <c r="T245" t="s">
+        <v>32</v>
+      </c>
+      <c r="U245" t="s">
+        <v>36</v>
+      </c>
+      <c r="V245">
+        <v>6</v>
+      </c>
+      <c r="W245">
+        <v>0</v>
+      </c>
+      <c r="X245">
+        <v>0</v>
+      </c>
+      <c r="Y245">
+        <v>3.304</v>
+      </c>
+    </row>
+    <row r="246" spans="1:25">
+      <c r="A246" t="s">
+        <v>25</v>
+      </c>
+      <c r="B246">
+        <v>2025</v>
+      </c>
+      <c r="C246">
+        <v>3250</v>
+      </c>
+      <c r="D246" t="s">
+        <v>26</v>
+      </c>
+      <c r="E246">
+        <v>8</v>
+      </c>
+      <c r="F246">
+        <v>9</v>
+      </c>
+      <c r="G246">
+        <v>11.7508</v>
+      </c>
+      <c r="H246">
+        <v>56</v>
+      </c>
+      <c r="I246">
+        <v>1.0</v>
+      </c>
+      <c r="J246">
+        <v>23.478</v>
+      </c>
+      <c r="K246">
+        <v>0</v>
+      </c>
+      <c r="L246" t="s">
+        <v>27</v>
+      </c>
+      <c r="M246">
+        <v>1</v>
+      </c>
+      <c r="O246">
+        <v>2</v>
+      </c>
+      <c r="P246">
+        <v>15504</v>
+      </c>
+      <c r="Q246" t="s">
+        <v>57</v>
+      </c>
+      <c r="R246" t="s">
+        <v>30</v>
+      </c>
+      <c r="S246" t="s">
+        <v>31</v>
+      </c>
+      <c r="T246" t="s">
+        <v>32</v>
+      </c>
+      <c r="U246" t="s">
+        <v>34</v>
+      </c>
+      <c r="V246">
+        <v>8</v>
+      </c>
+      <c r="W246">
+        <v>0</v>
+      </c>
+      <c r="X246">
+        <v>0</v>
+      </c>
+      <c r="Y246">
+        <v>0.894</v>
+      </c>
+    </row>
+    <row r="247" spans="1:25">
+      <c r="A247" t="s">
+        <v>25</v>
+      </c>
+      <c r="B247">
+        <v>2025</v>
+      </c>
+      <c r="C247">
+        <v>3250</v>
+      </c>
+      <c r="D247" t="s">
+        <v>26</v>
+      </c>
+      <c r="E247">
+        <v>8</v>
+      </c>
+      <c r="F247">
+        <v>9</v>
+      </c>
+      <c r="G247">
+        <v>11.7508</v>
+      </c>
+      <c r="H247">
+        <v>56</v>
+      </c>
+      <c r="I247">
+        <v>1.0</v>
+      </c>
+      <c r="J247">
+        <v>23.478</v>
+      </c>
+      <c r="K247">
+        <v>0</v>
+      </c>
+      <c r="L247" t="s">
+        <v>27</v>
+      </c>
+      <c r="M247">
+        <v>1</v>
+      </c>
+      <c r="O247">
+        <v>2</v>
+      </c>
+      <c r="P247">
+        <v>15504</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>57</v>
+      </c>
+      <c r="R247" t="s">
+        <v>30</v>
+      </c>
+      <c r="S247" t="s">
+        <v>31</v>
+      </c>
+      <c r="T247" t="s">
+        <v>32</v>
+      </c>
+      <c r="U247" t="s">
+        <v>35</v>
+      </c>
+      <c r="V247">
+        <v>6</v>
+      </c>
+      <c r="W247">
+        <v>0</v>
+      </c>
+      <c r="X247">
+        <v>0</v>
+      </c>
+      <c r="Y247">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="248" spans="1:25">
+      <c r="A248" t="s">
+        <v>25</v>
+      </c>
+      <c r="B248">
+        <v>2025</v>
+      </c>
+      <c r="C248">
+        <v>3250</v>
+      </c>
+      <c r="D248" t="s">
+        <v>26</v>
+      </c>
+      <c r="E248">
+        <v>8</v>
+      </c>
+      <c r="F248">
+        <v>9</v>
+      </c>
+      <c r="G248">
+        <v>11.7508</v>
+      </c>
+      <c r="H248">
+        <v>56</v>
+      </c>
+      <c r="I248">
+        <v>1.0</v>
+      </c>
+      <c r="J248">
+        <v>23.478</v>
+      </c>
+      <c r="K248">
+        <v>0</v>
+      </c>
+      <c r="L248" t="s">
+        <v>27</v>
+      </c>
+      <c r="M248">
+        <v>1</v>
+      </c>
+      <c r="O248">
+        <v>2</v>
+      </c>
+      <c r="P248">
+        <v>15504</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>57</v>
+      </c>
+      <c r="R248" t="s">
+        <v>30</v>
+      </c>
+      <c r="S248" t="s">
+        <v>31</v>
+      </c>
+      <c r="T248" t="s">
+        <v>32</v>
+      </c>
+      <c r="U248" t="s">
+        <v>36</v>
+      </c>
+      <c r="V248">
+        <v>14</v>
+      </c>
+      <c r="W248">
+        <v>0</v>
+      </c>
+      <c r="X248">
+        <v>0</v>
+      </c>
+      <c r="Y248">
+        <v>5.856</v>
+      </c>
+    </row>
+    <row r="249" spans="1:25">
+      <c r="A249" t="s">
+        <v>25</v>
+      </c>
+      <c r="B249">
+        <v>2025</v>
+      </c>
+      <c r="C249">
+        <v>3250</v>
+      </c>
+      <c r="D249" t="s">
+        <v>26</v>
+      </c>
+      <c r="E249">
+        <v>8</v>
+      </c>
+      <c r="F249">
+        <v>9</v>
+      </c>
+      <c r="G249">
+        <v>11.7508</v>
+      </c>
+      <c r="H249">
+        <v>56</v>
+      </c>
+      <c r="I249">
+        <v>1.0</v>
+      </c>
+      <c r="J249">
+        <v>23.478</v>
+      </c>
+      <c r="K249">
+        <v>0</v>
+      </c>
+      <c r="L249" t="s">
+        <v>27</v>
+      </c>
+      <c r="M249">
+        <v>1</v>
+      </c>
+      <c r="O249">
+        <v>2</v>
+      </c>
+      <c r="P249">
+        <v>15504</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>57</v>
+      </c>
+      <c r="R249" t="s">
+        <v>30</v>
+      </c>
+      <c r="S249" t="s">
+        <v>31</v>
+      </c>
+      <c r="T249" t="s">
+        <v>32</v>
+      </c>
+      <c r="U249" t="s">
+        <v>37</v>
+      </c>
+      <c r="V249">
+        <v>1</v>
+      </c>
+      <c r="W249">
+        <v>0</v>
+      </c>
+      <c r="X249">
+        <v>0</v>
+      </c>
+      <c r="Y249">
+        <v>1.066</v>
+      </c>
+    </row>
+    <row r="250" spans="1:25">
+      <c r="A250" t="s">
+        <v>25</v>
+      </c>
+      <c r="B250">
+        <v>2025</v>
+      </c>
+      <c r="C250">
+        <v>3250</v>
+      </c>
+      <c r="D250" t="s">
+        <v>26</v>
+      </c>
+      <c r="E250">
+        <v>8</v>
+      </c>
+      <c r="F250">
+        <v>9</v>
+      </c>
+      <c r="G250">
+        <v>11.7508</v>
+      </c>
+      <c r="H250">
+        <v>56</v>
+      </c>
+      <c r="I250">
+        <v>1.0</v>
+      </c>
+      <c r="J250">
+        <v>23.478</v>
+      </c>
+      <c r="K250">
+        <v>0</v>
+      </c>
+      <c r="L250" t="s">
+        <v>27</v>
+      </c>
+      <c r="M250">
+        <v>1</v>
+      </c>
+      <c r="O250">
+        <v>2</v>
+      </c>
+      <c r="P250">
+        <v>15504</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>44</v>
+      </c>
+      <c r="R250" t="s">
+        <v>30</v>
+      </c>
+      <c r="S250" t="s">
+        <v>31</v>
+      </c>
+      <c r="T250" t="s">
+        <v>32</v>
+      </c>
+      <c r="U250" t="s">
+        <v>34</v>
+      </c>
+      <c r="V250">
+        <v>1</v>
+      </c>
+      <c r="W250">
+        <v>0</v>
+      </c>
+      <c r="X250">
+        <v>0</v>
+      </c>
+      <c r="Y250">
+        <v>0.149</v>
+      </c>
+    </row>
+    <row r="251" spans="1:25">
+      <c r="A251" t="s">
+        <v>25</v>
+      </c>
+      <c r="B251">
+        <v>2025</v>
+      </c>
+      <c r="C251">
+        <v>3250</v>
+      </c>
+      <c r="D251" t="s">
+        <v>26</v>
+      </c>
+      <c r="E251">
+        <v>8</v>
+      </c>
+      <c r="F251">
+        <v>9</v>
+      </c>
+      <c r="G251">
+        <v>11.7508</v>
+      </c>
+      <c r="H251">
+        <v>56</v>
+      </c>
+      <c r="I251">
+        <v>1.0</v>
+      </c>
+      <c r="J251">
+        <v>23.478</v>
+      </c>
+      <c r="K251">
+        <v>0</v>
+      </c>
+      <c r="L251" t="s">
+        <v>27</v>
+      </c>
+      <c r="M251">
+        <v>1</v>
+      </c>
+      <c r="O251">
+        <v>2</v>
+      </c>
+      <c r="P251">
+        <v>15504</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>44</v>
+      </c>
+      <c r="R251" t="s">
+        <v>30</v>
+      </c>
+      <c r="S251" t="s">
+        <v>31</v>
+      </c>
+      <c r="T251" t="s">
+        <v>32</v>
+      </c>
+      <c r="U251" t="s">
+        <v>35</v>
+      </c>
+      <c r="V251">
+        <v>2</v>
+      </c>
+      <c r="W251">
+        <v>0</v>
+      </c>
+      <c r="X251">
+        <v>0</v>
+      </c>
+      <c r="Y251">
+        <v>0.452</v>
+      </c>
+    </row>
+    <row r="252" spans="1:25">
+      <c r="A252" t="s">
+        <v>25</v>
+      </c>
+      <c r="B252">
+        <v>2025</v>
+      </c>
+      <c r="C252">
+        <v>3250</v>
+      </c>
+      <c r="D252" t="s">
+        <v>26</v>
+      </c>
+      <c r="E252">
+        <v>8</v>
+      </c>
+      <c r="F252">
+        <v>9</v>
+      </c>
+      <c r="G252">
+        <v>11.7508</v>
+      </c>
+      <c r="H252">
+        <v>56</v>
+      </c>
+      <c r="I252">
+        <v>1.0</v>
+      </c>
+      <c r="J252">
+        <v>23.478</v>
+      </c>
+      <c r="K252">
+        <v>0</v>
+      </c>
+      <c r="L252" t="s">
+        <v>27</v>
+      </c>
+      <c r="M252">
+        <v>1</v>
+      </c>
+      <c r="O252">
+        <v>2</v>
+      </c>
+      <c r="P252">
+        <v>15504</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>44</v>
+      </c>
+      <c r="R252" t="s">
+        <v>30</v>
+      </c>
+      <c r="S252" t="s">
+        <v>31</v>
+      </c>
+      <c r="T252" t="s">
+        <v>32</v>
+      </c>
+      <c r="U252" t="s">
+        <v>36</v>
+      </c>
+      <c r="V252">
+        <v>5</v>
+      </c>
+      <c r="W252">
+        <v>0</v>
+      </c>
+      <c r="X252">
+        <v>0</v>
+      </c>
+      <c r="Y252">
+        <v>2.189</v>
+      </c>
+    </row>
+    <row r="253" spans="1:25">
+      <c r="A253" t="s">
+        <v>25</v>
+      </c>
+      <c r="B253">
+        <v>2025</v>
+      </c>
+      <c r="C253">
+        <v>3250</v>
+      </c>
+      <c r="D253" t="s">
+        <v>26</v>
+      </c>
+      <c r="E253">
+        <v>8</v>
+      </c>
+      <c r="F253">
+        <v>9</v>
+      </c>
+      <c r="G253">
+        <v>11.7508</v>
+      </c>
+      <c r="H253">
+        <v>56</v>
+      </c>
+      <c r="I253">
+        <v>1.0</v>
+      </c>
+      <c r="J253">
+        <v>23.478</v>
+      </c>
+      <c r="K253">
+        <v>0</v>
+      </c>
+      <c r="L253" t="s">
+        <v>27</v>
+      </c>
+      <c r="M253">
+        <v>1</v>
+      </c>
+      <c r="O253">
+        <v>2</v>
+      </c>
+      <c r="P253">
+        <v>15504</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>44</v>
+      </c>
+      <c r="R253" t="s">
+        <v>30</v>
+      </c>
+      <c r="S253" t="s">
+        <v>31</v>
+      </c>
+      <c r="T253" t="s">
+        <v>32</v>
+      </c>
+      <c r="U253" t="s">
+        <v>37</v>
+      </c>
+      <c r="V253">
+        <v>1</v>
+      </c>
+      <c r="W253">
+        <v>0</v>
+      </c>
+      <c r="X253">
+        <v>0</v>
+      </c>
+      <c r="Y253">
+        <v>1.024</v>
+      </c>
+    </row>
+    <row r="254" spans="1:25">
+      <c r="A254" t="s">
+        <v>25</v>
+      </c>
+      <c r="B254">
+        <v>2025</v>
+      </c>
+      <c r="C254">
+        <v>3250</v>
+      </c>
+      <c r="D254" t="s">
+        <v>26</v>
+      </c>
+      <c r="E254">
+        <v>8</v>
+      </c>
+      <c r="F254">
+        <v>9</v>
+      </c>
+      <c r="G254">
+        <v>11.7508</v>
+      </c>
+      <c r="H254">
+        <v>56</v>
+      </c>
+      <c r="I254">
+        <v>1.0</v>
+      </c>
+      <c r="J254">
+        <v>23.478</v>
+      </c>
+      <c r="K254">
+        <v>0</v>
+      </c>
+      <c r="L254" t="s">
+        <v>27</v>
+      </c>
+      <c r="M254">
+        <v>1</v>
+      </c>
+      <c r="O254">
+        <v>2</v>
+      </c>
+      <c r="P254">
+        <v>15504</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>29</v>
+      </c>
+      <c r="R254" t="s">
+        <v>30</v>
+      </c>
+      <c r="S254" t="s">
+        <v>31</v>
+      </c>
+      <c r="T254" t="s">
+        <v>32</v>
+      </c>
+      <c r="U254" t="s">
+        <v>34</v>
+      </c>
+      <c r="V254">
+        <v>6</v>
+      </c>
+      <c r="W254">
+        <v>0</v>
+      </c>
+      <c r="X254">
+        <v>0</v>
+      </c>
+      <c r="Y254">
+        <v>0.786</v>
+      </c>
+    </row>
+    <row r="255" spans="1:25">
+      <c r="A255" t="s">
+        <v>25</v>
+      </c>
+      <c r="B255">
+        <v>2025</v>
+      </c>
+      <c r="C255">
+        <v>3250</v>
+      </c>
+      <c r="D255" t="s">
+        <v>26</v>
+      </c>
+      <c r="E255">
+        <v>8</v>
+      </c>
+      <c r="F255">
+        <v>9</v>
+      </c>
+      <c r="G255">
+        <v>11.7508</v>
+      </c>
+      <c r="H255">
+        <v>56</v>
+      </c>
+      <c r="I255">
+        <v>1.0</v>
+      </c>
+      <c r="J255">
+        <v>23.478</v>
+      </c>
+      <c r="K255">
+        <v>0</v>
+      </c>
+      <c r="L255" t="s">
+        <v>27</v>
+      </c>
+      <c r="M255">
+        <v>1</v>
+      </c>
+      <c r="O255">
+        <v>2</v>
+      </c>
+      <c r="P255">
+        <v>15504</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>29</v>
+      </c>
+      <c r="R255" t="s">
+        <v>30</v>
+      </c>
+      <c r="S255" t="s">
+        <v>31</v>
+      </c>
+      <c r="T255" t="s">
+        <v>32</v>
+      </c>
+      <c r="U255" t="s">
+        <v>35</v>
+      </c>
+      <c r="V255">
+        <v>1</v>
+      </c>
+      <c r="W255">
+        <v>0</v>
+      </c>
+      <c r="X255">
+        <v>0</v>
+      </c>
+      <c r="Y255">
+        <v>0.258</v>
+      </c>
+    </row>
+    <row r="256" spans="1:25">
+      <c r="A256" t="s">
+        <v>25</v>
+      </c>
+      <c r="B256">
+        <v>2025</v>
+      </c>
+      <c r="C256">
+        <v>3250</v>
+      </c>
+      <c r="D256" t="s">
+        <v>26</v>
+      </c>
+      <c r="E256">
+        <v>8</v>
+      </c>
+      <c r="F256">
+        <v>9</v>
+      </c>
+      <c r="G256">
+        <v>11.7508</v>
+      </c>
+      <c r="H256">
+        <v>56</v>
+      </c>
+      <c r="I256">
+        <v>1.0</v>
+      </c>
+      <c r="J256">
+        <v>23.478</v>
+      </c>
+      <c r="K256">
+        <v>0</v>
+      </c>
+      <c r="L256" t="s">
+        <v>27</v>
+      </c>
+      <c r="M256">
+        <v>1</v>
+      </c>
+      <c r="O256">
+        <v>2</v>
+      </c>
+      <c r="P256">
+        <v>15504</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>29</v>
+      </c>
+      <c r="R256" t="s">
+        <v>30</v>
+      </c>
+      <c r="S256" t="s">
+        <v>31</v>
+      </c>
+      <c r="T256" t="s">
+        <v>32</v>
+      </c>
+      <c r="U256" t="s">
+        <v>36</v>
+      </c>
+      <c r="V256">
+        <v>4</v>
+      </c>
+      <c r="W256">
+        <v>0</v>
+      </c>
+      <c r="X256">
+        <v>0</v>
+      </c>
+      <c r="Y256">
+        <v>2.498</v>
+      </c>
+    </row>
+    <row r="257" spans="1:25">
+      <c r="A257" t="s">
+        <v>25</v>
+      </c>
+      <c r="B257">
+        <v>2025</v>
+      </c>
+      <c r="C257">
+        <v>3250</v>
+      </c>
+      <c r="D257" t="s">
+        <v>26</v>
+      </c>
+      <c r="E257">
+        <v>8</v>
+      </c>
+      <c r="F257">
+        <v>9</v>
+      </c>
+      <c r="G257">
+        <v>11.7508</v>
+      </c>
+      <c r="H257">
+        <v>56</v>
+      </c>
+      <c r="I257">
+        <v>1.0</v>
+      </c>
+      <c r="J257">
+        <v>23.478</v>
+      </c>
+      <c r="K257">
+        <v>0</v>
+      </c>
+      <c r="L257" t="s">
+        <v>27</v>
+      </c>
+      <c r="M257">
+        <v>1</v>
+      </c>
+      <c r="O257">
+        <v>2</v>
+      </c>
+      <c r="P257">
+        <v>15504</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>29</v>
+      </c>
+      <c r="R257" t="s">
+        <v>30</v>
+      </c>
+      <c r="S257" t="s">
+        <v>31</v>
+      </c>
+      <c r="T257" t="s">
+        <v>32</v>
+      </c>
+      <c r="U257" t="s">
+        <v>37</v>
+      </c>
+      <c r="V257">
+        <v>5</v>
+      </c>
+      <c r="W257">
+        <v>0</v>
+      </c>
+      <c r="X257">
+        <v>0</v>
+      </c>
+      <c r="Y257">
+        <v>5.47</v>
+      </c>
+    </row>
+    <row r="258" spans="1:25">
+      <c r="A258" t="s">
+        <v>25</v>
+      </c>
+      <c r="B258">
+        <v>2025</v>
+      </c>
+      <c r="C258">
+        <v>3250</v>
+      </c>
+      <c r="D258" t="s">
+        <v>26</v>
+      </c>
+      <c r="E258">
+        <v>8</v>
+      </c>
+      <c r="F258">
+        <v>9</v>
+      </c>
+      <c r="G258">
+        <v>11.7508</v>
+      </c>
+      <c r="H258">
+        <v>56</v>
+      </c>
+      <c r="I258">
+        <v>1.0</v>
+      </c>
+      <c r="J258">
+        <v>23.478</v>
+      </c>
+      <c r="K258">
+        <v>0</v>
+      </c>
+      <c r="L258" t="s">
+        <v>27</v>
+      </c>
+      <c r="M258">
+        <v>1</v>
+      </c>
+      <c r="O258">
+        <v>2</v>
+      </c>
+      <c r="P258">
+        <v>15504</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>29</v>
+      </c>
+      <c r="R258" t="s">
+        <v>30</v>
+      </c>
+      <c r="S258" t="s">
+        <v>31</v>
+      </c>
+      <c r="T258" t="s">
+        <v>32</v>
+      </c>
+      <c r="U258" t="s">
+        <v>40</v>
+      </c>
+      <c r="V258">
+        <v>2</v>
+      </c>
+      <c r="W258">
+        <v>1.0</v>
+      </c>
+      <c r="X258">
+        <v>0</v>
+      </c>
+      <c r="Y258">
+        <v>1.486</v>
+      </c>
+    </row>
+    <row r="259" spans="1:25">
+      <c r="A259" t="s">
+        <v>25</v>
+      </c>
+      <c r="B259">
+        <v>2025</v>
+      </c>
+      <c r="C259">
+        <v>3250</v>
+      </c>
+      <c r="D259" t="s">
+        <v>26</v>
+      </c>
+      <c r="E259">
+        <v>8</v>
+      </c>
+      <c r="F259">
+        <v>10</v>
+      </c>
+      <c r="G259">
+        <v>11.7508</v>
+      </c>
+      <c r="H259">
+        <v>60</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
+      </c>
+      <c r="J259">
+        <v>27.478</v>
+      </c>
+      <c r="K259">
+        <v>0</v>
+      </c>
+      <c r="L259" t="s">
+        <v>27</v>
+      </c>
+      <c r="M259">
+        <v>1</v>
+      </c>
+      <c r="N259" t="s">
+        <v>59</v>
+      </c>
+      <c r="O259">
+        <v>2</v>
+      </c>
+      <c r="P259">
+        <v>15504</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>29</v>
+      </c>
+      <c r="R259" t="s">
+        <v>30</v>
+      </c>
+      <c r="S259" t="s">
+        <v>31</v>
+      </c>
+      <c r="T259" t="s">
+        <v>32</v>
+      </c>
+      <c r="U259" t="s">
+        <v>33</v>
+      </c>
+      <c r="V259">
+        <v>2</v>
+      </c>
+      <c r="W259">
+        <v>0</v>
+      </c>
+      <c r="X259">
+        <v>0</v>
+      </c>
+      <c r="Y259">
+        <v>0.069</v>
+      </c>
+    </row>
+    <row r="260" spans="1:25">
+      <c r="A260" t="s">
+        <v>25</v>
+      </c>
+      <c r="B260">
+        <v>2025</v>
+      </c>
+      <c r="C260">
+        <v>3250</v>
+      </c>
+      <c r="D260" t="s">
+        <v>26</v>
+      </c>
+      <c r="E260">
+        <v>8</v>
+      </c>
+      <c r="F260">
+        <v>10</v>
+      </c>
+      <c r="G260">
+        <v>11.7508</v>
+      </c>
+      <c r="H260">
+        <v>60</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
+      </c>
+      <c r="J260">
+        <v>27.478</v>
+      </c>
+      <c r="K260">
+        <v>0</v>
+      </c>
+      <c r="L260" t="s">
+        <v>27</v>
+      </c>
+      <c r="M260">
+        <v>1</v>
+      </c>
+      <c r="N260" t="s">
+        <v>59</v>
+      </c>
+      <c r="O260">
+        <v>2</v>
+      </c>
+      <c r="P260">
+        <v>15504</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>29</v>
+      </c>
+      <c r="R260" t="s">
+        <v>30</v>
+      </c>
+      <c r="S260" t="s">
+        <v>31</v>
+      </c>
+      <c r="T260" t="s">
+        <v>32</v>
+      </c>
+      <c r="U260" t="s">
+        <v>34</v>
+      </c>
+      <c r="V260">
+        <v>6</v>
+      </c>
+      <c r="W260">
+        <v>0</v>
+      </c>
+      <c r="X260">
+        <v>0</v>
+      </c>
+      <c r="Y260">
+        <v>0.786</v>
+      </c>
+    </row>
+    <row r="261" spans="1:25">
+      <c r="A261" t="s">
+        <v>25</v>
+      </c>
+      <c r="B261">
+        <v>2025</v>
+      </c>
+      <c r="C261">
+        <v>3250</v>
+      </c>
+      <c r="D261" t="s">
+        <v>26</v>
+      </c>
+      <c r="E261">
+        <v>8</v>
+      </c>
+      <c r="F261">
+        <v>10</v>
+      </c>
+      <c r="G261">
+        <v>11.7508</v>
+      </c>
+      <c r="H261">
+        <v>60</v>
+      </c>
+      <c r="I261">
+        <v>0</v>
+      </c>
+      <c r="J261">
+        <v>27.478</v>
+      </c>
+      <c r="K261">
+        <v>0</v>
+      </c>
+      <c r="L261" t="s">
+        <v>27</v>
+      </c>
+      <c r="M261">
+        <v>1</v>
+      </c>
+      <c r="N261" t="s">
+        <v>59</v>
+      </c>
+      <c r="O261">
+        <v>2</v>
+      </c>
+      <c r="P261">
+        <v>15504</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>29</v>
+      </c>
+      <c r="R261" t="s">
+        <v>30</v>
+      </c>
+      <c r="S261" t="s">
+        <v>31</v>
+      </c>
+      <c r="T261" t="s">
+        <v>32</v>
+      </c>
+      <c r="U261" t="s">
+        <v>35</v>
+      </c>
+      <c r="V261">
+        <v>3</v>
+      </c>
+      <c r="W261">
+        <v>0</v>
+      </c>
+      <c r="X261">
+        <v>0</v>
+      </c>
+      <c r="Y261">
+        <v>0.774</v>
+      </c>
+    </row>
+    <row r="262" spans="1:25">
+      <c r="A262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B262">
+        <v>2025</v>
+      </c>
+      <c r="C262">
+        <v>3250</v>
+      </c>
+      <c r="D262" t="s">
+        <v>26</v>
+      </c>
+      <c r="E262">
+        <v>8</v>
+      </c>
+      <c r="F262">
+        <v>10</v>
+      </c>
+      <c r="G262">
+        <v>11.7508</v>
+      </c>
+      <c r="H262">
+        <v>60</v>
+      </c>
+      <c r="I262">
+        <v>0</v>
+      </c>
+      <c r="J262">
+        <v>27.478</v>
+      </c>
+      <c r="K262">
+        <v>0</v>
+      </c>
+      <c r="L262" t="s">
+        <v>27</v>
+      </c>
+      <c r="M262">
+        <v>1</v>
+      </c>
+      <c r="N262" t="s">
+        <v>59</v>
+      </c>
+      <c r="O262">
+        <v>2</v>
+      </c>
+      <c r="P262">
+        <v>15504</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>29</v>
+      </c>
+      <c r="R262" t="s">
+        <v>30</v>
+      </c>
+      <c r="S262" t="s">
+        <v>31</v>
+      </c>
+      <c r="T262" t="s">
+        <v>32</v>
+      </c>
+      <c r="U262" t="s">
+        <v>36</v>
+      </c>
+      <c r="V262">
+        <v>8</v>
+      </c>
+      <c r="W262">
+        <v>0</v>
+      </c>
+      <c r="X262">
+        <v>0</v>
+      </c>
+      <c r="Y262">
+        <v>4.191</v>
+      </c>
+    </row>
+    <row r="263" spans="1:25">
+      <c r="A263" t="s">
+        <v>25</v>
+      </c>
+      <c r="B263">
+        <v>2025</v>
+      </c>
+      <c r="C263">
+        <v>3250</v>
+      </c>
+      <c r="D263" t="s">
+        <v>26</v>
+      </c>
+      <c r="E263">
+        <v>8</v>
+      </c>
+      <c r="F263">
+        <v>10</v>
+      </c>
+      <c r="G263">
+        <v>11.7508</v>
+      </c>
+      <c r="H263">
+        <v>60</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
+      </c>
+      <c r="J263">
+        <v>27.478</v>
+      </c>
+      <c r="K263">
+        <v>0</v>
+      </c>
+      <c r="L263" t="s">
+        <v>27</v>
+      </c>
+      <c r="M263">
+        <v>1</v>
+      </c>
+      <c r="N263" t="s">
+        <v>59</v>
+      </c>
+      <c r="O263">
+        <v>2</v>
+      </c>
+      <c r="P263">
+        <v>15504</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>29</v>
+      </c>
+      <c r="R263" t="s">
+        <v>30</v>
+      </c>
+      <c r="S263" t="s">
+        <v>31</v>
+      </c>
+      <c r="T263" t="s">
+        <v>32</v>
+      </c>
+      <c r="U263" t="s">
+        <v>37</v>
+      </c>
+      <c r="V263">
+        <v>3</v>
+      </c>
+      <c r="W263">
+        <v>0</v>
+      </c>
+      <c r="X263">
+        <v>0</v>
+      </c>
+      <c r="Y263">
+        <v>2.652</v>
+      </c>
+    </row>
+    <row r="264" spans="1:25">
+      <c r="A264" t="s">
+        <v>25</v>
+      </c>
+      <c r="B264">
+        <v>2025</v>
+      </c>
+      <c r="C264">
+        <v>3250</v>
+      </c>
+      <c r="D264" t="s">
+        <v>26</v>
+      </c>
+      <c r="E264">
+        <v>8</v>
+      </c>
+      <c r="F264">
+        <v>10</v>
+      </c>
+      <c r="G264">
+        <v>11.7508</v>
+      </c>
+      <c r="H264">
+        <v>60</v>
+      </c>
+      <c r="I264">
+        <v>0</v>
+      </c>
+      <c r="J264">
+        <v>27.478</v>
+      </c>
+      <c r="K264">
+        <v>0</v>
+      </c>
+      <c r="L264" t="s">
+        <v>27</v>
+      </c>
+      <c r="M264">
+        <v>1</v>
+      </c>
+      <c r="N264" t="s">
+        <v>59</v>
+      </c>
+      <c r="O264">
+        <v>2</v>
+      </c>
+      <c r="P264">
+        <v>15504</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>29</v>
+      </c>
+      <c r="R264" t="s">
+        <v>30</v>
+      </c>
+      <c r="S264" t="s">
+        <v>31</v>
+      </c>
+      <c r="T264" t="s">
+        <v>32</v>
+      </c>
+      <c r="U264" t="s">
+        <v>40</v>
+      </c>
+      <c r="V264">
+        <v>2</v>
+      </c>
+      <c r="W264">
+        <v>0</v>
+      </c>
+      <c r="X264">
+        <v>0</v>
+      </c>
+      <c r="Y264">
+        <v>1.38</v>
+      </c>
+    </row>
+    <row r="265" spans="1:25">
+      <c r="A265" t="s">
+        <v>25</v>
+      </c>
+      <c r="B265">
+        <v>2025</v>
+      </c>
+      <c r="C265">
+        <v>3250</v>
+      </c>
+      <c r="D265" t="s">
+        <v>26</v>
+      </c>
+      <c r="E265">
+        <v>8</v>
+      </c>
+      <c r="F265">
+        <v>10</v>
+      </c>
+      <c r="G265">
+        <v>11.7508</v>
+      </c>
+      <c r="H265">
+        <v>60</v>
+      </c>
+      <c r="I265">
+        <v>0</v>
+      </c>
+      <c r="J265">
+        <v>27.478</v>
+      </c>
+      <c r="K265">
+        <v>0</v>
+      </c>
+      <c r="L265" t="s">
+        <v>27</v>
+      </c>
+      <c r="M265">
+        <v>1</v>
+      </c>
+      <c r="N265" t="s">
+        <v>59</v>
+      </c>
+      <c r="O265">
+        <v>2</v>
+      </c>
+      <c r="P265">
+        <v>15504</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>57</v>
+      </c>
+      <c r="R265" t="s">
+        <v>30</v>
+      </c>
+      <c r="S265" t="s">
+        <v>31</v>
+      </c>
+      <c r="T265" t="s">
+        <v>32</v>
+      </c>
+      <c r="U265" t="s">
+        <v>34</v>
+      </c>
+      <c r="V265">
+        <v>2</v>
+      </c>
+      <c r="W265">
+        <v>0</v>
+      </c>
+      <c r="X265">
+        <v>0</v>
+      </c>
+      <c r="Y265">
+        <v>0.246</v>
+      </c>
+    </row>
+    <row r="266" spans="1:25">
+      <c r="A266" t="s">
+        <v>25</v>
+      </c>
+      <c r="B266">
+        <v>2025</v>
+      </c>
+      <c r="C266">
+        <v>3250</v>
+      </c>
+      <c r="D266" t="s">
+        <v>26</v>
+      </c>
+      <c r="E266">
+        <v>8</v>
+      </c>
+      <c r="F266">
+        <v>10</v>
+      </c>
+      <c r="G266">
+        <v>11.7508</v>
+      </c>
+      <c r="H266">
+        <v>60</v>
+      </c>
+      <c r="I266">
+        <v>0</v>
+      </c>
+      <c r="J266">
+        <v>27.478</v>
+      </c>
+      <c r="K266">
+        <v>0</v>
+      </c>
+      <c r="L266" t="s">
+        <v>27</v>
+      </c>
+      <c r="M266">
+        <v>1</v>
+      </c>
+      <c r="N266" t="s">
+        <v>59</v>
+      </c>
+      <c r="O266">
+        <v>2</v>
+      </c>
+      <c r="P266">
+        <v>15504</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>57</v>
+      </c>
+      <c r="R266" t="s">
+        <v>30</v>
+      </c>
+      <c r="S266" t="s">
+        <v>31</v>
+      </c>
+      <c r="T266" t="s">
+        <v>32</v>
+      </c>
+      <c r="U266" t="s">
+        <v>35</v>
+      </c>
+      <c r="V266">
+        <v>2</v>
+      </c>
+      <c r="W266">
+        <v>0</v>
+      </c>
+      <c r="X266">
+        <v>0</v>
+      </c>
+      <c r="Y266">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="267" spans="1:25">
+      <c r="A267" t="s">
+        <v>25</v>
+      </c>
+      <c r="B267">
+        <v>2025</v>
+      </c>
+      <c r="C267">
+        <v>3250</v>
+      </c>
+      <c r="D267" t="s">
+        <v>26</v>
+      </c>
+      <c r="E267">
+        <v>8</v>
+      </c>
+      <c r="F267">
+        <v>10</v>
+      </c>
+      <c r="G267">
+        <v>11.7508</v>
+      </c>
+      <c r="H267">
+        <v>60</v>
+      </c>
+      <c r="I267">
+        <v>0</v>
+      </c>
+      <c r="J267">
+        <v>27.478</v>
+      </c>
+      <c r="K267">
+        <v>0</v>
+      </c>
+      <c r="L267" t="s">
+        <v>27</v>
+      </c>
+      <c r="M267">
+        <v>1</v>
+      </c>
+      <c r="N267" t="s">
+        <v>59</v>
+      </c>
+      <c r="O267">
+        <v>2</v>
+      </c>
+      <c r="P267">
+        <v>15504</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>57</v>
+      </c>
+      <c r="R267" t="s">
+        <v>30</v>
+      </c>
+      <c r="S267" t="s">
+        <v>31</v>
+      </c>
+      <c r="T267" t="s">
+        <v>32</v>
+      </c>
+      <c r="U267" t="s">
+        <v>36</v>
+      </c>
+      <c r="V267">
+        <v>8</v>
+      </c>
+      <c r="W267">
+        <v>0</v>
+      </c>
+      <c r="X267">
+        <v>0</v>
+      </c>
+      <c r="Y267">
+        <v>3.732</v>
+      </c>
+    </row>
+    <row r="268" spans="1:25">
+      <c r="A268" t="s">
+        <v>25</v>
+      </c>
+      <c r="B268">
+        <v>2025</v>
+      </c>
+      <c r="C268">
+        <v>3250</v>
+      </c>
+      <c r="D268" t="s">
+        <v>26</v>
+      </c>
+      <c r="E268">
+        <v>8</v>
+      </c>
+      <c r="F268">
+        <v>10</v>
+      </c>
+      <c r="G268">
+        <v>11.7508</v>
+      </c>
+      <c r="H268">
+        <v>60</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
+      </c>
+      <c r="J268">
+        <v>27.478</v>
+      </c>
+      <c r="K268">
+        <v>0</v>
+      </c>
+      <c r="L268" t="s">
+        <v>27</v>
+      </c>
+      <c r="M268">
+        <v>1</v>
+      </c>
+      <c r="N268" t="s">
+        <v>59</v>
+      </c>
+      <c r="O268">
+        <v>2</v>
+      </c>
+      <c r="P268">
+        <v>15504</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>57</v>
+      </c>
+      <c r="R268" t="s">
+        <v>30</v>
+      </c>
+      <c r="S268" t="s">
+        <v>31</v>
+      </c>
+      <c r="T268" t="s">
+        <v>32</v>
+      </c>
+      <c r="U268" t="s">
+        <v>37</v>
+      </c>
+      <c r="V268">
+        <v>1</v>
+      </c>
+      <c r="W268">
+        <v>0</v>
+      </c>
+      <c r="X268">
+        <v>0</v>
+      </c>
+      <c r="Y268">
+        <v>1.066</v>
+      </c>
+    </row>
+    <row r="269" spans="1:25">
+      <c r="A269" t="s">
+        <v>25</v>
+      </c>
+      <c r="B269">
+        <v>2025</v>
+      </c>
+      <c r="C269">
+        <v>3250</v>
+      </c>
+      <c r="D269" t="s">
+        <v>26</v>
+      </c>
+      <c r="E269">
+        <v>8</v>
+      </c>
+      <c r="F269">
+        <v>10</v>
+      </c>
+      <c r="G269">
+        <v>11.7508</v>
+      </c>
+      <c r="H269">
+        <v>60</v>
+      </c>
+      <c r="I269">
+        <v>0</v>
+      </c>
+      <c r="J269">
+        <v>27.478</v>
+      </c>
+      <c r="K269">
+        <v>0</v>
+      </c>
+      <c r="L269" t="s">
+        <v>27</v>
+      </c>
+      <c r="M269">
+        <v>1</v>
+      </c>
+      <c r="N269" t="s">
+        <v>59</v>
+      </c>
+      <c r="O269">
+        <v>2</v>
+      </c>
+      <c r="P269">
+        <v>15504</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>44</v>
+      </c>
+      <c r="R269" t="s">
+        <v>30</v>
+      </c>
+      <c r="S269" t="s">
+        <v>31</v>
+      </c>
+      <c r="T269" t="s">
+        <v>32</v>
+      </c>
+      <c r="U269" t="s">
+        <v>34</v>
+      </c>
+      <c r="V269">
+        <v>3</v>
+      </c>
+      <c r="W269">
+        <v>0</v>
+      </c>
+      <c r="X269">
+        <v>0</v>
+      </c>
+      <c r="Y269">
+        <v>0.447</v>
+      </c>
+    </row>
+    <row r="270" spans="1:25">
+      <c r="A270" t="s">
+        <v>25</v>
+      </c>
+      <c r="B270">
+        <v>2025</v>
+      </c>
+      <c r="C270">
+        <v>3250</v>
+      </c>
+      <c r="D270" t="s">
+        <v>26</v>
+      </c>
+      <c r="E270">
+        <v>8</v>
+      </c>
+      <c r="F270">
+        <v>10</v>
+      </c>
+      <c r="G270">
+        <v>11.7508</v>
+      </c>
+      <c r="H270">
+        <v>60</v>
+      </c>
+      <c r="I270">
+        <v>0</v>
+      </c>
+      <c r="J270">
+        <v>27.478</v>
+      </c>
+      <c r="K270">
+        <v>0</v>
+      </c>
+      <c r="L270" t="s">
+        <v>27</v>
+      </c>
+      <c r="M270">
+        <v>1</v>
+      </c>
+      <c r="N270" t="s">
+        <v>59</v>
+      </c>
+      <c r="O270">
+        <v>2</v>
+      </c>
+      <c r="P270">
+        <v>15504</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>44</v>
+      </c>
+      <c r="R270" t="s">
+        <v>30</v>
+      </c>
+      <c r="S270" t="s">
+        <v>31</v>
+      </c>
+      <c r="T270" t="s">
+        <v>32</v>
+      </c>
+      <c r="U270" t="s">
+        <v>35</v>
+      </c>
+      <c r="V270">
+        <v>3</v>
+      </c>
+      <c r="W270">
+        <v>0</v>
+      </c>
+      <c r="X270">
+        <v>0</v>
+      </c>
+      <c r="Y270">
+        <v>0.678</v>
+      </c>
+    </row>
+    <row r="271" spans="1:25">
+      <c r="A271" t="s">
+        <v>25</v>
+      </c>
+      <c r="B271">
+        <v>2025</v>
+      </c>
+      <c r="C271">
+        <v>3250</v>
+      </c>
+      <c r="D271" t="s">
+        <v>26</v>
+      </c>
+      <c r="E271">
+        <v>8</v>
+      </c>
+      <c r="F271">
+        <v>10</v>
+      </c>
+      <c r="G271">
+        <v>11.7508</v>
+      </c>
+      <c r="H271">
+        <v>60</v>
+      </c>
+      <c r="I271">
+        <v>0</v>
+      </c>
+      <c r="J271">
+        <v>27.478</v>
+      </c>
+      <c r="K271">
+        <v>0</v>
+      </c>
+      <c r="L271" t="s">
+        <v>27</v>
+      </c>
+      <c r="M271">
+        <v>1</v>
+      </c>
+      <c r="N271" t="s">
+        <v>59</v>
+      </c>
+      <c r="O271">
+        <v>2</v>
+      </c>
+      <c r="P271">
+        <v>15504</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>44</v>
+      </c>
+      <c r="R271" t="s">
+        <v>30</v>
+      </c>
+      <c r="S271" t="s">
+        <v>31</v>
+      </c>
+      <c r="T271" t="s">
+        <v>32</v>
+      </c>
+      <c r="U271" t="s">
+        <v>36</v>
+      </c>
+      <c r="V271">
+        <v>10</v>
+      </c>
+      <c r="W271">
+        <v>0</v>
+      </c>
+      <c r="X271">
+        <v>0</v>
+      </c>
+      <c r="Y271">
+        <v>4.689</v>
+      </c>
+    </row>
+    <row r="272" spans="1:25">
+      <c r="A272" t="s">
+        <v>25</v>
+      </c>
+      <c r="B272">
+        <v>2025</v>
+      </c>
+      <c r="C272">
+        <v>3250</v>
+      </c>
+      <c r="D272" t="s">
+        <v>26</v>
+      </c>
+      <c r="E272">
+        <v>8</v>
+      </c>
+      <c r="F272">
+        <v>10</v>
+      </c>
+      <c r="G272">
+        <v>11.7508</v>
+      </c>
+      <c r="H272">
+        <v>60</v>
+      </c>
+      <c r="I272">
+        <v>0</v>
+      </c>
+      <c r="J272">
+        <v>27.478</v>
+      </c>
+      <c r="K272">
+        <v>0</v>
+      </c>
+      <c r="L272" t="s">
+        <v>27</v>
+      </c>
+      <c r="M272">
+        <v>1</v>
+      </c>
+      <c r="N272" t="s">
+        <v>59</v>
+      </c>
+      <c r="O272">
+        <v>2</v>
+      </c>
+      <c r="P272">
+        <v>15504</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>44</v>
+      </c>
+      <c r="R272" t="s">
+        <v>30</v>
+      </c>
+      <c r="S272" t="s">
+        <v>31</v>
+      </c>
+      <c r="T272" t="s">
+        <v>32</v>
+      </c>
+      <c r="U272" t="s">
+        <v>37</v>
+      </c>
+      <c r="V272">
+        <v>7</v>
+      </c>
+      <c r="W272">
+        <v>0</v>
+      </c>
+      <c r="X272">
+        <v>0</v>
+      </c>
+      <c r="Y272">
+        <v>6.318</v>
+      </c>
+    </row>
+    <row r="273" spans="1:25">
+      <c r="A273" t="s">
+        <v>25</v>
+      </c>
+      <c r="B273">
+        <v>2025</v>
+      </c>
+      <c r="C273">
+        <v>3250</v>
+      </c>
+      <c r="D273" t="s">
+        <v>26</v>
+      </c>
+      <c r="E273">
+        <v>8</v>
+      </c>
+      <c r="F273">
+        <v>11</v>
+      </c>
+      <c r="G273">
+        <v>13.7555</v>
+      </c>
+      <c r="H273">
+        <v>80</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
+      </c>
+      <c r="J273">
+        <v>18.434</v>
+      </c>
+      <c r="K273">
+        <v>0</v>
+      </c>
+      <c r="L273" t="s">
+        <v>27</v>
+      </c>
+      <c r="M273">
+        <v>1</v>
+      </c>
+      <c r="N273" t="s">
+        <v>60</v>
+      </c>
+      <c r="O273">
+        <v>2</v>
+      </c>
+      <c r="P273">
+        <v>15504</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>57</v>
+      </c>
+      <c r="R273" t="s">
+        <v>30</v>
+      </c>
+      <c r="S273" t="s">
+        <v>31</v>
+      </c>
+      <c r="T273" t="s">
+        <v>32</v>
+      </c>
+      <c r="U273" t="s">
+        <v>33</v>
+      </c>
+      <c r="V273">
+        <v>3</v>
+      </c>
+      <c r="W273">
+        <v>0</v>
+      </c>
+      <c r="X273">
+        <v>0</v>
+      </c>
+      <c r="Y273">
+        <v>0.105</v>
+      </c>
+    </row>
+    <row r="274" spans="1:25">
+      <c r="A274" t="s">
+        <v>25</v>
+      </c>
+      <c r="B274">
+        <v>2025</v>
+      </c>
+      <c r="C274">
+        <v>3250</v>
+      </c>
+      <c r="D274" t="s">
+        <v>26</v>
+      </c>
+      <c r="E274">
+        <v>8</v>
+      </c>
+      <c r="F274">
+        <v>11</v>
+      </c>
+      <c r="G274">
+        <v>13.7555</v>
+      </c>
+      <c r="H274">
+        <v>80</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
+      </c>
+      <c r="J274">
+        <v>18.434</v>
+      </c>
+      <c r="K274">
+        <v>0</v>
+      </c>
+      <c r="L274" t="s">
+        <v>27</v>
+      </c>
+      <c r="M274">
+        <v>1</v>
+      </c>
+      <c r="N274" t="s">
+        <v>60</v>
+      </c>
+      <c r="O274">
+        <v>2</v>
+      </c>
+      <c r="P274">
+        <v>15504</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>57</v>
+      </c>
+      <c r="R274" t="s">
+        <v>30</v>
+      </c>
+      <c r="S274" t="s">
+        <v>31</v>
+      </c>
+      <c r="T274" t="s">
+        <v>32</v>
+      </c>
+      <c r="U274" t="s">
+        <v>34</v>
+      </c>
+      <c r="V274">
+        <v>22</v>
+      </c>
+      <c r="W274">
+        <v>0</v>
+      </c>
+      <c r="X274">
+        <v>0</v>
+      </c>
+      <c r="Y274">
+        <v>2.346</v>
+      </c>
+    </row>
+    <row r="275" spans="1:25">
+      <c r="A275" t="s">
+        <v>25</v>
+      </c>
+      <c r="B275">
+        <v>2025</v>
+      </c>
+      <c r="C275">
+        <v>3250</v>
+      </c>
+      <c r="D275" t="s">
+        <v>26</v>
+      </c>
+      <c r="E275">
+        <v>8</v>
+      </c>
+      <c r="F275">
+        <v>11</v>
+      </c>
+      <c r="G275">
+        <v>13.7555</v>
+      </c>
+      <c r="H275">
+        <v>80</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="J275">
+        <v>18.434</v>
+      </c>
+      <c r="K275">
+        <v>0</v>
+      </c>
+      <c r="L275" t="s">
+        <v>27</v>
+      </c>
+      <c r="M275">
+        <v>1</v>
+      </c>
+      <c r="N275" t="s">
+        <v>60</v>
+      </c>
+      <c r="O275">
+        <v>2</v>
+      </c>
+      <c r="P275">
+        <v>15504</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>57</v>
+      </c>
+      <c r="R275" t="s">
+        <v>30</v>
+      </c>
+      <c r="S275" t="s">
+        <v>31</v>
+      </c>
+      <c r="T275" t="s">
+        <v>32</v>
+      </c>
+      <c r="U275" t="s">
+        <v>35</v>
+      </c>
+      <c r="V275">
+        <v>8</v>
+      </c>
+      <c r="W275">
+        <v>0</v>
+      </c>
+      <c r="X275">
+        <v>0</v>
+      </c>
+      <c r="Y275">
+        <v>1.8</v>
+      </c>
+    </row>
+    <row r="276" spans="1:25">
+      <c r="A276" t="s">
+        <v>25</v>
+      </c>
+      <c r="B276">
+        <v>2025</v>
+      </c>
+      <c r="C276">
+        <v>3250</v>
+      </c>
+      <c r="D276" t="s">
+        <v>26</v>
+      </c>
+      <c r="E276">
+        <v>8</v>
+      </c>
+      <c r="F276">
+        <v>11</v>
+      </c>
+      <c r="G276">
+        <v>13.7555</v>
+      </c>
+      <c r="H276">
+        <v>80</v>
+      </c>
+      <c r="I276">
+        <v>0</v>
+      </c>
+      <c r="J276">
+        <v>18.434</v>
+      </c>
+      <c r="K276">
+        <v>0</v>
+      </c>
+      <c r="L276" t="s">
+        <v>27</v>
+      </c>
+      <c r="M276">
+        <v>1</v>
+      </c>
+      <c r="N276" t="s">
+        <v>60</v>
+      </c>
+      <c r="O276">
+        <v>2</v>
+      </c>
+      <c r="P276">
+        <v>15504</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>57</v>
+      </c>
+      <c r="R276" t="s">
+        <v>30</v>
+      </c>
+      <c r="S276" t="s">
+        <v>31</v>
+      </c>
+      <c r="T276" t="s">
+        <v>32</v>
+      </c>
+      <c r="U276" t="s">
+        <v>36</v>
+      </c>
+      <c r="V276">
+        <v>5</v>
+      </c>
+      <c r="W276">
+        <v>0</v>
+      </c>
+      <c r="X276">
+        <v>0</v>
+      </c>
+      <c r="Y276">
+        <v>1.869</v>
+      </c>
+    </row>
+    <row r="277" spans="1:25">
+      <c r="A277" t="s">
+        <v>25</v>
+      </c>
+      <c r="B277">
+        <v>2025</v>
+      </c>
+      <c r="C277">
+        <v>3250</v>
+      </c>
+      <c r="D277" t="s">
+        <v>26</v>
+      </c>
+      <c r="E277">
+        <v>8</v>
+      </c>
+      <c r="F277">
+        <v>11</v>
+      </c>
+      <c r="G277">
+        <v>13.7555</v>
+      </c>
+      <c r="H277">
+        <v>80</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
+      </c>
+      <c r="J277">
+        <v>18.434</v>
+      </c>
+      <c r="K277">
+        <v>0</v>
+      </c>
+      <c r="L277" t="s">
+        <v>27</v>
+      </c>
+      <c r="M277">
+        <v>1</v>
+      </c>
+      <c r="N277" t="s">
+        <v>60</v>
+      </c>
+      <c r="O277">
+        <v>2</v>
+      </c>
+      <c r="P277">
+        <v>15504</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>44</v>
+      </c>
+      <c r="R277" t="s">
+        <v>30</v>
+      </c>
+      <c r="S277" t="s">
+        <v>31</v>
+      </c>
+      <c r="T277" t="s">
+        <v>32</v>
+      </c>
+      <c r="U277" t="s">
+        <v>33</v>
+      </c>
+      <c r="V277">
+        <v>1</v>
+      </c>
+      <c r="W277">
+        <v>0</v>
+      </c>
+      <c r="X277">
+        <v>0</v>
+      </c>
+      <c r="Y277">
+        <v>0.042</v>
+      </c>
+    </row>
+    <row r="278" spans="1:25">
+      <c r="A278" t="s">
+        <v>25</v>
+      </c>
+      <c r="B278">
+        <v>2025</v>
+      </c>
+      <c r="C278">
+        <v>3250</v>
+      </c>
+      <c r="D278" t="s">
+        <v>26</v>
+      </c>
+      <c r="E278">
+        <v>8</v>
+      </c>
+      <c r="F278">
+        <v>11</v>
+      </c>
+      <c r="G278">
+        <v>13.7555</v>
+      </c>
+      <c r="H278">
+        <v>80</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="J278">
+        <v>18.434</v>
+      </c>
+      <c r="K278">
+        <v>0</v>
+      </c>
+      <c r="L278" t="s">
+        <v>27</v>
+      </c>
+      <c r="M278">
+        <v>1</v>
+      </c>
+      <c r="N278" t="s">
+        <v>60</v>
+      </c>
+      <c r="O278">
+        <v>2</v>
+      </c>
+      <c r="P278">
+        <v>15504</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>44</v>
+      </c>
+      <c r="R278" t="s">
+        <v>30</v>
+      </c>
+      <c r="S278" t="s">
+        <v>31</v>
+      </c>
+      <c r="T278" t="s">
+        <v>32</v>
+      </c>
+      <c r="U278" t="s">
+        <v>34</v>
+      </c>
+      <c r="V278">
+        <v>14</v>
+      </c>
+      <c r="W278">
+        <v>0</v>
+      </c>
+      <c r="X278">
+        <v>0</v>
+      </c>
+      <c r="Y278">
+        <v>1.542</v>
+      </c>
+    </row>
+    <row r="279" spans="1:25">
+      <c r="A279" t="s">
+        <v>25</v>
+      </c>
+      <c r="B279">
+        <v>2025</v>
+      </c>
+      <c r="C279">
+        <v>3250</v>
+      </c>
+      <c r="D279" t="s">
+        <v>26</v>
+      </c>
+      <c r="E279">
+        <v>8</v>
+      </c>
+      <c r="F279">
+        <v>11</v>
+      </c>
+      <c r="G279">
+        <v>13.7555</v>
+      </c>
+      <c r="H279">
+        <v>80</v>
+      </c>
+      <c r="I279">
+        <v>0</v>
+      </c>
+      <c r="J279">
+        <v>18.434</v>
+      </c>
+      <c r="K279">
+        <v>0</v>
+      </c>
+      <c r="L279" t="s">
+        <v>27</v>
+      </c>
+      <c r="M279">
+        <v>1</v>
+      </c>
+      <c r="N279" t="s">
+        <v>60</v>
+      </c>
+      <c r="O279">
+        <v>2</v>
+      </c>
+      <c r="P279">
+        <v>15504</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>44</v>
+      </c>
+      <c r="R279" t="s">
+        <v>30</v>
+      </c>
+      <c r="S279" t="s">
+        <v>31</v>
+      </c>
+      <c r="T279" t="s">
+        <v>32</v>
+      </c>
+      <c r="U279" t="s">
+        <v>35</v>
+      </c>
+      <c r="V279">
+        <v>2</v>
+      </c>
+      <c r="W279">
+        <v>0</v>
+      </c>
+      <c r="X279">
+        <v>0</v>
+      </c>
+      <c r="Y279">
+        <v>0.452</v>
+      </c>
+    </row>
+    <row r="280" spans="1:25">
+      <c r="A280" t="s">
+        <v>25</v>
+      </c>
+      <c r="B280">
+        <v>2025</v>
+      </c>
+      <c r="C280">
+        <v>3250</v>
+      </c>
+      <c r="D280" t="s">
+        <v>26</v>
+      </c>
+      <c r="E280">
+        <v>8</v>
+      </c>
+      <c r="F280">
+        <v>11</v>
+      </c>
+      <c r="G280">
+        <v>13.7555</v>
+      </c>
+      <c r="H280">
+        <v>80</v>
+      </c>
+      <c r="I280">
+        <v>0</v>
+      </c>
+      <c r="J280">
+        <v>18.434</v>
+      </c>
+      <c r="K280">
+        <v>0</v>
+      </c>
+      <c r="L280" t="s">
+        <v>27</v>
+      </c>
+      <c r="M280">
+        <v>1</v>
+      </c>
+      <c r="N280" t="s">
+        <v>60</v>
+      </c>
+      <c r="O280">
+        <v>2</v>
+      </c>
+      <c r="P280">
+        <v>15504</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>44</v>
+      </c>
+      <c r="R280" t="s">
+        <v>30</v>
+      </c>
+      <c r="S280" t="s">
+        <v>31</v>
+      </c>
+      <c r="T280" t="s">
+        <v>32</v>
+      </c>
+      <c r="U280" t="s">
+        <v>36</v>
+      </c>
+      <c r="V280">
+        <v>3</v>
+      </c>
+      <c r="W280">
+        <v>0</v>
+      </c>
+      <c r="X280">
+        <v>0</v>
+      </c>
+      <c r="Y280">
+        <v>1.348</v>
+      </c>
+    </row>
+    <row r="281" spans="1:25">
+      <c r="A281" t="s">
+        <v>25</v>
+      </c>
+      <c r="B281">
+        <v>2025</v>
+      </c>
+      <c r="C281">
+        <v>3250</v>
+      </c>
+      <c r="D281" t="s">
+        <v>26</v>
+      </c>
+      <c r="E281">
+        <v>8</v>
+      </c>
+      <c r="F281">
+        <v>11</v>
+      </c>
+      <c r="G281">
+        <v>13.7555</v>
+      </c>
+      <c r="H281">
+        <v>80</v>
+      </c>
+      <c r="I281">
+        <v>0</v>
+      </c>
+      <c r="J281">
+        <v>18.434</v>
+      </c>
+      <c r="K281">
+        <v>0</v>
+      </c>
+      <c r="L281" t="s">
+        <v>27</v>
+      </c>
+      <c r="M281">
+        <v>1</v>
+      </c>
+      <c r="N281" t="s">
+        <v>60</v>
+      </c>
+      <c r="O281">
+        <v>2</v>
+      </c>
+      <c r="P281">
+        <v>15504</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>29</v>
+      </c>
+      <c r="R281" t="s">
+        <v>30</v>
+      </c>
+      <c r="S281" t="s">
+        <v>31</v>
+      </c>
+      <c r="T281" t="s">
+        <v>32</v>
+      </c>
+      <c r="U281" t="s">
+        <v>34</v>
+      </c>
+      <c r="V281">
+        <v>4</v>
+      </c>
+      <c r="W281">
+        <v>0</v>
+      </c>
+      <c r="X281">
+        <v>0</v>
+      </c>
+      <c r="Y281">
+        <v>0.524</v>
+      </c>
+    </row>
+    <row r="282" spans="1:25">
+      <c r="A282" t="s">
+        <v>25</v>
+      </c>
+      <c r="B282">
+        <v>2025</v>
+      </c>
+      <c r="C282">
+        <v>3250</v>
+      </c>
+      <c r="D282" t="s">
+        <v>26</v>
+      </c>
+      <c r="E282">
+        <v>8</v>
+      </c>
+      <c r="F282">
+        <v>11</v>
+      </c>
+      <c r="G282">
+        <v>13.7555</v>
+      </c>
+      <c r="H282">
+        <v>80</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
+      </c>
+      <c r="J282">
+        <v>18.434</v>
+      </c>
+      <c r="K282">
+        <v>0</v>
+      </c>
+      <c r="L282" t="s">
+        <v>27</v>
+      </c>
+      <c r="M282">
+        <v>1</v>
+      </c>
+      <c r="N282" t="s">
+        <v>60</v>
+      </c>
+      <c r="O282">
+        <v>2</v>
+      </c>
+      <c r="P282">
+        <v>15504</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>29</v>
+      </c>
+      <c r="R282" t="s">
+        <v>30</v>
+      </c>
+      <c r="S282" t="s">
+        <v>31</v>
+      </c>
+      <c r="T282" t="s">
+        <v>32</v>
+      </c>
+      <c r="U282" t="s">
+        <v>35</v>
+      </c>
+      <c r="V282">
+        <v>6</v>
+      </c>
+      <c r="W282">
+        <v>0</v>
+      </c>
+      <c r="X282">
+        <v>0</v>
+      </c>
+      <c r="Y282">
+        <v>1.548</v>
+      </c>
+    </row>
+    <row r="283" spans="1:25">
+      <c r="A283" t="s">
+        <v>25</v>
+      </c>
+      <c r="B283">
+        <v>2025</v>
+      </c>
+      <c r="C283">
+        <v>3250</v>
+      </c>
+      <c r="D283" t="s">
+        <v>26</v>
+      </c>
+      <c r="E283">
+        <v>8</v>
+      </c>
+      <c r="F283">
+        <v>11</v>
+      </c>
+      <c r="G283">
+        <v>13.7555</v>
+      </c>
+      <c r="H283">
+        <v>80</v>
+      </c>
+      <c r="I283">
+        <v>0</v>
+      </c>
+      <c r="J283">
+        <v>18.434</v>
+      </c>
+      <c r="K283">
+        <v>0</v>
+      </c>
+      <c r="L283" t="s">
+        <v>27</v>
+      </c>
+      <c r="M283">
+        <v>1</v>
+      </c>
+      <c r="N283" t="s">
+        <v>60</v>
+      </c>
+      <c r="O283">
+        <v>2</v>
+      </c>
+      <c r="P283">
+        <v>15504</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>29</v>
+      </c>
+      <c r="R283" t="s">
+        <v>30</v>
+      </c>
+      <c r="S283" t="s">
+        <v>31</v>
+      </c>
+      <c r="T283" t="s">
+        <v>32</v>
+      </c>
+      <c r="U283" t="s">
+        <v>36</v>
+      </c>
+      <c r="V283">
+        <v>10</v>
+      </c>
+      <c r="W283">
+        <v>0</v>
+      </c>
+      <c r="X283">
+        <v>0</v>
+      </c>
+      <c r="Y283">
+        <v>4.88</v>
+      </c>
+    </row>
+    <row r="284" spans="1:25">
+      <c r="A284" t="s">
+        <v>25</v>
+      </c>
+      <c r="B284">
+        <v>2025</v>
+      </c>
+      <c r="C284">
+        <v>3250</v>
+      </c>
+      <c r="D284" t="s">
+        <v>26</v>
+      </c>
+      <c r="E284">
+        <v>8</v>
+      </c>
+      <c r="F284">
+        <v>11</v>
+      </c>
+      <c r="G284">
+        <v>13.7555</v>
+      </c>
+      <c r="H284">
+        <v>80</v>
+      </c>
+      <c r="I284">
+        <v>0</v>
+      </c>
+      <c r="J284">
+        <v>18.434</v>
+      </c>
+      <c r="K284">
+        <v>0</v>
+      </c>
+      <c r="L284" t="s">
+        <v>27</v>
+      </c>
+      <c r="M284">
+        <v>1</v>
+      </c>
+      <c r="N284" t="s">
+        <v>60</v>
+      </c>
+      <c r="O284">
+        <v>2</v>
+      </c>
+      <c r="P284">
+        <v>15504</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>29</v>
+      </c>
+      <c r="R284" t="s">
+        <v>30</v>
+      </c>
+      <c r="S284" t="s">
+        <v>31</v>
+      </c>
+      <c r="T284" t="s">
+        <v>32</v>
+      </c>
+      <c r="U284" t="s">
+        <v>37</v>
+      </c>
+      <c r="V284">
+        <v>2</v>
+      </c>
+      <c r="W284">
+        <v>0</v>
+      </c>
+      <c r="X284">
+        <v>0</v>
+      </c>
+      <c r="Y284">
+        <v>1.978</v>
+      </c>
+    </row>
+    <row r="285" spans="1:25">
+      <c r="A285" t="s">
+        <v>25</v>
+      </c>
+      <c r="B285">
+        <v>2025</v>
+      </c>
+      <c r="C285">
+        <v>3250</v>
+      </c>
+      <c r="D285" t="s">
+        <v>26</v>
+      </c>
+      <c r="E285">
+        <v>8</v>
+      </c>
+      <c r="F285">
+        <v>12</v>
+      </c>
+      <c r="G285">
+        <v>3.4276</v>
+      </c>
+      <c r="H285">
+        <v>122</v>
+      </c>
+      <c r="I285">
+        <v>0</v>
+      </c>
+      <c r="J285">
+        <v>27.989</v>
+      </c>
+      <c r="K285">
+        <v>0</v>
+      </c>
+      <c r="L285" t="s">
+        <v>27</v>
+      </c>
+      <c r="M285">
+        <v>1</v>
+      </c>
+      <c r="N285" t="s">
+        <v>59</v>
+      </c>
+      <c r="O285">
+        <v>2</v>
+      </c>
+      <c r="P285">
+        <v>15504</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>57</v>
+      </c>
+      <c r="R285" t="s">
+        <v>30</v>
+      </c>
+      <c r="S285" t="s">
+        <v>31</v>
+      </c>
+      <c r="T285" t="s">
+        <v>32</v>
+      </c>
+      <c r="U285" t="s">
+        <v>33</v>
+      </c>
+      <c r="V285">
+        <v>21</v>
+      </c>
+      <c r="W285">
+        <v>0</v>
+      </c>
+      <c r="X285">
+        <v>0</v>
+      </c>
+      <c r="Y285">
+        <v>0.678</v>
+      </c>
+    </row>
+    <row r="286" spans="1:25">
+      <c r="A286" t="s">
+        <v>25</v>
+      </c>
+      <c r="B286">
+        <v>2025</v>
+      </c>
+      <c r="C286">
+        <v>3250</v>
+      </c>
+      <c r="D286" t="s">
+        <v>26</v>
+      </c>
+      <c r="E286">
+        <v>8</v>
+      </c>
+      <c r="F286">
+        <v>12</v>
+      </c>
+      <c r="G286">
+        <v>3.4276</v>
+      </c>
+      <c r="H286">
+        <v>122</v>
+      </c>
+      <c r="I286">
+        <v>0</v>
+      </c>
+      <c r="J286">
+        <v>27.989</v>
+      </c>
+      <c r="K286">
+        <v>0</v>
+      </c>
+      <c r="L286" t="s">
+        <v>27</v>
+      </c>
+      <c r="M286">
+        <v>1</v>
+      </c>
+      <c r="N286" t="s">
+        <v>59</v>
+      </c>
+      <c r="O286">
+        <v>2</v>
+      </c>
+      <c r="P286">
+        <v>15504</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>57</v>
+      </c>
+      <c r="R286" t="s">
+        <v>30</v>
+      </c>
+      <c r="S286" t="s">
+        <v>31</v>
+      </c>
+      <c r="T286" t="s">
+        <v>32</v>
+      </c>
+      <c r="U286" t="s">
+        <v>34</v>
+      </c>
+      <c r="V286">
+        <v>45</v>
+      </c>
+      <c r="W286">
+        <v>0</v>
+      </c>
+      <c r="X286">
+        <v>0</v>
+      </c>
+      <c r="Y286">
+        <v>4.41</v>
+      </c>
+    </row>
+    <row r="287" spans="1:25">
+      <c r="A287" t="s">
+        <v>25</v>
+      </c>
+      <c r="B287">
+        <v>2025</v>
+      </c>
+      <c r="C287">
+        <v>3250</v>
+      </c>
+      <c r="D287" t="s">
+        <v>26</v>
+      </c>
+      <c r="E287">
+        <v>8</v>
+      </c>
+      <c r="F287">
+        <v>12</v>
+      </c>
+      <c r="G287">
+        <v>3.4276</v>
+      </c>
+      <c r="H287">
+        <v>122</v>
+      </c>
+      <c r="I287">
+        <v>0</v>
+      </c>
+      <c r="J287">
+        <v>27.989</v>
+      </c>
+      <c r="K287">
+        <v>0</v>
+      </c>
+      <c r="L287" t="s">
+        <v>27</v>
+      </c>
+      <c r="M287">
+        <v>1</v>
+      </c>
+      <c r="N287" t="s">
+        <v>59</v>
+      </c>
+      <c r="O287">
+        <v>2</v>
+      </c>
+      <c r="P287">
+        <v>15504</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>57</v>
+      </c>
+      <c r="R287" t="s">
+        <v>30</v>
+      </c>
+      <c r="S287" t="s">
+        <v>31</v>
+      </c>
+      <c r="T287" t="s">
+        <v>32</v>
+      </c>
+      <c r="U287" t="s">
+        <v>35</v>
+      </c>
+      <c r="V287">
+        <v>16</v>
+      </c>
+      <c r="W287">
+        <v>0</v>
+      </c>
+      <c r="X287">
+        <v>0</v>
+      </c>
+      <c r="Y287">
+        <v>3.6</v>
+      </c>
+    </row>
+    <row r="288" spans="1:25">
+      <c r="A288" t="s">
+        <v>25</v>
+      </c>
+      <c r="B288">
+        <v>2025</v>
+      </c>
+      <c r="C288">
+        <v>3250</v>
+      </c>
+      <c r="D288" t="s">
+        <v>26</v>
+      </c>
+      <c r="E288">
+        <v>8</v>
+      </c>
+      <c r="F288">
+        <v>12</v>
+      </c>
+      <c r="G288">
+        <v>3.4276</v>
+      </c>
+      <c r="H288">
+        <v>122</v>
+      </c>
+      <c r="I288">
+        <v>0</v>
+      </c>
+      <c r="J288">
+        <v>27.989</v>
+      </c>
+      <c r="K288">
+        <v>0</v>
+      </c>
+      <c r="L288" t="s">
+        <v>27</v>
+      </c>
+      <c r="M288">
+        <v>1</v>
+      </c>
+      <c r="N288" t="s">
+        <v>59</v>
+      </c>
+      <c r="O288">
+        <v>2</v>
+      </c>
+      <c r="P288">
+        <v>15504</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>57</v>
+      </c>
+      <c r="R288" t="s">
+        <v>30</v>
+      </c>
+      <c r="S288" t="s">
+        <v>31</v>
+      </c>
+      <c r="T288" t="s">
+        <v>32</v>
+      </c>
+      <c r="U288" t="s">
+        <v>36</v>
+      </c>
+      <c r="V288">
+        <v>8</v>
+      </c>
+      <c r="W288">
+        <v>0</v>
+      </c>
+      <c r="X288">
+        <v>0</v>
+      </c>
+      <c r="Y288">
+        <v>3.021</v>
+      </c>
+    </row>
+    <row r="289" spans="1:25">
+      <c r="A289" t="s">
+        <v>25</v>
+      </c>
+      <c r="B289">
+        <v>2025</v>
+      </c>
+      <c r="C289">
+        <v>3250</v>
+      </c>
+      <c r="D289" t="s">
+        <v>26</v>
+      </c>
+      <c r="E289">
+        <v>8</v>
+      </c>
+      <c r="F289">
+        <v>12</v>
+      </c>
+      <c r="G289">
+        <v>3.4276</v>
+      </c>
+      <c r="H289">
+        <v>122</v>
+      </c>
+      <c r="I289">
+        <v>0</v>
+      </c>
+      <c r="J289">
+        <v>27.989</v>
+      </c>
+      <c r="K289">
+        <v>0</v>
+      </c>
+      <c r="L289" t="s">
+        <v>27</v>
+      </c>
+      <c r="M289">
+        <v>1</v>
+      </c>
+      <c r="N289" t="s">
+        <v>59</v>
+      </c>
+      <c r="O289">
+        <v>2</v>
+      </c>
+      <c r="P289">
+        <v>15504</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>57</v>
+      </c>
+      <c r="R289" t="s">
+        <v>30</v>
+      </c>
+      <c r="S289" t="s">
+        <v>31</v>
+      </c>
+      <c r="T289" t="s">
+        <v>32</v>
+      </c>
+      <c r="U289" t="s">
+        <v>37</v>
+      </c>
+      <c r="V289">
+        <v>2</v>
+      </c>
+      <c r="W289">
+        <v>0</v>
+      </c>
+      <c r="X289">
+        <v>0</v>
+      </c>
+      <c r="Y289">
+        <v>1.684</v>
+      </c>
+    </row>
+    <row r="290" spans="1:25">
+      <c r="A290" t="s">
+        <v>25</v>
+      </c>
+      <c r="B290">
+        <v>2025</v>
+      </c>
+      <c r="C290">
+        <v>3250</v>
+      </c>
+      <c r="D290" t="s">
+        <v>26</v>
+      </c>
+      <c r="E290">
+        <v>8</v>
+      </c>
+      <c r="F290">
+        <v>12</v>
+      </c>
+      <c r="G290">
+        <v>3.4276</v>
+      </c>
+      <c r="H290">
+        <v>122</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
+      </c>
+      <c r="J290">
+        <v>27.989</v>
+      </c>
+      <c r="K290">
+        <v>0</v>
+      </c>
+      <c r="L290" t="s">
+        <v>27</v>
+      </c>
+      <c r="M290">
+        <v>1</v>
+      </c>
+      <c r="N290" t="s">
+        <v>59</v>
+      </c>
+      <c r="O290">
+        <v>2</v>
+      </c>
+      <c r="P290">
+        <v>15504</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>29</v>
+      </c>
+      <c r="R290" t="s">
+        <v>30</v>
+      </c>
+      <c r="S290" t="s">
+        <v>31</v>
+      </c>
+      <c r="T290" t="s">
+        <v>32</v>
+      </c>
+      <c r="U290" t="s">
+        <v>33</v>
+      </c>
+      <c r="V290">
+        <v>2</v>
+      </c>
+      <c r="W290">
+        <v>0</v>
+      </c>
+      <c r="X290">
+        <v>0</v>
+      </c>
+      <c r="Y290">
+        <v>0.078</v>
+      </c>
+    </row>
+    <row r="291" spans="1:25">
+      <c r="A291" t="s">
+        <v>25</v>
+      </c>
+      <c r="B291">
+        <v>2025</v>
+      </c>
+      <c r="C291">
+        <v>3250</v>
+      </c>
+      <c r="D291" t="s">
+        <v>26</v>
+      </c>
+      <c r="E291">
+        <v>8</v>
+      </c>
+      <c r="F291">
+        <v>12</v>
+      </c>
+      <c r="G291">
+        <v>3.4276</v>
+      </c>
+      <c r="H291">
+        <v>122</v>
+      </c>
+      <c r="I291">
+        <v>0</v>
+      </c>
+      <c r="J291">
+        <v>27.989</v>
+      </c>
+      <c r="K291">
+        <v>0</v>
+      </c>
+      <c r="L291" t="s">
+        <v>27</v>
+      </c>
+      <c r="M291">
+        <v>1</v>
+      </c>
+      <c r="N291" t="s">
+        <v>59</v>
+      </c>
+      <c r="O291">
+        <v>2</v>
+      </c>
+      <c r="P291">
+        <v>15504</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>29</v>
+      </c>
+      <c r="R291" t="s">
+        <v>30</v>
+      </c>
+      <c r="S291" t="s">
+        <v>31</v>
+      </c>
+      <c r="T291" t="s">
+        <v>32</v>
+      </c>
+      <c r="U291" t="s">
+        <v>34</v>
+      </c>
+      <c r="V291">
+        <v>3</v>
+      </c>
+      <c r="W291">
+        <v>0</v>
+      </c>
+      <c r="X291">
+        <v>0</v>
+      </c>
+      <c r="Y291">
+        <v>0.379</v>
+      </c>
+    </row>
+    <row r="292" spans="1:25">
+      <c r="A292" t="s">
+        <v>25</v>
+      </c>
+      <c r="B292">
+        <v>2025</v>
+      </c>
+      <c r="C292">
+        <v>3250</v>
+      </c>
+      <c r="D292" t="s">
+        <v>26</v>
+      </c>
+      <c r="E292">
+        <v>8</v>
+      </c>
+      <c r="F292">
+        <v>12</v>
+      </c>
+      <c r="G292">
+        <v>3.4276</v>
+      </c>
+      <c r="H292">
+        <v>122</v>
+      </c>
+      <c r="I292">
+        <v>0</v>
+      </c>
+      <c r="J292">
+        <v>27.989</v>
+      </c>
+      <c r="K292">
+        <v>0</v>
+      </c>
+      <c r="L292" t="s">
+        <v>27</v>
+      </c>
+      <c r="M292">
+        <v>1</v>
+      </c>
+      <c r="N292" t="s">
+        <v>59</v>
+      </c>
+      <c r="O292">
+        <v>2</v>
+      </c>
+      <c r="P292">
+        <v>15504</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>29</v>
+      </c>
+      <c r="R292" t="s">
+        <v>30</v>
+      </c>
+      <c r="S292" t="s">
+        <v>31</v>
+      </c>
+      <c r="T292" t="s">
+        <v>32</v>
+      </c>
+      <c r="U292" t="s">
+        <v>35</v>
+      </c>
+      <c r="V292">
+        <v>5</v>
+      </c>
+      <c r="W292">
+        <v>0</v>
+      </c>
+      <c r="X292">
+        <v>0</v>
+      </c>
+      <c r="Y292">
+        <v>1.13</v>
+      </c>
+    </row>
+    <row r="293" spans="1:25">
+      <c r="A293" t="s">
+        <v>25</v>
+      </c>
+      <c r="B293">
+        <v>2025</v>
+      </c>
+      <c r="C293">
+        <v>3250</v>
+      </c>
+      <c r="D293" t="s">
+        <v>26</v>
+      </c>
+      <c r="E293">
+        <v>8</v>
+      </c>
+      <c r="F293">
+        <v>12</v>
+      </c>
+      <c r="G293">
+        <v>3.4276</v>
+      </c>
+      <c r="H293">
+        <v>122</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
+      </c>
+      <c r="J293">
+        <v>27.989</v>
+      </c>
+      <c r="K293">
+        <v>0</v>
+      </c>
+      <c r="L293" t="s">
+        <v>27</v>
+      </c>
+      <c r="M293">
+        <v>1</v>
+      </c>
+      <c r="N293" t="s">
+        <v>59</v>
+      </c>
+      <c r="O293">
+        <v>2</v>
+      </c>
+      <c r="P293">
+        <v>15504</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>29</v>
+      </c>
+      <c r="R293" t="s">
+        <v>30</v>
+      </c>
+      <c r="S293" t="s">
+        <v>31</v>
+      </c>
+      <c r="T293" t="s">
+        <v>32</v>
+      </c>
+      <c r="U293" t="s">
+        <v>36</v>
+      </c>
+      <c r="V293">
+        <v>10</v>
+      </c>
+      <c r="W293">
+        <v>0</v>
+      </c>
+      <c r="X293">
+        <v>0</v>
+      </c>
+      <c r="Y293">
+        <v>4.438</v>
+      </c>
+    </row>
+    <row r="294" spans="1:25">
+      <c r="A294" t="s">
+        <v>25</v>
+      </c>
+      <c r="B294">
+        <v>2025</v>
+      </c>
+      <c r="C294">
+        <v>3250</v>
+      </c>
+      <c r="D294" t="s">
+        <v>26</v>
+      </c>
+      <c r="E294">
+        <v>8</v>
+      </c>
+      <c r="F294">
+        <v>12</v>
+      </c>
+      <c r="G294">
+        <v>3.4276</v>
+      </c>
+      <c r="H294">
+        <v>122</v>
+      </c>
+      <c r="I294">
+        <v>0</v>
+      </c>
+      <c r="J294">
+        <v>27.989</v>
+      </c>
+      <c r="K294">
+        <v>0</v>
+      </c>
+      <c r="L294" t="s">
+        <v>27</v>
+      </c>
+      <c r="M294">
+        <v>1</v>
+      </c>
+      <c r="N294" t="s">
+        <v>59</v>
+      </c>
+      <c r="O294">
+        <v>2</v>
+      </c>
+      <c r="P294">
+        <v>15504</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>29</v>
+      </c>
+      <c r="R294" t="s">
+        <v>30</v>
+      </c>
+      <c r="S294" t="s">
+        <v>31</v>
+      </c>
+      <c r="T294" t="s">
+        <v>32</v>
+      </c>
+      <c r="U294" t="s">
+        <v>37</v>
+      </c>
+      <c r="V294">
+        <v>2</v>
+      </c>
+      <c r="W294">
+        <v>0</v>
+      </c>
+      <c r="X294">
+        <v>0</v>
+      </c>
+      <c r="Y294">
+        <v>1.915</v>
+      </c>
+    </row>
+    <row r="295" spans="1:25">
+      <c r="A295" t="s">
+        <v>25</v>
+      </c>
+      <c r="B295">
+        <v>2025</v>
+      </c>
+      <c r="C295">
+        <v>3250</v>
+      </c>
+      <c r="D295" t="s">
+        <v>26</v>
+      </c>
+      <c r="E295">
+        <v>8</v>
+      </c>
+      <c r="F295">
+        <v>12</v>
+      </c>
+      <c r="G295">
+        <v>3.4276</v>
+      </c>
+      <c r="H295">
+        <v>122</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
+      </c>
+      <c r="J295">
+        <v>27.989</v>
+      </c>
+      <c r="K295">
+        <v>0</v>
+      </c>
+      <c r="L295" t="s">
+        <v>27</v>
+      </c>
+      <c r="M295">
+        <v>1</v>
+      </c>
+      <c r="N295" t="s">
+        <v>59</v>
+      </c>
+      <c r="O295">
+        <v>2</v>
+      </c>
+      <c r="P295">
+        <v>15504</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>44</v>
+      </c>
+      <c r="R295" t="s">
+        <v>30</v>
+      </c>
+      <c r="S295" t="s">
+        <v>31</v>
+      </c>
+      <c r="T295" t="s">
+        <v>32</v>
+      </c>
+      <c r="U295" t="s">
+        <v>35</v>
+      </c>
+      <c r="V295">
+        <v>1</v>
+      </c>
+      <c r="W295">
+        <v>0</v>
+      </c>
+      <c r="X295">
+        <v>0</v>
+      </c>
+      <c r="Y295">
+        <v>0.226</v>
+      </c>
+    </row>
+    <row r="296" spans="1:25">
+      <c r="A296" t="s">
+        <v>25</v>
+      </c>
+      <c r="B296">
+        <v>2025</v>
+      </c>
+      <c r="C296">
+        <v>3250</v>
+      </c>
+      <c r="D296" t="s">
+        <v>26</v>
+      </c>
+      <c r="E296">
+        <v>8</v>
+      </c>
+      <c r="F296">
+        <v>12</v>
+      </c>
+      <c r="G296">
+        <v>3.4276</v>
+      </c>
+      <c r="H296">
+        <v>122</v>
+      </c>
+      <c r="I296">
+        <v>0</v>
+      </c>
+      <c r="J296">
+        <v>27.989</v>
+      </c>
+      <c r="K296">
+        <v>0</v>
+      </c>
+      <c r="L296" t="s">
+        <v>27</v>
+      </c>
+      <c r="M296">
+        <v>1</v>
+      </c>
+      <c r="N296" t="s">
+        <v>59</v>
+      </c>
+      <c r="O296">
+        <v>2</v>
+      </c>
+      <c r="P296">
+        <v>15504</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>44</v>
+      </c>
+      <c r="R296" t="s">
+        <v>30</v>
+      </c>
+      <c r="S296" t="s">
+        <v>31</v>
+      </c>
+      <c r="T296" t="s">
+        <v>32</v>
+      </c>
+      <c r="U296" t="s">
+        <v>36</v>
+      </c>
+      <c r="V296">
+        <v>2</v>
+      </c>
+      <c r="W296">
+        <v>0</v>
+      </c>
+      <c r="X296">
+        <v>0</v>
+      </c>
+      <c r="Y296">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="297" spans="1:25">
+      <c r="A297" t="s">
+        <v>25</v>
+      </c>
+      <c r="B297">
+        <v>2025</v>
+      </c>
+      <c r="C297">
+        <v>3250</v>
+      </c>
+      <c r="D297" t="s">
+        <v>26</v>
+      </c>
+      <c r="E297">
+        <v>8</v>
+      </c>
+      <c r="F297">
+        <v>12</v>
+      </c>
+      <c r="G297">
+        <v>3.4276</v>
+      </c>
+      <c r="H297">
+        <v>122</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
+      </c>
+      <c r="J297">
+        <v>27.989</v>
+      </c>
+      <c r="K297">
+        <v>0</v>
+      </c>
+      <c r="L297" t="s">
+        <v>27</v>
+      </c>
+      <c r="M297">
+        <v>1</v>
+      </c>
+      <c r="N297" t="s">
+        <v>59</v>
+      </c>
+      <c r="O297">
+        <v>2</v>
+      </c>
+      <c r="P297">
+        <v>15504</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>44</v>
+      </c>
+      <c r="R297" t="s">
+        <v>30</v>
+      </c>
+      <c r="S297" t="s">
+        <v>31</v>
+      </c>
+      <c r="T297" t="s">
+        <v>32</v>
+      </c>
+      <c r="U297" t="s">
+        <v>37</v>
+      </c>
+      <c r="V297">
+        <v>4</v>
+      </c>
+      <c r="W297">
+        <v>0</v>
+      </c>
+      <c r="X297">
+        <v>0</v>
+      </c>
+      <c r="Y297">
+        <v>3.926</v>
+      </c>
+    </row>
+    <row r="298" spans="1:25">
+      <c r="A298" t="s">
+        <v>25</v>
+      </c>
+      <c r="B298">
+        <v>2025</v>
+      </c>
+      <c r="C298">
+        <v>3250</v>
+      </c>
+      <c r="D298" t="s">
+        <v>26</v>
+      </c>
+      <c r="E298">
+        <v>8</v>
+      </c>
+      <c r="F298">
+        <v>12</v>
+      </c>
+      <c r="G298">
+        <v>3.4276</v>
+      </c>
+      <c r="H298">
+        <v>122</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
+      </c>
+      <c r="J298">
+        <v>27.989</v>
+      </c>
+      <c r="K298">
+        <v>0</v>
+      </c>
+      <c r="L298" t="s">
+        <v>27</v>
+      </c>
+      <c r="M298">
+        <v>1</v>
+      </c>
+      <c r="N298" t="s">
+        <v>59</v>
+      </c>
+      <c r="O298">
+        <v>2</v>
+      </c>
+      <c r="P298">
+        <v>15504</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>44</v>
+      </c>
+      <c r="R298" t="s">
+        <v>30</v>
+      </c>
+      <c r="S298" t="s">
+        <v>31</v>
+      </c>
+      <c r="T298" t="s">
+        <v>32</v>
+      </c>
+      <c r="U298" t="s">
+        <v>40</v>
+      </c>
+      <c r="V298">
+        <v>1</v>
+      </c>
+      <c r="W298">
+        <v>0</v>
+      </c>
+      <c r="X298">
+        <v>0</v>
+      </c>
+      <c r="Y298">
+        <v>1.194</v>
+      </c>
+    </row>
+    <row r="299" spans="1:25">
+      <c r="A299" t="s">
+        <v>25</v>
+      </c>
+      <c r="B299">
+        <v>2025</v>
+      </c>
+      <c r="C299">
+        <v>3250</v>
+      </c>
+      <c r="D299" t="s">
+        <v>26</v>
+      </c>
+      <c r="E299">
+        <v>8</v>
+      </c>
+      <c r="F299">
+        <v>13</v>
+      </c>
+      <c r="G299">
+        <v>11.7508</v>
+      </c>
+      <c r="H299">
+        <v>44</v>
+      </c>
+      <c r="I299">
+        <v>2.0</v>
+      </c>
+      <c r="J299">
+        <v>26.375</v>
+      </c>
+      <c r="K299">
+        <v>0</v>
+      </c>
+      <c r="L299" t="s">
+        <v>27</v>
+      </c>
+      <c r="M299">
+        <v>1</v>
+      </c>
+      <c r="N299" t="s">
+        <v>59</v>
+      </c>
+      <c r="O299">
+        <v>2</v>
+      </c>
+      <c r="P299">
+        <v>15504</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>29</v>
+      </c>
+      <c r="R299" t="s">
+        <v>30</v>
+      </c>
+      <c r="S299" t="s">
+        <v>31</v>
+      </c>
+      <c r="T299" t="s">
+        <v>32</v>
+      </c>
+      <c r="U299" t="s">
+        <v>33</v>
+      </c>
+      <c r="V299">
+        <v>1</v>
+      </c>
+      <c r="W299">
+        <v>0</v>
+      </c>
+      <c r="X299">
+        <v>0</v>
+      </c>
+      <c r="Y299">
+        <v>0.049</v>
+      </c>
+    </row>
+    <row r="300" spans="1:25">
+      <c r="A300" t="s">
+        <v>25</v>
+      </c>
+      <c r="B300">
+        <v>2025</v>
+      </c>
+      <c r="C300">
+        <v>3250</v>
+      </c>
+      <c r="D300" t="s">
+        <v>26</v>
+      </c>
+      <c r="E300">
+        <v>8</v>
+      </c>
+      <c r="F300">
+        <v>13</v>
+      </c>
+      <c r="G300">
+        <v>11.7508</v>
+      </c>
+      <c r="H300">
+        <v>44</v>
+      </c>
+      <c r="I300">
+        <v>2.0</v>
+      </c>
+      <c r="J300">
+        <v>26.375</v>
+      </c>
+      <c r="K300">
+        <v>0</v>
+      </c>
+      <c r="L300" t="s">
+        <v>27</v>
+      </c>
+      <c r="M300">
+        <v>1</v>
+      </c>
+      <c r="N300" t="s">
+        <v>59</v>
+      </c>
+      <c r="O300">
+        <v>2</v>
+      </c>
+      <c r="P300">
+        <v>15504</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>29</v>
+      </c>
+      <c r="R300" t="s">
+        <v>30</v>
+      </c>
+      <c r="S300" t="s">
+        <v>31</v>
+      </c>
+      <c r="T300" t="s">
+        <v>32</v>
+      </c>
+      <c r="U300" t="s">
+        <v>34</v>
+      </c>
+      <c r="V300">
+        <v>10</v>
+      </c>
+      <c r="W300">
+        <v>0</v>
+      </c>
+      <c r="X300">
+        <v>0</v>
+      </c>
+      <c r="Y300">
+        <v>1.372</v>
+      </c>
+    </row>
+    <row r="301" spans="1:25">
+      <c r="A301" t="s">
+        <v>25</v>
+      </c>
+      <c r="B301">
+        <v>2025</v>
+      </c>
+      <c r="C301">
+        <v>3250</v>
+      </c>
+      <c r="D301" t="s">
+        <v>26</v>
+      </c>
+      <c r="E301">
+        <v>8</v>
+      </c>
+      <c r="F301">
+        <v>13</v>
+      </c>
+      <c r="G301">
+        <v>11.7508</v>
+      </c>
+      <c r="H301">
+        <v>44</v>
+      </c>
+      <c r="I301">
+        <v>2.0</v>
+      </c>
+      <c r="J301">
+        <v>26.375</v>
+      </c>
+      <c r="K301">
+        <v>0</v>
+      </c>
+      <c r="L301" t="s">
+        <v>27</v>
+      </c>
+      <c r="M301">
+        <v>1</v>
+      </c>
+      <c r="N301" t="s">
+        <v>59</v>
+      </c>
+      <c r="O301">
+        <v>2</v>
+      </c>
+      <c r="P301">
+        <v>15504</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>29</v>
+      </c>
+      <c r="R301" t="s">
+        <v>30</v>
+      </c>
+      <c r="S301" t="s">
+        <v>31</v>
+      </c>
+      <c r="T301" t="s">
+        <v>32</v>
+      </c>
+      <c r="U301" t="s">
+        <v>35</v>
+      </c>
+      <c r="V301">
+        <v>1</v>
+      </c>
+      <c r="W301">
+        <v>0</v>
+      </c>
+      <c r="X301">
+        <v>0</v>
+      </c>
+      <c r="Y301">
+        <v>0.258</v>
+      </c>
+    </row>
+    <row r="302" spans="1:25">
+      <c r="A302" t="s">
+        <v>25</v>
+      </c>
+      <c r="B302">
+        <v>2025</v>
+      </c>
+      <c r="C302">
+        <v>3250</v>
+      </c>
+      <c r="D302" t="s">
+        <v>26</v>
+      </c>
+      <c r="E302">
+        <v>8</v>
+      </c>
+      <c r="F302">
+        <v>13</v>
+      </c>
+      <c r="G302">
+        <v>11.7508</v>
+      </c>
+      <c r="H302">
+        <v>44</v>
+      </c>
+      <c r="I302">
+        <v>2.0</v>
+      </c>
+      <c r="J302">
+        <v>26.375</v>
+      </c>
+      <c r="K302">
+        <v>0</v>
+      </c>
+      <c r="L302" t="s">
+        <v>27</v>
+      </c>
+      <c r="M302">
+        <v>1</v>
+      </c>
+      <c r="N302" t="s">
+        <v>59</v>
+      </c>
+      <c r="O302">
+        <v>2</v>
+      </c>
+      <c r="P302">
+        <v>15504</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>29</v>
+      </c>
+      <c r="R302" t="s">
+        <v>30</v>
+      </c>
+      <c r="S302" t="s">
+        <v>31</v>
+      </c>
+      <c r="T302" t="s">
+        <v>32</v>
+      </c>
+      <c r="U302" t="s">
+        <v>36</v>
+      </c>
+      <c r="V302">
+        <v>8</v>
+      </c>
+      <c r="W302">
+        <v>0</v>
+      </c>
+      <c r="X302">
+        <v>0</v>
+      </c>
+      <c r="Y302">
+        <v>4.674</v>
+      </c>
+    </row>
+    <row r="303" spans="1:25">
+      <c r="A303" t="s">
+        <v>25</v>
+      </c>
+      <c r="B303">
+        <v>2025</v>
+      </c>
+      <c r="C303">
+        <v>3250</v>
+      </c>
+      <c r="D303" t="s">
+        <v>26</v>
+      </c>
+      <c r="E303">
+        <v>8</v>
+      </c>
+      <c r="F303">
+        <v>13</v>
+      </c>
+      <c r="G303">
+        <v>11.7508</v>
+      </c>
+      <c r="H303">
+        <v>44</v>
+      </c>
+      <c r="I303">
+        <v>2.0</v>
+      </c>
+      <c r="J303">
+        <v>26.375</v>
+      </c>
+      <c r="K303">
+        <v>0</v>
+      </c>
+      <c r="L303" t="s">
+        <v>27</v>
+      </c>
+      <c r="M303">
+        <v>1</v>
+      </c>
+      <c r="N303" t="s">
+        <v>59</v>
+      </c>
+      <c r="O303">
+        <v>2</v>
+      </c>
+      <c r="P303">
+        <v>15504</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>29</v>
+      </c>
+      <c r="R303" t="s">
+        <v>30</v>
+      </c>
+      <c r="S303" t="s">
+        <v>31</v>
+      </c>
+      <c r="T303" t="s">
+        <v>32</v>
+      </c>
+      <c r="U303" t="s">
+        <v>37</v>
+      </c>
+      <c r="V303">
+        <v>3</v>
+      </c>
+      <c r="W303">
+        <v>0</v>
+      </c>
+      <c r="X303">
+        <v>0</v>
+      </c>
+      <c r="Y303">
+        <v>3.072</v>
+      </c>
+    </row>
+    <row r="304" spans="1:25">
+      <c r="A304" t="s">
+        <v>25</v>
+      </c>
+      <c r="B304">
+        <v>2025</v>
+      </c>
+      <c r="C304">
+        <v>3250</v>
+      </c>
+      <c r="D304" t="s">
+        <v>26</v>
+      </c>
+      <c r="E304">
+        <v>8</v>
+      </c>
+      <c r="F304">
+        <v>13</v>
+      </c>
+      <c r="G304">
+        <v>11.7508</v>
+      </c>
+      <c r="H304">
+        <v>44</v>
+      </c>
+      <c r="I304">
+        <v>2.0</v>
+      </c>
+      <c r="J304">
+        <v>26.375</v>
+      </c>
+      <c r="K304">
+        <v>0</v>
+      </c>
+      <c r="L304" t="s">
+        <v>27</v>
+      </c>
+      <c r="M304">
+        <v>1</v>
+      </c>
+      <c r="N304" t="s">
+        <v>59</v>
+      </c>
+      <c r="O304">
+        <v>2</v>
+      </c>
+      <c r="P304">
+        <v>15504</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>29</v>
+      </c>
+      <c r="R304" t="s">
+        <v>30</v>
+      </c>
+      <c r="S304" t="s">
+        <v>31</v>
+      </c>
+      <c r="T304" t="s">
+        <v>32</v>
+      </c>
+      <c r="U304" t="s">
+        <v>41</v>
+      </c>
+      <c r="V304">
+        <v>1</v>
+      </c>
+      <c r="W304">
+        <v>1.0</v>
+      </c>
+      <c r="X304">
+        <v>0</v>
+      </c>
+      <c r="Y304">
+        <v>1.713</v>
+      </c>
+    </row>
+    <row r="305" spans="1:25">
+      <c r="A305" t="s">
+        <v>25</v>
+      </c>
+      <c r="B305">
+        <v>2025</v>
+      </c>
+      <c r="C305">
+        <v>3250</v>
+      </c>
+      <c r="D305" t="s">
+        <v>26</v>
+      </c>
+      <c r="E305">
+        <v>8</v>
+      </c>
+      <c r="F305">
+        <v>13</v>
+      </c>
+      <c r="G305">
+        <v>11.7508</v>
+      </c>
+      <c r="H305">
+        <v>44</v>
+      </c>
+      <c r="I305">
+        <v>2.0</v>
+      </c>
+      <c r="J305">
+        <v>26.375</v>
+      </c>
+      <c r="K305">
+        <v>0</v>
+      </c>
+      <c r="L305" t="s">
+        <v>27</v>
+      </c>
+      <c r="M305">
+        <v>1</v>
+      </c>
+      <c r="N305" t="s">
+        <v>59</v>
+      </c>
+      <c r="O305">
+        <v>2</v>
+      </c>
+      <c r="P305">
+        <v>15504</v>
+      </c>
+      <c r="Q305" t="s">
+        <v>57</v>
+      </c>
+      <c r="R305" t="s">
+        <v>30</v>
+      </c>
+      <c r="S305" t="s">
+        <v>31</v>
+      </c>
+      <c r="T305" t="s">
+        <v>32</v>
+      </c>
+      <c r="U305" t="s">
+        <v>34</v>
+      </c>
+      <c r="V305">
+        <v>1</v>
+      </c>
+      <c r="W305">
+        <v>0</v>
+      </c>
+      <c r="X305">
+        <v>0</v>
+      </c>
+      <c r="Y305">
+        <v>0.123</v>
+      </c>
+    </row>
+    <row r="306" spans="1:25">
+      <c r="A306" t="s">
+        <v>25</v>
+      </c>
+      <c r="B306">
+        <v>2025</v>
+      </c>
+      <c r="C306">
+        <v>3250</v>
+      </c>
+      <c r="D306" t="s">
+        <v>26</v>
+      </c>
+      <c r="E306">
+        <v>8</v>
+      </c>
+      <c r="F306">
+        <v>13</v>
+      </c>
+      <c r="G306">
+        <v>11.7508</v>
+      </c>
+      <c r="H306">
+        <v>44</v>
+      </c>
+      <c r="I306">
+        <v>2.0</v>
+      </c>
+      <c r="J306">
+        <v>26.375</v>
+      </c>
+      <c r="K306">
+        <v>0</v>
+      </c>
+      <c r="L306" t="s">
+        <v>27</v>
+      </c>
+      <c r="M306">
+        <v>1</v>
+      </c>
+      <c r="N306" t="s">
+        <v>59</v>
+      </c>
+      <c r="O306">
+        <v>2</v>
+      </c>
+      <c r="P306">
+        <v>15504</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>57</v>
+      </c>
+      <c r="R306" t="s">
+        <v>30</v>
+      </c>
+      <c r="S306" t="s">
+        <v>31</v>
+      </c>
+      <c r="T306" t="s">
+        <v>32</v>
+      </c>
+      <c r="U306" t="s">
+        <v>36</v>
+      </c>
+      <c r="V306">
+        <v>3</v>
+      </c>
+      <c r="W306">
+        <v>0</v>
+      </c>
+      <c r="X306">
+        <v>0</v>
+      </c>
+      <c r="Y306">
+        <v>1.413</v>
+      </c>
+    </row>
+    <row r="307" spans="1:25">
+      <c r="A307" t="s">
+        <v>25</v>
+      </c>
+      <c r="B307">
+        <v>2025</v>
+      </c>
+      <c r="C307">
+        <v>3250</v>
+      </c>
+      <c r="D307" t="s">
+        <v>26</v>
+      </c>
+      <c r="E307">
+        <v>8</v>
+      </c>
+      <c r="F307">
+        <v>13</v>
+      </c>
+      <c r="G307">
+        <v>11.7508</v>
+      </c>
+      <c r="H307">
+        <v>44</v>
+      </c>
+      <c r="I307">
+        <v>2.0</v>
+      </c>
+      <c r="J307">
+        <v>26.375</v>
+      </c>
+      <c r="K307">
+        <v>0</v>
+      </c>
+      <c r="L307" t="s">
+        <v>27</v>
+      </c>
+      <c r="M307">
+        <v>1</v>
+      </c>
+      <c r="N307" t="s">
+        <v>59</v>
+      </c>
+      <c r="O307">
+        <v>2</v>
+      </c>
+      <c r="P307">
+        <v>15504</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>57</v>
+      </c>
+      <c r="R307" t="s">
+        <v>30</v>
+      </c>
+      <c r="S307" t="s">
+        <v>31</v>
+      </c>
+      <c r="T307" t="s">
+        <v>32</v>
+      </c>
+      <c r="U307" t="s">
+        <v>37</v>
+      </c>
+      <c r="V307">
+        <v>3</v>
+      </c>
+      <c r="W307">
+        <v>0</v>
+      </c>
+      <c r="X307">
+        <v>0</v>
+      </c>
+      <c r="Y307">
+        <v>3.198</v>
+      </c>
+    </row>
+    <row r="308" spans="1:25">
+      <c r="A308" t="s">
+        <v>25</v>
+      </c>
+      <c r="B308">
+        <v>2025</v>
+      </c>
+      <c r="C308">
+        <v>3250</v>
+      </c>
+      <c r="D308" t="s">
+        <v>26</v>
+      </c>
+      <c r="E308">
+        <v>8</v>
+      </c>
+      <c r="F308">
+        <v>13</v>
+      </c>
+      <c r="G308">
+        <v>11.7508</v>
+      </c>
+      <c r="H308">
+        <v>44</v>
+      </c>
+      <c r="I308">
+        <v>2.0</v>
+      </c>
+      <c r="J308">
+        <v>26.375</v>
+      </c>
+      <c r="K308">
+        <v>0</v>
+      </c>
+      <c r="L308" t="s">
+        <v>27</v>
+      </c>
+      <c r="M308">
+        <v>1</v>
+      </c>
+      <c r="N308" t="s">
+        <v>59</v>
+      </c>
+      <c r="O308">
+        <v>2</v>
+      </c>
+      <c r="P308">
+        <v>15504</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>44</v>
+      </c>
+      <c r="R308" t="s">
+        <v>30</v>
+      </c>
+      <c r="S308" t="s">
+        <v>31</v>
+      </c>
+      <c r="T308" t="s">
+        <v>32</v>
+      </c>
+      <c r="U308" t="s">
+        <v>35</v>
+      </c>
+      <c r="V308">
+        <v>2</v>
+      </c>
+      <c r="W308">
+        <v>0</v>
+      </c>
+      <c r="X308">
+        <v>0</v>
+      </c>
+      <c r="Y308">
+        <v>0.452</v>
+      </c>
+    </row>
+    <row r="309" spans="1:25">
+      <c r="A309" t="s">
+        <v>25</v>
+      </c>
+      <c r="B309">
+        <v>2025</v>
+      </c>
+      <c r="C309">
+        <v>3250</v>
+      </c>
+      <c r="D309" t="s">
+        <v>26</v>
+      </c>
+      <c r="E309">
+        <v>8</v>
+      </c>
+      <c r="F309">
+        <v>13</v>
+      </c>
+      <c r="G309">
+        <v>11.7508</v>
+      </c>
+      <c r="H309">
+        <v>44</v>
+      </c>
+      <c r="I309">
+        <v>2.0</v>
+      </c>
+      <c r="J309">
+        <v>26.375</v>
+      </c>
+      <c r="K309">
+        <v>0</v>
+      </c>
+      <c r="L309" t="s">
+        <v>27</v>
+      </c>
+      <c r="M309">
+        <v>1</v>
+      </c>
+      <c r="N309" t="s">
+        <v>59</v>
+      </c>
+      <c r="O309">
+        <v>2</v>
+      </c>
+      <c r="P309">
+        <v>15504</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>44</v>
+      </c>
+      <c r="R309" t="s">
+        <v>30</v>
+      </c>
+      <c r="S309" t="s">
+        <v>31</v>
+      </c>
+      <c r="T309" t="s">
+        <v>32</v>
+      </c>
+      <c r="U309" t="s">
+        <v>36</v>
+      </c>
+      <c r="V309">
+        <v>2</v>
+      </c>
+      <c r="W309">
+        <v>0</v>
+      </c>
+      <c r="X309">
+        <v>0</v>
+      </c>
+      <c r="Y309">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="310" spans="1:25">
+      <c r="A310" t="s">
+        <v>25</v>
+      </c>
+      <c r="B310">
+        <v>2025</v>
+      </c>
+      <c r="C310">
+        <v>3250</v>
+      </c>
+      <c r="D310" t="s">
+        <v>26</v>
+      </c>
+      <c r="E310">
+        <v>8</v>
+      </c>
+      <c r="F310">
+        <v>13</v>
+      </c>
+      <c r="G310">
+        <v>11.7508</v>
+      </c>
+      <c r="H310">
+        <v>44</v>
+      </c>
+      <c r="I310">
+        <v>2.0</v>
+      </c>
+      <c r="J310">
+        <v>26.375</v>
+      </c>
+      <c r="K310">
+        <v>0</v>
+      </c>
+      <c r="L310" t="s">
+        <v>27</v>
+      </c>
+      <c r="M310">
+        <v>1</v>
+      </c>
+      <c r="N310" t="s">
+        <v>59</v>
+      </c>
+      <c r="O310">
+        <v>2</v>
+      </c>
+      <c r="P310">
+        <v>15504</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>44</v>
+      </c>
+      <c r="R310" t="s">
+        <v>30</v>
+      </c>
+      <c r="S310" t="s">
+        <v>31</v>
+      </c>
+      <c r="T310" t="s">
+        <v>32</v>
+      </c>
+      <c r="U310" t="s">
+        <v>37</v>
+      </c>
+      <c r="V310">
+        <v>6</v>
+      </c>
+      <c r="W310">
+        <v>0</v>
+      </c>
+      <c r="X310">
+        <v>0</v>
+      </c>
+      <c r="Y310">
+        <v>5.464</v>
+      </c>
+    </row>
+    <row r="311" spans="1:25">
+      <c r="A311" t="s">
+        <v>25</v>
+      </c>
+      <c r="B311">
+        <v>2025</v>
+      </c>
+      <c r="C311">
+        <v>3250</v>
+      </c>
+      <c r="D311" t="s">
+        <v>26</v>
+      </c>
+      <c r="E311">
+        <v>8</v>
+      </c>
+      <c r="F311">
+        <v>13</v>
+      </c>
+      <c r="G311">
+        <v>11.7508</v>
+      </c>
+      <c r="H311">
+        <v>44</v>
+      </c>
+      <c r="I311">
+        <v>2.0</v>
+      </c>
+      <c r="J311">
+        <v>26.375</v>
+      </c>
+      <c r="K311">
+        <v>0</v>
+      </c>
+      <c r="L311" t="s">
+        <v>27</v>
+      </c>
+      <c r="M311">
+        <v>1</v>
+      </c>
+      <c r="N311" t="s">
+        <v>59</v>
+      </c>
+      <c r="O311">
+        <v>2</v>
+      </c>
+      <c r="P311">
+        <v>15504</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>44</v>
+      </c>
+      <c r="R311" t="s">
+        <v>30</v>
+      </c>
+      <c r="S311" t="s">
+        <v>31</v>
+      </c>
+      <c r="T311" t="s">
+        <v>32</v>
+      </c>
+      <c r="U311" t="s">
+        <v>40</v>
+      </c>
+      <c r="V311">
+        <v>3</v>
+      </c>
+      <c r="W311">
+        <v>1.0</v>
+      </c>
+      <c r="X311">
+        <v>0</v>
+      </c>
+      <c r="Y311">
+        <v>3.277</v>
+      </c>
+    </row>
+    <row r="312" spans="1:25">
+      <c r="A312" t="s">
+        <v>25</v>
+      </c>
+      <c r="B312">
+        <v>2025</v>
+      </c>
+      <c r="C312">
+        <v>3250</v>
+      </c>
+      <c r="D312" t="s">
+        <v>26</v>
+      </c>
+      <c r="E312">
+        <v>8</v>
+      </c>
+      <c r="F312">
+        <v>14</v>
+      </c>
+      <c r="G312">
+        <v>11.7508</v>
+      </c>
+      <c r="H312">
+        <v>40</v>
+      </c>
+      <c r="I312">
+        <v>0</v>
+      </c>
+      <c r="J312">
+        <v>23.744</v>
+      </c>
+      <c r="K312">
+        <v>0</v>
+      </c>
+      <c r="L312" t="s">
+        <v>27</v>
+      </c>
+      <c r="M312">
+        <v>1</v>
+      </c>
+      <c r="N312" t="s">
+        <v>59</v>
+      </c>
+      <c r="O312">
+        <v>2</v>
+      </c>
+      <c r="P312">
+        <v>15504</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>57</v>
+      </c>
+      <c r="R312" t="s">
+        <v>30</v>
+      </c>
+      <c r="S312" t="s">
+        <v>31</v>
+      </c>
+      <c r="T312" t="s">
+        <v>32</v>
+      </c>
+      <c r="U312" t="s">
+        <v>34</v>
+      </c>
+      <c r="V312">
+        <v>1</v>
+      </c>
+      <c r="W312">
+        <v>0</v>
+      </c>
+      <c r="X312">
+        <v>0</v>
+      </c>
+      <c r="Y312">
+        <v>0.078</v>
+      </c>
+    </row>
+    <row r="313" spans="1:25">
+      <c r="A313" t="s">
+        <v>25</v>
+      </c>
+      <c r="B313">
+        <v>2025</v>
+      </c>
+      <c r="C313">
+        <v>3250</v>
+      </c>
+      <c r="D313" t="s">
+        <v>26</v>
+      </c>
+      <c r="E313">
+        <v>8</v>
+      </c>
+      <c r="F313">
+        <v>14</v>
+      </c>
+      <c r="G313">
+        <v>11.7508</v>
+      </c>
+      <c r="H313">
+        <v>40</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="J313">
+        <v>23.744</v>
+      </c>
+      <c r="K313">
+        <v>0</v>
+      </c>
+      <c r="L313" t="s">
+        <v>27</v>
+      </c>
+      <c r="M313">
+        <v>1</v>
+      </c>
+      <c r="N313" t="s">
+        <v>59</v>
+      </c>
+      <c r="O313">
+        <v>2</v>
+      </c>
+      <c r="P313">
+        <v>15504</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>57</v>
+      </c>
+      <c r="R313" t="s">
+        <v>30</v>
+      </c>
+      <c r="S313" t="s">
+        <v>31</v>
+      </c>
+      <c r="T313" t="s">
+        <v>32</v>
+      </c>
+      <c r="U313" t="s">
+        <v>36</v>
+      </c>
+      <c r="V313">
+        <v>6</v>
+      </c>
+      <c r="W313">
+        <v>0</v>
+      </c>
+      <c r="X313">
+        <v>0</v>
+      </c>
+      <c r="Y313">
+        <v>2.722</v>
+      </c>
+    </row>
+    <row r="314" spans="1:25">
+      <c r="A314" t="s">
+        <v>25</v>
+      </c>
+      <c r="B314">
+        <v>2025</v>
+      </c>
+      <c r="C314">
+        <v>3250</v>
+      </c>
+      <c r="D314" t="s">
+        <v>26</v>
+      </c>
+      <c r="E314">
+        <v>8</v>
+      </c>
+      <c r="F314">
+        <v>14</v>
+      </c>
+      <c r="G314">
+        <v>11.7508</v>
+      </c>
+      <c r="H314">
+        <v>40</v>
+      </c>
+      <c r="I314">
+        <v>0</v>
+      </c>
+      <c r="J314">
+        <v>23.744</v>
+      </c>
+      <c r="K314">
+        <v>0</v>
+      </c>
+      <c r="L314" t="s">
+        <v>27</v>
+      </c>
+      <c r="M314">
+        <v>1</v>
+      </c>
+      <c r="N314" t="s">
+        <v>59</v>
+      </c>
+      <c r="O314">
+        <v>2</v>
+      </c>
+      <c r="P314">
+        <v>15504</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>29</v>
+      </c>
+      <c r="R314" t="s">
+        <v>30</v>
+      </c>
+      <c r="S314" t="s">
+        <v>31</v>
+      </c>
+      <c r="T314" t="s">
+        <v>32</v>
+      </c>
+      <c r="U314" t="s">
+        <v>34</v>
+      </c>
+      <c r="V314">
+        <v>5</v>
+      </c>
+      <c r="W314">
+        <v>0</v>
+      </c>
+      <c r="X314">
+        <v>0</v>
+      </c>
+      <c r="Y314">
+        <v>0.748</v>
+      </c>
+    </row>
+    <row r="315" spans="1:25">
+      <c r="A315" t="s">
+        <v>25</v>
+      </c>
+      <c r="B315">
+        <v>2025</v>
+      </c>
+      <c r="C315">
+        <v>3250</v>
+      </c>
+      <c r="D315" t="s">
+        <v>26</v>
+      </c>
+      <c r="E315">
+        <v>8</v>
+      </c>
+      <c r="F315">
+        <v>14</v>
+      </c>
+      <c r="G315">
+        <v>11.7508</v>
+      </c>
+      <c r="H315">
+        <v>40</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
+      </c>
+      <c r="J315">
+        <v>23.744</v>
+      </c>
+      <c r="K315">
+        <v>0</v>
+      </c>
+      <c r="L315" t="s">
+        <v>27</v>
+      </c>
+      <c r="M315">
+        <v>1</v>
+      </c>
+      <c r="N315" t="s">
+        <v>59</v>
+      </c>
+      <c r="O315">
+        <v>2</v>
+      </c>
+      <c r="P315">
+        <v>15504</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>29</v>
+      </c>
+      <c r="R315" t="s">
+        <v>30</v>
+      </c>
+      <c r="S315" t="s">
+        <v>31</v>
+      </c>
+      <c r="T315" t="s">
+        <v>32</v>
+      </c>
+      <c r="U315" t="s">
+        <v>35</v>
+      </c>
+      <c r="V315">
+        <v>2</v>
+      </c>
+      <c r="W315">
+        <v>0</v>
+      </c>
+      <c r="X315">
+        <v>0</v>
+      </c>
+      <c r="Y315">
+        <v>0.516</v>
+      </c>
+    </row>
+    <row r="316" spans="1:25">
+      <c r="A316" t="s">
+        <v>25</v>
+      </c>
+      <c r="B316">
+        <v>2025</v>
+      </c>
+      <c r="C316">
+        <v>3250</v>
+      </c>
+      <c r="D316" t="s">
+        <v>26</v>
+      </c>
+      <c r="E316">
+        <v>8</v>
+      </c>
+      <c r="F316">
+        <v>14</v>
+      </c>
+      <c r="G316">
+        <v>11.7508</v>
+      </c>
+      <c r="H316">
+        <v>40</v>
+      </c>
+      <c r="I316">
+        <v>0</v>
+      </c>
+      <c r="J316">
+        <v>23.744</v>
+      </c>
+      <c r="K316">
+        <v>0</v>
+      </c>
+      <c r="L316" t="s">
+        <v>27</v>
+      </c>
+      <c r="M316">
+        <v>1</v>
+      </c>
+      <c r="N316" t="s">
+        <v>59</v>
+      </c>
+      <c r="O316">
+        <v>2</v>
+      </c>
+      <c r="P316">
+        <v>15504</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>29</v>
+      </c>
+      <c r="R316" t="s">
+        <v>30</v>
+      </c>
+      <c r="S316" t="s">
+        <v>31</v>
+      </c>
+      <c r="T316" t="s">
+        <v>32</v>
+      </c>
+      <c r="U316" t="s">
+        <v>36</v>
+      </c>
+      <c r="V316">
+        <v>7</v>
+      </c>
+      <c r="W316">
+        <v>0</v>
+      </c>
+      <c r="X316">
+        <v>0</v>
+      </c>
+      <c r="Y316">
+        <v>3.814</v>
+      </c>
+    </row>
+    <row r="317" spans="1:25">
+      <c r="A317" t="s">
+        <v>25</v>
+      </c>
+      <c r="B317">
+        <v>2025</v>
+      </c>
+      <c r="C317">
+        <v>3250</v>
+      </c>
+      <c r="D317" t="s">
+        <v>26</v>
+      </c>
+      <c r="E317">
+        <v>8</v>
+      </c>
+      <c r="F317">
+        <v>14</v>
+      </c>
+      <c r="G317">
+        <v>11.7508</v>
+      </c>
+      <c r="H317">
+        <v>40</v>
+      </c>
+      <c r="I317">
+        <v>0</v>
+      </c>
+      <c r="J317">
+        <v>23.744</v>
+      </c>
+      <c r="K317">
+        <v>0</v>
+      </c>
+      <c r="L317" t="s">
+        <v>27</v>
+      </c>
+      <c r="M317">
+        <v>1</v>
+      </c>
+      <c r="N317" t="s">
+        <v>59</v>
+      </c>
+      <c r="O317">
+        <v>2</v>
+      </c>
+      <c r="P317">
+        <v>15504</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>29</v>
+      </c>
+      <c r="R317" t="s">
+        <v>30</v>
+      </c>
+      <c r="S317" t="s">
+        <v>31</v>
+      </c>
+      <c r="T317" t="s">
+        <v>32</v>
+      </c>
+      <c r="U317" t="s">
+        <v>37</v>
+      </c>
+      <c r="V317">
+        <v>1</v>
+      </c>
+      <c r="W317">
+        <v>0</v>
+      </c>
+      <c r="X317">
+        <v>0</v>
+      </c>
+      <c r="Y317">
+        <v>1.094</v>
+      </c>
+    </row>
+    <row r="318" spans="1:25">
+      <c r="A318" t="s">
+        <v>25</v>
+      </c>
+      <c r="B318">
+        <v>2025</v>
+      </c>
+      <c r="C318">
+        <v>3250</v>
+      </c>
+      <c r="D318" t="s">
+        <v>26</v>
+      </c>
+      <c r="E318">
+        <v>8</v>
+      </c>
+      <c r="F318">
+        <v>14</v>
+      </c>
+      <c r="G318">
+        <v>11.7508</v>
+      </c>
+      <c r="H318">
+        <v>40</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
+      </c>
+      <c r="J318">
+        <v>23.744</v>
+      </c>
+      <c r="K318">
+        <v>0</v>
+      </c>
+      <c r="L318" t="s">
+        <v>27</v>
+      </c>
+      <c r="M318">
+        <v>1</v>
+      </c>
+      <c r="N318" t="s">
+        <v>59</v>
+      </c>
+      <c r="O318">
+        <v>2</v>
+      </c>
+      <c r="P318">
+        <v>15504</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>29</v>
+      </c>
+      <c r="R318" t="s">
+        <v>30</v>
+      </c>
+      <c r="S318" t="s">
+        <v>31</v>
+      </c>
+      <c r="T318" t="s">
+        <v>32</v>
+      </c>
+      <c r="U318" t="s">
+        <v>40</v>
+      </c>
+      <c r="V318">
+        <v>1</v>
+      </c>
+      <c r="W318">
+        <v>0</v>
+      </c>
+      <c r="X318">
+        <v>0</v>
+      </c>
+      <c r="Y318">
+        <v>0.796</v>
+      </c>
+    </row>
+    <row r="319" spans="1:25">
+      <c r="A319" t="s">
+        <v>25</v>
+      </c>
+      <c r="B319">
+        <v>2025</v>
+      </c>
+      <c r="C319">
+        <v>3250</v>
+      </c>
+      <c r="D319" t="s">
+        <v>26</v>
+      </c>
+      <c r="E319">
+        <v>8</v>
+      </c>
+      <c r="F319">
+        <v>14</v>
+      </c>
+      <c r="G319">
+        <v>11.7508</v>
+      </c>
+      <c r="H319">
+        <v>40</v>
+      </c>
+      <c r="I319">
+        <v>0</v>
+      </c>
+      <c r="J319">
+        <v>23.744</v>
+      </c>
+      <c r="K319">
+        <v>0</v>
+      </c>
+      <c r="L319" t="s">
+        <v>27</v>
+      </c>
+      <c r="M319">
+        <v>1</v>
+      </c>
+      <c r="N319" t="s">
+        <v>59</v>
+      </c>
+      <c r="O319">
+        <v>2</v>
+      </c>
+      <c r="P319">
+        <v>15504</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>29</v>
+      </c>
+      <c r="R319" t="s">
+        <v>30</v>
+      </c>
+      <c r="S319" t="s">
+        <v>31</v>
+      </c>
+      <c r="T319" t="s">
+        <v>32</v>
+      </c>
+      <c r="U319" t="s">
+        <v>41</v>
+      </c>
+      <c r="V319">
+        <v>1</v>
+      </c>
+      <c r="W319">
+        <v>0</v>
+      </c>
+      <c r="X319">
+        <v>0</v>
+      </c>
+      <c r="Y319">
+        <v>1.803</v>
+      </c>
+    </row>
+    <row r="320" spans="1:25">
+      <c r="A320" t="s">
+        <v>25</v>
+      </c>
+      <c r="B320">
+        <v>2025</v>
+      </c>
+      <c r="C320">
+        <v>3250</v>
+      </c>
+      <c r="D320" t="s">
+        <v>26</v>
+      </c>
+      <c r="E320">
+        <v>8</v>
+      </c>
+      <c r="F320">
+        <v>14</v>
+      </c>
+      <c r="G320">
+        <v>11.7508</v>
+      </c>
+      <c r="H320">
+        <v>40</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
+      </c>
+      <c r="J320">
+        <v>23.744</v>
+      </c>
+      <c r="K320">
+        <v>0</v>
+      </c>
+      <c r="L320" t="s">
+        <v>27</v>
+      </c>
+      <c r="M320">
+        <v>1</v>
+      </c>
+      <c r="N320" t="s">
+        <v>59</v>
+      </c>
+      <c r="O320">
+        <v>2</v>
+      </c>
+      <c r="P320">
+        <v>15504</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>44</v>
+      </c>
+      <c r="R320" t="s">
+        <v>30</v>
+      </c>
+      <c r="S320" t="s">
+        <v>31</v>
+      </c>
+      <c r="T320" t="s">
+        <v>32</v>
+      </c>
+      <c r="U320" t="s">
+        <v>35</v>
+      </c>
+      <c r="V320">
+        <v>1</v>
+      </c>
+      <c r="W320">
+        <v>0</v>
+      </c>
+      <c r="X320">
+        <v>0</v>
+      </c>
+      <c r="Y320">
+        <v>0.226</v>
+      </c>
+    </row>
+    <row r="321" spans="1:25">
+      <c r="A321" t="s">
+        <v>25</v>
+      </c>
+      <c r="B321">
+        <v>2025</v>
+      </c>
+      <c r="C321">
+        <v>3250</v>
+      </c>
+      <c r="D321" t="s">
+        <v>26</v>
+      </c>
+      <c r="E321">
+        <v>8</v>
+      </c>
+      <c r="F321">
+        <v>14</v>
+      </c>
+      <c r="G321">
+        <v>11.7508</v>
+      </c>
+      <c r="H321">
+        <v>40</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
+      </c>
+      <c r="J321">
+        <v>23.744</v>
+      </c>
+      <c r="K321">
+        <v>0</v>
+      </c>
+      <c r="L321" t="s">
+        <v>27</v>
+      </c>
+      <c r="M321">
+        <v>1</v>
+      </c>
+      <c r="N321" t="s">
+        <v>59</v>
+      </c>
+      <c r="O321">
+        <v>2</v>
+      </c>
+      <c r="P321">
+        <v>15504</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>44</v>
+      </c>
+      <c r="R321" t="s">
+        <v>30</v>
+      </c>
+      <c r="S321" t="s">
+        <v>31</v>
+      </c>
+      <c r="T321" t="s">
+        <v>32</v>
+      </c>
+      <c r="U321" t="s">
+        <v>36</v>
+      </c>
+      <c r="V321">
+        <v>8</v>
+      </c>
+      <c r="W321">
+        <v>0</v>
+      </c>
+      <c r="X321">
+        <v>0</v>
+      </c>
+      <c r="Y321">
+        <v>4.001</v>
+      </c>
+    </row>
+    <row r="322" spans="1:25">
+      <c r="A322" t="s">
+        <v>25</v>
+      </c>
+      <c r="B322">
+        <v>2025</v>
+      </c>
+      <c r="C322">
+        <v>3250</v>
+      </c>
+      <c r="D322" t="s">
+        <v>26</v>
+      </c>
+      <c r="E322">
+        <v>8</v>
+      </c>
+      <c r="F322">
+        <v>14</v>
+      </c>
+      <c r="G322">
+        <v>11.7508</v>
+      </c>
+      <c r="H322">
+        <v>40</v>
+      </c>
+      <c r="I322">
+        <v>0</v>
+      </c>
+      <c r="J322">
+        <v>23.744</v>
+      </c>
+      <c r="K322">
+        <v>0</v>
+      </c>
+      <c r="L322" t="s">
+        <v>27</v>
+      </c>
+      <c r="M322">
+        <v>1</v>
+      </c>
+      <c r="N322" t="s">
+        <v>59</v>
+      </c>
+      <c r="O322">
+        <v>2</v>
+      </c>
+      <c r="P322">
+        <v>15504</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>44</v>
+      </c>
+      <c r="R322" t="s">
+        <v>30</v>
+      </c>
+      <c r="S322" t="s">
+        <v>31</v>
+      </c>
+      <c r="T322" t="s">
+        <v>32</v>
+      </c>
+      <c r="U322" t="s">
+        <v>37</v>
+      </c>
+      <c r="V322">
+        <v>4</v>
+      </c>
+      <c r="W322">
+        <v>0</v>
+      </c>
+      <c r="X322">
+        <v>0</v>
+      </c>
+      <c r="Y322">
+        <v>3.756</v>
+      </c>
+    </row>
+    <row r="323" spans="1:25">
+      <c r="A323" t="s">
+        <v>25</v>
+      </c>
+      <c r="B323">
+        <v>2025</v>
+      </c>
+      <c r="C323">
+        <v>3250</v>
+      </c>
+      <c r="D323" t="s">
+        <v>26</v>
+      </c>
+      <c r="E323">
+        <v>8</v>
+      </c>
+      <c r="F323">
+        <v>14</v>
+      </c>
+      <c r="G323">
+        <v>11.7508</v>
+      </c>
+      <c r="H323">
+        <v>40</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="J323">
+        <v>23.744</v>
+      </c>
+      <c r="K323">
+        <v>0</v>
+      </c>
+      <c r="L323" t="s">
+        <v>27</v>
+      </c>
+      <c r="M323">
+        <v>1</v>
+      </c>
+      <c r="N323" t="s">
+        <v>59</v>
+      </c>
+      <c r="O323">
+        <v>2</v>
+      </c>
+      <c r="P323">
+        <v>15504</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>44</v>
+      </c>
+      <c r="R323" t="s">
+        <v>30</v>
+      </c>
+      <c r="S323" t="s">
+        <v>31</v>
+      </c>
+      <c r="T323" t="s">
+        <v>32</v>
+      </c>
+      <c r="U323" t="s">
+        <v>40</v>
+      </c>
+      <c r="V323">
+        <v>2</v>
+      </c>
+      <c r="W323">
+        <v>0</v>
+      </c>
+      <c r="X323">
+        <v>0</v>
+      </c>
+      <c r="Y323">
+        <v>2.599</v>
+      </c>
+    </row>
+    <row r="324" spans="1:25">
+      <c r="A324" t="s">
+        <v>25</v>
+      </c>
+      <c r="B324">
+        <v>2025</v>
+      </c>
+      <c r="C324">
+        <v>3250</v>
+      </c>
+      <c r="D324" t="s">
+        <v>26</v>
+      </c>
+      <c r="E324">
+        <v>8</v>
+      </c>
+      <c r="F324">
+        <v>14</v>
+      </c>
+      <c r="G324">
+        <v>11.7508</v>
+      </c>
+      <c r="H324">
+        <v>40</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
+      </c>
+      <c r="J324">
+        <v>23.744</v>
+      </c>
+      <c r="K324">
+        <v>0</v>
+      </c>
+      <c r="L324" t="s">
+        <v>27</v>
+      </c>
+      <c r="M324">
+        <v>1</v>
+      </c>
+      <c r="N324" t="s">
+        <v>59</v>
+      </c>
+      <c r="O324">
+        <v>2</v>
+      </c>
+      <c r="P324">
+        <v>15504</v>
+      </c>
+      <c r="Q324" t="s">
+        <v>44</v>
+      </c>
+      <c r="R324" t="s">
+        <v>30</v>
+      </c>
+      <c r="S324" t="s">
+        <v>31</v>
+      </c>
+      <c r="T324" t="s">
+        <v>32</v>
+      </c>
+      <c r="U324" t="s">
+        <v>41</v>
+      </c>
+      <c r="V324">
+        <v>1</v>
+      </c>
+      <c r="W324">
+        <v>0</v>
+      </c>
+      <c r="X324">
+        <v>0</v>
+      </c>
+      <c r="Y324">
+        <v>1.591</v>
+      </c>
+    </row>
+    <row r="325" spans="1:25">
+      <c r="A325" t="s">
+        <v>25</v>
+      </c>
+      <c r="B325">
+        <v>2025</v>
+      </c>
+      <c r="C325">
+        <v>3250</v>
+      </c>
+      <c r="D325" t="s">
+        <v>26</v>
+      </c>
+      <c r="E325">
+        <v>8</v>
+      </c>
+      <c r="F325">
+        <v>15</v>
+      </c>
+      <c r="G325">
+        <v>11.7508</v>
+      </c>
+      <c r="H325">
+        <v>46</v>
+      </c>
+      <c r="I325">
+        <v>0</v>
+      </c>
+      <c r="J325">
+        <v>21.984</v>
+      </c>
+      <c r="K325">
+        <v>0</v>
+      </c>
+      <c r="L325" t="s">
+        <v>27</v>
+      </c>
+      <c r="M325">
+        <v>1</v>
+      </c>
+      <c r="N325" t="s">
+        <v>59</v>
+      </c>
+      <c r="O325">
+        <v>2</v>
+      </c>
+      <c r="P325">
+        <v>15504</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>57</v>
+      </c>
+      <c r="R325" t="s">
+        <v>30</v>
+      </c>
+      <c r="S325" t="s">
+        <v>31</v>
+      </c>
+      <c r="T325" t="s">
+        <v>32</v>
+      </c>
+      <c r="U325" t="s">
+        <v>34</v>
+      </c>
+      <c r="V325">
+        <v>2</v>
+      </c>
+      <c r="W325">
+        <v>0</v>
+      </c>
+      <c r="X325">
+        <v>0</v>
+      </c>
+      <c r="Y325">
+        <v>0.246</v>
+      </c>
+    </row>
+    <row r="326" spans="1:25">
+      <c r="A326" t="s">
+        <v>25</v>
+      </c>
+      <c r="B326">
+        <v>2025</v>
+      </c>
+      <c r="C326">
+        <v>3250</v>
+      </c>
+      <c r="D326" t="s">
+        <v>26</v>
+      </c>
+      <c r="E326">
+        <v>8</v>
+      </c>
+      <c r="F326">
+        <v>15</v>
+      </c>
+      <c r="G326">
+        <v>11.7508</v>
+      </c>
+      <c r="H326">
+        <v>46</v>
+      </c>
+      <c r="I326">
+        <v>0</v>
+      </c>
+      <c r="J326">
+        <v>21.984</v>
+      </c>
+      <c r="K326">
+        <v>0</v>
+      </c>
+      <c r="L326" t="s">
+        <v>27</v>
+      </c>
+      <c r="M326">
+        <v>1</v>
+      </c>
+      <c r="N326" t="s">
+        <v>59</v>
+      </c>
+      <c r="O326">
+        <v>2</v>
+      </c>
+      <c r="P326">
+        <v>15504</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>57</v>
+      </c>
+      <c r="R326" t="s">
+        <v>30</v>
+      </c>
+      <c r="S326" t="s">
+        <v>31</v>
+      </c>
+      <c r="T326" t="s">
+        <v>32</v>
+      </c>
+      <c r="U326" t="s">
+        <v>35</v>
+      </c>
+      <c r="V326">
+        <v>2</v>
+      </c>
+      <c r="W326">
+        <v>0</v>
+      </c>
+      <c r="X326">
+        <v>0</v>
+      </c>
+      <c r="Y326">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="327" spans="1:25">
+      <c r="A327" t="s">
+        <v>25</v>
+      </c>
+      <c r="B327">
+        <v>2025</v>
+      </c>
+      <c r="C327">
+        <v>3250</v>
+      </c>
+      <c r="D327" t="s">
+        <v>26</v>
+      </c>
+      <c r="E327">
+        <v>8</v>
+      </c>
+      <c r="F327">
+        <v>15</v>
+      </c>
+      <c r="G327">
+        <v>11.7508</v>
+      </c>
+      <c r="H327">
+        <v>46</v>
+      </c>
+      <c r="I327">
+        <v>0</v>
+      </c>
+      <c r="J327">
+        <v>21.984</v>
+      </c>
+      <c r="K327">
+        <v>0</v>
+      </c>
+      <c r="L327" t="s">
+        <v>27</v>
+      </c>
+      <c r="M327">
+        <v>1</v>
+      </c>
+      <c r="N327" t="s">
+        <v>59</v>
+      </c>
+      <c r="O327">
+        <v>2</v>
+      </c>
+      <c r="P327">
+        <v>15504</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>57</v>
+      </c>
+      <c r="R327" t="s">
+        <v>30</v>
+      </c>
+      <c r="S327" t="s">
+        <v>31</v>
+      </c>
+      <c r="T327" t="s">
+        <v>32</v>
+      </c>
+      <c r="U327" t="s">
+        <v>36</v>
+      </c>
+      <c r="V327">
+        <v>6</v>
+      </c>
+      <c r="W327">
+        <v>0</v>
+      </c>
+      <c r="X327">
+        <v>0</v>
+      </c>
+      <c r="Y327">
+        <v>2.979</v>
+      </c>
+    </row>
+    <row r="328" spans="1:25">
+      <c r="A328" t="s">
+        <v>25</v>
+      </c>
+      <c r="B328">
+        <v>2025</v>
+      </c>
+      <c r="C328">
+        <v>3250</v>
+      </c>
+      <c r="D328" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328">
+        <v>8</v>
+      </c>
+      <c r="F328">
+        <v>15</v>
+      </c>
+      <c r="G328">
+        <v>11.7508</v>
+      </c>
+      <c r="H328">
+        <v>46</v>
+      </c>
+      <c r="I328">
+        <v>0</v>
+      </c>
+      <c r="J328">
+        <v>21.984</v>
+      </c>
+      <c r="K328">
+        <v>0</v>
+      </c>
+      <c r="L328" t="s">
+        <v>27</v>
+      </c>
+      <c r="M328">
+        <v>1</v>
+      </c>
+      <c r="N328" t="s">
+        <v>59</v>
+      </c>
+      <c r="O328">
+        <v>2</v>
+      </c>
+      <c r="P328">
+        <v>15504</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>57</v>
+      </c>
+      <c r="R328" t="s">
+        <v>30</v>
+      </c>
+      <c r="S328" t="s">
+        <v>31</v>
+      </c>
+      <c r="T328" t="s">
+        <v>32</v>
+      </c>
+      <c r="U328" t="s">
+        <v>37</v>
+      </c>
+      <c r="V328">
+        <v>2</v>
+      </c>
+      <c r="W328">
+        <v>0</v>
+      </c>
+      <c r="X328">
+        <v>0</v>
+      </c>
+      <c r="Y328">
+        <v>1.851</v>
+      </c>
+    </row>
+    <row r="329" spans="1:25">
+      <c r="A329" t="s">
+        <v>25</v>
+      </c>
+      <c r="B329">
+        <v>2025</v>
+      </c>
+      <c r="C329">
+        <v>3250</v>
+      </c>
+      <c r="D329" t="s">
+        <v>26</v>
+      </c>
+      <c r="E329">
+        <v>8</v>
+      </c>
+      <c r="F329">
+        <v>15</v>
+      </c>
+      <c r="G329">
+        <v>11.7508</v>
+      </c>
+      <c r="H329">
+        <v>46</v>
+      </c>
+      <c r="I329">
+        <v>0</v>
+      </c>
+      <c r="J329">
+        <v>21.984</v>
+      </c>
+      <c r="K329">
+        <v>0</v>
+      </c>
+      <c r="L329" t="s">
+        <v>27</v>
+      </c>
+      <c r="M329">
+        <v>1</v>
+      </c>
+      <c r="N329" t="s">
+        <v>59</v>
+      </c>
+      <c r="O329">
+        <v>2</v>
+      </c>
+      <c r="P329">
+        <v>15504</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>44</v>
+      </c>
+      <c r="R329" t="s">
+        <v>30</v>
+      </c>
+      <c r="S329" t="s">
+        <v>31</v>
+      </c>
+      <c r="T329" t="s">
+        <v>32</v>
+      </c>
+      <c r="U329" t="s">
+        <v>34</v>
+      </c>
+      <c r="V329">
+        <v>3</v>
+      </c>
+      <c r="W329">
+        <v>0</v>
+      </c>
+      <c r="X329">
+        <v>0</v>
+      </c>
+      <c r="Y329">
+        <v>0.379</v>
+      </c>
+    </row>
+    <row r="330" spans="1:25">
+      <c r="A330" t="s">
+        <v>25</v>
+      </c>
+      <c r="B330">
+        <v>2025</v>
+      </c>
+      <c r="C330">
+        <v>3250</v>
+      </c>
+      <c r="D330" t="s">
+        <v>26</v>
+      </c>
+      <c r="E330">
+        <v>8</v>
+      </c>
+      <c r="F330">
+        <v>15</v>
+      </c>
+      <c r="G330">
+        <v>11.7508</v>
+      </c>
+      <c r="H330">
+        <v>46</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
+      </c>
+      <c r="J330">
+        <v>21.984</v>
+      </c>
+      <c r="K330">
+        <v>0</v>
+      </c>
+      <c r="L330" t="s">
+        <v>27</v>
+      </c>
+      <c r="M330">
+        <v>1</v>
+      </c>
+      <c r="N330" t="s">
+        <v>59</v>
+      </c>
+      <c r="O330">
+        <v>2</v>
+      </c>
+      <c r="P330">
+        <v>15504</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>44</v>
+      </c>
+      <c r="R330" t="s">
+        <v>30</v>
+      </c>
+      <c r="S330" t="s">
+        <v>31</v>
+      </c>
+      <c r="T330" t="s">
+        <v>32</v>
+      </c>
+      <c r="U330" t="s">
+        <v>35</v>
+      </c>
+      <c r="V330">
+        <v>2</v>
+      </c>
+      <c r="W330">
+        <v>0</v>
+      </c>
+      <c r="X330">
+        <v>0</v>
+      </c>
+      <c r="Y330">
+        <v>0.452</v>
+      </c>
+    </row>
+    <row r="331" spans="1:25">
+      <c r="A331" t="s">
+        <v>25</v>
+      </c>
+      <c r="B331">
+        <v>2025</v>
+      </c>
+      <c r="C331">
+        <v>3250</v>
+      </c>
+      <c r="D331" t="s">
+        <v>26</v>
+      </c>
+      <c r="E331">
+        <v>8</v>
+      </c>
+      <c r="F331">
+        <v>15</v>
+      </c>
+      <c r="G331">
+        <v>11.7508</v>
+      </c>
+      <c r="H331">
+        <v>46</v>
+      </c>
+      <c r="I331">
+        <v>0</v>
+      </c>
+      <c r="J331">
+        <v>21.984</v>
+      </c>
+      <c r="K331">
+        <v>0</v>
+      </c>
+      <c r="L331" t="s">
+        <v>27</v>
+      </c>
+      <c r="M331">
+        <v>1</v>
+      </c>
+      <c r="N331" t="s">
+        <v>59</v>
+      </c>
+      <c r="O331">
+        <v>2</v>
+      </c>
+      <c r="P331">
+        <v>15504</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>44</v>
+      </c>
+      <c r="R331" t="s">
+        <v>30</v>
+      </c>
+      <c r="S331" t="s">
+        <v>31</v>
+      </c>
+      <c r="T331" t="s">
+        <v>32</v>
+      </c>
+      <c r="U331" t="s">
+        <v>36</v>
+      </c>
+      <c r="V331">
+        <v>7</v>
+      </c>
+      <c r="W331">
+        <v>0</v>
+      </c>
+      <c r="X331">
+        <v>0</v>
+      </c>
+      <c r="Y331">
+        <v>3.509</v>
+      </c>
+    </row>
+    <row r="332" spans="1:25">
+      <c r="A332" t="s">
+        <v>25</v>
+      </c>
+      <c r="B332">
+        <v>2025</v>
+      </c>
+      <c r="C332">
+        <v>3250</v>
+      </c>
+      <c r="D332" t="s">
+        <v>26</v>
+      </c>
+      <c r="E332">
+        <v>8</v>
+      </c>
+      <c r="F332">
+        <v>15</v>
+      </c>
+      <c r="G332">
+        <v>11.7508</v>
+      </c>
+      <c r="H332">
+        <v>46</v>
+      </c>
+      <c r="I332">
+        <v>0</v>
+      </c>
+      <c r="J332">
+        <v>21.984</v>
+      </c>
+      <c r="K332">
+        <v>0</v>
+      </c>
+      <c r="L332" t="s">
+        <v>27</v>
+      </c>
+      <c r="M332">
+        <v>1</v>
+      </c>
+      <c r="N332" t="s">
+        <v>59</v>
+      </c>
+      <c r="O332">
+        <v>2</v>
+      </c>
+      <c r="P332">
+        <v>15504</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>44</v>
+      </c>
+      <c r="R332" t="s">
+        <v>30</v>
+      </c>
+      <c r="S332" t="s">
+        <v>31</v>
+      </c>
+      <c r="T332" t="s">
+        <v>32</v>
+      </c>
+      <c r="U332" t="s">
+        <v>37</v>
+      </c>
+      <c r="V332">
+        <v>5</v>
+      </c>
+      <c r="W332">
+        <v>0</v>
+      </c>
+      <c r="X332">
+        <v>0</v>
+      </c>
+      <c r="Y332">
+        <v>5.124</v>
+      </c>
+    </row>
+    <row r="333" spans="1:25">
+      <c r="A333" t="s">
+        <v>25</v>
+      </c>
+      <c r="B333">
+        <v>2025</v>
+      </c>
+      <c r="C333">
+        <v>3250</v>
+      </c>
+      <c r="D333" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333">
+        <v>8</v>
+      </c>
+      <c r="F333">
+        <v>15</v>
+      </c>
+      <c r="G333">
+        <v>11.7508</v>
+      </c>
+      <c r="H333">
+        <v>46</v>
+      </c>
+      <c r="I333">
+        <v>0</v>
+      </c>
+      <c r="J333">
+        <v>21.984</v>
+      </c>
+      <c r="K333">
+        <v>0</v>
+      </c>
+      <c r="L333" t="s">
+        <v>27</v>
+      </c>
+      <c r="M333">
+        <v>1</v>
+      </c>
+      <c r="N333" t="s">
+        <v>59</v>
+      </c>
+      <c r="O333">
+        <v>2</v>
+      </c>
+      <c r="P333">
+        <v>15504</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>44</v>
+      </c>
+      <c r="R333" t="s">
+        <v>30</v>
+      </c>
+      <c r="S333" t="s">
+        <v>31</v>
+      </c>
+      <c r="T333" t="s">
+        <v>32</v>
+      </c>
+      <c r="U333" t="s">
+        <v>40</v>
+      </c>
+      <c r="V333">
+        <v>1</v>
+      </c>
+      <c r="W333">
+        <v>0</v>
+      </c>
+      <c r="X333">
+        <v>0</v>
+      </c>
+      <c r="Y333">
+        <v>1.114</v>
+      </c>
+    </row>
+    <row r="334" spans="1:25">
+      <c r="A334" t="s">
+        <v>25</v>
+      </c>
+      <c r="B334">
+        <v>2025</v>
+      </c>
+      <c r="C334">
+        <v>3250</v>
+      </c>
+      <c r="D334" t="s">
+        <v>26</v>
+      </c>
+      <c r="E334">
+        <v>8</v>
+      </c>
+      <c r="F334">
+        <v>15</v>
+      </c>
+      <c r="G334">
+        <v>11.7508</v>
+      </c>
+      <c r="H334">
+        <v>46</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
+      </c>
+      <c r="J334">
+        <v>21.984</v>
+      </c>
+      <c r="K334">
+        <v>0</v>
+      </c>
+      <c r="L334" t="s">
+        <v>27</v>
+      </c>
+      <c r="M334">
+        <v>1</v>
+      </c>
+      <c r="N334" t="s">
+        <v>59</v>
+      </c>
+      <c r="O334">
+        <v>2</v>
+      </c>
+      <c r="P334">
+        <v>15504</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>29</v>
+      </c>
+      <c r="R334" t="s">
+        <v>30</v>
+      </c>
+      <c r="S334" t="s">
+        <v>31</v>
+      </c>
+      <c r="T334" t="s">
+        <v>32</v>
+      </c>
+      <c r="U334" t="s">
+        <v>34</v>
+      </c>
+      <c r="V334">
+        <v>5</v>
+      </c>
+      <c r="W334">
+        <v>0</v>
+      </c>
+      <c r="X334">
+        <v>0</v>
+      </c>
+      <c r="Y334">
+        <v>0.748</v>
+      </c>
+    </row>
+    <row r="335" spans="1:25">
+      <c r="A335" t="s">
+        <v>25</v>
+      </c>
+      <c r="B335">
+        <v>2025</v>
+      </c>
+      <c r="C335">
+        <v>3250</v>
+      </c>
+      <c r="D335" t="s">
+        <v>26</v>
+      </c>
+      <c r="E335">
+        <v>8</v>
+      </c>
+      <c r="F335">
+        <v>15</v>
+      </c>
+      <c r="G335">
+        <v>11.7508</v>
+      </c>
+      <c r="H335">
+        <v>46</v>
+      </c>
+      <c r="I335">
+        <v>0</v>
+      </c>
+      <c r="J335">
+        <v>21.984</v>
+      </c>
+      <c r="K335">
+        <v>0</v>
+      </c>
+      <c r="L335" t="s">
+        <v>27</v>
+      </c>
+      <c r="M335">
+        <v>1</v>
+      </c>
+      <c r="N335" t="s">
+        <v>59</v>
+      </c>
+      <c r="O335">
+        <v>2</v>
+      </c>
+      <c r="P335">
+        <v>15504</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>29</v>
+      </c>
+      <c r="R335" t="s">
+        <v>30</v>
+      </c>
+      <c r="S335" t="s">
+        <v>31</v>
+      </c>
+      <c r="T335" t="s">
+        <v>32</v>
+      </c>
+      <c r="U335" t="s">
+        <v>35</v>
+      </c>
+      <c r="V335">
+        <v>2</v>
+      </c>
+      <c r="W335">
+        <v>0</v>
+      </c>
+      <c r="X335">
+        <v>0</v>
+      </c>
+      <c r="Y335">
+        <v>0.516</v>
+      </c>
+    </row>
+    <row r="336" spans="1:25">
+      <c r="A336" t="s">
+        <v>25</v>
+      </c>
+      <c r="B336">
+        <v>2025</v>
+      </c>
+      <c r="C336">
+        <v>3250</v>
+      </c>
+      <c r="D336" t="s">
+        <v>26</v>
+      </c>
+      <c r="E336">
+        <v>8</v>
+      </c>
+      <c r="F336">
+        <v>15</v>
+      </c>
+      <c r="G336">
+        <v>11.7508</v>
+      </c>
+      <c r="H336">
+        <v>46</v>
+      </c>
+      <c r="I336">
+        <v>0</v>
+      </c>
+      <c r="J336">
+        <v>21.984</v>
+      </c>
+      <c r="K336">
+        <v>0</v>
+      </c>
+      <c r="L336" t="s">
+        <v>27</v>
+      </c>
+      <c r="M336">
+        <v>1</v>
+      </c>
+      <c r="N336" t="s">
+        <v>59</v>
+      </c>
+      <c r="O336">
+        <v>2</v>
+      </c>
+      <c r="P336">
+        <v>15504</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>29</v>
+      </c>
+      <c r="R336" t="s">
+        <v>30</v>
+      </c>
+      <c r="S336" t="s">
+        <v>31</v>
+      </c>
+      <c r="T336" t="s">
+        <v>32</v>
+      </c>
+      <c r="U336" t="s">
+        <v>36</v>
+      </c>
+      <c r="V336">
+        <v>9</v>
+      </c>
+      <c r="W336">
+        <v>0</v>
+      </c>
+      <c r="X336">
+        <v>0</v>
+      </c>
+      <c r="Y336">
+        <v>4.616</v>
+      </c>
+    </row>
+    <row r="337" spans="1:25">
+      <c r="A337" t="s">
+        <v>25</v>
+      </c>
+      <c r="B337">
+        <v>2025</v>
+      </c>
+      <c r="C337">
+        <v>3250</v>
+      </c>
+      <c r="D337" t="s">
+        <v>26</v>
+      </c>
+      <c r="E337">
+        <v>8</v>
+      </c>
+      <c r="F337">
+        <v>16</v>
+      </c>
+      <c r="G337">
+        <v>11.7508</v>
+      </c>
+      <c r="H337">
+        <v>50</v>
+      </c>
+      <c r="I337">
+        <v>1.0</v>
+      </c>
+      <c r="J337">
+        <v>31.051</v>
+      </c>
+      <c r="K337">
+        <v>0</v>
+      </c>
+      <c r="L337" t="s">
+        <v>27</v>
+      </c>
+      <c r="M337">
+        <v>1</v>
+      </c>
+      <c r="N337" t="s">
+        <v>59</v>
+      </c>
+      <c r="O337">
+        <v>2</v>
+      </c>
+      <c r="P337">
+        <v>15504</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>29</v>
+      </c>
+      <c r="R337" t="s">
+        <v>30</v>
+      </c>
+      <c r="S337" t="s">
+        <v>31</v>
+      </c>
+      <c r="T337" t="s">
+        <v>32</v>
+      </c>
+      <c r="U337" t="s">
+        <v>34</v>
+      </c>
+      <c r="V337">
+        <v>6</v>
+      </c>
+      <c r="W337">
+        <v>0</v>
+      </c>
+      <c r="X337">
+        <v>0</v>
+      </c>
+      <c r="Y337">
+        <v>0.724</v>
+      </c>
+    </row>
+    <row r="338" spans="1:25">
+      <c r="A338" t="s">
+        <v>25</v>
+      </c>
+      <c r="B338">
+        <v>2025</v>
+      </c>
+      <c r="C338">
+        <v>3250</v>
+      </c>
+      <c r="D338" t="s">
+        <v>26</v>
+      </c>
+      <c r="E338">
+        <v>8</v>
+      </c>
+      <c r="F338">
+        <v>16</v>
+      </c>
+      <c r="G338">
+        <v>11.7508</v>
+      </c>
+      <c r="H338">
+        <v>50</v>
+      </c>
+      <c r="I338">
+        <v>1.0</v>
+      </c>
+      <c r="J338">
+        <v>31.051</v>
+      </c>
+      <c r="K338">
+        <v>0</v>
+      </c>
+      <c r="L338" t="s">
+        <v>27</v>
+      </c>
+      <c r="M338">
+        <v>1</v>
+      </c>
+      <c r="N338" t="s">
+        <v>59</v>
+      </c>
+      <c r="O338">
+        <v>2</v>
+      </c>
+      <c r="P338">
+        <v>15504</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>29</v>
+      </c>
+      <c r="R338" t="s">
+        <v>30</v>
+      </c>
+      <c r="S338" t="s">
+        <v>31</v>
+      </c>
+      <c r="T338" t="s">
+        <v>32</v>
+      </c>
+      <c r="U338" t="s">
+        <v>35</v>
+      </c>
+      <c r="V338">
+        <v>6</v>
+      </c>
+      <c r="W338">
+        <v>0</v>
+      </c>
+      <c r="X338">
+        <v>0</v>
+      </c>
+      <c r="Y338">
+        <v>1.548</v>
+      </c>
+    </row>
+    <row r="339" spans="1:25">
+      <c r="A339" t="s">
+        <v>25</v>
+      </c>
+      <c r="B339">
+        <v>2025</v>
+      </c>
+      <c r="C339">
+        <v>3250</v>
+      </c>
+      <c r="D339" t="s">
+        <v>26</v>
+      </c>
+      <c r="E339">
+        <v>8</v>
+      </c>
+      <c r="F339">
+        <v>16</v>
+      </c>
+      <c r="G339">
+        <v>11.7508</v>
+      </c>
+      <c r="H339">
+        <v>50</v>
+      </c>
+      <c r="I339">
+        <v>1.0</v>
+      </c>
+      <c r="J339">
+        <v>31.051</v>
+      </c>
+      <c r="K339">
+        <v>0</v>
+      </c>
+      <c r="L339" t="s">
+        <v>27</v>
+      </c>
+      <c r="M339">
+        <v>1</v>
+      </c>
+      <c r="N339" t="s">
+        <v>59</v>
+      </c>
+      <c r="O339">
+        <v>2</v>
+      </c>
+      <c r="P339">
+        <v>15504</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>29</v>
+      </c>
+      <c r="R339" t="s">
+        <v>30</v>
+      </c>
+      <c r="S339" t="s">
+        <v>31</v>
+      </c>
+      <c r="T339" t="s">
+        <v>32</v>
+      </c>
+      <c r="U339" t="s">
+        <v>36</v>
+      </c>
+      <c r="V339">
+        <v>12</v>
+      </c>
+      <c r="W339">
+        <v>0</v>
+      </c>
+      <c r="X339">
+        <v>0</v>
+      </c>
+      <c r="Y339">
+        <v>5.819</v>
+      </c>
+    </row>
+    <row r="340" spans="1:25">
+      <c r="A340" t="s">
+        <v>25</v>
+      </c>
+      <c r="B340">
+        <v>2025</v>
+      </c>
+      <c r="C340">
+        <v>3250</v>
+      </c>
+      <c r="D340" t="s">
+        <v>26</v>
+      </c>
+      <c r="E340">
+        <v>8</v>
+      </c>
+      <c r="F340">
+        <v>16</v>
+      </c>
+      <c r="G340">
+        <v>11.7508</v>
+      </c>
+      <c r="H340">
+        <v>50</v>
+      </c>
+      <c r="I340">
+        <v>1.0</v>
+      </c>
+      <c r="J340">
+        <v>31.051</v>
+      </c>
+      <c r="K340">
+        <v>0</v>
+      </c>
+      <c r="L340" t="s">
+        <v>27</v>
+      </c>
+      <c r="M340">
+        <v>1</v>
+      </c>
+      <c r="N340" t="s">
+        <v>59</v>
+      </c>
+      <c r="O340">
+        <v>2</v>
+      </c>
+      <c r="P340">
+        <v>15504</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>29</v>
+      </c>
+      <c r="R340" t="s">
+        <v>30</v>
+      </c>
+      <c r="S340" t="s">
+        <v>31</v>
+      </c>
+      <c r="T340" t="s">
+        <v>32</v>
+      </c>
+      <c r="U340" t="s">
+        <v>37</v>
+      </c>
+      <c r="V340">
+        <v>4</v>
+      </c>
+      <c r="W340">
+        <v>0</v>
+      </c>
+      <c r="X340">
+        <v>0</v>
+      </c>
+      <c r="Y340">
+        <v>4.166</v>
+      </c>
+    </row>
+    <row r="341" spans="1:25">
+      <c r="A341" t="s">
+        <v>25</v>
+      </c>
+      <c r="B341">
+        <v>2025</v>
+      </c>
+      <c r="C341">
+        <v>3250</v>
+      </c>
+      <c r="D341" t="s">
+        <v>26</v>
+      </c>
+      <c r="E341">
+        <v>8</v>
+      </c>
+      <c r="F341">
+        <v>16</v>
+      </c>
+      <c r="G341">
+        <v>11.7508</v>
+      </c>
+      <c r="H341">
+        <v>50</v>
+      </c>
+      <c r="I341">
+        <v>1.0</v>
+      </c>
+      <c r="J341">
+        <v>31.051</v>
+      </c>
+      <c r="K341">
+        <v>0</v>
+      </c>
+      <c r="L341" t="s">
+        <v>27</v>
+      </c>
+      <c r="M341">
+        <v>1</v>
+      </c>
+      <c r="N341" t="s">
+        <v>59</v>
+      </c>
+      <c r="O341">
+        <v>2</v>
+      </c>
+      <c r="P341">
+        <v>15504</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>29</v>
+      </c>
+      <c r="R341" t="s">
+        <v>30</v>
+      </c>
+      <c r="S341" t="s">
+        <v>31</v>
+      </c>
+      <c r="T341" t="s">
+        <v>32</v>
+      </c>
+      <c r="U341" t="s">
+        <v>40</v>
+      </c>
+      <c r="V341">
+        <v>2</v>
+      </c>
+      <c r="W341">
+        <v>1.0</v>
+      </c>
+      <c r="X341">
+        <v>0</v>
+      </c>
+      <c r="Y341">
+        <v>1.91</v>
+      </c>
+    </row>
+    <row r="342" spans="1:25">
+      <c r="A342" t="s">
+        <v>25</v>
+      </c>
+      <c r="B342">
+        <v>2025</v>
+      </c>
+      <c r="C342">
+        <v>3250</v>
+      </c>
+      <c r="D342" t="s">
+        <v>26</v>
+      </c>
+      <c r="E342">
+        <v>8</v>
+      </c>
+      <c r="F342">
+        <v>16</v>
+      </c>
+      <c r="G342">
+        <v>11.7508</v>
+      </c>
+      <c r="H342">
+        <v>50</v>
+      </c>
+      <c r="I342">
+        <v>1.0</v>
+      </c>
+      <c r="J342">
+        <v>31.051</v>
+      </c>
+      <c r="K342">
+        <v>0</v>
+      </c>
+      <c r="L342" t="s">
+        <v>27</v>
+      </c>
+      <c r="M342">
+        <v>1</v>
+      </c>
+      <c r="N342" t="s">
+        <v>59</v>
+      </c>
+      <c r="O342">
+        <v>2</v>
+      </c>
+      <c r="P342">
+        <v>15504</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>57</v>
+      </c>
+      <c r="R342" t="s">
+        <v>30</v>
+      </c>
+      <c r="S342" t="s">
+        <v>31</v>
+      </c>
+      <c r="T342" t="s">
+        <v>32</v>
+      </c>
+      <c r="U342" t="s">
+        <v>36</v>
+      </c>
+      <c r="V342">
+        <v>2</v>
+      </c>
+      <c r="W342">
+        <v>0</v>
+      </c>
+      <c r="X342">
+        <v>0</v>
+      </c>
+      <c r="Y342">
+        <v>1.059</v>
+      </c>
+    </row>
+    <row r="343" spans="1:25">
+      <c r="A343" t="s">
+        <v>25</v>
+      </c>
+      <c r="B343">
+        <v>2025</v>
+      </c>
+      <c r="C343">
+        <v>3250</v>
+      </c>
+      <c r="D343" t="s">
+        <v>26</v>
+      </c>
+      <c r="E343">
+        <v>8</v>
+      </c>
+      <c r="F343">
+        <v>16</v>
+      </c>
+      <c r="G343">
+        <v>11.7508</v>
+      </c>
+      <c r="H343">
+        <v>50</v>
+      </c>
+      <c r="I343">
+        <v>1.0</v>
+      </c>
+      <c r="J343">
+        <v>31.051</v>
+      </c>
+      <c r="K343">
+        <v>0</v>
+      </c>
+      <c r="L343" t="s">
+        <v>27</v>
+      </c>
+      <c r="M343">
+        <v>1</v>
+      </c>
+      <c r="N343" t="s">
+        <v>59</v>
+      </c>
+      <c r="O343">
+        <v>2</v>
+      </c>
+      <c r="P343">
+        <v>15504</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>57</v>
+      </c>
+      <c r="R343" t="s">
+        <v>30</v>
+      </c>
+      <c r="S343" t="s">
+        <v>31</v>
+      </c>
+      <c r="T343" t="s">
+        <v>32</v>
+      </c>
+      <c r="U343" t="s">
+        <v>37</v>
+      </c>
+      <c r="V343">
+        <v>2</v>
+      </c>
+      <c r="W343">
+        <v>0</v>
+      </c>
+      <c r="X343">
+        <v>0</v>
+      </c>
+      <c r="Y343">
+        <v>1.908</v>
+      </c>
+    </row>
+    <row r="344" spans="1:25">
+      <c r="A344" t="s">
+        <v>25</v>
+      </c>
+      <c r="B344">
+        <v>2025</v>
+      </c>
+      <c r="C344">
+        <v>3250</v>
+      </c>
+      <c r="D344" t="s">
+        <v>26</v>
+      </c>
+      <c r="E344">
+        <v>8</v>
+      </c>
+      <c r="F344">
+        <v>16</v>
+      </c>
+      <c r="G344">
+        <v>11.7508</v>
+      </c>
+      <c r="H344">
+        <v>50</v>
+      </c>
+      <c r="I344">
+        <v>1.0</v>
+      </c>
+      <c r="J344">
+        <v>31.051</v>
+      </c>
+      <c r="K344">
+        <v>0</v>
+      </c>
+      <c r="L344" t="s">
+        <v>27</v>
+      </c>
+      <c r="M344">
+        <v>1</v>
+      </c>
+      <c r="N344" t="s">
+        <v>59</v>
+      </c>
+      <c r="O344">
+        <v>2</v>
+      </c>
+      <c r="P344">
+        <v>15504</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>44</v>
+      </c>
+      <c r="R344" t="s">
+        <v>30</v>
+      </c>
+      <c r="S344" t="s">
+        <v>31</v>
+      </c>
+      <c r="T344" t="s">
+        <v>32</v>
+      </c>
+      <c r="U344" t="s">
+        <v>36</v>
+      </c>
+      <c r="V344">
+        <v>5</v>
+      </c>
+      <c r="W344">
+        <v>0</v>
+      </c>
+      <c r="X344">
+        <v>0</v>
+      </c>
+      <c r="Y344">
+        <v>2.969</v>
+      </c>
+    </row>
+    <row r="345" spans="1:25">
+      <c r="A345" t="s">
+        <v>25</v>
+      </c>
+      <c r="B345">
+        <v>2025</v>
+      </c>
+      <c r="C345">
+        <v>3250</v>
+      </c>
+      <c r="D345" t="s">
+        <v>26</v>
+      </c>
+      <c r="E345">
+        <v>8</v>
+      </c>
+      <c r="F345">
+        <v>16</v>
+      </c>
+      <c r="G345">
+        <v>11.7508</v>
+      </c>
+      <c r="H345">
+        <v>50</v>
+      </c>
+      <c r="I345">
+        <v>1.0</v>
+      </c>
+      <c r="J345">
+        <v>31.051</v>
+      </c>
+      <c r="K345">
+        <v>0</v>
+      </c>
+      <c r="L345" t="s">
+        <v>27</v>
+      </c>
+      <c r="M345">
+        <v>1</v>
+      </c>
+      <c r="N345" t="s">
+        <v>59</v>
+      </c>
+      <c r="O345">
+        <v>2</v>
+      </c>
+      <c r="P345">
+        <v>15504</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>44</v>
+      </c>
+      <c r="R345" t="s">
+        <v>30</v>
+      </c>
+      <c r="S345" t="s">
+        <v>31</v>
+      </c>
+      <c r="T345" t="s">
+        <v>32</v>
+      </c>
+      <c r="U345" t="s">
+        <v>37</v>
+      </c>
+      <c r="V345">
+        <v>9</v>
+      </c>
+      <c r="W345">
+        <v>0</v>
+      </c>
+      <c r="X345">
+        <v>0</v>
+      </c>
+      <c r="Y345">
+        <v>8.706</v>
+      </c>
+    </row>
+    <row r="346" spans="1:25">
+      <c r="A346" t="s">
+        <v>25</v>
+      </c>
+      <c r="B346">
+        <v>2025</v>
+      </c>
+      <c r="C346">
+        <v>3250</v>
+      </c>
+      <c r="D346" t="s">
+        <v>26</v>
+      </c>
+      <c r="E346">
+        <v>8</v>
+      </c>
+      <c r="F346">
+        <v>16</v>
+      </c>
+      <c r="G346">
+        <v>11.7508</v>
+      </c>
+      <c r="H346">
+        <v>50</v>
+      </c>
+      <c r="I346">
+        <v>1.0</v>
+      </c>
+      <c r="J346">
+        <v>31.051</v>
+      </c>
+      <c r="K346">
+        <v>0</v>
+      </c>
+      <c r="L346" t="s">
+        <v>27</v>
+      </c>
+      <c r="M346">
+        <v>1</v>
+      </c>
+      <c r="N346" t="s">
+        <v>59</v>
+      </c>
+      <c r="O346">
+        <v>2</v>
+      </c>
+      <c r="P346">
+        <v>15504</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>44</v>
+      </c>
+      <c r="R346" t="s">
+        <v>30</v>
+      </c>
+      <c r="S346" t="s">
+        <v>31</v>
+      </c>
+      <c r="T346" t="s">
+        <v>32</v>
+      </c>
+      <c r="U346" t="s">
+        <v>40</v>
+      </c>
+      <c r="V346">
+        <v>2</v>
+      </c>
+      <c r="W346">
+        <v>0</v>
+      </c>
+      <c r="X346">
+        <v>0</v>
+      </c>
+      <c r="Y346">
+        <v>2.242</v>
+      </c>
+    </row>
+    <row r="347" spans="1:25">
+      <c r="A347" t="s">
+        <v>25</v>
+      </c>
+      <c r="B347">
+        <v>2025</v>
+      </c>
+      <c r="C347">
+        <v>3250</v>
+      </c>
+      <c r="D347" t="s">
+        <v>26</v>
+      </c>
+      <c r="E347">
+        <v>8</v>
+      </c>
+      <c r="F347">
+        <v>17</v>
+      </c>
+      <c r="G347">
+        <v>9.8764</v>
+      </c>
+      <c r="H347">
+        <v>159</v>
+      </c>
+      <c r="I347">
+        <v>0</v>
+      </c>
+      <c r="J347">
+        <v>1.601</v>
+      </c>
+      <c r="K347">
+        <v>6.976</v>
+      </c>
+      <c r="L347" t="s">
+        <v>27</v>
+      </c>
+      <c r="M347">
+        <v>1</v>
+      </c>
+      <c r="N347" t="s">
+        <v>61</v>
+      </c>
+      <c r="O347">
+        <v>2</v>
+      </c>
+      <c r="P347">
+        <v>15504</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>57</v>
+      </c>
+      <c r="R347" t="s">
+        <v>30</v>
+      </c>
+      <c r="S347" t="s">
+        <v>32</v>
+      </c>
+      <c r="T347" t="s">
+        <v>32</v>
+      </c>
+      <c r="U347" t="s">
+        <v>33</v>
+      </c>
+      <c r="V347">
+        <v>54</v>
+      </c>
+      <c r="W347">
+        <v>0</v>
+      </c>
+      <c r="X347">
+        <v>0</v>
+      </c>
+      <c r="Y347">
+        <v>1.512</v>
+      </c>
+    </row>
+    <row r="348" spans="1:25">
+      <c r="A348" t="s">
+        <v>25</v>
+      </c>
+      <c r="B348">
+        <v>2025</v>
+      </c>
+      <c r="C348">
+        <v>3250</v>
+      </c>
+      <c r="D348" t="s">
+        <v>26</v>
+      </c>
+      <c r="E348">
+        <v>8</v>
+      </c>
+      <c r="F348">
+        <v>17</v>
+      </c>
+      <c r="G348">
+        <v>9.8764</v>
+      </c>
+      <c r="H348">
+        <v>159</v>
+      </c>
+      <c r="I348">
+        <v>0</v>
+      </c>
+      <c r="J348">
+        <v>1.601</v>
+      </c>
+      <c r="K348">
+        <v>6.976</v>
+      </c>
+      <c r="L348" t="s">
+        <v>27</v>
+      </c>
+      <c r="M348">
+        <v>1</v>
+      </c>
+      <c r="N348" t="s">
+        <v>61</v>
+      </c>
+      <c r="O348">
+        <v>2</v>
+      </c>
+      <c r="P348">
+        <v>15504</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>57</v>
+      </c>
+      <c r="R348" t="s">
+        <v>30</v>
+      </c>
+      <c r="S348" t="s">
+        <v>32</v>
+      </c>
+      <c r="T348" t="s">
+        <v>32</v>
+      </c>
+      <c r="U348" t="s">
+        <v>34</v>
+      </c>
+      <c r="V348">
+        <v>1</v>
+      </c>
+      <c r="W348">
+        <v>0</v>
+      </c>
+      <c r="X348">
+        <v>0</v>
+      </c>
+      <c r="Y348">
+        <v>0.089</v>
+      </c>
+    </row>
+    <row r="349" spans="1:25">
+      <c r="A349" t="s">
+        <v>25</v>
+      </c>
+      <c r="B349">
+        <v>2025</v>
+      </c>
+      <c r="C349">
+        <v>3250</v>
+      </c>
+      <c r="D349" t="s">
+        <v>26</v>
+      </c>
+      <c r="E349">
+        <v>8</v>
+      </c>
+      <c r="F349">
+        <v>17</v>
+      </c>
+      <c r="G349">
+        <v>9.8764</v>
+      </c>
+      <c r="H349">
+        <v>159</v>
+      </c>
+      <c r="I349">
+        <v>0</v>
+      </c>
+      <c r="J349">
+        <v>1.601</v>
+      </c>
+      <c r="K349">
+        <v>6.976</v>
+      </c>
+      <c r="L349" t="s">
+        <v>27</v>
+      </c>
+      <c r="M349">
+        <v>1</v>
+      </c>
+      <c r="N349" t="s">
+        <v>61</v>
+      </c>
+      <c r="O349">
+        <v>2</v>
+      </c>
+      <c r="P349">
+        <v>15504</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>62</v>
+      </c>
+      <c r="R349" t="s">
+        <v>30</v>
+      </c>
+      <c r="S349" t="s">
+        <v>32</v>
+      </c>
+      <c r="T349" t="s">
+        <v>32</v>
+      </c>
+      <c r="U349" t="s">
+        <v>33</v>
+      </c>
+      <c r="V349">
+        <v>58</v>
+      </c>
+      <c r="W349">
+        <v>0</v>
+      </c>
+      <c r="X349">
+        <v>0</v>
+      </c>
+      <c r="Y349">
+        <v>1.97</v>
+      </c>
+    </row>
+    <row r="350" spans="1:25">
+      <c r="A350" t="s">
+        <v>25</v>
+      </c>
+      <c r="B350">
+        <v>2025</v>
+      </c>
+      <c r="C350">
+        <v>3250</v>
+      </c>
+      <c r="D350" t="s">
+        <v>26</v>
+      </c>
+      <c r="E350">
+        <v>8</v>
+      </c>
+      <c r="F350">
+        <v>17</v>
+      </c>
+      <c r="G350">
+        <v>9.8764</v>
+      </c>
+      <c r="H350">
+        <v>159</v>
+      </c>
+      <c r="I350">
+        <v>0</v>
+      </c>
+      <c r="J350">
+        <v>1.601</v>
+      </c>
+      <c r="K350">
+        <v>6.976</v>
+      </c>
+      <c r="L350" t="s">
+        <v>27</v>
+      </c>
+      <c r="M350">
+        <v>1</v>
+      </c>
+      <c r="N350" t="s">
+        <v>61</v>
+      </c>
+      <c r="O350">
+        <v>2</v>
+      </c>
+      <c r="P350">
+        <v>15504</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>62</v>
+      </c>
+      <c r="R350" t="s">
+        <v>30</v>
+      </c>
+      <c r="S350" t="s">
+        <v>32</v>
+      </c>
+      <c r="T350" t="s">
+        <v>32</v>
+      </c>
+      <c r="U350" t="s">
+        <v>34</v>
+      </c>
+      <c r="V350">
+        <v>44</v>
+      </c>
+      <c r="W350">
+        <v>0</v>
+      </c>
+      <c r="X350">
+        <v>0</v>
+      </c>
+      <c r="Y350">
+        <v>4.516</v>
+      </c>
+    </row>
+    <row r="351" spans="1:25">
+      <c r="A351" t="s">
+        <v>25</v>
+      </c>
+      <c r="B351">
+        <v>2025</v>
+      </c>
+      <c r="C351">
+        <v>3250</v>
+      </c>
+      <c r="D351" t="s">
+        <v>26</v>
+      </c>
+      <c r="E351">
+        <v>8</v>
+      </c>
+      <c r="F351">
+        <v>17</v>
+      </c>
+      <c r="G351">
+        <v>9.8764</v>
+      </c>
+      <c r="H351">
+        <v>159</v>
+      </c>
+      <c r="I351">
+        <v>0</v>
+      </c>
+      <c r="J351">
+        <v>1.601</v>
+      </c>
+      <c r="K351">
+        <v>6.976</v>
+      </c>
+      <c r="L351" t="s">
+        <v>27</v>
+      </c>
+      <c r="M351">
+        <v>1</v>
+      </c>
+      <c r="N351" t="s">
+        <v>61</v>
+      </c>
+      <c r="O351">
+        <v>2</v>
+      </c>
+      <c r="P351">
+        <v>15504</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>62</v>
+      </c>
+      <c r="R351" t="s">
+        <v>30</v>
+      </c>
+      <c r="S351" t="s">
+        <v>32</v>
+      </c>
+      <c r="T351" t="s">
+        <v>32</v>
+      </c>
+      <c r="U351" t="s">
+        <v>35</v>
+      </c>
+      <c r="V351">
+        <v>2</v>
+      </c>
+      <c r="W351">
+        <v>0</v>
+      </c>
+      <c r="X351">
+        <v>0</v>
+      </c>
+      <c r="Y351">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="352" spans="1:25">
+      <c r="A352" t="s">
+        <v>25</v>
+      </c>
+      <c r="B352">
+        <v>2025</v>
+      </c>
+      <c r="C352">
+        <v>3250</v>
+      </c>
+      <c r="D352" t="s">
+        <v>26</v>
+      </c>
+      <c r="E352">
+        <v>8</v>
+      </c>
+      <c r="F352">
+        <v>18</v>
+      </c>
+      <c r="G352">
+        <v>4.6728</v>
+      </c>
+      <c r="H352">
+        <v>373</v>
+      </c>
+      <c r="I352">
+        <v>0</v>
+      </c>
+      <c r="J352">
+        <v>11.568</v>
+      </c>
+      <c r="K352">
+        <v>0</v>
+      </c>
+      <c r="L352" t="s">
+        <v>27</v>
+      </c>
+      <c r="M352">
+        <v>1</v>
+      </c>
+      <c r="N352" t="s">
+        <v>63</v>
+      </c>
+      <c r="O352">
+        <v>2</v>
+      </c>
+      <c r="P352">
+        <v>15504</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>57</v>
+      </c>
+      <c r="R352" t="s">
+        <v>30</v>
+      </c>
+      <c r="S352" t="s">
+        <v>31</v>
+      </c>
+      <c r="T352" t="s">
+        <v>32</v>
+      </c>
+      <c r="U352" t="s">
+        <v>33</v>
+      </c>
+      <c r="V352">
+        <v>333</v>
+      </c>
+      <c r="W352">
+        <v>0</v>
+      </c>
+      <c r="X352">
+        <v>0</v>
+      </c>
+      <c r="Y352">
+        <v>8.197</v>
+      </c>
+    </row>
+    <row r="353" spans="1:25">
+      <c r="A353" t="s">
+        <v>25</v>
+      </c>
+      <c r="B353">
+        <v>2025</v>
+      </c>
+      <c r="C353">
+        <v>3250</v>
+      </c>
+      <c r="D353" t="s">
+        <v>26</v>
+      </c>
+      <c r="E353">
+        <v>8</v>
+      </c>
+      <c r="F353">
+        <v>18</v>
+      </c>
+      <c r="G353">
+        <v>4.6728</v>
+      </c>
+      <c r="H353">
+        <v>373</v>
+      </c>
+      <c r="I353">
+        <v>0</v>
+      </c>
+      <c r="J353">
+        <v>11.568</v>
+      </c>
+      <c r="K353">
+        <v>0</v>
+      </c>
+      <c r="L353" t="s">
+        <v>27</v>
+      </c>
+      <c r="M353">
+        <v>1</v>
+      </c>
+      <c r="N353" t="s">
+        <v>63</v>
+      </c>
+      <c r="O353">
+        <v>2</v>
+      </c>
+      <c r="P353">
+        <v>15504</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>57</v>
+      </c>
+      <c r="R353" t="s">
+        <v>30</v>
+      </c>
+      <c r="S353" t="s">
+        <v>31</v>
+      </c>
+      <c r="T353" t="s">
+        <v>32</v>
+      </c>
+      <c r="U353" t="s">
+        <v>34</v>
+      </c>
+      <c r="V353">
+        <v>39</v>
+      </c>
+      <c r="W353">
+        <v>0</v>
+      </c>
+      <c r="X353">
+        <v>0</v>
+      </c>
+      <c r="Y353">
+        <v>3.177</v>
+      </c>
+    </row>
+    <row r="354" spans="1:25">
+      <c r="A354" t="s">
+        <v>25</v>
+      </c>
+      <c r="B354">
+        <v>2025</v>
+      </c>
+      <c r="C354">
+        <v>3250</v>
+      </c>
+      <c r="D354" t="s">
+        <v>26</v>
+      </c>
+      <c r="E354">
+        <v>8</v>
+      </c>
+      <c r="F354">
+        <v>18</v>
+      </c>
+      <c r="G354">
+        <v>4.6728</v>
+      </c>
+      <c r="H354">
+        <v>373</v>
+      </c>
+      <c r="I354">
+        <v>0</v>
+      </c>
+      <c r="J354">
+        <v>11.568</v>
+      </c>
+      <c r="K354">
+        <v>0</v>
+      </c>
+      <c r="L354" t="s">
+        <v>27</v>
+      </c>
+      <c r="M354">
+        <v>1</v>
+      </c>
+      <c r="N354" t="s">
+        <v>63</v>
+      </c>
+      <c r="O354">
+        <v>2</v>
+      </c>
+      <c r="P354">
+        <v>15504</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>57</v>
+      </c>
+      <c r="R354" t="s">
+        <v>30</v>
+      </c>
+      <c r="S354" t="s">
+        <v>31</v>
+      </c>
+      <c r="T354" t="s">
+        <v>32</v>
+      </c>
+      <c r="U354" t="s">
+        <v>35</v>
+      </c>
+      <c r="V354">
+        <v>1</v>
+      </c>
+      <c r="W354">
+        <v>0</v>
+      </c>
+      <c r="X354">
+        <v>0</v>
+      </c>
+      <c r="Y354">
+        <v>0.194</v>
+      </c>
+    </row>
+    <row r="355" spans="1:25">
+      <c r="A355" t="s">
+        <v>25</v>
+      </c>
+      <c r="B355">
+        <v>2025</v>
+      </c>
+      <c r="C355">
+        <v>5267</v>
+      </c>
+      <c r="D355" t="s">
+        <v>64</v>
+      </c>
+      <c r="E355">
+        <v>8</v>
+      </c>
+      <c r="F355">
+        <v>1</v>
+      </c>
+      <c r="G355">
+        <v>0.6049</v>
+      </c>
+      <c r="H355">
+        <v>90</v>
+      </c>
+      <c r="I355">
+        <v>0</v>
+      </c>
+      <c r="J355">
+        <v>11.746</v>
+      </c>
+      <c r="K355">
+        <v>0</v>
+      </c>
+      <c r="L355" t="s">
+        <v>27</v>
+      </c>
+      <c r="M355">
+        <v>1</v>
+      </c>
+      <c r="N355" t="s">
+        <v>65</v>
+      </c>
+      <c r="O355">
+        <v>2</v>
+      </c>
+      <c r="P355">
+        <v>15504</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>57</v>
+      </c>
+      <c r="R355" t="s">
+        <v>30</v>
+      </c>
+      <c r="S355" t="s">
+        <v>31</v>
+      </c>
+      <c r="T355" t="s">
+        <v>32</v>
+      </c>
+      <c r="U355" t="s">
+        <v>33</v>
+      </c>
+      <c r="V355">
+        <v>19</v>
+      </c>
+      <c r="W355">
+        <v>0</v>
+      </c>
+      <c r="X355">
+        <v>0</v>
+      </c>
+      <c r="Y355">
+        <v>0.551</v>
+      </c>
+    </row>
+    <row r="356" spans="1:25">
+      <c r="A356" t="s">
+        <v>25</v>
+      </c>
+      <c r="B356">
+        <v>2025</v>
+      </c>
+      <c r="C356">
+        <v>5267</v>
+      </c>
+      <c r="D356" t="s">
+        <v>64</v>
+      </c>
+      <c r="E356">
+        <v>8</v>
+      </c>
+      <c r="F356">
+        <v>1</v>
+      </c>
+      <c r="G356">
+        <v>0.6049</v>
+      </c>
+      <c r="H356">
+        <v>90</v>
+      </c>
+      <c r="I356">
+        <v>0</v>
+      </c>
+      <c r="J356">
+        <v>11.746</v>
+      </c>
+      <c r="K356">
+        <v>0</v>
+      </c>
+      <c r="L356" t="s">
+        <v>27</v>
+      </c>
+      <c r="M356">
+        <v>1</v>
+      </c>
+      <c r="N356" t="s">
+        <v>65</v>
+      </c>
+      <c r="O356">
+        <v>2</v>
+      </c>
+      <c r="P356">
+        <v>15504</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>57</v>
+      </c>
+      <c r="R356" t="s">
+        <v>30</v>
+      </c>
+      <c r="S356" t="s">
+        <v>31</v>
+      </c>
+      <c r="T356" t="s">
+        <v>32</v>
+      </c>
+      <c r="U356" t="s">
+        <v>34</v>
+      </c>
+      <c r="V356">
+        <v>19</v>
+      </c>
+      <c r="W356">
+        <v>0</v>
+      </c>
+      <c r="X356">
+        <v>0</v>
+      </c>
+      <c r="Y356">
+        <v>1.752</v>
+      </c>
+    </row>
+    <row r="357" spans="1:25">
+      <c r="A357" t="s">
+        <v>25</v>
+      </c>
+      <c r="B357">
+        <v>2025</v>
+      </c>
+      <c r="C357">
+        <v>5267</v>
+      </c>
+      <c r="D357" t="s">
+        <v>64</v>
+      </c>
+      <c r="E357">
+        <v>8</v>
+      </c>
+      <c r="F357">
+        <v>1</v>
+      </c>
+      <c r="G357">
+        <v>0.6049</v>
+      </c>
+      <c r="H357">
+        <v>90</v>
+      </c>
+      <c r="I357">
+        <v>0</v>
+      </c>
+      <c r="J357">
+        <v>11.746</v>
+      </c>
+      <c r="K357">
+        <v>0</v>
+      </c>
+      <c r="L357" t="s">
+        <v>27</v>
+      </c>
+      <c r="M357">
+        <v>1</v>
+      </c>
+      <c r="N357" t="s">
+        <v>65</v>
+      </c>
+      <c r="O357">
+        <v>2</v>
+      </c>
+      <c r="P357">
+        <v>15504</v>
+      </c>
+      <c r="Q357" t="s">
+        <v>57</v>
+      </c>
+      <c r="R357" t="s">
+        <v>30</v>
+      </c>
+      <c r="S357" t="s">
+        <v>31</v>
+      </c>
+      <c r="T357" t="s">
+        <v>32</v>
+      </c>
+      <c r="U357" t="s">
+        <v>35</v>
+      </c>
+      <c r="V357">
+        <v>2</v>
+      </c>
+      <c r="W357">
+        <v>0</v>
+      </c>
+      <c r="X357">
+        <v>0</v>
+      </c>
+      <c r="Y357">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="358" spans="1:25">
+      <c r="A358" t="s">
+        <v>25</v>
+      </c>
+      <c r="B358">
+        <v>2025</v>
+      </c>
+      <c r="C358">
+        <v>5267</v>
+      </c>
+      <c r="D358" t="s">
+        <v>64</v>
+      </c>
+      <c r="E358">
+        <v>8</v>
+      </c>
+      <c r="F358">
+        <v>1</v>
+      </c>
+      <c r="G358">
+        <v>0.6049</v>
+      </c>
+      <c r="H358">
+        <v>90</v>
+      </c>
+      <c r="I358">
+        <v>0</v>
+      </c>
+      <c r="J358">
+        <v>11.746</v>
+      </c>
+      <c r="K358">
+        <v>0</v>
+      </c>
+      <c r="L358" t="s">
+        <v>27</v>
+      </c>
+      <c r="M358">
+        <v>1</v>
+      </c>
+      <c r="N358" t="s">
+        <v>65</v>
+      </c>
+      <c r="O358">
+        <v>2</v>
+      </c>
+      <c r="P358">
+        <v>15504</v>
+      </c>
+      <c r="Q358" t="s">
+        <v>29</v>
+      </c>
+      <c r="R358" t="s">
+        <v>30</v>
+      </c>
+      <c r="S358" t="s">
+        <v>31</v>
+      </c>
+      <c r="T358" t="s">
+        <v>32</v>
+      </c>
+      <c r="U358" t="s">
+        <v>33</v>
+      </c>
+      <c r="V358">
+        <v>9</v>
+      </c>
+      <c r="W358">
+        <v>0</v>
+      </c>
+      <c r="X358">
+        <v>0</v>
+      </c>
+      <c r="Y358">
+        <v>0.282</v>
+      </c>
+    </row>
+    <row r="359" spans="1:25">
+      <c r="A359" t="s">
+        <v>25</v>
+      </c>
+      <c r="B359">
+        <v>2025</v>
+      </c>
+      <c r="C359">
+        <v>5267</v>
+      </c>
+      <c r="D359" t="s">
+        <v>64</v>
+      </c>
+      <c r="E359">
+        <v>8</v>
+      </c>
+      <c r="F359">
+        <v>1</v>
+      </c>
+      <c r="G359">
+        <v>0.6049</v>
+      </c>
+      <c r="H359">
+        <v>90</v>
+      </c>
+      <c r="I359">
+        <v>0</v>
+      </c>
+      <c r="J359">
+        <v>11.746</v>
+      </c>
+      <c r="K359">
+        <v>0</v>
+      </c>
+      <c r="L359" t="s">
+        <v>27</v>
+      </c>
+      <c r="M359">
+        <v>1</v>
+      </c>
+      <c r="N359" t="s">
+        <v>65</v>
+      </c>
+      <c r="O359">
+        <v>2</v>
+      </c>
+      <c r="P359">
+        <v>15504</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>29</v>
+      </c>
+      <c r="R359" t="s">
+        <v>30</v>
+      </c>
+      <c r="S359" t="s">
+        <v>31</v>
+      </c>
+      <c r="T359" t="s">
+        <v>32</v>
+      </c>
+      <c r="U359" t="s">
+        <v>34</v>
+      </c>
+      <c r="V359">
+        <v>25</v>
+      </c>
+      <c r="W359">
+        <v>0</v>
+      </c>
+      <c r="X359">
+        <v>0</v>
+      </c>
+      <c r="Y359">
+        <v>2.837</v>
+      </c>
+    </row>
+    <row r="360" spans="1:25">
+      <c r="A360" t="s">
+        <v>25</v>
+      </c>
+      <c r="B360">
+        <v>2025</v>
+      </c>
+      <c r="C360">
+        <v>5267</v>
+      </c>
+      <c r="D360" t="s">
+        <v>64</v>
+      </c>
+      <c r="E360">
+        <v>8</v>
+      </c>
+      <c r="F360">
+        <v>1</v>
+      </c>
+      <c r="G360">
+        <v>0.6049</v>
+      </c>
+      <c r="H360">
+        <v>90</v>
+      </c>
+      <c r="I360">
+        <v>0</v>
+      </c>
+      <c r="J360">
+        <v>11.746</v>
+      </c>
+      <c r="K360">
+        <v>0</v>
+      </c>
+      <c r="L360" t="s">
+        <v>27</v>
+      </c>
+      <c r="M360">
+        <v>1</v>
+      </c>
+      <c r="N360" t="s">
+        <v>65</v>
+      </c>
+      <c r="O360">
+        <v>2</v>
+      </c>
+      <c r="P360">
+        <v>15504</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>29</v>
+      </c>
+      <c r="R360" t="s">
+        <v>30</v>
+      </c>
+      <c r="S360" t="s">
+        <v>31</v>
+      </c>
+      <c r="T360" t="s">
+        <v>32</v>
+      </c>
+      <c r="U360" t="s">
+        <v>35</v>
+      </c>
+      <c r="V360">
+        <v>7</v>
+      </c>
+      <c r="W360">
+        <v>0</v>
+      </c>
+      <c r="X360">
+        <v>0</v>
+      </c>
+      <c r="Y360">
+        <v>1.743</v>
+      </c>
+    </row>
+    <row r="361" spans="1:25">
+      <c r="A361" t="s">
+        <v>25</v>
+      </c>
+      <c r="B361">
+        <v>2025</v>
+      </c>
+      <c r="C361">
+        <v>5267</v>
+      </c>
+      <c r="D361" t="s">
+        <v>64</v>
+      </c>
+      <c r="E361">
+        <v>8</v>
+      </c>
+      <c r="F361">
+        <v>1</v>
+      </c>
+      <c r="G361">
+        <v>0.6049</v>
+      </c>
+      <c r="H361">
+        <v>90</v>
+      </c>
+      <c r="I361">
+        <v>0</v>
+      </c>
+      <c r="J361">
+        <v>11.746</v>
+      </c>
+      <c r="K361">
+        <v>0</v>
+      </c>
+      <c r="L361" t="s">
+        <v>27</v>
+      </c>
+      <c r="M361">
+        <v>1</v>
+      </c>
+      <c r="N361" t="s">
+        <v>65</v>
+      </c>
+      <c r="O361">
+        <v>2</v>
+      </c>
+      <c r="P361">
+        <v>15504</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>29</v>
+      </c>
+      <c r="R361" t="s">
+        <v>30</v>
+      </c>
+      <c r="S361" t="s">
+        <v>31</v>
+      </c>
+      <c r="T361" t="s">
+        <v>32</v>
+      </c>
+      <c r="U361" t="s">
+        <v>36</v>
+      </c>
+      <c r="V361">
+        <v>9</v>
+      </c>
+      <c r="W361">
+        <v>0</v>
+      </c>
+      <c r="X361">
+        <v>0</v>
+      </c>
+      <c r="Y361">
+        <v>4.131</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">