--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>can</t>
   </si>
   <si>
     <t>annee</t>
   </si>
   <si>
     <t>prop</t>
   </si>
   <si>
     <t>propriete</t>
   </si>
   <si>
     <t>vente</t>
   </si>
   <si>
     <t>lot</t>
   </si>
   <si>
     <t>etendue</t>
   </si>
   <si>
     <t>lot_nbre</t>
   </si>
   <si>
@@ -221,50 +221,183 @@
     <t>CHAUFFAGE</t>
   </si>
   <si>
     <t>20/40</t>
   </si>
   <si>
     <t>MELEZE DU JAPON</t>
   </si>
   <si>
     <t>CROC - cpe 12</t>
   </si>
   <si>
     <t>DESSOUS BOIS ST-HUB. - cpe 6</t>
   </si>
   <si>
     <t>Opont F.e.</t>
   </si>
   <si>
     <t>BOSE FONTAINE - cpe 6</t>
   </si>
   <si>
     <t>Rochehaut F.e.</t>
   </si>
   <si>
     <t>LES GRANDS PRES - cpe 9</t>
+  </si>
+  <si>
+    <t>Bertrix Cne</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>DERRIERE GERONDAY</t>
+  </si>
+  <si>
+    <t>OUTROUGE (SUD-OUEST) - cpe 9</t>
+  </si>
+  <si>
+    <t>AISANCES-3 HETRES</t>
+  </si>
+  <si>
+    <t>BOCHABAN (OUEST)</t>
+  </si>
+  <si>
+    <t>COMBRY (NORD)</t>
+  </si>
+  <si>
+    <t>Herbeumont Cne</t>
+  </si>
+  <si>
+    <t>FRETY OUEST</t>
+  </si>
+  <si>
+    <t>LA COTE D'AISE
+COTE D'ANTROGNE SUD
+COTE DE BOULT</t>
+  </si>
+  <si>
+    <t>FOLLIMONT</t>
+  </si>
+  <si>
+    <t>Neufchateau Cne</t>
+  </si>
+  <si>
+    <t>LA HEVEAU</t>
+  </si>
+  <si>
+    <t>Vaux-Sur-Sure Cne</t>
+  </si>
+  <si>
+    <t>BOIS D'OIVE</t>
+  </si>
+  <si>
+    <t>SITKA</t>
+  </si>
+  <si>
+    <t>Libin Cne</t>
+  </si>
+  <si>
+    <t>BANNET - cpe 11</t>
+  </si>
+  <si>
+    <t>Libramont-Chevigny Cne</t>
+  </si>
+  <si>
+    <t>LAMBEFAYS</t>
+  </si>
+  <si>
+    <t>BOULEAU</t>
+  </si>
+  <si>
+    <t>THIER DU MONT</t>
+  </si>
+  <si>
+    <t>TSUGA</t>
+  </si>
+  <si>
+    <t>SCOLYTE VERT RX</t>
+  </si>
+  <si>
+    <t>Saint-Hubert Cne</t>
+  </si>
+  <si>
+    <t>POTEAU DE MOCHAMPS - cpe 5</t>
+  </si>
+  <si>
+    <t>POTEAU DE MOCHAMPS</t>
+  </si>
+  <si>
+    <t>SCOLYTE (FE)</t>
+  </si>
+  <si>
+    <t>Daverdisse Cne</t>
+  </si>
+  <si>
+    <t>Tringlanfontaine - cpe 10</t>
+  </si>
+  <si>
+    <t>Hadjeaux - cpe 6</t>
+  </si>
+  <si>
+    <t>LONGUES VIREES - cpe 6</t>
+  </si>
+  <si>
+    <t>CLOISONNEMENT</t>
+  </si>
+  <si>
+    <t>WIMBE EST - cpe 6</t>
+  </si>
+  <si>
+    <t>Virée des Fourneaux. - cpe 6</t>
+  </si>
+  <si>
+    <t>Fontaine du Prêtre. - cpe 6</t>
+  </si>
+  <si>
+    <t>VIREE DU CHAT - cpe 6
+VIREE DES SARRASINS - cpe 5</t>
+  </si>
+  <si>
+    <t>GROS BOIS - cpe 6</t>
+  </si>
+  <si>
+    <t>GROS BOIS - cpe 2
+Massaumont - cpe 6</t>
+  </si>
+  <si>
+    <t>PECTINE</t>
+  </si>
+  <si>
+    <t>Wellin Cne</t>
+  </si>
+  <si>
+    <t>CHAUMONT COLIRE V.PRES - cpe 6</t>
+  </si>
+  <si>
+    <t>Fraîches Hazelles - cpe 6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -568,77 +701,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Y212"/>
+  <dimension ref="A1:Y487"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="15.282" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
@@ -16925,50 +17058,21225 @@
         <v>29</v>
       </c>
       <c r="R212" t="s">
         <v>30</v>
       </c>
       <c r="S212" t="s">
         <v>38</v>
       </c>
       <c r="T212" t="s">
         <v>31</v>
       </c>
       <c r="U212" t="s">
         <v>51</v>
       </c>
       <c r="V212">
         <v>1</v>
       </c>
       <c r="W212">
         <v>0</v>
       </c>
       <c r="X212">
         <v>0</v>
       </c>
       <c r="Y212">
         <v>5.04</v>
+      </c>
+    </row>
+    <row r="213" spans="1:25">
+      <c r="A213" t="s">
+        <v>25</v>
+      </c>
+      <c r="B213">
+        <v>2026</v>
+      </c>
+      <c r="C213">
+        <v>3057</v>
+      </c>
+      <c r="D213" t="s">
+        <v>69</v>
+      </c>
+      <c r="E213" t="s">
+        <v>70</v>
+      </c>
+      <c r="F213">
+        <v>31</v>
+      </c>
+      <c r="G213">
+        <v>0.8536</v>
+      </c>
+      <c r="H213">
+        <v>209</v>
+      </c>
+      <c r="I213">
+        <v>0</v>
+      </c>
+      <c r="J213">
+        <v>0</v>
+      </c>
+      <c r="K213">
+        <v>303.56</v>
+      </c>
+      <c r="L213" t="s">
+        <v>27</v>
+      </c>
+      <c r="M213">
+        <v>1</v>
+      </c>
+      <c r="N213" t="s">
+        <v>71</v>
+      </c>
+      <c r="O213">
+        <v>2</v>
+      </c>
+      <c r="P213">
+        <v>16164</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>29</v>
+      </c>
+      <c r="R213" t="s">
+        <v>30</v>
+      </c>
+      <c r="S213" t="s">
+        <v>38</v>
+      </c>
+      <c r="T213" t="s">
+        <v>31</v>
+      </c>
+      <c r="U213" t="s">
+        <v>32</v>
+      </c>
+      <c r="V213">
+        <v>2</v>
+      </c>
+      <c r="W213">
+        <v>0</v>
+      </c>
+      <c r="X213">
+        <v>0</v>
+      </c>
+      <c r="Y213">
+        <v>1.044</v>
+      </c>
+    </row>
+    <row r="214" spans="1:25">
+      <c r="A214" t="s">
+        <v>25</v>
+      </c>
+      <c r="B214">
+        <v>2026</v>
+      </c>
+      <c r="C214">
+        <v>3057</v>
+      </c>
+      <c r="D214" t="s">
+        <v>69</v>
+      </c>
+      <c r="E214" t="s">
+        <v>70</v>
+      </c>
+      <c r="F214">
+        <v>31</v>
+      </c>
+      <c r="G214">
+        <v>0.8536</v>
+      </c>
+      <c r="H214">
+        <v>209</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
+      </c>
+      <c r="J214">
+        <v>0</v>
+      </c>
+      <c r="K214">
+        <v>303.56</v>
+      </c>
+      <c r="L214" t="s">
+        <v>27</v>
+      </c>
+      <c r="M214">
+        <v>1</v>
+      </c>
+      <c r="N214" t="s">
+        <v>71</v>
+      </c>
+      <c r="O214">
+        <v>2</v>
+      </c>
+      <c r="P214">
+        <v>16164</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>29</v>
+      </c>
+      <c r="R214" t="s">
+        <v>30</v>
+      </c>
+      <c r="S214" t="s">
+        <v>38</v>
+      </c>
+      <c r="T214" t="s">
+        <v>31</v>
+      </c>
+      <c r="U214" t="s">
+        <v>33</v>
+      </c>
+      <c r="V214">
+        <v>11</v>
+      </c>
+      <c r="W214">
+        <v>0</v>
+      </c>
+      <c r="X214">
+        <v>0</v>
+      </c>
+      <c r="Y214">
+        <v>12.888</v>
+      </c>
+    </row>
+    <row r="215" spans="1:25">
+      <c r="A215" t="s">
+        <v>25</v>
+      </c>
+      <c r="B215">
+        <v>2026</v>
+      </c>
+      <c r="C215">
+        <v>3057</v>
+      </c>
+      <c r="D215" t="s">
+        <v>69</v>
+      </c>
+      <c r="E215" t="s">
+        <v>70</v>
+      </c>
+      <c r="F215">
+        <v>31</v>
+      </c>
+      <c r="G215">
+        <v>0.8536</v>
+      </c>
+      <c r="H215">
+        <v>209</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
+      </c>
+      <c r="J215">
+        <v>0</v>
+      </c>
+      <c r="K215">
+        <v>303.56</v>
+      </c>
+      <c r="L215" t="s">
+        <v>27</v>
+      </c>
+      <c r="M215">
+        <v>1</v>
+      </c>
+      <c r="N215" t="s">
+        <v>71</v>
+      </c>
+      <c r="O215">
+        <v>2</v>
+      </c>
+      <c r="P215">
+        <v>16164</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>29</v>
+      </c>
+      <c r="R215" t="s">
+        <v>30</v>
+      </c>
+      <c r="S215" t="s">
+        <v>38</v>
+      </c>
+      <c r="T215" t="s">
+        <v>31</v>
+      </c>
+      <c r="U215" t="s">
+        <v>34</v>
+      </c>
+      <c r="V215">
+        <v>14</v>
+      </c>
+      <c r="W215">
+        <v>0</v>
+      </c>
+      <c r="X215">
+        <v>0</v>
+      </c>
+      <c r="Y215">
+        <v>25.202</v>
+      </c>
+    </row>
+    <row r="216" spans="1:25">
+      <c r="A216" t="s">
+        <v>25</v>
+      </c>
+      <c r="B216">
+        <v>2026</v>
+      </c>
+      <c r="C216">
+        <v>3057</v>
+      </c>
+      <c r="D216" t="s">
+        <v>69</v>
+      </c>
+      <c r="E216" t="s">
+        <v>70</v>
+      </c>
+      <c r="F216">
+        <v>31</v>
+      </c>
+      <c r="G216">
+        <v>0.8536</v>
+      </c>
+      <c r="H216">
+        <v>209</v>
+      </c>
+      <c r="I216">
+        <v>0</v>
+      </c>
+      <c r="J216">
+        <v>0</v>
+      </c>
+      <c r="K216">
+        <v>303.56</v>
+      </c>
+      <c r="L216" t="s">
+        <v>27</v>
+      </c>
+      <c r="M216">
+        <v>1</v>
+      </c>
+      <c r="N216" t="s">
+        <v>71</v>
+      </c>
+      <c r="O216">
+        <v>2</v>
+      </c>
+      <c r="P216">
+        <v>16164</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>29</v>
+      </c>
+      <c r="R216" t="s">
+        <v>30</v>
+      </c>
+      <c r="S216" t="s">
+        <v>38</v>
+      </c>
+      <c r="T216" t="s">
+        <v>31</v>
+      </c>
+      <c r="U216" t="s">
+        <v>35</v>
+      </c>
+      <c r="V216">
+        <v>14</v>
+      </c>
+      <c r="W216">
+        <v>0</v>
+      </c>
+      <c r="X216">
+        <v>0</v>
+      </c>
+      <c r="Y216">
+        <v>36.426</v>
+      </c>
+    </row>
+    <row r="217" spans="1:25">
+      <c r="A217" t="s">
+        <v>25</v>
+      </c>
+      <c r="B217">
+        <v>2026</v>
+      </c>
+      <c r="C217">
+        <v>3057</v>
+      </c>
+      <c r="D217" t="s">
+        <v>69</v>
+      </c>
+      <c r="E217" t="s">
+        <v>70</v>
+      </c>
+      <c r="F217">
+        <v>31</v>
+      </c>
+      <c r="G217">
+        <v>0.8536</v>
+      </c>
+      <c r="H217">
+        <v>209</v>
+      </c>
+      <c r="I217">
+        <v>0</v>
+      </c>
+      <c r="J217">
+        <v>0</v>
+      </c>
+      <c r="K217">
+        <v>303.56</v>
+      </c>
+      <c r="L217" t="s">
+        <v>27</v>
+      </c>
+      <c r="M217">
+        <v>1</v>
+      </c>
+      <c r="N217" t="s">
+        <v>71</v>
+      </c>
+      <c r="O217">
+        <v>2</v>
+      </c>
+      <c r="P217">
+        <v>16164</v>
+      </c>
+      <c r="Q217" t="s">
+        <v>29</v>
+      </c>
+      <c r="R217" t="s">
+        <v>30</v>
+      </c>
+      <c r="S217" t="s">
+        <v>38</v>
+      </c>
+      <c r="T217" t="s">
+        <v>31</v>
+      </c>
+      <c r="U217" t="s">
+        <v>39</v>
+      </c>
+      <c r="V217">
+        <v>1</v>
+      </c>
+      <c r="W217">
+        <v>0</v>
+      </c>
+      <c r="X217">
+        <v>0</v>
+      </c>
+      <c r="Y217">
+        <v>3.328</v>
+      </c>
+    </row>
+    <row r="218" spans="1:25">
+      <c r="A218" t="s">
+        <v>25</v>
+      </c>
+      <c r="B218">
+        <v>2026</v>
+      </c>
+      <c r="C218">
+        <v>3057</v>
+      </c>
+      <c r="D218" t="s">
+        <v>69</v>
+      </c>
+      <c r="E218" t="s">
+        <v>70</v>
+      </c>
+      <c r="F218">
+        <v>31</v>
+      </c>
+      <c r="G218">
+        <v>0.8536</v>
+      </c>
+      <c r="H218">
+        <v>209</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
+      </c>
+      <c r="J218">
+        <v>0</v>
+      </c>
+      <c r="K218">
+        <v>303.56</v>
+      </c>
+      <c r="L218" t="s">
+        <v>27</v>
+      </c>
+      <c r="M218">
+        <v>1</v>
+      </c>
+      <c r="N218" t="s">
+        <v>71</v>
+      </c>
+      <c r="O218">
+        <v>2</v>
+      </c>
+      <c r="P218">
+        <v>16164</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>29</v>
+      </c>
+      <c r="R218" t="s">
+        <v>30</v>
+      </c>
+      <c r="S218" t="s">
+        <v>31</v>
+      </c>
+      <c r="T218" t="s">
+        <v>31</v>
+      </c>
+      <c r="U218" t="s">
+        <v>32</v>
+      </c>
+      <c r="V218">
+        <v>6</v>
+      </c>
+      <c r="W218">
+        <v>0</v>
+      </c>
+      <c r="X218">
+        <v>0</v>
+      </c>
+      <c r="Y218">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="219" spans="1:25">
+      <c r="A219" t="s">
+        <v>25</v>
+      </c>
+      <c r="B219">
+        <v>2026</v>
+      </c>
+      <c r="C219">
+        <v>3057</v>
+      </c>
+      <c r="D219" t="s">
+        <v>69</v>
+      </c>
+      <c r="E219" t="s">
+        <v>70</v>
+      </c>
+      <c r="F219">
+        <v>31</v>
+      </c>
+      <c r="G219">
+        <v>0.8536</v>
+      </c>
+      <c r="H219">
+        <v>209</v>
+      </c>
+      <c r="I219">
+        <v>0</v>
+      </c>
+      <c r="J219">
+        <v>0</v>
+      </c>
+      <c r="K219">
+        <v>303.56</v>
+      </c>
+      <c r="L219" t="s">
+        <v>27</v>
+      </c>
+      <c r="M219">
+        <v>1</v>
+      </c>
+      <c r="N219" t="s">
+        <v>71</v>
+      </c>
+      <c r="O219">
+        <v>2</v>
+      </c>
+      <c r="P219">
+        <v>16164</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>29</v>
+      </c>
+      <c r="R219" t="s">
+        <v>30</v>
+      </c>
+      <c r="S219" t="s">
+        <v>31</v>
+      </c>
+      <c r="T219" t="s">
+        <v>31</v>
+      </c>
+      <c r="U219" t="s">
+        <v>33</v>
+      </c>
+      <c r="V219">
+        <v>96</v>
+      </c>
+      <c r="W219">
+        <v>0</v>
+      </c>
+      <c r="X219">
+        <v>0</v>
+      </c>
+      <c r="Y219">
+        <v>104.45</v>
+      </c>
+    </row>
+    <row r="220" spans="1:25">
+      <c r="A220" t="s">
+        <v>25</v>
+      </c>
+      <c r="B220">
+        <v>2026</v>
+      </c>
+      <c r="C220">
+        <v>3057</v>
+      </c>
+      <c r="D220" t="s">
+        <v>69</v>
+      </c>
+      <c r="E220" t="s">
+        <v>70</v>
+      </c>
+      <c r="F220">
+        <v>31</v>
+      </c>
+      <c r="G220">
+        <v>0.8536</v>
+      </c>
+      <c r="H220">
+        <v>209</v>
+      </c>
+      <c r="I220">
+        <v>0</v>
+      </c>
+      <c r="J220">
+        <v>0</v>
+      </c>
+      <c r="K220">
+        <v>303.56</v>
+      </c>
+      <c r="L220" t="s">
+        <v>27</v>
+      </c>
+      <c r="M220">
+        <v>1</v>
+      </c>
+      <c r="N220" t="s">
+        <v>71</v>
+      </c>
+      <c r="O220">
+        <v>2</v>
+      </c>
+      <c r="P220">
+        <v>16164</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>29</v>
+      </c>
+      <c r="R220" t="s">
+        <v>30</v>
+      </c>
+      <c r="S220" t="s">
+        <v>31</v>
+      </c>
+      <c r="T220" t="s">
+        <v>31</v>
+      </c>
+      <c r="U220" t="s">
+        <v>34</v>
+      </c>
+      <c r="V220">
+        <v>57</v>
+      </c>
+      <c r="W220">
+        <v>0</v>
+      </c>
+      <c r="X220">
+        <v>0</v>
+      </c>
+      <c r="Y220">
+        <v>97.148</v>
+      </c>
+    </row>
+    <row r="221" spans="1:25">
+      <c r="A221" t="s">
+        <v>25</v>
+      </c>
+      <c r="B221">
+        <v>2026</v>
+      </c>
+      <c r="C221">
+        <v>3057</v>
+      </c>
+      <c r="D221" t="s">
+        <v>69</v>
+      </c>
+      <c r="E221" t="s">
+        <v>70</v>
+      </c>
+      <c r="F221">
+        <v>31</v>
+      </c>
+      <c r="G221">
+        <v>0.8536</v>
+      </c>
+      <c r="H221">
+        <v>209</v>
+      </c>
+      <c r="I221">
+        <v>0</v>
+      </c>
+      <c r="J221">
+        <v>0</v>
+      </c>
+      <c r="K221">
+        <v>303.56</v>
+      </c>
+      <c r="L221" t="s">
+        <v>27</v>
+      </c>
+      <c r="M221">
+        <v>1</v>
+      </c>
+      <c r="N221" t="s">
+        <v>71</v>
+      </c>
+      <c r="O221">
+        <v>2</v>
+      </c>
+      <c r="P221">
+        <v>16164</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>29</v>
+      </c>
+      <c r="R221" t="s">
+        <v>30</v>
+      </c>
+      <c r="S221" t="s">
+        <v>31</v>
+      </c>
+      <c r="T221" t="s">
+        <v>31</v>
+      </c>
+      <c r="U221" t="s">
+        <v>35</v>
+      </c>
+      <c r="V221">
+        <v>2</v>
+      </c>
+      <c r="W221">
+        <v>0</v>
+      </c>
+      <c r="X221">
+        <v>0</v>
+      </c>
+      <c r="Y221">
+        <v>4.756</v>
+      </c>
+    </row>
+    <row r="222" spans="1:25">
+      <c r="A222" t="s">
+        <v>25</v>
+      </c>
+      <c r="B222">
+        <v>2026</v>
+      </c>
+      <c r="C222">
+        <v>3057</v>
+      </c>
+      <c r="D222" t="s">
+        <v>69</v>
+      </c>
+      <c r="E222" t="s">
+        <v>70</v>
+      </c>
+      <c r="F222">
+        <v>31</v>
+      </c>
+      <c r="G222">
+        <v>0.8536</v>
+      </c>
+      <c r="H222">
+        <v>209</v>
+      </c>
+      <c r="I222">
+        <v>0</v>
+      </c>
+      <c r="J222">
+        <v>0</v>
+      </c>
+      <c r="K222">
+        <v>303.56</v>
+      </c>
+      <c r="L222" t="s">
+        <v>27</v>
+      </c>
+      <c r="M222">
+        <v>1</v>
+      </c>
+      <c r="N222" t="s">
+        <v>71</v>
+      </c>
+      <c r="O222">
+        <v>2</v>
+      </c>
+      <c r="P222">
+        <v>16164</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>47</v>
+      </c>
+      <c r="R222" t="s">
+        <v>30</v>
+      </c>
+      <c r="S222" t="s">
+        <v>31</v>
+      </c>
+      <c r="T222" t="s">
+        <v>31</v>
+      </c>
+      <c r="U222" t="s">
+        <v>33</v>
+      </c>
+      <c r="V222">
+        <v>2</v>
+      </c>
+      <c r="W222">
+        <v>0</v>
+      </c>
+      <c r="X222">
+        <v>0</v>
+      </c>
+      <c r="Y222">
+        <v>2.162</v>
+      </c>
+    </row>
+    <row r="223" spans="1:25">
+      <c r="A223" t="s">
+        <v>25</v>
+      </c>
+      <c r="B223">
+        <v>2026</v>
+      </c>
+      <c r="C223">
+        <v>3057</v>
+      </c>
+      <c r="D223" t="s">
+        <v>69</v>
+      </c>
+      <c r="E223" t="s">
+        <v>70</v>
+      </c>
+      <c r="F223">
+        <v>31</v>
+      </c>
+      <c r="G223">
+        <v>0.8536</v>
+      </c>
+      <c r="H223">
+        <v>209</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
+      </c>
+      <c r="J223">
+        <v>0</v>
+      </c>
+      <c r="K223">
+        <v>303.56</v>
+      </c>
+      <c r="L223" t="s">
+        <v>27</v>
+      </c>
+      <c r="M223">
+        <v>1</v>
+      </c>
+      <c r="N223" t="s">
+        <v>71</v>
+      </c>
+      <c r="O223">
+        <v>2</v>
+      </c>
+      <c r="P223">
+        <v>16164</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>47</v>
+      </c>
+      <c r="R223" t="s">
+        <v>30</v>
+      </c>
+      <c r="S223" t="s">
+        <v>31</v>
+      </c>
+      <c r="T223" t="s">
+        <v>31</v>
+      </c>
+      <c r="U223" t="s">
+        <v>35</v>
+      </c>
+      <c r="V223">
+        <v>3</v>
+      </c>
+      <c r="W223">
+        <v>0</v>
+      </c>
+      <c r="X223">
+        <v>0</v>
+      </c>
+      <c r="Y223">
+        <v>7.63</v>
+      </c>
+    </row>
+    <row r="224" spans="1:25">
+      <c r="A224" t="s">
+        <v>25</v>
+      </c>
+      <c r="B224">
+        <v>2026</v>
+      </c>
+      <c r="C224">
+        <v>3057</v>
+      </c>
+      <c r="D224" t="s">
+        <v>69</v>
+      </c>
+      <c r="E224" t="s">
+        <v>70</v>
+      </c>
+      <c r="F224">
+        <v>31</v>
+      </c>
+      <c r="G224">
+        <v>0.8536</v>
+      </c>
+      <c r="H224">
+        <v>209</v>
+      </c>
+      <c r="I224">
+        <v>0</v>
+      </c>
+      <c r="J224">
+        <v>0</v>
+      </c>
+      <c r="K224">
+        <v>303.56</v>
+      </c>
+      <c r="L224" t="s">
+        <v>27</v>
+      </c>
+      <c r="M224">
+        <v>1</v>
+      </c>
+      <c r="N224" t="s">
+        <v>71</v>
+      </c>
+      <c r="O224">
+        <v>2</v>
+      </c>
+      <c r="P224">
+        <v>16164</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>47</v>
+      </c>
+      <c r="R224" t="s">
+        <v>30</v>
+      </c>
+      <c r="S224" t="s">
+        <v>31</v>
+      </c>
+      <c r="T224" t="s">
+        <v>31</v>
+      </c>
+      <c r="U224" t="s">
+        <v>51</v>
+      </c>
+      <c r="V224">
+        <v>1</v>
+      </c>
+      <c r="W224">
+        <v>0</v>
+      </c>
+      <c r="X224">
+        <v>0</v>
+      </c>
+      <c r="Y224">
+        <v>4.356</v>
+      </c>
+    </row>
+    <row r="225" spans="1:25">
+      <c r="A225" t="s">
+        <v>25</v>
+      </c>
+      <c r="B225">
+        <v>2026</v>
+      </c>
+      <c r="C225">
+        <v>3057</v>
+      </c>
+      <c r="D225" t="s">
+        <v>69</v>
+      </c>
+      <c r="E225" t="s">
+        <v>70</v>
+      </c>
+      <c r="F225">
+        <v>32</v>
+      </c>
+      <c r="G225">
+        <v>0.3396</v>
+      </c>
+      <c r="H225">
+        <v>197</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
+      </c>
+      <c r="J225">
+        <v>0</v>
+      </c>
+      <c r="K225">
+        <v>116.894</v>
+      </c>
+      <c r="L225" t="s">
+        <v>27</v>
+      </c>
+      <c r="M225">
+        <v>1</v>
+      </c>
+      <c r="N225" t="s">
+        <v>72</v>
+      </c>
+      <c r="O225">
+        <v>2</v>
+      </c>
+      <c r="P225">
+        <v>16164</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>29</v>
+      </c>
+      <c r="R225" t="s">
+        <v>30</v>
+      </c>
+      <c r="S225" t="s">
+        <v>31</v>
+      </c>
+      <c r="T225" t="s">
+        <v>31</v>
+      </c>
+      <c r="U225" t="s">
+        <v>43</v>
+      </c>
+      <c r="V225">
+        <v>21</v>
+      </c>
+      <c r="W225">
+        <v>0</v>
+      </c>
+      <c r="X225">
+        <v>0</v>
+      </c>
+      <c r="Y225">
+        <v>5.364</v>
+      </c>
+    </row>
+    <row r="226" spans="1:25">
+      <c r="A226" t="s">
+        <v>25</v>
+      </c>
+      <c r="B226">
+        <v>2026</v>
+      </c>
+      <c r="C226">
+        <v>3057</v>
+      </c>
+      <c r="D226" t="s">
+        <v>69</v>
+      </c>
+      <c r="E226" t="s">
+        <v>70</v>
+      </c>
+      <c r="F226">
+        <v>32</v>
+      </c>
+      <c r="G226">
+        <v>0.3396</v>
+      </c>
+      <c r="H226">
+        <v>197</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
+      </c>
+      <c r="J226">
+        <v>0</v>
+      </c>
+      <c r="K226">
+        <v>116.894</v>
+      </c>
+      <c r="L226" t="s">
+        <v>27</v>
+      </c>
+      <c r="M226">
+        <v>1</v>
+      </c>
+      <c r="N226" t="s">
+        <v>72</v>
+      </c>
+      <c r="O226">
+        <v>2</v>
+      </c>
+      <c r="P226">
+        <v>16164</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>29</v>
+      </c>
+      <c r="R226" t="s">
+        <v>30</v>
+      </c>
+      <c r="S226" t="s">
+        <v>31</v>
+      </c>
+      <c r="T226" t="s">
+        <v>31</v>
+      </c>
+      <c r="U226" t="s">
+        <v>44</v>
+      </c>
+      <c r="V226">
+        <v>39</v>
+      </c>
+      <c r="W226">
+        <v>0</v>
+      </c>
+      <c r="X226">
+        <v>0</v>
+      </c>
+      <c r="Y226">
+        <v>14.625</v>
+      </c>
+    </row>
+    <row r="227" spans="1:25">
+      <c r="A227" t="s">
+        <v>25</v>
+      </c>
+      <c r="B227">
+        <v>2026</v>
+      </c>
+      <c r="C227">
+        <v>3057</v>
+      </c>
+      <c r="D227" t="s">
+        <v>69</v>
+      </c>
+      <c r="E227" t="s">
+        <v>70</v>
+      </c>
+      <c r="F227">
+        <v>32</v>
+      </c>
+      <c r="G227">
+        <v>0.3396</v>
+      </c>
+      <c r="H227">
+        <v>197</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
+      </c>
+      <c r="J227">
+        <v>0</v>
+      </c>
+      <c r="K227">
+        <v>116.894</v>
+      </c>
+      <c r="L227" t="s">
+        <v>27</v>
+      </c>
+      <c r="M227">
+        <v>1</v>
+      </c>
+      <c r="N227" t="s">
+        <v>72</v>
+      </c>
+      <c r="O227">
+        <v>2</v>
+      </c>
+      <c r="P227">
+        <v>16164</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>29</v>
+      </c>
+      <c r="R227" t="s">
+        <v>30</v>
+      </c>
+      <c r="S227" t="s">
+        <v>31</v>
+      </c>
+      <c r="T227" t="s">
+        <v>31</v>
+      </c>
+      <c r="U227" t="s">
+        <v>32</v>
+      </c>
+      <c r="V227">
+        <v>98</v>
+      </c>
+      <c r="W227">
+        <v>0</v>
+      </c>
+      <c r="X227">
+        <v>0</v>
+      </c>
+      <c r="Y227">
+        <v>57.018</v>
+      </c>
+    </row>
+    <row r="228" spans="1:25">
+      <c r="A228" t="s">
+        <v>25</v>
+      </c>
+      <c r="B228">
+        <v>2026</v>
+      </c>
+      <c r="C228">
+        <v>3057</v>
+      </c>
+      <c r="D228" t="s">
+        <v>69</v>
+      </c>
+      <c r="E228" t="s">
+        <v>70</v>
+      </c>
+      <c r="F228">
+        <v>32</v>
+      </c>
+      <c r="G228">
+        <v>0.3396</v>
+      </c>
+      <c r="H228">
+        <v>197</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="J228">
+        <v>0</v>
+      </c>
+      <c r="K228">
+        <v>116.894</v>
+      </c>
+      <c r="L228" t="s">
+        <v>27</v>
+      </c>
+      <c r="M228">
+        <v>1</v>
+      </c>
+      <c r="N228" t="s">
+        <v>72</v>
+      </c>
+      <c r="O228">
+        <v>2</v>
+      </c>
+      <c r="P228">
+        <v>16164</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>29</v>
+      </c>
+      <c r="R228" t="s">
+        <v>30</v>
+      </c>
+      <c r="S228" t="s">
+        <v>31</v>
+      </c>
+      <c r="T228" t="s">
+        <v>31</v>
+      </c>
+      <c r="U228" t="s">
+        <v>33</v>
+      </c>
+      <c r="V228">
+        <v>24</v>
+      </c>
+      <c r="W228">
+        <v>0</v>
+      </c>
+      <c r="X228">
+        <v>0</v>
+      </c>
+      <c r="Y228">
+        <v>23.193</v>
+      </c>
+    </row>
+    <row r="229" spans="1:25">
+      <c r="A229" t="s">
+        <v>25</v>
+      </c>
+      <c r="B229">
+        <v>2026</v>
+      </c>
+      <c r="C229">
+        <v>3057</v>
+      </c>
+      <c r="D229" t="s">
+        <v>69</v>
+      </c>
+      <c r="E229" t="s">
+        <v>70</v>
+      </c>
+      <c r="F229">
+        <v>32</v>
+      </c>
+      <c r="G229">
+        <v>0.3396</v>
+      </c>
+      <c r="H229">
+        <v>197</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
+      </c>
+      <c r="J229">
+        <v>0</v>
+      </c>
+      <c r="K229">
+        <v>116.894</v>
+      </c>
+      <c r="L229" t="s">
+        <v>27</v>
+      </c>
+      <c r="M229">
+        <v>1</v>
+      </c>
+      <c r="N229" t="s">
+        <v>72</v>
+      </c>
+      <c r="O229">
+        <v>2</v>
+      </c>
+      <c r="P229">
+        <v>16164</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>29</v>
+      </c>
+      <c r="R229" t="s">
+        <v>30</v>
+      </c>
+      <c r="S229" t="s">
+        <v>38</v>
+      </c>
+      <c r="T229" t="s">
+        <v>31</v>
+      </c>
+      <c r="U229" t="s">
+        <v>33</v>
+      </c>
+      <c r="V229">
+        <v>11</v>
+      </c>
+      <c r="W229">
+        <v>0</v>
+      </c>
+      <c r="X229">
+        <v>0</v>
+      </c>
+      <c r="Y229">
+        <v>10.706</v>
+      </c>
+    </row>
+    <row r="230" spans="1:25">
+      <c r="A230" t="s">
+        <v>25</v>
+      </c>
+      <c r="B230">
+        <v>2026</v>
+      </c>
+      <c r="C230">
+        <v>3057</v>
+      </c>
+      <c r="D230" t="s">
+        <v>69</v>
+      </c>
+      <c r="E230" t="s">
+        <v>70</v>
+      </c>
+      <c r="F230">
+        <v>32</v>
+      </c>
+      <c r="G230">
+        <v>0.3396</v>
+      </c>
+      <c r="H230">
+        <v>197</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
+      </c>
+      <c r="J230">
+        <v>0</v>
+      </c>
+      <c r="K230">
+        <v>116.894</v>
+      </c>
+      <c r="L230" t="s">
+        <v>27</v>
+      </c>
+      <c r="M230">
+        <v>1</v>
+      </c>
+      <c r="N230" t="s">
+        <v>72</v>
+      </c>
+      <c r="O230">
+        <v>2</v>
+      </c>
+      <c r="P230">
+        <v>16164</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>29</v>
+      </c>
+      <c r="R230" t="s">
+        <v>30</v>
+      </c>
+      <c r="S230" t="s">
+        <v>38</v>
+      </c>
+      <c r="T230" t="s">
+        <v>31</v>
+      </c>
+      <c r="U230" t="s">
+        <v>34</v>
+      </c>
+      <c r="V230">
+        <v>4</v>
+      </c>
+      <c r="W230">
+        <v>0</v>
+      </c>
+      <c r="X230">
+        <v>0</v>
+      </c>
+      <c r="Y230">
+        <v>5.988</v>
+      </c>
+    </row>
+    <row r="231" spans="1:25">
+      <c r="A231" t="s">
+        <v>25</v>
+      </c>
+      <c r="B231">
+        <v>2026</v>
+      </c>
+      <c r="C231">
+        <v>3057</v>
+      </c>
+      <c r="D231" t="s">
+        <v>69</v>
+      </c>
+      <c r="E231" t="s">
+        <v>70</v>
+      </c>
+      <c r="F231">
+        <v>33</v>
+      </c>
+      <c r="G231">
+        <v>2.767</v>
+      </c>
+      <c r="H231">
+        <v>480</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="J231">
+        <v>0</v>
+      </c>
+      <c r="K231">
+        <v>729.533</v>
+      </c>
+      <c r="L231" t="s">
+        <v>27</v>
+      </c>
+      <c r="M231">
+        <v>1</v>
+      </c>
+      <c r="N231" t="s">
+        <v>73</v>
+      </c>
+      <c r="O231">
+        <v>2</v>
+      </c>
+      <c r="P231">
+        <v>16164</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>29</v>
+      </c>
+      <c r="R231" t="s">
+        <v>30</v>
+      </c>
+      <c r="S231" t="s">
+        <v>31</v>
+      </c>
+      <c r="T231" t="s">
+        <v>31</v>
+      </c>
+      <c r="U231" t="s">
+        <v>44</v>
+      </c>
+      <c r="V231">
+        <v>1</v>
+      </c>
+      <c r="W231">
+        <v>0</v>
+      </c>
+      <c r="X231">
+        <v>0</v>
+      </c>
+      <c r="Y231">
+        <v>0.375</v>
+      </c>
+    </row>
+    <row r="232" spans="1:25">
+      <c r="A232" t="s">
+        <v>25</v>
+      </c>
+      <c r="B232">
+        <v>2026</v>
+      </c>
+      <c r="C232">
+        <v>3057</v>
+      </c>
+      <c r="D232" t="s">
+        <v>69</v>
+      </c>
+      <c r="E232" t="s">
+        <v>70</v>
+      </c>
+      <c r="F232">
+        <v>33</v>
+      </c>
+      <c r="G232">
+        <v>2.767</v>
+      </c>
+      <c r="H232">
+        <v>480</v>
+      </c>
+      <c r="I232">
+        <v>0</v>
+      </c>
+      <c r="J232">
+        <v>0</v>
+      </c>
+      <c r="K232">
+        <v>729.533</v>
+      </c>
+      <c r="L232" t="s">
+        <v>27</v>
+      </c>
+      <c r="M232">
+        <v>1</v>
+      </c>
+      <c r="N232" t="s">
+        <v>73</v>
+      </c>
+      <c r="O232">
+        <v>2</v>
+      </c>
+      <c r="P232">
+        <v>16164</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>29</v>
+      </c>
+      <c r="R232" t="s">
+        <v>30</v>
+      </c>
+      <c r="S232" t="s">
+        <v>31</v>
+      </c>
+      <c r="T232" t="s">
+        <v>31</v>
+      </c>
+      <c r="U232" t="s">
+        <v>32</v>
+      </c>
+      <c r="V232">
+        <v>13</v>
+      </c>
+      <c r="W232">
+        <v>0</v>
+      </c>
+      <c r="X232">
+        <v>0</v>
+      </c>
+      <c r="Y232">
+        <v>8.658</v>
+      </c>
+    </row>
+    <row r="233" spans="1:25">
+      <c r="A233" t="s">
+        <v>25</v>
+      </c>
+      <c r="B233">
+        <v>2026</v>
+      </c>
+      <c r="C233">
+        <v>3057</v>
+      </c>
+      <c r="D233" t="s">
+        <v>69</v>
+      </c>
+      <c r="E233" t="s">
+        <v>70</v>
+      </c>
+      <c r="F233">
+        <v>33</v>
+      </c>
+      <c r="G233">
+        <v>2.767</v>
+      </c>
+      <c r="H233">
+        <v>480</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
+      </c>
+      <c r="J233">
+        <v>0</v>
+      </c>
+      <c r="K233">
+        <v>729.533</v>
+      </c>
+      <c r="L233" t="s">
+        <v>27</v>
+      </c>
+      <c r="M233">
+        <v>1</v>
+      </c>
+      <c r="N233" t="s">
+        <v>73</v>
+      </c>
+      <c r="O233">
+        <v>2</v>
+      </c>
+      <c r="P233">
+        <v>16164</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>29</v>
+      </c>
+      <c r="R233" t="s">
+        <v>30</v>
+      </c>
+      <c r="S233" t="s">
+        <v>31</v>
+      </c>
+      <c r="T233" t="s">
+        <v>31</v>
+      </c>
+      <c r="U233" t="s">
+        <v>33</v>
+      </c>
+      <c r="V233">
+        <v>215</v>
+      </c>
+      <c r="W233">
+        <v>0</v>
+      </c>
+      <c r="X233">
+        <v>0</v>
+      </c>
+      <c r="Y233">
+        <v>250.2</v>
+      </c>
+    </row>
+    <row r="234" spans="1:25">
+      <c r="A234" t="s">
+        <v>25</v>
+      </c>
+      <c r="B234">
+        <v>2026</v>
+      </c>
+      <c r="C234">
+        <v>3057</v>
+      </c>
+      <c r="D234" t="s">
+        <v>69</v>
+      </c>
+      <c r="E234" t="s">
+        <v>70</v>
+      </c>
+      <c r="F234">
+        <v>33</v>
+      </c>
+      <c r="G234">
+        <v>2.767</v>
+      </c>
+      <c r="H234">
+        <v>480</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+      <c r="J234">
+        <v>0</v>
+      </c>
+      <c r="K234">
+        <v>729.533</v>
+      </c>
+      <c r="L234" t="s">
+        <v>27</v>
+      </c>
+      <c r="M234">
+        <v>1</v>
+      </c>
+      <c r="N234" t="s">
+        <v>73</v>
+      </c>
+      <c r="O234">
+        <v>2</v>
+      </c>
+      <c r="P234">
+        <v>16164</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>29</v>
+      </c>
+      <c r="R234" t="s">
+        <v>30</v>
+      </c>
+      <c r="S234" t="s">
+        <v>31</v>
+      </c>
+      <c r="T234" t="s">
+        <v>31</v>
+      </c>
+      <c r="U234" t="s">
+        <v>34</v>
+      </c>
+      <c r="V234">
+        <v>129</v>
+      </c>
+      <c r="W234">
+        <v>0</v>
+      </c>
+      <c r="X234">
+        <v>0</v>
+      </c>
+      <c r="Y234">
+        <v>228.606</v>
+      </c>
+    </row>
+    <row r="235" spans="1:25">
+      <c r="A235" t="s">
+        <v>25</v>
+      </c>
+      <c r="B235">
+        <v>2026</v>
+      </c>
+      <c r="C235">
+        <v>3057</v>
+      </c>
+      <c r="D235" t="s">
+        <v>69</v>
+      </c>
+      <c r="E235" t="s">
+        <v>70</v>
+      </c>
+      <c r="F235">
+        <v>33</v>
+      </c>
+      <c r="G235">
+        <v>2.767</v>
+      </c>
+      <c r="H235">
+        <v>480</v>
+      </c>
+      <c r="I235">
+        <v>0</v>
+      </c>
+      <c r="J235">
+        <v>0</v>
+      </c>
+      <c r="K235">
+        <v>729.533</v>
+      </c>
+      <c r="L235" t="s">
+        <v>27</v>
+      </c>
+      <c r="M235">
+        <v>1</v>
+      </c>
+      <c r="N235" t="s">
+        <v>73</v>
+      </c>
+      <c r="O235">
+        <v>2</v>
+      </c>
+      <c r="P235">
+        <v>16164</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>29</v>
+      </c>
+      <c r="R235" t="s">
+        <v>30</v>
+      </c>
+      <c r="S235" t="s">
+        <v>31</v>
+      </c>
+      <c r="T235" t="s">
+        <v>31</v>
+      </c>
+      <c r="U235" t="s">
+        <v>35</v>
+      </c>
+      <c r="V235">
+        <v>31</v>
+      </c>
+      <c r="W235">
+        <v>0</v>
+      </c>
+      <c r="X235">
+        <v>0</v>
+      </c>
+      <c r="Y235">
+        <v>82.137</v>
+      </c>
+    </row>
+    <row r="236" spans="1:25">
+      <c r="A236" t="s">
+        <v>25</v>
+      </c>
+      <c r="B236">
+        <v>2026</v>
+      </c>
+      <c r="C236">
+        <v>3057</v>
+      </c>
+      <c r="D236" t="s">
+        <v>69</v>
+      </c>
+      <c r="E236" t="s">
+        <v>70</v>
+      </c>
+      <c r="F236">
+        <v>33</v>
+      </c>
+      <c r="G236">
+        <v>2.767</v>
+      </c>
+      <c r="H236">
+        <v>480</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+      <c r="J236">
+        <v>0</v>
+      </c>
+      <c r="K236">
+        <v>729.533</v>
+      </c>
+      <c r="L236" t="s">
+        <v>27</v>
+      </c>
+      <c r="M236">
+        <v>1</v>
+      </c>
+      <c r="N236" t="s">
+        <v>73</v>
+      </c>
+      <c r="O236">
+        <v>2</v>
+      </c>
+      <c r="P236">
+        <v>16164</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>29</v>
+      </c>
+      <c r="R236" t="s">
+        <v>30</v>
+      </c>
+      <c r="S236" t="s">
+        <v>31</v>
+      </c>
+      <c r="T236" t="s">
+        <v>31</v>
+      </c>
+      <c r="U236" t="s">
+        <v>39</v>
+      </c>
+      <c r="V236">
+        <v>3</v>
+      </c>
+      <c r="W236">
+        <v>0</v>
+      </c>
+      <c r="X236">
+        <v>0</v>
+      </c>
+      <c r="Y236">
+        <v>10.635</v>
+      </c>
+    </row>
+    <row r="237" spans="1:25">
+      <c r="A237" t="s">
+        <v>25</v>
+      </c>
+      <c r="B237">
+        <v>2026</v>
+      </c>
+      <c r="C237">
+        <v>3057</v>
+      </c>
+      <c r="D237" t="s">
+        <v>69</v>
+      </c>
+      <c r="E237" t="s">
+        <v>70</v>
+      </c>
+      <c r="F237">
+        <v>33</v>
+      </c>
+      <c r="G237">
+        <v>2.767</v>
+      </c>
+      <c r="H237">
+        <v>480</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
+      </c>
+      <c r="J237">
+        <v>0</v>
+      </c>
+      <c r="K237">
+        <v>729.533</v>
+      </c>
+      <c r="L237" t="s">
+        <v>27</v>
+      </c>
+      <c r="M237">
+        <v>1</v>
+      </c>
+      <c r="N237" t="s">
+        <v>73</v>
+      </c>
+      <c r="O237">
+        <v>2</v>
+      </c>
+      <c r="P237">
+        <v>16164</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>29</v>
+      </c>
+      <c r="R237" t="s">
+        <v>30</v>
+      </c>
+      <c r="S237" t="s">
+        <v>31</v>
+      </c>
+      <c r="T237" t="s">
+        <v>31</v>
+      </c>
+      <c r="U237" t="s">
+        <v>51</v>
+      </c>
+      <c r="V237">
+        <v>2</v>
+      </c>
+      <c r="W237">
+        <v>0</v>
+      </c>
+      <c r="X237">
+        <v>0</v>
+      </c>
+      <c r="Y237">
+        <v>9.596</v>
+      </c>
+    </row>
+    <row r="238" spans="1:25">
+      <c r="A238" t="s">
+        <v>25</v>
+      </c>
+      <c r="B238">
+        <v>2026</v>
+      </c>
+      <c r="C238">
+        <v>3057</v>
+      </c>
+      <c r="D238" t="s">
+        <v>69</v>
+      </c>
+      <c r="E238" t="s">
+        <v>70</v>
+      </c>
+      <c r="F238">
+        <v>33</v>
+      </c>
+      <c r="G238">
+        <v>2.767</v>
+      </c>
+      <c r="H238">
+        <v>480</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+      <c r="J238">
+        <v>0</v>
+      </c>
+      <c r="K238">
+        <v>729.533</v>
+      </c>
+      <c r="L238" t="s">
+        <v>27</v>
+      </c>
+      <c r="M238">
+        <v>1</v>
+      </c>
+      <c r="N238" t="s">
+        <v>73</v>
+      </c>
+      <c r="O238">
+        <v>2</v>
+      </c>
+      <c r="P238">
+        <v>16164</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>29</v>
+      </c>
+      <c r="R238" t="s">
+        <v>30</v>
+      </c>
+      <c r="S238" t="s">
+        <v>38</v>
+      </c>
+      <c r="T238" t="s">
+        <v>31</v>
+      </c>
+      <c r="U238" t="s">
+        <v>32</v>
+      </c>
+      <c r="V238">
+        <v>1</v>
+      </c>
+      <c r="W238">
+        <v>0</v>
+      </c>
+      <c r="X238">
+        <v>0</v>
+      </c>
+      <c r="Y238">
+        <v>0.632</v>
+      </c>
+    </row>
+    <row r="239" spans="1:25">
+      <c r="A239" t="s">
+        <v>25</v>
+      </c>
+      <c r="B239">
+        <v>2026</v>
+      </c>
+      <c r="C239">
+        <v>3057</v>
+      </c>
+      <c r="D239" t="s">
+        <v>69</v>
+      </c>
+      <c r="E239" t="s">
+        <v>70</v>
+      </c>
+      <c r="F239">
+        <v>33</v>
+      </c>
+      <c r="G239">
+        <v>2.767</v>
+      </c>
+      <c r="H239">
+        <v>480</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+      <c r="J239">
+        <v>0</v>
+      </c>
+      <c r="K239">
+        <v>729.533</v>
+      </c>
+      <c r="L239" t="s">
+        <v>27</v>
+      </c>
+      <c r="M239">
+        <v>1</v>
+      </c>
+      <c r="N239" t="s">
+        <v>73</v>
+      </c>
+      <c r="O239">
+        <v>2</v>
+      </c>
+      <c r="P239">
+        <v>16164</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>29</v>
+      </c>
+      <c r="R239" t="s">
+        <v>30</v>
+      </c>
+      <c r="S239" t="s">
+        <v>38</v>
+      </c>
+      <c r="T239" t="s">
+        <v>31</v>
+      </c>
+      <c r="U239" t="s">
+        <v>33</v>
+      </c>
+      <c r="V239">
+        <v>26</v>
+      </c>
+      <c r="W239">
+        <v>0</v>
+      </c>
+      <c r="X239">
+        <v>0</v>
+      </c>
+      <c r="Y239">
+        <v>27.799</v>
+      </c>
+    </row>
+    <row r="240" spans="1:25">
+      <c r="A240" t="s">
+        <v>25</v>
+      </c>
+      <c r="B240">
+        <v>2026</v>
+      </c>
+      <c r="C240">
+        <v>3057</v>
+      </c>
+      <c r="D240" t="s">
+        <v>69</v>
+      </c>
+      <c r="E240" t="s">
+        <v>70</v>
+      </c>
+      <c r="F240">
+        <v>33</v>
+      </c>
+      <c r="G240">
+        <v>2.767</v>
+      </c>
+      <c r="H240">
+        <v>480</v>
+      </c>
+      <c r="I240">
+        <v>0</v>
+      </c>
+      <c r="J240">
+        <v>0</v>
+      </c>
+      <c r="K240">
+        <v>729.533</v>
+      </c>
+      <c r="L240" t="s">
+        <v>27</v>
+      </c>
+      <c r="M240">
+        <v>1</v>
+      </c>
+      <c r="N240" t="s">
+        <v>73</v>
+      </c>
+      <c r="O240">
+        <v>2</v>
+      </c>
+      <c r="P240">
+        <v>16164</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>29</v>
+      </c>
+      <c r="R240" t="s">
+        <v>30</v>
+      </c>
+      <c r="S240" t="s">
+        <v>38</v>
+      </c>
+      <c r="T240" t="s">
+        <v>31</v>
+      </c>
+      <c r="U240" t="s">
+        <v>34</v>
+      </c>
+      <c r="V240">
+        <v>49</v>
+      </c>
+      <c r="W240">
+        <v>0</v>
+      </c>
+      <c r="X240">
+        <v>0</v>
+      </c>
+      <c r="Y240">
+        <v>86.068</v>
+      </c>
+    </row>
+    <row r="241" spans="1:25">
+      <c r="A241" t="s">
+        <v>25</v>
+      </c>
+      <c r="B241">
+        <v>2026</v>
+      </c>
+      <c r="C241">
+        <v>3057</v>
+      </c>
+      <c r="D241" t="s">
+        <v>69</v>
+      </c>
+      <c r="E241" t="s">
+        <v>70</v>
+      </c>
+      <c r="F241">
+        <v>33</v>
+      </c>
+      <c r="G241">
+        <v>2.767</v>
+      </c>
+      <c r="H241">
+        <v>480</v>
+      </c>
+      <c r="I241">
+        <v>0</v>
+      </c>
+      <c r="J241">
+        <v>0</v>
+      </c>
+      <c r="K241">
+        <v>729.533</v>
+      </c>
+      <c r="L241" t="s">
+        <v>27</v>
+      </c>
+      <c r="M241">
+        <v>1</v>
+      </c>
+      <c r="N241" t="s">
+        <v>73</v>
+      </c>
+      <c r="O241">
+        <v>2</v>
+      </c>
+      <c r="P241">
+        <v>16164</v>
+      </c>
+      <c r="Q241" t="s">
+        <v>29</v>
+      </c>
+      <c r="R241" t="s">
+        <v>30</v>
+      </c>
+      <c r="S241" t="s">
+        <v>38</v>
+      </c>
+      <c r="T241" t="s">
+        <v>31</v>
+      </c>
+      <c r="U241" t="s">
+        <v>35</v>
+      </c>
+      <c r="V241">
+        <v>10</v>
+      </c>
+      <c r="W241">
+        <v>0</v>
+      </c>
+      <c r="X241">
+        <v>0</v>
+      </c>
+      <c r="Y241">
+        <v>24.827</v>
+      </c>
+    </row>
+    <row r="242" spans="1:25">
+      <c r="A242" t="s">
+        <v>25</v>
+      </c>
+      <c r="B242">
+        <v>2026</v>
+      </c>
+      <c r="C242">
+        <v>3057</v>
+      </c>
+      <c r="D242" t="s">
+        <v>69</v>
+      </c>
+      <c r="E242" t="s">
+        <v>70</v>
+      </c>
+      <c r="F242">
+        <v>34</v>
+      </c>
+      <c r="G242">
+        <v>1.0</v>
+      </c>
+      <c r="H242">
+        <v>204</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
+      </c>
+      <c r="J242">
+        <v>0</v>
+      </c>
+      <c r="K242">
+        <v>426.41</v>
+      </c>
+      <c r="L242" t="s">
+        <v>27</v>
+      </c>
+      <c r="M242">
+        <v>1</v>
+      </c>
+      <c r="N242" t="s">
+        <v>74</v>
+      </c>
+      <c r="O242">
+        <v>2</v>
+      </c>
+      <c r="P242">
+        <v>16164</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>29</v>
+      </c>
+      <c r="R242" t="s">
+        <v>30</v>
+      </c>
+      <c r="S242" t="s">
+        <v>38</v>
+      </c>
+      <c r="T242" t="s">
+        <v>31</v>
+      </c>
+      <c r="U242" t="s">
+        <v>33</v>
+      </c>
+      <c r="V242">
+        <v>5</v>
+      </c>
+      <c r="W242">
+        <v>0</v>
+      </c>
+      <c r="X242">
+        <v>0</v>
+      </c>
+      <c r="Y242">
+        <v>5.741</v>
+      </c>
+    </row>
+    <row r="243" spans="1:25">
+      <c r="A243" t="s">
+        <v>25</v>
+      </c>
+      <c r="B243">
+        <v>2026</v>
+      </c>
+      <c r="C243">
+        <v>3057</v>
+      </c>
+      <c r="D243" t="s">
+        <v>69</v>
+      </c>
+      <c r="E243" t="s">
+        <v>70</v>
+      </c>
+      <c r="F243">
+        <v>34</v>
+      </c>
+      <c r="G243">
+        <v>1.0</v>
+      </c>
+      <c r="H243">
+        <v>204</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="J243">
+        <v>0</v>
+      </c>
+      <c r="K243">
+        <v>426.41</v>
+      </c>
+      <c r="L243" t="s">
+        <v>27</v>
+      </c>
+      <c r="M243">
+        <v>1</v>
+      </c>
+      <c r="N243" t="s">
+        <v>74</v>
+      </c>
+      <c r="O243">
+        <v>2</v>
+      </c>
+      <c r="P243">
+        <v>16164</v>
+      </c>
+      <c r="Q243" t="s">
+        <v>29</v>
+      </c>
+      <c r="R243" t="s">
+        <v>30</v>
+      </c>
+      <c r="S243" t="s">
+        <v>38</v>
+      </c>
+      <c r="T243" t="s">
+        <v>31</v>
+      </c>
+      <c r="U243" t="s">
+        <v>34</v>
+      </c>
+      <c r="V243">
+        <v>16</v>
+      </c>
+      <c r="W243">
+        <v>0</v>
+      </c>
+      <c r="X243">
+        <v>0</v>
+      </c>
+      <c r="Y243">
+        <v>29.742</v>
+      </c>
+    </row>
+    <row r="244" spans="1:25">
+      <c r="A244" t="s">
+        <v>25</v>
+      </c>
+      <c r="B244">
+        <v>2026</v>
+      </c>
+      <c r="C244">
+        <v>3057</v>
+      </c>
+      <c r="D244" t="s">
+        <v>69</v>
+      </c>
+      <c r="E244" t="s">
+        <v>70</v>
+      </c>
+      <c r="F244">
+        <v>34</v>
+      </c>
+      <c r="G244">
+        <v>1.0</v>
+      </c>
+      <c r="H244">
+        <v>204</v>
+      </c>
+      <c r="I244">
+        <v>0</v>
+      </c>
+      <c r="J244">
+        <v>0</v>
+      </c>
+      <c r="K244">
+        <v>426.41</v>
+      </c>
+      <c r="L244" t="s">
+        <v>27</v>
+      </c>
+      <c r="M244">
+        <v>1</v>
+      </c>
+      <c r="N244" t="s">
+        <v>74</v>
+      </c>
+      <c r="O244">
+        <v>2</v>
+      </c>
+      <c r="P244">
+        <v>16164</v>
+      </c>
+      <c r="Q244" t="s">
+        <v>29</v>
+      </c>
+      <c r="R244" t="s">
+        <v>30</v>
+      </c>
+      <c r="S244" t="s">
+        <v>38</v>
+      </c>
+      <c r="T244" t="s">
+        <v>31</v>
+      </c>
+      <c r="U244" t="s">
+        <v>35</v>
+      </c>
+      <c r="V244">
+        <v>22</v>
+      </c>
+      <c r="W244">
+        <v>0</v>
+      </c>
+      <c r="X244">
+        <v>0</v>
+      </c>
+      <c r="Y244">
+        <v>59.114</v>
+      </c>
+    </row>
+    <row r="245" spans="1:25">
+      <c r="A245" t="s">
+        <v>25</v>
+      </c>
+      <c r="B245">
+        <v>2026</v>
+      </c>
+      <c r="C245">
+        <v>3057</v>
+      </c>
+      <c r="D245" t="s">
+        <v>69</v>
+      </c>
+      <c r="E245" t="s">
+        <v>70</v>
+      </c>
+      <c r="F245">
+        <v>34</v>
+      </c>
+      <c r="G245">
+        <v>1.0</v>
+      </c>
+      <c r="H245">
+        <v>204</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
+      </c>
+      <c r="J245">
+        <v>0</v>
+      </c>
+      <c r="K245">
+        <v>426.41</v>
+      </c>
+      <c r="L245" t="s">
+        <v>27</v>
+      </c>
+      <c r="M245">
+        <v>1</v>
+      </c>
+      <c r="N245" t="s">
+        <v>74</v>
+      </c>
+      <c r="O245">
+        <v>2</v>
+      </c>
+      <c r="P245">
+        <v>16164</v>
+      </c>
+      <c r="Q245" t="s">
+        <v>29</v>
+      </c>
+      <c r="R245" t="s">
+        <v>30</v>
+      </c>
+      <c r="S245" t="s">
+        <v>38</v>
+      </c>
+      <c r="T245" t="s">
+        <v>31</v>
+      </c>
+      <c r="U245" t="s">
+        <v>39</v>
+      </c>
+      <c r="V245">
+        <v>3</v>
+      </c>
+      <c r="W245">
+        <v>0</v>
+      </c>
+      <c r="X245">
+        <v>0</v>
+      </c>
+      <c r="Y245">
+        <v>10.419</v>
+      </c>
+    </row>
+    <row r="246" spans="1:25">
+      <c r="A246" t="s">
+        <v>25</v>
+      </c>
+      <c r="B246">
+        <v>2026</v>
+      </c>
+      <c r="C246">
+        <v>3057</v>
+      </c>
+      <c r="D246" t="s">
+        <v>69</v>
+      </c>
+      <c r="E246" t="s">
+        <v>70</v>
+      </c>
+      <c r="F246">
+        <v>34</v>
+      </c>
+      <c r="G246">
+        <v>1.0</v>
+      </c>
+      <c r="H246">
+        <v>204</v>
+      </c>
+      <c r="I246">
+        <v>0</v>
+      </c>
+      <c r="J246">
+        <v>0</v>
+      </c>
+      <c r="K246">
+        <v>426.41</v>
+      </c>
+      <c r="L246" t="s">
+        <v>27</v>
+      </c>
+      <c r="M246">
+        <v>1</v>
+      </c>
+      <c r="N246" t="s">
+        <v>74</v>
+      </c>
+      <c r="O246">
+        <v>2</v>
+      </c>
+      <c r="P246">
+        <v>16164</v>
+      </c>
+      <c r="Q246" t="s">
+        <v>29</v>
+      </c>
+      <c r="R246" t="s">
+        <v>30</v>
+      </c>
+      <c r="S246" t="s">
+        <v>38</v>
+      </c>
+      <c r="T246" t="s">
+        <v>31</v>
+      </c>
+      <c r="U246" t="s">
+        <v>51</v>
+      </c>
+      <c r="V246">
+        <v>2</v>
+      </c>
+      <c r="W246">
+        <v>0</v>
+      </c>
+      <c r="X246">
+        <v>0</v>
+      </c>
+      <c r="Y246">
+        <v>8.972</v>
+      </c>
+    </row>
+    <row r="247" spans="1:25">
+      <c r="A247" t="s">
+        <v>25</v>
+      </c>
+      <c r="B247">
+        <v>2026</v>
+      </c>
+      <c r="C247">
+        <v>3057</v>
+      </c>
+      <c r="D247" t="s">
+        <v>69</v>
+      </c>
+      <c r="E247" t="s">
+        <v>70</v>
+      </c>
+      <c r="F247">
+        <v>34</v>
+      </c>
+      <c r="G247">
+        <v>1.0</v>
+      </c>
+      <c r="H247">
+        <v>204</v>
+      </c>
+      <c r="I247">
+        <v>0</v>
+      </c>
+      <c r="J247">
+        <v>0</v>
+      </c>
+      <c r="K247">
+        <v>426.41</v>
+      </c>
+      <c r="L247" t="s">
+        <v>27</v>
+      </c>
+      <c r="M247">
+        <v>1</v>
+      </c>
+      <c r="N247" t="s">
+        <v>74</v>
+      </c>
+      <c r="O247">
+        <v>2</v>
+      </c>
+      <c r="P247">
+        <v>16164</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>29</v>
+      </c>
+      <c r="R247" t="s">
+        <v>30</v>
+      </c>
+      <c r="S247" t="s">
+        <v>38</v>
+      </c>
+      <c r="T247" t="s">
+        <v>31</v>
+      </c>
+      <c r="U247" t="s">
+        <v>52</v>
+      </c>
+      <c r="V247">
+        <v>1</v>
+      </c>
+      <c r="W247">
+        <v>0</v>
+      </c>
+      <c r="X247">
+        <v>0</v>
+      </c>
+      <c r="Y247">
+        <v>7.709</v>
+      </c>
+    </row>
+    <row r="248" spans="1:25">
+      <c r="A248" t="s">
+        <v>25</v>
+      </c>
+      <c r="B248">
+        <v>2026</v>
+      </c>
+      <c r="C248">
+        <v>3057</v>
+      </c>
+      <c r="D248" t="s">
+        <v>69</v>
+      </c>
+      <c r="E248" t="s">
+        <v>70</v>
+      </c>
+      <c r="F248">
+        <v>34</v>
+      </c>
+      <c r="G248">
+        <v>1.0</v>
+      </c>
+      <c r="H248">
+        <v>204</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
+      </c>
+      <c r="J248">
+        <v>0</v>
+      </c>
+      <c r="K248">
+        <v>426.41</v>
+      </c>
+      <c r="L248" t="s">
+        <v>27</v>
+      </c>
+      <c r="M248">
+        <v>1</v>
+      </c>
+      <c r="N248" t="s">
+        <v>74</v>
+      </c>
+      <c r="O248">
+        <v>2</v>
+      </c>
+      <c r="P248">
+        <v>16164</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>29</v>
+      </c>
+      <c r="R248" t="s">
+        <v>30</v>
+      </c>
+      <c r="S248" t="s">
+        <v>31</v>
+      </c>
+      <c r="T248" t="s">
+        <v>31</v>
+      </c>
+      <c r="U248" t="s">
+        <v>33</v>
+      </c>
+      <c r="V248">
+        <v>29</v>
+      </c>
+      <c r="W248">
+        <v>0</v>
+      </c>
+      <c r="X248">
+        <v>0</v>
+      </c>
+      <c r="Y248">
+        <v>37.049</v>
+      </c>
+    </row>
+    <row r="249" spans="1:25">
+      <c r="A249" t="s">
+        <v>25</v>
+      </c>
+      <c r="B249">
+        <v>2026</v>
+      </c>
+      <c r="C249">
+        <v>3057</v>
+      </c>
+      <c r="D249" t="s">
+        <v>69</v>
+      </c>
+      <c r="E249" t="s">
+        <v>70</v>
+      </c>
+      <c r="F249">
+        <v>34</v>
+      </c>
+      <c r="G249">
+        <v>1.0</v>
+      </c>
+      <c r="H249">
+        <v>204</v>
+      </c>
+      <c r="I249">
+        <v>0</v>
+      </c>
+      <c r="J249">
+        <v>0</v>
+      </c>
+      <c r="K249">
+        <v>426.41</v>
+      </c>
+      <c r="L249" t="s">
+        <v>27</v>
+      </c>
+      <c r="M249">
+        <v>1</v>
+      </c>
+      <c r="N249" t="s">
+        <v>74</v>
+      </c>
+      <c r="O249">
+        <v>2</v>
+      </c>
+      <c r="P249">
+        <v>16164</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>29</v>
+      </c>
+      <c r="R249" t="s">
+        <v>30</v>
+      </c>
+      <c r="S249" t="s">
+        <v>31</v>
+      </c>
+      <c r="T249" t="s">
+        <v>31</v>
+      </c>
+      <c r="U249" t="s">
+        <v>34</v>
+      </c>
+      <c r="V249">
+        <v>91</v>
+      </c>
+      <c r="W249">
+        <v>0</v>
+      </c>
+      <c r="X249">
+        <v>0</v>
+      </c>
+      <c r="Y249">
+        <v>172.76</v>
+      </c>
+    </row>
+    <row r="250" spans="1:25">
+      <c r="A250" t="s">
+        <v>25</v>
+      </c>
+      <c r="B250">
+        <v>2026</v>
+      </c>
+      <c r="C250">
+        <v>3057</v>
+      </c>
+      <c r="D250" t="s">
+        <v>69</v>
+      </c>
+      <c r="E250" t="s">
+        <v>70</v>
+      </c>
+      <c r="F250">
+        <v>34</v>
+      </c>
+      <c r="G250">
+        <v>1.0</v>
+      </c>
+      <c r="H250">
+        <v>204</v>
+      </c>
+      <c r="I250">
+        <v>0</v>
+      </c>
+      <c r="J250">
+        <v>0</v>
+      </c>
+      <c r="K250">
+        <v>426.41</v>
+      </c>
+      <c r="L250" t="s">
+        <v>27</v>
+      </c>
+      <c r="M250">
+        <v>1</v>
+      </c>
+      <c r="N250" t="s">
+        <v>74</v>
+      </c>
+      <c r="O250">
+        <v>2</v>
+      </c>
+      <c r="P250">
+        <v>16164</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>29</v>
+      </c>
+      <c r="R250" t="s">
+        <v>30</v>
+      </c>
+      <c r="S250" t="s">
+        <v>31</v>
+      </c>
+      <c r="T250" t="s">
+        <v>31</v>
+      </c>
+      <c r="U250" t="s">
+        <v>35</v>
+      </c>
+      <c r="V250">
+        <v>33</v>
+      </c>
+      <c r="W250">
+        <v>0</v>
+      </c>
+      <c r="X250">
+        <v>0</v>
+      </c>
+      <c r="Y250">
+        <v>90.448</v>
+      </c>
+    </row>
+    <row r="251" spans="1:25">
+      <c r="A251" t="s">
+        <v>25</v>
+      </c>
+      <c r="B251">
+        <v>2026</v>
+      </c>
+      <c r="C251">
+        <v>3057</v>
+      </c>
+      <c r="D251" t="s">
+        <v>69</v>
+      </c>
+      <c r="E251" t="s">
+        <v>70</v>
+      </c>
+      <c r="F251">
+        <v>34</v>
+      </c>
+      <c r="G251">
+        <v>1.0</v>
+      </c>
+      <c r="H251">
+        <v>204</v>
+      </c>
+      <c r="I251">
+        <v>0</v>
+      </c>
+      <c r="J251">
+        <v>0</v>
+      </c>
+      <c r="K251">
+        <v>426.41</v>
+      </c>
+      <c r="L251" t="s">
+        <v>27</v>
+      </c>
+      <c r="M251">
+        <v>1</v>
+      </c>
+      <c r="N251" t="s">
+        <v>74</v>
+      </c>
+      <c r="O251">
+        <v>2</v>
+      </c>
+      <c r="P251">
+        <v>16164</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>29</v>
+      </c>
+      <c r="R251" t="s">
+        <v>30</v>
+      </c>
+      <c r="S251" t="s">
+        <v>45</v>
+      </c>
+      <c r="T251" t="s">
+        <v>31</v>
+      </c>
+      <c r="U251" t="s">
+        <v>34</v>
+      </c>
+      <c r="V251">
+        <v>1</v>
+      </c>
+      <c r="W251">
+        <v>0</v>
+      </c>
+      <c r="X251">
+        <v>0</v>
+      </c>
+      <c r="Y251">
+        <v>2.078</v>
+      </c>
+    </row>
+    <row r="252" spans="1:25">
+      <c r="A252" t="s">
+        <v>25</v>
+      </c>
+      <c r="B252">
+        <v>2026</v>
+      </c>
+      <c r="C252">
+        <v>3057</v>
+      </c>
+      <c r="D252" t="s">
+        <v>69</v>
+      </c>
+      <c r="E252" t="s">
+        <v>70</v>
+      </c>
+      <c r="F252">
+        <v>34</v>
+      </c>
+      <c r="G252">
+        <v>1.0</v>
+      </c>
+      <c r="H252">
+        <v>204</v>
+      </c>
+      <c r="I252">
+        <v>0</v>
+      </c>
+      <c r="J252">
+        <v>0</v>
+      </c>
+      <c r="K252">
+        <v>426.41</v>
+      </c>
+      <c r="L252" t="s">
+        <v>27</v>
+      </c>
+      <c r="M252">
+        <v>1</v>
+      </c>
+      <c r="N252" t="s">
+        <v>74</v>
+      </c>
+      <c r="O252">
+        <v>2</v>
+      </c>
+      <c r="P252">
+        <v>16164</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>29</v>
+      </c>
+      <c r="R252" t="s">
+        <v>30</v>
+      </c>
+      <c r="S252" t="s">
+        <v>45</v>
+      </c>
+      <c r="T252" t="s">
+        <v>31</v>
+      </c>
+      <c r="U252" t="s">
+        <v>35</v>
+      </c>
+      <c r="V252">
+        <v>1</v>
+      </c>
+      <c r="W252">
+        <v>0</v>
+      </c>
+      <c r="X252">
+        <v>0</v>
+      </c>
+      <c r="Y252">
+        <v>2.378</v>
+      </c>
+    </row>
+    <row r="253" spans="1:25">
+      <c r="A253" t="s">
+        <v>25</v>
+      </c>
+      <c r="B253">
+        <v>2026</v>
+      </c>
+      <c r="C253">
+        <v>3057</v>
+      </c>
+      <c r="D253" t="s">
+        <v>69</v>
+      </c>
+      <c r="E253" t="s">
+        <v>70</v>
+      </c>
+      <c r="F253">
+        <v>35</v>
+      </c>
+      <c r="G253">
+        <v>3.0</v>
+      </c>
+      <c r="H253">
+        <v>528</v>
+      </c>
+      <c r="I253">
+        <v>0</v>
+      </c>
+      <c r="J253">
+        <v>0</v>
+      </c>
+      <c r="K253">
+        <v>1069.047</v>
+      </c>
+      <c r="L253" t="s">
+        <v>27</v>
+      </c>
+      <c r="M253">
+        <v>1</v>
+      </c>
+      <c r="N253" t="s">
+        <v>75</v>
+      </c>
+      <c r="O253">
+        <v>2</v>
+      </c>
+      <c r="P253">
+        <v>16164</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>29</v>
+      </c>
+      <c r="R253" t="s">
+        <v>30</v>
+      </c>
+      <c r="S253" t="s">
+        <v>31</v>
+      </c>
+      <c r="T253" t="s">
+        <v>31</v>
+      </c>
+      <c r="U253" t="s">
+        <v>44</v>
+      </c>
+      <c r="V253">
+        <v>1</v>
+      </c>
+      <c r="W253">
+        <v>0</v>
+      </c>
+      <c r="X253">
+        <v>0</v>
+      </c>
+      <c r="Y253">
+        <v>0.413</v>
+      </c>
+    </row>
+    <row r="254" spans="1:25">
+      <c r="A254" t="s">
+        <v>25</v>
+      </c>
+      <c r="B254">
+        <v>2026</v>
+      </c>
+      <c r="C254">
+        <v>3057</v>
+      </c>
+      <c r="D254" t="s">
+        <v>69</v>
+      </c>
+      <c r="E254" t="s">
+        <v>70</v>
+      </c>
+      <c r="F254">
+        <v>35</v>
+      </c>
+      <c r="G254">
+        <v>3.0</v>
+      </c>
+      <c r="H254">
+        <v>528</v>
+      </c>
+      <c r="I254">
+        <v>0</v>
+      </c>
+      <c r="J254">
+        <v>0</v>
+      </c>
+      <c r="K254">
+        <v>1069.047</v>
+      </c>
+      <c r="L254" t="s">
+        <v>27</v>
+      </c>
+      <c r="M254">
+        <v>1</v>
+      </c>
+      <c r="N254" t="s">
+        <v>75</v>
+      </c>
+      <c r="O254">
+        <v>2</v>
+      </c>
+      <c r="P254">
+        <v>16164</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>29</v>
+      </c>
+      <c r="R254" t="s">
+        <v>30</v>
+      </c>
+      <c r="S254" t="s">
+        <v>31</v>
+      </c>
+      <c r="T254" t="s">
+        <v>31</v>
+      </c>
+      <c r="U254" t="s">
+        <v>32</v>
+      </c>
+      <c r="V254">
+        <v>1</v>
+      </c>
+      <c r="W254">
+        <v>0</v>
+      </c>
+      <c r="X254">
+        <v>0</v>
+      </c>
+      <c r="Y254">
+        <v>0.726</v>
+      </c>
+    </row>
+    <row r="255" spans="1:25">
+      <c r="A255" t="s">
+        <v>25</v>
+      </c>
+      <c r="B255">
+        <v>2026</v>
+      </c>
+      <c r="C255">
+        <v>3057</v>
+      </c>
+      <c r="D255" t="s">
+        <v>69</v>
+      </c>
+      <c r="E255" t="s">
+        <v>70</v>
+      </c>
+      <c r="F255">
+        <v>35</v>
+      </c>
+      <c r="G255">
+        <v>3.0</v>
+      </c>
+      <c r="H255">
+        <v>528</v>
+      </c>
+      <c r="I255">
+        <v>0</v>
+      </c>
+      <c r="J255">
+        <v>0</v>
+      </c>
+      <c r="K255">
+        <v>1069.047</v>
+      </c>
+      <c r="L255" t="s">
+        <v>27</v>
+      </c>
+      <c r="M255">
+        <v>1</v>
+      </c>
+      <c r="N255" t="s">
+        <v>75</v>
+      </c>
+      <c r="O255">
+        <v>2</v>
+      </c>
+      <c r="P255">
+        <v>16164</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>29</v>
+      </c>
+      <c r="R255" t="s">
+        <v>30</v>
+      </c>
+      <c r="S255" t="s">
+        <v>31</v>
+      </c>
+      <c r="T255" t="s">
+        <v>31</v>
+      </c>
+      <c r="U255" t="s">
+        <v>33</v>
+      </c>
+      <c r="V255">
+        <v>93</v>
+      </c>
+      <c r="W255">
+        <v>0</v>
+      </c>
+      <c r="X255">
+        <v>0</v>
+      </c>
+      <c r="Y255">
+        <v>117.215</v>
+      </c>
+    </row>
+    <row r="256" spans="1:25">
+      <c r="A256" t="s">
+        <v>25</v>
+      </c>
+      <c r="B256">
+        <v>2026</v>
+      </c>
+      <c r="C256">
+        <v>3057</v>
+      </c>
+      <c r="D256" t="s">
+        <v>69</v>
+      </c>
+      <c r="E256" t="s">
+        <v>70</v>
+      </c>
+      <c r="F256">
+        <v>35</v>
+      </c>
+      <c r="G256">
+        <v>3.0</v>
+      </c>
+      <c r="H256">
+        <v>528</v>
+      </c>
+      <c r="I256">
+        <v>0</v>
+      </c>
+      <c r="J256">
+        <v>0</v>
+      </c>
+      <c r="K256">
+        <v>1069.047</v>
+      </c>
+      <c r="L256" t="s">
+        <v>27</v>
+      </c>
+      <c r="M256">
+        <v>1</v>
+      </c>
+      <c r="N256" t="s">
+        <v>75</v>
+      </c>
+      <c r="O256">
+        <v>2</v>
+      </c>
+      <c r="P256">
+        <v>16164</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>29</v>
+      </c>
+      <c r="R256" t="s">
+        <v>30</v>
+      </c>
+      <c r="S256" t="s">
+        <v>31</v>
+      </c>
+      <c r="T256" t="s">
+        <v>31</v>
+      </c>
+      <c r="U256" t="s">
+        <v>34</v>
+      </c>
+      <c r="V256">
+        <v>258</v>
+      </c>
+      <c r="W256">
+        <v>0</v>
+      </c>
+      <c r="X256">
+        <v>0</v>
+      </c>
+      <c r="Y256">
+        <v>476.426</v>
+      </c>
+    </row>
+    <row r="257" spans="1:25">
+      <c r="A257" t="s">
+        <v>25</v>
+      </c>
+      <c r="B257">
+        <v>2026</v>
+      </c>
+      <c r="C257">
+        <v>3057</v>
+      </c>
+      <c r="D257" t="s">
+        <v>69</v>
+      </c>
+      <c r="E257" t="s">
+        <v>70</v>
+      </c>
+      <c r="F257">
+        <v>35</v>
+      </c>
+      <c r="G257">
+        <v>3.0</v>
+      </c>
+      <c r="H257">
+        <v>528</v>
+      </c>
+      <c r="I257">
+        <v>0</v>
+      </c>
+      <c r="J257">
+        <v>0</v>
+      </c>
+      <c r="K257">
+        <v>1069.047</v>
+      </c>
+      <c r="L257" t="s">
+        <v>27</v>
+      </c>
+      <c r="M257">
+        <v>1</v>
+      </c>
+      <c r="N257" t="s">
+        <v>75</v>
+      </c>
+      <c r="O257">
+        <v>2</v>
+      </c>
+      <c r="P257">
+        <v>16164</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>29</v>
+      </c>
+      <c r="R257" t="s">
+        <v>30</v>
+      </c>
+      <c r="S257" t="s">
+        <v>31</v>
+      </c>
+      <c r="T257" t="s">
+        <v>31</v>
+      </c>
+      <c r="U257" t="s">
+        <v>35</v>
+      </c>
+      <c r="V257">
+        <v>119</v>
+      </c>
+      <c r="W257">
+        <v>0</v>
+      </c>
+      <c r="X257">
+        <v>0</v>
+      </c>
+      <c r="Y257">
+        <v>318.85</v>
+      </c>
+    </row>
+    <row r="258" spans="1:25">
+      <c r="A258" t="s">
+        <v>25</v>
+      </c>
+      <c r="B258">
+        <v>2026</v>
+      </c>
+      <c r="C258">
+        <v>3057</v>
+      </c>
+      <c r="D258" t="s">
+        <v>69</v>
+      </c>
+      <c r="E258" t="s">
+        <v>70</v>
+      </c>
+      <c r="F258">
+        <v>35</v>
+      </c>
+      <c r="G258">
+        <v>3.0</v>
+      </c>
+      <c r="H258">
+        <v>528</v>
+      </c>
+      <c r="I258">
+        <v>0</v>
+      </c>
+      <c r="J258">
+        <v>0</v>
+      </c>
+      <c r="K258">
+        <v>1069.047</v>
+      </c>
+      <c r="L258" t="s">
+        <v>27</v>
+      </c>
+      <c r="M258">
+        <v>1</v>
+      </c>
+      <c r="N258" t="s">
+        <v>75</v>
+      </c>
+      <c r="O258">
+        <v>2</v>
+      </c>
+      <c r="P258">
+        <v>16164</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>29</v>
+      </c>
+      <c r="R258" t="s">
+        <v>30</v>
+      </c>
+      <c r="S258" t="s">
+        <v>31</v>
+      </c>
+      <c r="T258" t="s">
+        <v>31</v>
+      </c>
+      <c r="U258" t="s">
+        <v>39</v>
+      </c>
+      <c r="V258">
+        <v>9</v>
+      </c>
+      <c r="W258">
+        <v>0</v>
+      </c>
+      <c r="X258">
+        <v>0</v>
+      </c>
+      <c r="Y258">
+        <v>32.302</v>
+      </c>
+    </row>
+    <row r="259" spans="1:25">
+      <c r="A259" t="s">
+        <v>25</v>
+      </c>
+      <c r="B259">
+        <v>2026</v>
+      </c>
+      <c r="C259">
+        <v>3057</v>
+      </c>
+      <c r="D259" t="s">
+        <v>69</v>
+      </c>
+      <c r="E259" t="s">
+        <v>70</v>
+      </c>
+      <c r="F259">
+        <v>35</v>
+      </c>
+      <c r="G259">
+        <v>3.0</v>
+      </c>
+      <c r="H259">
+        <v>528</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
+      </c>
+      <c r="J259">
+        <v>0</v>
+      </c>
+      <c r="K259">
+        <v>1069.047</v>
+      </c>
+      <c r="L259" t="s">
+        <v>27</v>
+      </c>
+      <c r="M259">
+        <v>1</v>
+      </c>
+      <c r="N259" t="s">
+        <v>75</v>
+      </c>
+      <c r="O259">
+        <v>2</v>
+      </c>
+      <c r="P259">
+        <v>16164</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>29</v>
+      </c>
+      <c r="R259" t="s">
+        <v>30</v>
+      </c>
+      <c r="S259" t="s">
+        <v>31</v>
+      </c>
+      <c r="T259" t="s">
+        <v>31</v>
+      </c>
+      <c r="U259" t="s">
+        <v>51</v>
+      </c>
+      <c r="V259">
+        <v>1</v>
+      </c>
+      <c r="W259">
+        <v>0</v>
+      </c>
+      <c r="X259">
+        <v>0</v>
+      </c>
+      <c r="Y259">
+        <v>4.798</v>
+      </c>
+    </row>
+    <row r="260" spans="1:25">
+      <c r="A260" t="s">
+        <v>25</v>
+      </c>
+      <c r="B260">
+        <v>2026</v>
+      </c>
+      <c r="C260">
+        <v>3057</v>
+      </c>
+      <c r="D260" t="s">
+        <v>69</v>
+      </c>
+      <c r="E260" t="s">
+        <v>70</v>
+      </c>
+      <c r="F260">
+        <v>35</v>
+      </c>
+      <c r="G260">
+        <v>3.0</v>
+      </c>
+      <c r="H260">
+        <v>528</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
+      </c>
+      <c r="J260">
+        <v>0</v>
+      </c>
+      <c r="K260">
+        <v>1069.047</v>
+      </c>
+      <c r="L260" t="s">
+        <v>27</v>
+      </c>
+      <c r="M260">
+        <v>1</v>
+      </c>
+      <c r="N260" t="s">
+        <v>75</v>
+      </c>
+      <c r="O260">
+        <v>2</v>
+      </c>
+      <c r="P260">
+        <v>16164</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>29</v>
+      </c>
+      <c r="R260" t="s">
+        <v>30</v>
+      </c>
+      <c r="S260" t="s">
+        <v>38</v>
+      </c>
+      <c r="T260" t="s">
+        <v>31</v>
+      </c>
+      <c r="U260" t="s">
+        <v>32</v>
+      </c>
+      <c r="V260">
+        <v>1</v>
+      </c>
+      <c r="W260">
+        <v>0</v>
+      </c>
+      <c r="X260">
+        <v>0</v>
+      </c>
+      <c r="Y260">
+        <v>0.695</v>
+      </c>
+    </row>
+    <row r="261" spans="1:25">
+      <c r="A261" t="s">
+        <v>25</v>
+      </c>
+      <c r="B261">
+        <v>2026</v>
+      </c>
+      <c r="C261">
+        <v>3057</v>
+      </c>
+      <c r="D261" t="s">
+        <v>69</v>
+      </c>
+      <c r="E261" t="s">
+        <v>70</v>
+      </c>
+      <c r="F261">
+        <v>35</v>
+      </c>
+      <c r="G261">
+        <v>3.0</v>
+      </c>
+      <c r="H261">
+        <v>528</v>
+      </c>
+      <c r="I261">
+        <v>0</v>
+      </c>
+      <c r="J261">
+        <v>0</v>
+      </c>
+      <c r="K261">
+        <v>1069.047</v>
+      </c>
+      <c r="L261" t="s">
+        <v>27</v>
+      </c>
+      <c r="M261">
+        <v>1</v>
+      </c>
+      <c r="N261" t="s">
+        <v>75</v>
+      </c>
+      <c r="O261">
+        <v>2</v>
+      </c>
+      <c r="P261">
+        <v>16164</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>29</v>
+      </c>
+      <c r="R261" t="s">
+        <v>30</v>
+      </c>
+      <c r="S261" t="s">
+        <v>38</v>
+      </c>
+      <c r="T261" t="s">
+        <v>31</v>
+      </c>
+      <c r="U261" t="s">
+        <v>33</v>
+      </c>
+      <c r="V261">
+        <v>1</v>
+      </c>
+      <c r="W261">
+        <v>0</v>
+      </c>
+      <c r="X261">
+        <v>0</v>
+      </c>
+      <c r="Y261">
+        <v>0.875</v>
+      </c>
+    </row>
+    <row r="262" spans="1:25">
+      <c r="A262" t="s">
+        <v>25</v>
+      </c>
+      <c r="B262">
+        <v>2026</v>
+      </c>
+      <c r="C262">
+        <v>3057</v>
+      </c>
+      <c r="D262" t="s">
+        <v>69</v>
+      </c>
+      <c r="E262" t="s">
+        <v>70</v>
+      </c>
+      <c r="F262">
+        <v>35</v>
+      </c>
+      <c r="G262">
+        <v>3.0</v>
+      </c>
+      <c r="H262">
+        <v>528</v>
+      </c>
+      <c r="I262">
+        <v>0</v>
+      </c>
+      <c r="J262">
+        <v>0</v>
+      </c>
+      <c r="K262">
+        <v>1069.047</v>
+      </c>
+      <c r="L262" t="s">
+        <v>27</v>
+      </c>
+      <c r="M262">
+        <v>1</v>
+      </c>
+      <c r="N262" t="s">
+        <v>75</v>
+      </c>
+      <c r="O262">
+        <v>2</v>
+      </c>
+      <c r="P262">
+        <v>16164</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>29</v>
+      </c>
+      <c r="R262" t="s">
+        <v>30</v>
+      </c>
+      <c r="S262" t="s">
+        <v>38</v>
+      </c>
+      <c r="T262" t="s">
+        <v>31</v>
+      </c>
+      <c r="U262" t="s">
+        <v>34</v>
+      </c>
+      <c r="V262">
+        <v>17</v>
+      </c>
+      <c r="W262">
+        <v>0</v>
+      </c>
+      <c r="X262">
+        <v>0</v>
+      </c>
+      <c r="Y262">
+        <v>31.211</v>
+      </c>
+    </row>
+    <row r="263" spans="1:25">
+      <c r="A263" t="s">
+        <v>25</v>
+      </c>
+      <c r="B263">
+        <v>2026</v>
+      </c>
+      <c r="C263">
+        <v>3057</v>
+      </c>
+      <c r="D263" t="s">
+        <v>69</v>
+      </c>
+      <c r="E263" t="s">
+        <v>70</v>
+      </c>
+      <c r="F263">
+        <v>35</v>
+      </c>
+      <c r="G263">
+        <v>3.0</v>
+      </c>
+      <c r="H263">
+        <v>528</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
+      </c>
+      <c r="J263">
+        <v>0</v>
+      </c>
+      <c r="K263">
+        <v>1069.047</v>
+      </c>
+      <c r="L263" t="s">
+        <v>27</v>
+      </c>
+      <c r="M263">
+        <v>1</v>
+      </c>
+      <c r="N263" t="s">
+        <v>75</v>
+      </c>
+      <c r="O263">
+        <v>2</v>
+      </c>
+      <c r="P263">
+        <v>16164</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>29</v>
+      </c>
+      <c r="R263" t="s">
+        <v>30</v>
+      </c>
+      <c r="S263" t="s">
+        <v>38</v>
+      </c>
+      <c r="T263" t="s">
+        <v>31</v>
+      </c>
+      <c r="U263" t="s">
+        <v>35</v>
+      </c>
+      <c r="V263">
+        <v>15</v>
+      </c>
+      <c r="W263">
+        <v>0</v>
+      </c>
+      <c r="X263">
+        <v>0</v>
+      </c>
+      <c r="Y263">
+        <v>41.568</v>
+      </c>
+    </row>
+    <row r="264" spans="1:25">
+      <c r="A264" t="s">
+        <v>25</v>
+      </c>
+      <c r="B264">
+        <v>2026</v>
+      </c>
+      <c r="C264">
+        <v>3057</v>
+      </c>
+      <c r="D264" t="s">
+        <v>69</v>
+      </c>
+      <c r="E264" t="s">
+        <v>70</v>
+      </c>
+      <c r="F264">
+        <v>35</v>
+      </c>
+      <c r="G264">
+        <v>3.0</v>
+      </c>
+      <c r="H264">
+        <v>528</v>
+      </c>
+      <c r="I264">
+        <v>0</v>
+      </c>
+      <c r="J264">
+        <v>0</v>
+      </c>
+      <c r="K264">
+        <v>1069.047</v>
+      </c>
+      <c r="L264" t="s">
+        <v>27</v>
+      </c>
+      <c r="M264">
+        <v>1</v>
+      </c>
+      <c r="N264" t="s">
+        <v>75</v>
+      </c>
+      <c r="O264">
+        <v>2</v>
+      </c>
+      <c r="P264">
+        <v>16164</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>29</v>
+      </c>
+      <c r="R264" t="s">
+        <v>30</v>
+      </c>
+      <c r="S264" t="s">
+        <v>38</v>
+      </c>
+      <c r="T264" t="s">
+        <v>31</v>
+      </c>
+      <c r="U264" t="s">
+        <v>39</v>
+      </c>
+      <c r="V264">
+        <v>10</v>
+      </c>
+      <c r="W264">
+        <v>0</v>
+      </c>
+      <c r="X264">
+        <v>0</v>
+      </c>
+      <c r="Y264">
+        <v>34.762</v>
+      </c>
+    </row>
+    <row r="265" spans="1:25">
+      <c r="A265" t="s">
+        <v>25</v>
+      </c>
+      <c r="B265">
+        <v>2026</v>
+      </c>
+      <c r="C265">
+        <v>3057</v>
+      </c>
+      <c r="D265" t="s">
+        <v>69</v>
+      </c>
+      <c r="E265" t="s">
+        <v>70</v>
+      </c>
+      <c r="F265">
+        <v>35</v>
+      </c>
+      <c r="G265">
+        <v>3.0</v>
+      </c>
+      <c r="H265">
+        <v>528</v>
+      </c>
+      <c r="I265">
+        <v>0</v>
+      </c>
+      <c r="J265">
+        <v>0</v>
+      </c>
+      <c r="K265">
+        <v>1069.047</v>
+      </c>
+      <c r="L265" t="s">
+        <v>27</v>
+      </c>
+      <c r="M265">
+        <v>1</v>
+      </c>
+      <c r="N265" t="s">
+        <v>75</v>
+      </c>
+      <c r="O265">
+        <v>2</v>
+      </c>
+      <c r="P265">
+        <v>16164</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>29</v>
+      </c>
+      <c r="R265" t="s">
+        <v>30</v>
+      </c>
+      <c r="S265" t="s">
+        <v>38</v>
+      </c>
+      <c r="T265" t="s">
+        <v>31</v>
+      </c>
+      <c r="U265" t="s">
+        <v>51</v>
+      </c>
+      <c r="V265">
+        <v>2</v>
+      </c>
+      <c r="W265">
+        <v>0</v>
+      </c>
+      <c r="X265">
+        <v>0</v>
+      </c>
+      <c r="Y265">
+        <v>9.206</v>
+      </c>
+    </row>
+    <row r="266" spans="1:25">
+      <c r="A266" t="s">
+        <v>25</v>
+      </c>
+      <c r="B266">
+        <v>2026</v>
+      </c>
+      <c r="C266">
+        <v>3227</v>
+      </c>
+      <c r="D266" t="s">
+        <v>76</v>
+      </c>
+      <c r="E266" t="s">
+        <v>70</v>
+      </c>
+      <c r="F266">
+        <v>21</v>
+      </c>
+      <c r="G266">
+        <v>1.3</v>
+      </c>
+      <c r="H266">
+        <v>241</v>
+      </c>
+      <c r="I266">
+        <v>0</v>
+      </c>
+      <c r="J266">
+        <v>0</v>
+      </c>
+      <c r="K266">
+        <v>601.305</v>
+      </c>
+      <c r="L266" t="s">
+        <v>27</v>
+      </c>
+      <c r="M266">
+        <v>1</v>
+      </c>
+      <c r="N266" t="s">
+        <v>77</v>
+      </c>
+      <c r="O266">
+        <v>6</v>
+      </c>
+      <c r="P266">
+        <v>16164</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>29</v>
+      </c>
+      <c r="R266" t="s">
+        <v>30</v>
+      </c>
+      <c r="S266" t="s">
+        <v>38</v>
+      </c>
+      <c r="T266" t="s">
+        <v>31</v>
+      </c>
+      <c r="U266" t="s">
+        <v>33</v>
+      </c>
+      <c r="V266">
+        <v>1</v>
+      </c>
+      <c r="W266">
+        <v>0</v>
+      </c>
+      <c r="X266">
+        <v>0</v>
+      </c>
+      <c r="Y266">
+        <v>1.324</v>
+      </c>
+    </row>
+    <row r="267" spans="1:25">
+      <c r="A267" t="s">
+        <v>25</v>
+      </c>
+      <c r="B267">
+        <v>2026</v>
+      </c>
+      <c r="C267">
+        <v>3227</v>
+      </c>
+      <c r="D267" t="s">
+        <v>76</v>
+      </c>
+      <c r="E267" t="s">
+        <v>70</v>
+      </c>
+      <c r="F267">
+        <v>21</v>
+      </c>
+      <c r="G267">
+        <v>1.3</v>
+      </c>
+      <c r="H267">
+        <v>241</v>
+      </c>
+      <c r="I267">
+        <v>0</v>
+      </c>
+      <c r="J267">
+        <v>0</v>
+      </c>
+      <c r="K267">
+        <v>601.305</v>
+      </c>
+      <c r="L267" t="s">
+        <v>27</v>
+      </c>
+      <c r="M267">
+        <v>1</v>
+      </c>
+      <c r="N267" t="s">
+        <v>77</v>
+      </c>
+      <c r="O267">
+        <v>6</v>
+      </c>
+      <c r="P267">
+        <v>16164</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>29</v>
+      </c>
+      <c r="R267" t="s">
+        <v>30</v>
+      </c>
+      <c r="S267" t="s">
+        <v>38</v>
+      </c>
+      <c r="T267" t="s">
+        <v>31</v>
+      </c>
+      <c r="U267" t="s">
+        <v>34</v>
+      </c>
+      <c r="V267">
+        <v>15</v>
+      </c>
+      <c r="W267">
+        <v>0</v>
+      </c>
+      <c r="X267">
+        <v>0</v>
+      </c>
+      <c r="Y267">
+        <v>28.478</v>
+      </c>
+    </row>
+    <row r="268" spans="1:25">
+      <c r="A268" t="s">
+        <v>25</v>
+      </c>
+      <c r="B268">
+        <v>2026</v>
+      </c>
+      <c r="C268">
+        <v>3227</v>
+      </c>
+      <c r="D268" t="s">
+        <v>76</v>
+      </c>
+      <c r="E268" t="s">
+        <v>70</v>
+      </c>
+      <c r="F268">
+        <v>21</v>
+      </c>
+      <c r="G268">
+        <v>1.3</v>
+      </c>
+      <c r="H268">
+        <v>241</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
+      </c>
+      <c r="J268">
+        <v>0</v>
+      </c>
+      <c r="K268">
+        <v>601.305</v>
+      </c>
+      <c r="L268" t="s">
+        <v>27</v>
+      </c>
+      <c r="M268">
+        <v>1</v>
+      </c>
+      <c r="N268" t="s">
+        <v>77</v>
+      </c>
+      <c r="O268">
+        <v>6</v>
+      </c>
+      <c r="P268">
+        <v>16164</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>29</v>
+      </c>
+      <c r="R268" t="s">
+        <v>30</v>
+      </c>
+      <c r="S268" t="s">
+        <v>38</v>
+      </c>
+      <c r="T268" t="s">
+        <v>31</v>
+      </c>
+      <c r="U268" t="s">
+        <v>35</v>
+      </c>
+      <c r="V268">
+        <v>16</v>
+      </c>
+      <c r="W268">
+        <v>0</v>
+      </c>
+      <c r="X268">
+        <v>0</v>
+      </c>
+      <c r="Y268">
+        <v>44.232</v>
+      </c>
+    </row>
+    <row r="269" spans="1:25">
+      <c r="A269" t="s">
+        <v>25</v>
+      </c>
+      <c r="B269">
+        <v>2026</v>
+      </c>
+      <c r="C269">
+        <v>3227</v>
+      </c>
+      <c r="D269" t="s">
+        <v>76</v>
+      </c>
+      <c r="E269" t="s">
+        <v>70</v>
+      </c>
+      <c r="F269">
+        <v>21</v>
+      </c>
+      <c r="G269">
+        <v>1.3</v>
+      </c>
+      <c r="H269">
+        <v>241</v>
+      </c>
+      <c r="I269">
+        <v>0</v>
+      </c>
+      <c r="J269">
+        <v>0</v>
+      </c>
+      <c r="K269">
+        <v>601.305</v>
+      </c>
+      <c r="L269" t="s">
+        <v>27</v>
+      </c>
+      <c r="M269">
+        <v>1</v>
+      </c>
+      <c r="N269" t="s">
+        <v>77</v>
+      </c>
+      <c r="O269">
+        <v>6</v>
+      </c>
+      <c r="P269">
+        <v>16164</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>29</v>
+      </c>
+      <c r="R269" t="s">
+        <v>30</v>
+      </c>
+      <c r="S269" t="s">
+        <v>38</v>
+      </c>
+      <c r="T269" t="s">
+        <v>31</v>
+      </c>
+      <c r="U269" t="s">
+        <v>39</v>
+      </c>
+      <c r="V269">
+        <v>2</v>
+      </c>
+      <c r="W269">
+        <v>0</v>
+      </c>
+      <c r="X269">
+        <v>0</v>
+      </c>
+      <c r="Y269">
+        <v>6.946</v>
+      </c>
+    </row>
+    <row r="270" spans="1:25">
+      <c r="A270" t="s">
+        <v>25</v>
+      </c>
+      <c r="B270">
+        <v>2026</v>
+      </c>
+      <c r="C270">
+        <v>3227</v>
+      </c>
+      <c r="D270" t="s">
+        <v>76</v>
+      </c>
+      <c r="E270" t="s">
+        <v>70</v>
+      </c>
+      <c r="F270">
+        <v>21</v>
+      </c>
+      <c r="G270">
+        <v>1.3</v>
+      </c>
+      <c r="H270">
+        <v>241</v>
+      </c>
+      <c r="I270">
+        <v>0</v>
+      </c>
+      <c r="J270">
+        <v>0</v>
+      </c>
+      <c r="K270">
+        <v>601.305</v>
+      </c>
+      <c r="L270" t="s">
+        <v>27</v>
+      </c>
+      <c r="M270">
+        <v>1</v>
+      </c>
+      <c r="N270" t="s">
+        <v>77</v>
+      </c>
+      <c r="O270">
+        <v>6</v>
+      </c>
+      <c r="P270">
+        <v>16164</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>29</v>
+      </c>
+      <c r="R270" t="s">
+        <v>30</v>
+      </c>
+      <c r="S270" t="s">
+        <v>38</v>
+      </c>
+      <c r="T270" t="s">
+        <v>31</v>
+      </c>
+      <c r="U270" t="s">
+        <v>51</v>
+      </c>
+      <c r="V270">
+        <v>1</v>
+      </c>
+      <c r="W270">
+        <v>0</v>
+      </c>
+      <c r="X270">
+        <v>0</v>
+      </c>
+      <c r="Y270">
+        <v>5.151</v>
+      </c>
+    </row>
+    <row r="271" spans="1:25">
+      <c r="A271" t="s">
+        <v>25</v>
+      </c>
+      <c r="B271">
+        <v>2026</v>
+      </c>
+      <c r="C271">
+        <v>3227</v>
+      </c>
+      <c r="D271" t="s">
+        <v>76</v>
+      </c>
+      <c r="E271" t="s">
+        <v>70</v>
+      </c>
+      <c r="F271">
+        <v>21</v>
+      </c>
+      <c r="G271">
+        <v>1.3</v>
+      </c>
+      <c r="H271">
+        <v>241</v>
+      </c>
+      <c r="I271">
+        <v>0</v>
+      </c>
+      <c r="J271">
+        <v>0</v>
+      </c>
+      <c r="K271">
+        <v>601.305</v>
+      </c>
+      <c r="L271" t="s">
+        <v>27</v>
+      </c>
+      <c r="M271">
+        <v>1</v>
+      </c>
+      <c r="N271" t="s">
+        <v>77</v>
+      </c>
+      <c r="O271">
+        <v>6</v>
+      </c>
+      <c r="P271">
+        <v>16164</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>29</v>
+      </c>
+      <c r="R271" t="s">
+        <v>30</v>
+      </c>
+      <c r="S271" t="s">
+        <v>31</v>
+      </c>
+      <c r="T271" t="s">
+        <v>31</v>
+      </c>
+      <c r="U271" t="s">
+        <v>33</v>
+      </c>
+      <c r="V271">
+        <v>20</v>
+      </c>
+      <c r="W271">
+        <v>0</v>
+      </c>
+      <c r="X271">
+        <v>0</v>
+      </c>
+      <c r="Y271">
+        <v>27.358</v>
+      </c>
+    </row>
+    <row r="272" spans="1:25">
+      <c r="A272" t="s">
+        <v>25</v>
+      </c>
+      <c r="B272">
+        <v>2026</v>
+      </c>
+      <c r="C272">
+        <v>3227</v>
+      </c>
+      <c r="D272" t="s">
+        <v>76</v>
+      </c>
+      <c r="E272" t="s">
+        <v>70</v>
+      </c>
+      <c r="F272">
+        <v>21</v>
+      </c>
+      <c r="G272">
+        <v>1.3</v>
+      </c>
+      <c r="H272">
+        <v>241</v>
+      </c>
+      <c r="I272">
+        <v>0</v>
+      </c>
+      <c r="J272">
+        <v>0</v>
+      </c>
+      <c r="K272">
+        <v>601.305</v>
+      </c>
+      <c r="L272" t="s">
+        <v>27</v>
+      </c>
+      <c r="M272">
+        <v>1</v>
+      </c>
+      <c r="N272" t="s">
+        <v>77</v>
+      </c>
+      <c r="O272">
+        <v>6</v>
+      </c>
+      <c r="P272">
+        <v>16164</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>29</v>
+      </c>
+      <c r="R272" t="s">
+        <v>30</v>
+      </c>
+      <c r="S272" t="s">
+        <v>31</v>
+      </c>
+      <c r="T272" t="s">
+        <v>31</v>
+      </c>
+      <c r="U272" t="s">
+        <v>34</v>
+      </c>
+      <c r="V272">
+        <v>94</v>
+      </c>
+      <c r="W272">
+        <v>0</v>
+      </c>
+      <c r="X272">
+        <v>0</v>
+      </c>
+      <c r="Y272">
+        <v>192.705</v>
+      </c>
+    </row>
+    <row r="273" spans="1:25">
+      <c r="A273" t="s">
+        <v>25</v>
+      </c>
+      <c r="B273">
+        <v>2026</v>
+      </c>
+      <c r="C273">
+        <v>3227</v>
+      </c>
+      <c r="D273" t="s">
+        <v>76</v>
+      </c>
+      <c r="E273" t="s">
+        <v>70</v>
+      </c>
+      <c r="F273">
+        <v>21</v>
+      </c>
+      <c r="G273">
+        <v>1.3</v>
+      </c>
+      <c r="H273">
+        <v>241</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
+      </c>
+      <c r="J273">
+        <v>0</v>
+      </c>
+      <c r="K273">
+        <v>601.305</v>
+      </c>
+      <c r="L273" t="s">
+        <v>27</v>
+      </c>
+      <c r="M273">
+        <v>1</v>
+      </c>
+      <c r="N273" t="s">
+        <v>77</v>
+      </c>
+      <c r="O273">
+        <v>6</v>
+      </c>
+      <c r="P273">
+        <v>16164</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>29</v>
+      </c>
+      <c r="R273" t="s">
+        <v>30</v>
+      </c>
+      <c r="S273" t="s">
+        <v>31</v>
+      </c>
+      <c r="T273" t="s">
+        <v>31</v>
+      </c>
+      <c r="U273" t="s">
+        <v>35</v>
+      </c>
+      <c r="V273">
+        <v>72</v>
+      </c>
+      <c r="W273">
+        <v>0</v>
+      </c>
+      <c r="X273">
+        <v>0</v>
+      </c>
+      <c r="Y273">
+        <v>211.331</v>
+      </c>
+    </row>
+    <row r="274" spans="1:25">
+      <c r="A274" t="s">
+        <v>25</v>
+      </c>
+      <c r="B274">
+        <v>2026</v>
+      </c>
+      <c r="C274">
+        <v>3227</v>
+      </c>
+      <c r="D274" t="s">
+        <v>76</v>
+      </c>
+      <c r="E274" t="s">
+        <v>70</v>
+      </c>
+      <c r="F274">
+        <v>21</v>
+      </c>
+      <c r="G274">
+        <v>1.3</v>
+      </c>
+      <c r="H274">
+        <v>241</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
+      </c>
+      <c r="J274">
+        <v>0</v>
+      </c>
+      <c r="K274">
+        <v>601.305</v>
+      </c>
+      <c r="L274" t="s">
+        <v>27</v>
+      </c>
+      <c r="M274">
+        <v>1</v>
+      </c>
+      <c r="N274" t="s">
+        <v>77</v>
+      </c>
+      <c r="O274">
+        <v>6</v>
+      </c>
+      <c r="P274">
+        <v>16164</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>29</v>
+      </c>
+      <c r="R274" t="s">
+        <v>30</v>
+      </c>
+      <c r="S274" t="s">
+        <v>31</v>
+      </c>
+      <c r="T274" t="s">
+        <v>31</v>
+      </c>
+      <c r="U274" t="s">
+        <v>39</v>
+      </c>
+      <c r="V274">
+        <v>15</v>
+      </c>
+      <c r="W274">
+        <v>0</v>
+      </c>
+      <c r="X274">
+        <v>0</v>
+      </c>
+      <c r="Y274">
+        <v>59.252</v>
+      </c>
+    </row>
+    <row r="275" spans="1:25">
+      <c r="A275" t="s">
+        <v>25</v>
+      </c>
+      <c r="B275">
+        <v>2026</v>
+      </c>
+      <c r="C275">
+        <v>3227</v>
+      </c>
+      <c r="D275" t="s">
+        <v>76</v>
+      </c>
+      <c r="E275" t="s">
+        <v>70</v>
+      </c>
+      <c r="F275">
+        <v>21</v>
+      </c>
+      <c r="G275">
+        <v>1.3</v>
+      </c>
+      <c r="H275">
+        <v>241</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="J275">
+        <v>0</v>
+      </c>
+      <c r="K275">
+        <v>601.305</v>
+      </c>
+      <c r="L275" t="s">
+        <v>27</v>
+      </c>
+      <c r="M275">
+        <v>1</v>
+      </c>
+      <c r="N275" t="s">
+        <v>77</v>
+      </c>
+      <c r="O275">
+        <v>6</v>
+      </c>
+      <c r="P275">
+        <v>16164</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>29</v>
+      </c>
+      <c r="R275" t="s">
+        <v>30</v>
+      </c>
+      <c r="S275" t="s">
+        <v>31</v>
+      </c>
+      <c r="T275" t="s">
+        <v>31</v>
+      </c>
+      <c r="U275" t="s">
+        <v>51</v>
+      </c>
+      <c r="V275">
+        <v>5</v>
+      </c>
+      <c r="W275">
+        <v>0</v>
+      </c>
+      <c r="X275">
+        <v>0</v>
+      </c>
+      <c r="Y275">
+        <v>24.528</v>
+      </c>
+    </row>
+    <row r="276" spans="1:25">
+      <c r="A276" t="s">
+        <v>25</v>
+      </c>
+      <c r="B276">
+        <v>2026</v>
+      </c>
+      <c r="C276">
+        <v>3227</v>
+      </c>
+      <c r="D276" t="s">
+        <v>76</v>
+      </c>
+      <c r="E276" t="s">
+        <v>70</v>
+      </c>
+      <c r="F276">
+        <v>22</v>
+      </c>
+      <c r="G276">
+        <v>0.5</v>
+      </c>
+      <c r="H276">
+        <v>159</v>
+      </c>
+      <c r="I276">
+        <v>0</v>
+      </c>
+      <c r="J276">
+        <v>0</v>
+      </c>
+      <c r="K276">
+        <v>417.277</v>
+      </c>
+      <c r="L276" t="s">
+        <v>27</v>
+      </c>
+      <c r="M276">
+        <v>1</v>
+      </c>
+      <c r="N276" t="s">
+        <v>78</v>
+      </c>
+      <c r="O276">
+        <v>6</v>
+      </c>
+      <c r="P276">
+        <v>16164</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>29</v>
+      </c>
+      <c r="R276" t="s">
+        <v>30</v>
+      </c>
+      <c r="S276" t="s">
+        <v>31</v>
+      </c>
+      <c r="T276" t="s">
+        <v>31</v>
+      </c>
+      <c r="U276" t="s">
+        <v>32</v>
+      </c>
+      <c r="V276">
+        <v>28</v>
+      </c>
+      <c r="W276">
+        <v>0</v>
+      </c>
+      <c r="X276">
+        <v>0</v>
+      </c>
+      <c r="Y276">
+        <v>18.266</v>
+      </c>
+    </row>
+    <row r="277" spans="1:25">
+      <c r="A277" t="s">
+        <v>25</v>
+      </c>
+      <c r="B277">
+        <v>2026</v>
+      </c>
+      <c r="C277">
+        <v>3227</v>
+      </c>
+      <c r="D277" t="s">
+        <v>76</v>
+      </c>
+      <c r="E277" t="s">
+        <v>70</v>
+      </c>
+      <c r="F277">
+        <v>22</v>
+      </c>
+      <c r="G277">
+        <v>0.5</v>
+      </c>
+      <c r="H277">
+        <v>159</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
+      </c>
+      <c r="J277">
+        <v>0</v>
+      </c>
+      <c r="K277">
+        <v>417.277</v>
+      </c>
+      <c r="L277" t="s">
+        <v>27</v>
+      </c>
+      <c r="M277">
+        <v>1</v>
+      </c>
+      <c r="N277" t="s">
+        <v>78</v>
+      </c>
+      <c r="O277">
+        <v>6</v>
+      </c>
+      <c r="P277">
+        <v>16164</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>29</v>
+      </c>
+      <c r="R277" t="s">
+        <v>30</v>
+      </c>
+      <c r="S277" t="s">
+        <v>31</v>
+      </c>
+      <c r="T277" t="s">
+        <v>31</v>
+      </c>
+      <c r="U277" t="s">
+        <v>33</v>
+      </c>
+      <c r="V277">
+        <v>14</v>
+      </c>
+      <c r="W277">
+        <v>0</v>
+      </c>
+      <c r="X277">
+        <v>0</v>
+      </c>
+      <c r="Y277">
+        <v>15.367</v>
+      </c>
+    </row>
+    <row r="278" spans="1:25">
+      <c r="A278" t="s">
+        <v>25</v>
+      </c>
+      <c r="B278">
+        <v>2026</v>
+      </c>
+      <c r="C278">
+        <v>3227</v>
+      </c>
+      <c r="D278" t="s">
+        <v>76</v>
+      </c>
+      <c r="E278" t="s">
+        <v>70</v>
+      </c>
+      <c r="F278">
+        <v>22</v>
+      </c>
+      <c r="G278">
+        <v>0.5</v>
+      </c>
+      <c r="H278">
+        <v>159</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="J278">
+        <v>0</v>
+      </c>
+      <c r="K278">
+        <v>417.277</v>
+      </c>
+      <c r="L278" t="s">
+        <v>27</v>
+      </c>
+      <c r="M278">
+        <v>1</v>
+      </c>
+      <c r="N278" t="s">
+        <v>78</v>
+      </c>
+      <c r="O278">
+        <v>6</v>
+      </c>
+      <c r="P278">
+        <v>16164</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>29</v>
+      </c>
+      <c r="R278" t="s">
+        <v>30</v>
+      </c>
+      <c r="S278" t="s">
+        <v>31</v>
+      </c>
+      <c r="T278" t="s">
+        <v>31</v>
+      </c>
+      <c r="U278" t="s">
+        <v>34</v>
+      </c>
+      <c r="V278">
+        <v>8</v>
+      </c>
+      <c r="W278">
+        <v>0</v>
+      </c>
+      <c r="X278">
+        <v>0</v>
+      </c>
+      <c r="Y278">
+        <v>15.383</v>
+      </c>
+    </row>
+    <row r="279" spans="1:25">
+      <c r="A279" t="s">
+        <v>25</v>
+      </c>
+      <c r="B279">
+        <v>2026</v>
+      </c>
+      <c r="C279">
+        <v>3227</v>
+      </c>
+      <c r="D279" t="s">
+        <v>76</v>
+      </c>
+      <c r="E279" t="s">
+        <v>70</v>
+      </c>
+      <c r="F279">
+        <v>22</v>
+      </c>
+      <c r="G279">
+        <v>0.5</v>
+      </c>
+      <c r="H279">
+        <v>159</v>
+      </c>
+      <c r="I279">
+        <v>0</v>
+      </c>
+      <c r="J279">
+        <v>0</v>
+      </c>
+      <c r="K279">
+        <v>417.277</v>
+      </c>
+      <c r="L279" t="s">
+        <v>27</v>
+      </c>
+      <c r="M279">
+        <v>1</v>
+      </c>
+      <c r="N279" t="s">
+        <v>78</v>
+      </c>
+      <c r="O279">
+        <v>6</v>
+      </c>
+      <c r="P279">
+        <v>16164</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>29</v>
+      </c>
+      <c r="R279" t="s">
+        <v>30</v>
+      </c>
+      <c r="S279" t="s">
+        <v>31</v>
+      </c>
+      <c r="T279" t="s">
+        <v>31</v>
+      </c>
+      <c r="U279" t="s">
+        <v>35</v>
+      </c>
+      <c r="V279">
+        <v>7</v>
+      </c>
+      <c r="W279">
+        <v>0</v>
+      </c>
+      <c r="X279">
+        <v>0</v>
+      </c>
+      <c r="Y279">
+        <v>20.903</v>
+      </c>
+    </row>
+    <row r="280" spans="1:25">
+      <c r="A280" t="s">
+        <v>25</v>
+      </c>
+      <c r="B280">
+        <v>2026</v>
+      </c>
+      <c r="C280">
+        <v>3227</v>
+      </c>
+      <c r="D280" t="s">
+        <v>76</v>
+      </c>
+      <c r="E280" t="s">
+        <v>70</v>
+      </c>
+      <c r="F280">
+        <v>22</v>
+      </c>
+      <c r="G280">
+        <v>0.5</v>
+      </c>
+      <c r="H280">
+        <v>159</v>
+      </c>
+      <c r="I280">
+        <v>0</v>
+      </c>
+      <c r="J280">
+        <v>0</v>
+      </c>
+      <c r="K280">
+        <v>417.277</v>
+      </c>
+      <c r="L280" t="s">
+        <v>27</v>
+      </c>
+      <c r="M280">
+        <v>1</v>
+      </c>
+      <c r="N280" t="s">
+        <v>78</v>
+      </c>
+      <c r="O280">
+        <v>6</v>
+      </c>
+      <c r="P280">
+        <v>16164</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>29</v>
+      </c>
+      <c r="R280" t="s">
+        <v>30</v>
+      </c>
+      <c r="S280" t="s">
+        <v>31</v>
+      </c>
+      <c r="T280" t="s">
+        <v>31</v>
+      </c>
+      <c r="U280" t="s">
+        <v>39</v>
+      </c>
+      <c r="V280">
+        <v>8</v>
+      </c>
+      <c r="W280">
+        <v>0</v>
+      </c>
+      <c r="X280">
+        <v>0</v>
+      </c>
+      <c r="Y280">
+        <v>30.764</v>
+      </c>
+    </row>
+    <row r="281" spans="1:25">
+      <c r="A281" t="s">
+        <v>25</v>
+      </c>
+      <c r="B281">
+        <v>2026</v>
+      </c>
+      <c r="C281">
+        <v>3227</v>
+      </c>
+      <c r="D281" t="s">
+        <v>76</v>
+      </c>
+      <c r="E281" t="s">
+        <v>70</v>
+      </c>
+      <c r="F281">
+        <v>22</v>
+      </c>
+      <c r="G281">
+        <v>0.5</v>
+      </c>
+      <c r="H281">
+        <v>159</v>
+      </c>
+      <c r="I281">
+        <v>0</v>
+      </c>
+      <c r="J281">
+        <v>0</v>
+      </c>
+      <c r="K281">
+        <v>417.277</v>
+      </c>
+      <c r="L281" t="s">
+        <v>27</v>
+      </c>
+      <c r="M281">
+        <v>1</v>
+      </c>
+      <c r="N281" t="s">
+        <v>78</v>
+      </c>
+      <c r="O281">
+        <v>6</v>
+      </c>
+      <c r="P281">
+        <v>16164</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>29</v>
+      </c>
+      <c r="R281" t="s">
+        <v>30</v>
+      </c>
+      <c r="S281" t="s">
+        <v>31</v>
+      </c>
+      <c r="T281" t="s">
+        <v>31</v>
+      </c>
+      <c r="U281" t="s">
+        <v>51</v>
+      </c>
+      <c r="V281">
+        <v>9</v>
+      </c>
+      <c r="W281">
+        <v>0</v>
+      </c>
+      <c r="X281">
+        <v>0</v>
+      </c>
+      <c r="Y281">
+        <v>51.899</v>
+      </c>
+    </row>
+    <row r="282" spans="1:25">
+      <c r="A282" t="s">
+        <v>25</v>
+      </c>
+      <c r="B282">
+        <v>2026</v>
+      </c>
+      <c r="C282">
+        <v>3227</v>
+      </c>
+      <c r="D282" t="s">
+        <v>76</v>
+      </c>
+      <c r="E282" t="s">
+        <v>70</v>
+      </c>
+      <c r="F282">
+        <v>22</v>
+      </c>
+      <c r="G282">
+        <v>0.5</v>
+      </c>
+      <c r="H282">
+        <v>159</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
+      </c>
+      <c r="J282">
+        <v>0</v>
+      </c>
+      <c r="K282">
+        <v>417.277</v>
+      </c>
+      <c r="L282" t="s">
+        <v>27</v>
+      </c>
+      <c r="M282">
+        <v>1</v>
+      </c>
+      <c r="N282" t="s">
+        <v>78</v>
+      </c>
+      <c r="O282">
+        <v>6</v>
+      </c>
+      <c r="P282">
+        <v>16164</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>29</v>
+      </c>
+      <c r="R282" t="s">
+        <v>30</v>
+      </c>
+      <c r="S282" t="s">
+        <v>31</v>
+      </c>
+      <c r="T282" t="s">
+        <v>31</v>
+      </c>
+      <c r="U282" t="s">
+        <v>52</v>
+      </c>
+      <c r="V282">
+        <v>1</v>
+      </c>
+      <c r="W282">
+        <v>0</v>
+      </c>
+      <c r="X282">
+        <v>0</v>
+      </c>
+      <c r="Y282">
+        <v>7.036</v>
+      </c>
+    </row>
+    <row r="283" spans="1:25">
+      <c r="A283" t="s">
+        <v>25</v>
+      </c>
+      <c r="B283">
+        <v>2026</v>
+      </c>
+      <c r="C283">
+        <v>3227</v>
+      </c>
+      <c r="D283" t="s">
+        <v>76</v>
+      </c>
+      <c r="E283" t="s">
+        <v>70</v>
+      </c>
+      <c r="F283">
+        <v>22</v>
+      </c>
+      <c r="G283">
+        <v>0.5</v>
+      </c>
+      <c r="H283">
+        <v>159</v>
+      </c>
+      <c r="I283">
+        <v>0</v>
+      </c>
+      <c r="J283">
+        <v>0</v>
+      </c>
+      <c r="K283">
+        <v>417.277</v>
+      </c>
+      <c r="L283" t="s">
+        <v>27</v>
+      </c>
+      <c r="M283">
+        <v>1</v>
+      </c>
+      <c r="N283" t="s">
+        <v>78</v>
+      </c>
+      <c r="O283">
+        <v>6</v>
+      </c>
+      <c r="P283">
+        <v>16164</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>29</v>
+      </c>
+      <c r="R283" t="s">
+        <v>30</v>
+      </c>
+      <c r="S283" t="s">
+        <v>38</v>
+      </c>
+      <c r="T283" t="s">
+        <v>31</v>
+      </c>
+      <c r="U283" t="s">
+        <v>33</v>
+      </c>
+      <c r="V283">
+        <v>7</v>
+      </c>
+      <c r="W283">
+        <v>0</v>
+      </c>
+      <c r="X283">
+        <v>0</v>
+      </c>
+      <c r="Y283">
+        <v>8.696</v>
+      </c>
+    </row>
+    <row r="284" spans="1:25">
+      <c r="A284" t="s">
+        <v>25</v>
+      </c>
+      <c r="B284">
+        <v>2026</v>
+      </c>
+      <c r="C284">
+        <v>3227</v>
+      </c>
+      <c r="D284" t="s">
+        <v>76</v>
+      </c>
+      <c r="E284" t="s">
+        <v>70</v>
+      </c>
+      <c r="F284">
+        <v>22</v>
+      </c>
+      <c r="G284">
+        <v>0.5</v>
+      </c>
+      <c r="H284">
+        <v>159</v>
+      </c>
+      <c r="I284">
+        <v>0</v>
+      </c>
+      <c r="J284">
+        <v>0</v>
+      </c>
+      <c r="K284">
+        <v>417.277</v>
+      </c>
+      <c r="L284" t="s">
+        <v>27</v>
+      </c>
+      <c r="M284">
+        <v>1</v>
+      </c>
+      <c r="N284" t="s">
+        <v>78</v>
+      </c>
+      <c r="O284">
+        <v>6</v>
+      </c>
+      <c r="P284">
+        <v>16164</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>29</v>
+      </c>
+      <c r="R284" t="s">
+        <v>30</v>
+      </c>
+      <c r="S284" t="s">
+        <v>38</v>
+      </c>
+      <c r="T284" t="s">
+        <v>31</v>
+      </c>
+      <c r="U284" t="s">
+        <v>34</v>
+      </c>
+      <c r="V284">
+        <v>22</v>
+      </c>
+      <c r="W284">
+        <v>0</v>
+      </c>
+      <c r="X284">
+        <v>0</v>
+      </c>
+      <c r="Y284">
+        <v>43.657</v>
+      </c>
+    </row>
+    <row r="285" spans="1:25">
+      <c r="A285" t="s">
+        <v>25</v>
+      </c>
+      <c r="B285">
+        <v>2026</v>
+      </c>
+      <c r="C285">
+        <v>3227</v>
+      </c>
+      <c r="D285" t="s">
+        <v>76</v>
+      </c>
+      <c r="E285" t="s">
+        <v>70</v>
+      </c>
+      <c r="F285">
+        <v>22</v>
+      </c>
+      <c r="G285">
+        <v>0.5</v>
+      </c>
+      <c r="H285">
+        <v>159</v>
+      </c>
+      <c r="I285">
+        <v>0</v>
+      </c>
+      <c r="J285">
+        <v>0</v>
+      </c>
+      <c r="K285">
+        <v>417.277</v>
+      </c>
+      <c r="L285" t="s">
+        <v>27</v>
+      </c>
+      <c r="M285">
+        <v>1</v>
+      </c>
+      <c r="N285" t="s">
+        <v>78</v>
+      </c>
+      <c r="O285">
+        <v>6</v>
+      </c>
+      <c r="P285">
+        <v>16164</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>29</v>
+      </c>
+      <c r="R285" t="s">
+        <v>30</v>
+      </c>
+      <c r="S285" t="s">
+        <v>38</v>
+      </c>
+      <c r="T285" t="s">
+        <v>31</v>
+      </c>
+      <c r="U285" t="s">
+        <v>35</v>
+      </c>
+      <c r="V285">
+        <v>19</v>
+      </c>
+      <c r="W285">
+        <v>0</v>
+      </c>
+      <c r="X285">
+        <v>0</v>
+      </c>
+      <c r="Y285">
+        <v>55.127</v>
+      </c>
+    </row>
+    <row r="286" spans="1:25">
+      <c r="A286" t="s">
+        <v>25</v>
+      </c>
+      <c r="B286">
+        <v>2026</v>
+      </c>
+      <c r="C286">
+        <v>3227</v>
+      </c>
+      <c r="D286" t="s">
+        <v>76</v>
+      </c>
+      <c r="E286" t="s">
+        <v>70</v>
+      </c>
+      <c r="F286">
+        <v>22</v>
+      </c>
+      <c r="G286">
+        <v>0.5</v>
+      </c>
+      <c r="H286">
+        <v>159</v>
+      </c>
+      <c r="I286">
+        <v>0</v>
+      </c>
+      <c r="J286">
+        <v>0</v>
+      </c>
+      <c r="K286">
+        <v>417.277</v>
+      </c>
+      <c r="L286" t="s">
+        <v>27</v>
+      </c>
+      <c r="M286">
+        <v>1</v>
+      </c>
+      <c r="N286" t="s">
+        <v>78</v>
+      </c>
+      <c r="O286">
+        <v>6</v>
+      </c>
+      <c r="P286">
+        <v>16164</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>29</v>
+      </c>
+      <c r="R286" t="s">
+        <v>30</v>
+      </c>
+      <c r="S286" t="s">
+        <v>38</v>
+      </c>
+      <c r="T286" t="s">
+        <v>31</v>
+      </c>
+      <c r="U286" t="s">
+        <v>39</v>
+      </c>
+      <c r="V286">
+        <v>7</v>
+      </c>
+      <c r="W286">
+        <v>0</v>
+      </c>
+      <c r="X286">
+        <v>0</v>
+      </c>
+      <c r="Y286">
+        <v>25.358</v>
+      </c>
+    </row>
+    <row r="287" spans="1:25">
+      <c r="A287" t="s">
+        <v>25</v>
+      </c>
+      <c r="B287">
+        <v>2026</v>
+      </c>
+      <c r="C287">
+        <v>3227</v>
+      </c>
+      <c r="D287" t="s">
+        <v>76</v>
+      </c>
+      <c r="E287" t="s">
+        <v>70</v>
+      </c>
+      <c r="F287">
+        <v>22</v>
+      </c>
+      <c r="G287">
+        <v>0.5</v>
+      </c>
+      <c r="H287">
+        <v>159</v>
+      </c>
+      <c r="I287">
+        <v>0</v>
+      </c>
+      <c r="J287">
+        <v>0</v>
+      </c>
+      <c r="K287">
+        <v>417.277</v>
+      </c>
+      <c r="L287" t="s">
+        <v>27</v>
+      </c>
+      <c r="M287">
+        <v>1</v>
+      </c>
+      <c r="N287" t="s">
+        <v>78</v>
+      </c>
+      <c r="O287">
+        <v>6</v>
+      </c>
+      <c r="P287">
+        <v>16164</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>29</v>
+      </c>
+      <c r="R287" t="s">
+        <v>30</v>
+      </c>
+      <c r="S287" t="s">
+        <v>38</v>
+      </c>
+      <c r="T287" t="s">
+        <v>31</v>
+      </c>
+      <c r="U287" t="s">
+        <v>51</v>
+      </c>
+      <c r="V287">
+        <v>18</v>
+      </c>
+      <c r="W287">
+        <v>0</v>
+      </c>
+      <c r="X287">
+        <v>0</v>
+      </c>
+      <c r="Y287">
+        <v>91.729</v>
+      </c>
+    </row>
+    <row r="288" spans="1:25">
+      <c r="A288" t="s">
+        <v>25</v>
+      </c>
+      <c r="B288">
+        <v>2026</v>
+      </c>
+      <c r="C288">
+        <v>3227</v>
+      </c>
+      <c r="D288" t="s">
+        <v>76</v>
+      </c>
+      <c r="E288" t="s">
+        <v>70</v>
+      </c>
+      <c r="F288">
+        <v>22</v>
+      </c>
+      <c r="G288">
+        <v>0.5</v>
+      </c>
+      <c r="H288">
+        <v>159</v>
+      </c>
+      <c r="I288">
+        <v>0</v>
+      </c>
+      <c r="J288">
+        <v>0</v>
+      </c>
+      <c r="K288">
+        <v>417.277</v>
+      </c>
+      <c r="L288" t="s">
+        <v>27</v>
+      </c>
+      <c r="M288">
+        <v>1</v>
+      </c>
+      <c r="N288" t="s">
+        <v>78</v>
+      </c>
+      <c r="O288">
+        <v>6</v>
+      </c>
+      <c r="P288">
+        <v>16164</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>29</v>
+      </c>
+      <c r="R288" t="s">
+        <v>30</v>
+      </c>
+      <c r="S288" t="s">
+        <v>38</v>
+      </c>
+      <c r="T288" t="s">
+        <v>31</v>
+      </c>
+      <c r="U288" t="s">
+        <v>52</v>
+      </c>
+      <c r="V288">
+        <v>1</v>
+      </c>
+      <c r="W288">
+        <v>0</v>
+      </c>
+      <c r="X288">
+        <v>0</v>
+      </c>
+      <c r="Y288">
+        <v>7.868</v>
+      </c>
+    </row>
+    <row r="289" spans="1:25">
+      <c r="A289" t="s">
+        <v>25</v>
+      </c>
+      <c r="B289">
+        <v>2026</v>
+      </c>
+      <c r="C289">
+        <v>3227</v>
+      </c>
+      <c r="D289" t="s">
+        <v>76</v>
+      </c>
+      <c r="E289" t="s">
+        <v>70</v>
+      </c>
+      <c r="F289">
+        <v>22</v>
+      </c>
+      <c r="G289">
+        <v>0.5</v>
+      </c>
+      <c r="H289">
+        <v>159</v>
+      </c>
+      <c r="I289">
+        <v>0</v>
+      </c>
+      <c r="J289">
+        <v>0</v>
+      </c>
+      <c r="K289">
+        <v>417.277</v>
+      </c>
+      <c r="L289" t="s">
+        <v>27</v>
+      </c>
+      <c r="M289">
+        <v>1</v>
+      </c>
+      <c r="N289" t="s">
+        <v>78</v>
+      </c>
+      <c r="O289">
+        <v>6</v>
+      </c>
+      <c r="P289">
+        <v>16164</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>29</v>
+      </c>
+      <c r="R289" t="s">
+        <v>30</v>
+      </c>
+      <c r="S289" t="s">
+        <v>45</v>
+      </c>
+      <c r="T289" t="s">
+        <v>31</v>
+      </c>
+      <c r="U289" t="s">
+        <v>33</v>
+      </c>
+      <c r="V289">
+        <v>2</v>
+      </c>
+      <c r="W289">
+        <v>0</v>
+      </c>
+      <c r="X289">
+        <v>0</v>
+      </c>
+      <c r="Y289">
+        <v>2.476</v>
+      </c>
+    </row>
+    <row r="290" spans="1:25">
+      <c r="A290" t="s">
+        <v>25</v>
+      </c>
+      <c r="B290">
+        <v>2026</v>
+      </c>
+      <c r="C290">
+        <v>3227</v>
+      </c>
+      <c r="D290" t="s">
+        <v>76</v>
+      </c>
+      <c r="E290" t="s">
+        <v>70</v>
+      </c>
+      <c r="F290">
+        <v>22</v>
+      </c>
+      <c r="G290">
+        <v>0.5</v>
+      </c>
+      <c r="H290">
+        <v>159</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
+      </c>
+      <c r="J290">
+        <v>0</v>
+      </c>
+      <c r="K290">
+        <v>417.277</v>
+      </c>
+      <c r="L290" t="s">
+        <v>27</v>
+      </c>
+      <c r="M290">
+        <v>1</v>
+      </c>
+      <c r="N290" t="s">
+        <v>78</v>
+      </c>
+      <c r="O290">
+        <v>6</v>
+      </c>
+      <c r="P290">
+        <v>16164</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>29</v>
+      </c>
+      <c r="R290" t="s">
+        <v>30</v>
+      </c>
+      <c r="S290" t="s">
+        <v>45</v>
+      </c>
+      <c r="T290" t="s">
+        <v>31</v>
+      </c>
+      <c r="U290" t="s">
+        <v>34</v>
+      </c>
+      <c r="V290">
+        <v>1</v>
+      </c>
+      <c r="W290">
+        <v>0</v>
+      </c>
+      <c r="X290">
+        <v>0</v>
+      </c>
+      <c r="Y290">
+        <v>1.603</v>
+      </c>
+    </row>
+    <row r="291" spans="1:25">
+      <c r="A291" t="s">
+        <v>25</v>
+      </c>
+      <c r="B291">
+        <v>2026</v>
+      </c>
+      <c r="C291">
+        <v>3227</v>
+      </c>
+      <c r="D291" t="s">
+        <v>76</v>
+      </c>
+      <c r="E291" t="s">
+        <v>70</v>
+      </c>
+      <c r="F291">
+        <v>22</v>
+      </c>
+      <c r="G291">
+        <v>0.5</v>
+      </c>
+      <c r="H291">
+        <v>159</v>
+      </c>
+      <c r="I291">
+        <v>0</v>
+      </c>
+      <c r="J291">
+        <v>0</v>
+      </c>
+      <c r="K291">
+        <v>417.277</v>
+      </c>
+      <c r="L291" t="s">
+        <v>27</v>
+      </c>
+      <c r="M291">
+        <v>1</v>
+      </c>
+      <c r="N291" t="s">
+        <v>78</v>
+      </c>
+      <c r="O291">
+        <v>6</v>
+      </c>
+      <c r="P291">
+        <v>16164</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>29</v>
+      </c>
+      <c r="R291" t="s">
+        <v>30</v>
+      </c>
+      <c r="S291" t="s">
+        <v>45</v>
+      </c>
+      <c r="T291" t="s">
+        <v>31</v>
+      </c>
+      <c r="U291" t="s">
+        <v>35</v>
+      </c>
+      <c r="V291">
+        <v>7</v>
+      </c>
+      <c r="W291">
+        <v>0</v>
+      </c>
+      <c r="X291">
+        <v>0</v>
+      </c>
+      <c r="Y291">
+        <v>21.145</v>
+      </c>
+    </row>
+    <row r="292" spans="1:25">
+      <c r="A292" t="s">
+        <v>25</v>
+      </c>
+      <c r="B292">
+        <v>2026</v>
+      </c>
+      <c r="C292">
+        <v>3227</v>
+      </c>
+      <c r="D292" t="s">
+        <v>76</v>
+      </c>
+      <c r="E292" t="s">
+        <v>70</v>
+      </c>
+      <c r="F292">
+        <v>23</v>
+      </c>
+      <c r="G292">
+        <v>2.0599</v>
+      </c>
+      <c r="H292">
+        <v>232</v>
+      </c>
+      <c r="I292">
+        <v>0</v>
+      </c>
+      <c r="J292">
+        <v>0</v>
+      </c>
+      <c r="K292">
+        <v>342.409</v>
+      </c>
+      <c r="L292" t="s">
+        <v>27</v>
+      </c>
+      <c r="M292">
+        <v>1</v>
+      </c>
+      <c r="N292" t="s">
+        <v>79</v>
+      </c>
+      <c r="O292">
+        <v>6</v>
+      </c>
+      <c r="P292">
+        <v>16164</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>29</v>
+      </c>
+      <c r="R292" t="s">
+        <v>30</v>
+      </c>
+      <c r="S292" t="s">
+        <v>31</v>
+      </c>
+      <c r="T292" t="s">
+        <v>31</v>
+      </c>
+      <c r="U292" t="s">
+        <v>32</v>
+      </c>
+      <c r="V292">
+        <v>1</v>
+      </c>
+      <c r="W292">
+        <v>0</v>
+      </c>
+      <c r="X292">
+        <v>0</v>
+      </c>
+      <c r="Y292">
+        <v>0.679</v>
+      </c>
+    </row>
+    <row r="293" spans="1:25">
+      <c r="A293" t="s">
+        <v>25</v>
+      </c>
+      <c r="B293">
+        <v>2026</v>
+      </c>
+      <c r="C293">
+        <v>3227</v>
+      </c>
+      <c r="D293" t="s">
+        <v>76</v>
+      </c>
+      <c r="E293" t="s">
+        <v>70</v>
+      </c>
+      <c r="F293">
+        <v>23</v>
+      </c>
+      <c r="G293">
+        <v>2.0599</v>
+      </c>
+      <c r="H293">
+        <v>232</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
+      </c>
+      <c r="J293">
+        <v>0</v>
+      </c>
+      <c r="K293">
+        <v>342.409</v>
+      </c>
+      <c r="L293" t="s">
+        <v>27</v>
+      </c>
+      <c r="M293">
+        <v>1</v>
+      </c>
+      <c r="N293" t="s">
+        <v>79</v>
+      </c>
+      <c r="O293">
+        <v>6</v>
+      </c>
+      <c r="P293">
+        <v>16164</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>29</v>
+      </c>
+      <c r="R293" t="s">
+        <v>30</v>
+      </c>
+      <c r="S293" t="s">
+        <v>31</v>
+      </c>
+      <c r="T293" t="s">
+        <v>31</v>
+      </c>
+      <c r="U293" t="s">
+        <v>33</v>
+      </c>
+      <c r="V293">
+        <v>111</v>
+      </c>
+      <c r="W293">
+        <v>0</v>
+      </c>
+      <c r="X293">
+        <v>0</v>
+      </c>
+      <c r="Y293">
+        <v>128.852</v>
+      </c>
+    </row>
+    <row r="294" spans="1:25">
+      <c r="A294" t="s">
+        <v>25</v>
+      </c>
+      <c r="B294">
+        <v>2026</v>
+      </c>
+      <c r="C294">
+        <v>3227</v>
+      </c>
+      <c r="D294" t="s">
+        <v>76</v>
+      </c>
+      <c r="E294" t="s">
+        <v>70</v>
+      </c>
+      <c r="F294">
+        <v>23</v>
+      </c>
+      <c r="G294">
+        <v>2.0599</v>
+      </c>
+      <c r="H294">
+        <v>232</v>
+      </c>
+      <c r="I294">
+        <v>0</v>
+      </c>
+      <c r="J294">
+        <v>0</v>
+      </c>
+      <c r="K294">
+        <v>342.409</v>
+      </c>
+      <c r="L294" t="s">
+        <v>27</v>
+      </c>
+      <c r="M294">
+        <v>1</v>
+      </c>
+      <c r="N294" t="s">
+        <v>79</v>
+      </c>
+      <c r="O294">
+        <v>6</v>
+      </c>
+      <c r="P294">
+        <v>16164</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>29</v>
+      </c>
+      <c r="R294" t="s">
+        <v>30</v>
+      </c>
+      <c r="S294" t="s">
+        <v>31</v>
+      </c>
+      <c r="T294" t="s">
+        <v>31</v>
+      </c>
+      <c r="U294" t="s">
+        <v>34</v>
+      </c>
+      <c r="V294">
+        <v>86</v>
+      </c>
+      <c r="W294">
+        <v>0</v>
+      </c>
+      <c r="X294">
+        <v>0</v>
+      </c>
+      <c r="Y294">
+        <v>141.718</v>
+      </c>
+    </row>
+    <row r="295" spans="1:25">
+      <c r="A295" t="s">
+        <v>25</v>
+      </c>
+      <c r="B295">
+        <v>2026</v>
+      </c>
+      <c r="C295">
+        <v>3227</v>
+      </c>
+      <c r="D295" t="s">
+        <v>76</v>
+      </c>
+      <c r="E295" t="s">
+        <v>70</v>
+      </c>
+      <c r="F295">
+        <v>23</v>
+      </c>
+      <c r="G295">
+        <v>2.0599</v>
+      </c>
+      <c r="H295">
+        <v>232</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
+      </c>
+      <c r="J295">
+        <v>0</v>
+      </c>
+      <c r="K295">
+        <v>342.409</v>
+      </c>
+      <c r="L295" t="s">
+        <v>27</v>
+      </c>
+      <c r="M295">
+        <v>1</v>
+      </c>
+      <c r="N295" t="s">
+        <v>79</v>
+      </c>
+      <c r="O295">
+        <v>6</v>
+      </c>
+      <c r="P295">
+        <v>16164</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>29</v>
+      </c>
+      <c r="R295" t="s">
+        <v>30</v>
+      </c>
+      <c r="S295" t="s">
+        <v>31</v>
+      </c>
+      <c r="T295" t="s">
+        <v>31</v>
+      </c>
+      <c r="U295" t="s">
+        <v>35</v>
+      </c>
+      <c r="V295">
+        <v>11</v>
+      </c>
+      <c r="W295">
+        <v>0</v>
+      </c>
+      <c r="X295">
+        <v>0</v>
+      </c>
+      <c r="Y295">
+        <v>27.521</v>
+      </c>
+    </row>
+    <row r="296" spans="1:25">
+      <c r="A296" t="s">
+        <v>25</v>
+      </c>
+      <c r="B296">
+        <v>2026</v>
+      </c>
+      <c r="C296">
+        <v>3227</v>
+      </c>
+      <c r="D296" t="s">
+        <v>76</v>
+      </c>
+      <c r="E296" t="s">
+        <v>70</v>
+      </c>
+      <c r="F296">
+        <v>23</v>
+      </c>
+      <c r="G296">
+        <v>2.0599</v>
+      </c>
+      <c r="H296">
+        <v>232</v>
+      </c>
+      <c r="I296">
+        <v>0</v>
+      </c>
+      <c r="J296">
+        <v>0</v>
+      </c>
+      <c r="K296">
+        <v>342.409</v>
+      </c>
+      <c r="L296" t="s">
+        <v>27</v>
+      </c>
+      <c r="M296">
+        <v>1</v>
+      </c>
+      <c r="N296" t="s">
+        <v>79</v>
+      </c>
+      <c r="O296">
+        <v>6</v>
+      </c>
+      <c r="P296">
+        <v>16164</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>29</v>
+      </c>
+      <c r="R296" t="s">
+        <v>30</v>
+      </c>
+      <c r="S296" t="s">
+        <v>38</v>
+      </c>
+      <c r="T296" t="s">
+        <v>31</v>
+      </c>
+      <c r="U296" t="s">
+        <v>33</v>
+      </c>
+      <c r="V296">
+        <v>2</v>
+      </c>
+      <c r="W296">
+        <v>0</v>
+      </c>
+      <c r="X296">
+        <v>0</v>
+      </c>
+      <c r="Y296">
+        <v>2.027</v>
+      </c>
+    </row>
+    <row r="297" spans="1:25">
+      <c r="A297" t="s">
+        <v>25</v>
+      </c>
+      <c r="B297">
+        <v>2026</v>
+      </c>
+      <c r="C297">
+        <v>3227</v>
+      </c>
+      <c r="D297" t="s">
+        <v>76</v>
+      </c>
+      <c r="E297" t="s">
+        <v>70</v>
+      </c>
+      <c r="F297">
+        <v>23</v>
+      </c>
+      <c r="G297">
+        <v>2.0599</v>
+      </c>
+      <c r="H297">
+        <v>232</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
+      </c>
+      <c r="J297">
+        <v>0</v>
+      </c>
+      <c r="K297">
+        <v>342.409</v>
+      </c>
+      <c r="L297" t="s">
+        <v>27</v>
+      </c>
+      <c r="M297">
+        <v>1</v>
+      </c>
+      <c r="N297" t="s">
+        <v>79</v>
+      </c>
+      <c r="O297">
+        <v>6</v>
+      </c>
+      <c r="P297">
+        <v>16164</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>29</v>
+      </c>
+      <c r="R297" t="s">
+        <v>30</v>
+      </c>
+      <c r="S297" t="s">
+        <v>38</v>
+      </c>
+      <c r="T297" t="s">
+        <v>31</v>
+      </c>
+      <c r="U297" t="s">
+        <v>34</v>
+      </c>
+      <c r="V297">
+        <v>13</v>
+      </c>
+      <c r="W297">
+        <v>0</v>
+      </c>
+      <c r="X297">
+        <v>0</v>
+      </c>
+      <c r="Y297">
+        <v>21.672</v>
+      </c>
+    </row>
+    <row r="298" spans="1:25">
+      <c r="A298" t="s">
+        <v>25</v>
+      </c>
+      <c r="B298">
+        <v>2026</v>
+      </c>
+      <c r="C298">
+        <v>3227</v>
+      </c>
+      <c r="D298" t="s">
+        <v>76</v>
+      </c>
+      <c r="E298" t="s">
+        <v>70</v>
+      </c>
+      <c r="F298">
+        <v>23</v>
+      </c>
+      <c r="G298">
+        <v>2.0599</v>
+      </c>
+      <c r="H298">
+        <v>232</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
+      </c>
+      <c r="J298">
+        <v>0</v>
+      </c>
+      <c r="K298">
+        <v>342.409</v>
+      </c>
+      <c r="L298" t="s">
+        <v>27</v>
+      </c>
+      <c r="M298">
+        <v>1</v>
+      </c>
+      <c r="N298" t="s">
+        <v>79</v>
+      </c>
+      <c r="O298">
+        <v>6</v>
+      </c>
+      <c r="P298">
+        <v>16164</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>29</v>
+      </c>
+      <c r="R298" t="s">
+        <v>30</v>
+      </c>
+      <c r="S298" t="s">
+        <v>38</v>
+      </c>
+      <c r="T298" t="s">
+        <v>31</v>
+      </c>
+      <c r="U298" t="s">
+        <v>35</v>
+      </c>
+      <c r="V298">
+        <v>8</v>
+      </c>
+      <c r="W298">
+        <v>0</v>
+      </c>
+      <c r="X298">
+        <v>0</v>
+      </c>
+      <c r="Y298">
+        <v>19.94</v>
+      </c>
+    </row>
+    <row r="299" spans="1:25">
+      <c r="A299" t="s">
+        <v>25</v>
+      </c>
+      <c r="B299">
+        <v>2026</v>
+      </c>
+      <c r="C299">
+        <v>3389</v>
+      </c>
+      <c r="D299" t="s">
+        <v>80</v>
+      </c>
+      <c r="E299" t="s">
+        <v>70</v>
+      </c>
+      <c r="F299">
+        <v>1</v>
+      </c>
+      <c r="G299">
+        <v>2.36</v>
+      </c>
+      <c r="H299">
+        <v>658</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
+      </c>
+      <c r="J299">
+        <v>0</v>
+      </c>
+      <c r="K299">
+        <v>885.956</v>
+      </c>
+      <c r="L299" t="s">
+        <v>27</v>
+      </c>
+      <c r="M299">
+        <v>1</v>
+      </c>
+      <c r="N299" t="s">
+        <v>81</v>
+      </c>
+      <c r="O299">
+        <v>2</v>
+      </c>
+      <c r="P299">
+        <v>16164</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>29</v>
+      </c>
+      <c r="R299" t="s">
+        <v>30</v>
+      </c>
+      <c r="S299" t="s">
+        <v>31</v>
+      </c>
+      <c r="T299" t="s">
+        <v>31</v>
+      </c>
+      <c r="U299" t="s">
+        <v>32</v>
+      </c>
+      <c r="V299">
+        <v>68</v>
+      </c>
+      <c r="W299">
+        <v>0</v>
+      </c>
+      <c r="X299">
+        <v>0</v>
+      </c>
+      <c r="Y299">
+        <v>44.554</v>
+      </c>
+    </row>
+    <row r="300" spans="1:25">
+      <c r="A300" t="s">
+        <v>25</v>
+      </c>
+      <c r="B300">
+        <v>2026</v>
+      </c>
+      <c r="C300">
+        <v>3389</v>
+      </c>
+      <c r="D300" t="s">
+        <v>80</v>
+      </c>
+      <c r="E300" t="s">
+        <v>70</v>
+      </c>
+      <c r="F300">
+        <v>1</v>
+      </c>
+      <c r="G300">
+        <v>2.36</v>
+      </c>
+      <c r="H300">
+        <v>658</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="J300">
+        <v>0</v>
+      </c>
+      <c r="K300">
+        <v>885.956</v>
+      </c>
+      <c r="L300" t="s">
+        <v>27</v>
+      </c>
+      <c r="M300">
+        <v>1</v>
+      </c>
+      <c r="N300" t="s">
+        <v>81</v>
+      </c>
+      <c r="O300">
+        <v>2</v>
+      </c>
+      <c r="P300">
+        <v>16164</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>29</v>
+      </c>
+      <c r="R300" t="s">
+        <v>30</v>
+      </c>
+      <c r="S300" t="s">
+        <v>31</v>
+      </c>
+      <c r="T300" t="s">
+        <v>31</v>
+      </c>
+      <c r="U300" t="s">
+        <v>33</v>
+      </c>
+      <c r="V300">
+        <v>355</v>
+      </c>
+      <c r="W300">
+        <v>0</v>
+      </c>
+      <c r="X300">
+        <v>0</v>
+      </c>
+      <c r="Y300">
+        <v>393.328</v>
+      </c>
+    </row>
+    <row r="301" spans="1:25">
+      <c r="A301" t="s">
+        <v>25</v>
+      </c>
+      <c r="B301">
+        <v>2026</v>
+      </c>
+      <c r="C301">
+        <v>3389</v>
+      </c>
+      <c r="D301" t="s">
+        <v>80</v>
+      </c>
+      <c r="E301" t="s">
+        <v>70</v>
+      </c>
+      <c r="F301">
+        <v>1</v>
+      </c>
+      <c r="G301">
+        <v>2.36</v>
+      </c>
+      <c r="H301">
+        <v>658</v>
+      </c>
+      <c r="I301">
+        <v>0</v>
+      </c>
+      <c r="J301">
+        <v>0</v>
+      </c>
+      <c r="K301">
+        <v>885.956</v>
+      </c>
+      <c r="L301" t="s">
+        <v>27</v>
+      </c>
+      <c r="M301">
+        <v>1</v>
+      </c>
+      <c r="N301" t="s">
+        <v>81</v>
+      </c>
+      <c r="O301">
+        <v>2</v>
+      </c>
+      <c r="P301">
+        <v>16164</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>29</v>
+      </c>
+      <c r="R301" t="s">
+        <v>30</v>
+      </c>
+      <c r="S301" t="s">
+        <v>31</v>
+      </c>
+      <c r="T301" t="s">
+        <v>31</v>
+      </c>
+      <c r="U301" t="s">
+        <v>34</v>
+      </c>
+      <c r="V301">
+        <v>155</v>
+      </c>
+      <c r="W301">
+        <v>0</v>
+      </c>
+      <c r="X301">
+        <v>0</v>
+      </c>
+      <c r="Y301">
+        <v>271.717</v>
+      </c>
+    </row>
+    <row r="302" spans="1:25">
+      <c r="A302" t="s">
+        <v>25</v>
+      </c>
+      <c r="B302">
+        <v>2026</v>
+      </c>
+      <c r="C302">
+        <v>3389</v>
+      </c>
+      <c r="D302" t="s">
+        <v>80</v>
+      </c>
+      <c r="E302" t="s">
+        <v>70</v>
+      </c>
+      <c r="F302">
+        <v>1</v>
+      </c>
+      <c r="G302">
+        <v>2.36</v>
+      </c>
+      <c r="H302">
+        <v>658</v>
+      </c>
+      <c r="I302">
+        <v>0</v>
+      </c>
+      <c r="J302">
+        <v>0</v>
+      </c>
+      <c r="K302">
+        <v>885.956</v>
+      </c>
+      <c r="L302" t="s">
+        <v>27</v>
+      </c>
+      <c r="M302">
+        <v>1</v>
+      </c>
+      <c r="N302" t="s">
+        <v>81</v>
+      </c>
+      <c r="O302">
+        <v>2</v>
+      </c>
+      <c r="P302">
+        <v>16164</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>29</v>
+      </c>
+      <c r="R302" t="s">
+        <v>30</v>
+      </c>
+      <c r="S302" t="s">
+        <v>31</v>
+      </c>
+      <c r="T302" t="s">
+        <v>31</v>
+      </c>
+      <c r="U302" t="s">
+        <v>35</v>
+      </c>
+      <c r="V302">
+        <v>27</v>
+      </c>
+      <c r="W302">
+        <v>0</v>
+      </c>
+      <c r="X302">
+        <v>0</v>
+      </c>
+      <c r="Y302">
+        <v>68.329</v>
+      </c>
+    </row>
+    <row r="303" spans="1:25">
+      <c r="A303" t="s">
+        <v>25</v>
+      </c>
+      <c r="B303">
+        <v>2026</v>
+      </c>
+      <c r="C303">
+        <v>3389</v>
+      </c>
+      <c r="D303" t="s">
+        <v>80</v>
+      </c>
+      <c r="E303" t="s">
+        <v>70</v>
+      </c>
+      <c r="F303">
+        <v>1</v>
+      </c>
+      <c r="G303">
+        <v>2.36</v>
+      </c>
+      <c r="H303">
+        <v>658</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
+      </c>
+      <c r="J303">
+        <v>0</v>
+      </c>
+      <c r="K303">
+        <v>885.956</v>
+      </c>
+      <c r="L303" t="s">
+        <v>27</v>
+      </c>
+      <c r="M303">
+        <v>1</v>
+      </c>
+      <c r="N303" t="s">
+        <v>81</v>
+      </c>
+      <c r="O303">
+        <v>2</v>
+      </c>
+      <c r="P303">
+        <v>16164</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>29</v>
+      </c>
+      <c r="R303" t="s">
+        <v>30</v>
+      </c>
+      <c r="S303" t="s">
+        <v>31</v>
+      </c>
+      <c r="T303" t="s">
+        <v>31</v>
+      </c>
+      <c r="U303" t="s">
+        <v>39</v>
+      </c>
+      <c r="V303">
+        <v>1</v>
+      </c>
+      <c r="W303">
+        <v>0</v>
+      </c>
+      <c r="X303">
+        <v>0</v>
+      </c>
+      <c r="Y303">
+        <v>3.545</v>
+      </c>
+    </row>
+    <row r="304" spans="1:25">
+      <c r="A304" t="s">
+        <v>25</v>
+      </c>
+      <c r="B304">
+        <v>2026</v>
+      </c>
+      <c r="C304">
+        <v>3389</v>
+      </c>
+      <c r="D304" t="s">
+        <v>80</v>
+      </c>
+      <c r="E304" t="s">
+        <v>70</v>
+      </c>
+      <c r="F304">
+        <v>1</v>
+      </c>
+      <c r="G304">
+        <v>2.36</v>
+      </c>
+      <c r="H304">
+        <v>658</v>
+      </c>
+      <c r="I304">
+        <v>0</v>
+      </c>
+      <c r="J304">
+        <v>0</v>
+      </c>
+      <c r="K304">
+        <v>885.956</v>
+      </c>
+      <c r="L304" t="s">
+        <v>27</v>
+      </c>
+      <c r="M304">
+        <v>1</v>
+      </c>
+      <c r="N304" t="s">
+        <v>81</v>
+      </c>
+      <c r="O304">
+        <v>2</v>
+      </c>
+      <c r="P304">
+        <v>16164</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>29</v>
+      </c>
+      <c r="R304" t="s">
+        <v>30</v>
+      </c>
+      <c r="S304" t="s">
+        <v>38</v>
+      </c>
+      <c r="T304" t="s">
+        <v>31</v>
+      </c>
+      <c r="U304" t="s">
+        <v>33</v>
+      </c>
+      <c r="V304">
+        <v>10</v>
+      </c>
+      <c r="W304">
+        <v>0</v>
+      </c>
+      <c r="X304">
+        <v>0</v>
+      </c>
+      <c r="Y304">
+        <v>10.702</v>
+      </c>
+    </row>
+    <row r="305" spans="1:25">
+      <c r="A305" t="s">
+        <v>25</v>
+      </c>
+      <c r="B305">
+        <v>2026</v>
+      </c>
+      <c r="C305">
+        <v>3389</v>
+      </c>
+      <c r="D305" t="s">
+        <v>80</v>
+      </c>
+      <c r="E305" t="s">
+        <v>70</v>
+      </c>
+      <c r="F305">
+        <v>1</v>
+      </c>
+      <c r="G305">
+        <v>2.36</v>
+      </c>
+      <c r="H305">
+        <v>658</v>
+      </c>
+      <c r="I305">
+        <v>0</v>
+      </c>
+      <c r="J305">
+        <v>0</v>
+      </c>
+      <c r="K305">
+        <v>885.956</v>
+      </c>
+      <c r="L305" t="s">
+        <v>27</v>
+      </c>
+      <c r="M305">
+        <v>1</v>
+      </c>
+      <c r="N305" t="s">
+        <v>81</v>
+      </c>
+      <c r="O305">
+        <v>2</v>
+      </c>
+      <c r="P305">
+        <v>16164</v>
+      </c>
+      <c r="Q305" t="s">
+        <v>29</v>
+      </c>
+      <c r="R305" t="s">
+        <v>30</v>
+      </c>
+      <c r="S305" t="s">
+        <v>38</v>
+      </c>
+      <c r="T305" t="s">
+        <v>31</v>
+      </c>
+      <c r="U305" t="s">
+        <v>34</v>
+      </c>
+      <c r="V305">
+        <v>23</v>
+      </c>
+      <c r="W305">
+        <v>0</v>
+      </c>
+      <c r="X305">
+        <v>0</v>
+      </c>
+      <c r="Y305">
+        <v>40.629</v>
+      </c>
+    </row>
+    <row r="306" spans="1:25">
+      <c r="A306" t="s">
+        <v>25</v>
+      </c>
+      <c r="B306">
+        <v>2026</v>
+      </c>
+      <c r="C306">
+        <v>3389</v>
+      </c>
+      <c r="D306" t="s">
+        <v>80</v>
+      </c>
+      <c r="E306" t="s">
+        <v>70</v>
+      </c>
+      <c r="F306">
+        <v>1</v>
+      </c>
+      <c r="G306">
+        <v>2.36</v>
+      </c>
+      <c r="H306">
+        <v>658</v>
+      </c>
+      <c r="I306">
+        <v>0</v>
+      </c>
+      <c r="J306">
+        <v>0</v>
+      </c>
+      <c r="K306">
+        <v>885.956</v>
+      </c>
+      <c r="L306" t="s">
+        <v>27</v>
+      </c>
+      <c r="M306">
+        <v>1</v>
+      </c>
+      <c r="N306" t="s">
+        <v>81</v>
+      </c>
+      <c r="O306">
+        <v>2</v>
+      </c>
+      <c r="P306">
+        <v>16164</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>29</v>
+      </c>
+      <c r="R306" t="s">
+        <v>30</v>
+      </c>
+      <c r="S306" t="s">
+        <v>38</v>
+      </c>
+      <c r="T306" t="s">
+        <v>31</v>
+      </c>
+      <c r="U306" t="s">
+        <v>35</v>
+      </c>
+      <c r="V306">
+        <v>13</v>
+      </c>
+      <c r="W306">
+        <v>0</v>
+      </c>
+      <c r="X306">
+        <v>0</v>
+      </c>
+      <c r="Y306">
+        <v>31.356</v>
+      </c>
+    </row>
+    <row r="307" spans="1:25">
+      <c r="A307" t="s">
+        <v>25</v>
+      </c>
+      <c r="B307">
+        <v>2026</v>
+      </c>
+      <c r="C307">
+        <v>3389</v>
+      </c>
+      <c r="D307" t="s">
+        <v>80</v>
+      </c>
+      <c r="E307" t="s">
+        <v>70</v>
+      </c>
+      <c r="F307">
+        <v>1</v>
+      </c>
+      <c r="G307">
+        <v>2.36</v>
+      </c>
+      <c r="H307">
+        <v>658</v>
+      </c>
+      <c r="I307">
+        <v>0</v>
+      </c>
+      <c r="J307">
+        <v>0</v>
+      </c>
+      <c r="K307">
+        <v>885.956</v>
+      </c>
+      <c r="L307" t="s">
+        <v>27</v>
+      </c>
+      <c r="M307">
+        <v>1</v>
+      </c>
+      <c r="N307" t="s">
+        <v>81</v>
+      </c>
+      <c r="O307">
+        <v>2</v>
+      </c>
+      <c r="P307">
+        <v>16164</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>29</v>
+      </c>
+      <c r="R307" t="s">
+        <v>30</v>
+      </c>
+      <c r="S307" t="s">
+        <v>38</v>
+      </c>
+      <c r="T307" t="s">
+        <v>31</v>
+      </c>
+      <c r="U307" t="s">
+        <v>39</v>
+      </c>
+      <c r="V307">
+        <v>4</v>
+      </c>
+      <c r="W307">
+        <v>0</v>
+      </c>
+      <c r="X307">
+        <v>0</v>
+      </c>
+      <c r="Y307">
+        <v>13.385</v>
+      </c>
+    </row>
+    <row r="308" spans="1:25">
+      <c r="A308" t="s">
+        <v>25</v>
+      </c>
+      <c r="B308">
+        <v>2026</v>
+      </c>
+      <c r="C308">
+        <v>3389</v>
+      </c>
+      <c r="D308" t="s">
+        <v>80</v>
+      </c>
+      <c r="E308" t="s">
+        <v>70</v>
+      </c>
+      <c r="F308">
+        <v>1</v>
+      </c>
+      <c r="G308">
+        <v>2.36</v>
+      </c>
+      <c r="H308">
+        <v>658</v>
+      </c>
+      <c r="I308">
+        <v>0</v>
+      </c>
+      <c r="J308">
+        <v>0</v>
+      </c>
+      <c r="K308">
+        <v>885.956</v>
+      </c>
+      <c r="L308" t="s">
+        <v>27</v>
+      </c>
+      <c r="M308">
+        <v>1</v>
+      </c>
+      <c r="N308" t="s">
+        <v>81</v>
+      </c>
+      <c r="O308">
+        <v>2</v>
+      </c>
+      <c r="P308">
+        <v>16164</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>29</v>
+      </c>
+      <c r="R308" t="s">
+        <v>30</v>
+      </c>
+      <c r="S308" t="s">
+        <v>38</v>
+      </c>
+      <c r="T308" t="s">
+        <v>31</v>
+      </c>
+      <c r="U308" t="s">
+        <v>51</v>
+      </c>
+      <c r="V308">
+        <v>2</v>
+      </c>
+      <c r="W308">
+        <v>0</v>
+      </c>
+      <c r="X308">
+        <v>0</v>
+      </c>
+      <c r="Y308">
+        <v>8.411</v>
+      </c>
+    </row>
+    <row r="309" spans="1:25">
+      <c r="A309" t="s">
+        <v>25</v>
+      </c>
+      <c r="B309">
+        <v>2026</v>
+      </c>
+      <c r="C309">
+        <v>3523</v>
+      </c>
+      <c r="D309" t="s">
+        <v>82</v>
+      </c>
+      <c r="E309" t="s">
+        <v>70</v>
+      </c>
+      <c r="F309">
+        <v>11</v>
+      </c>
+      <c r="G309">
+        <v>1.39</v>
+      </c>
+      <c r="H309">
+        <v>266</v>
+      </c>
+      <c r="I309">
+        <v>0</v>
+      </c>
+      <c r="J309">
+        <v>0</v>
+      </c>
+      <c r="K309">
+        <v>610.565</v>
+      </c>
+      <c r="L309" t="s">
+        <v>27</v>
+      </c>
+      <c r="M309">
+        <v>1</v>
+      </c>
+      <c r="N309" t="s">
+        <v>83</v>
+      </c>
+      <c r="O309">
+        <v>2</v>
+      </c>
+      <c r="P309">
+        <v>16164</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>29</v>
+      </c>
+      <c r="R309" t="s">
+        <v>30</v>
+      </c>
+      <c r="S309" t="s">
+        <v>31</v>
+      </c>
+      <c r="T309" t="s">
+        <v>31</v>
+      </c>
+      <c r="U309" t="s">
+        <v>32</v>
+      </c>
+      <c r="V309">
+        <v>2</v>
+      </c>
+      <c r="W309">
+        <v>0</v>
+      </c>
+      <c r="X309">
+        <v>0</v>
+      </c>
+      <c r="Y309">
+        <v>1.554</v>
+      </c>
+    </row>
+    <row r="310" spans="1:25">
+      <c r="A310" t="s">
+        <v>25</v>
+      </c>
+      <c r="B310">
+        <v>2026</v>
+      </c>
+      <c r="C310">
+        <v>3523</v>
+      </c>
+      <c r="D310" t="s">
+        <v>82</v>
+      </c>
+      <c r="E310" t="s">
+        <v>70</v>
+      </c>
+      <c r="F310">
+        <v>11</v>
+      </c>
+      <c r="G310">
+        <v>1.39</v>
+      </c>
+      <c r="H310">
+        <v>266</v>
+      </c>
+      <c r="I310">
+        <v>0</v>
+      </c>
+      <c r="J310">
+        <v>0</v>
+      </c>
+      <c r="K310">
+        <v>610.565</v>
+      </c>
+      <c r="L310" t="s">
+        <v>27</v>
+      </c>
+      <c r="M310">
+        <v>1</v>
+      </c>
+      <c r="N310" t="s">
+        <v>83</v>
+      </c>
+      <c r="O310">
+        <v>2</v>
+      </c>
+      <c r="P310">
+        <v>16164</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>29</v>
+      </c>
+      <c r="R310" t="s">
+        <v>30</v>
+      </c>
+      <c r="S310" t="s">
+        <v>31</v>
+      </c>
+      <c r="T310" t="s">
+        <v>31</v>
+      </c>
+      <c r="U310" t="s">
+        <v>33</v>
+      </c>
+      <c r="V310">
+        <v>35</v>
+      </c>
+      <c r="W310">
+        <v>0</v>
+      </c>
+      <c r="X310">
+        <v>0</v>
+      </c>
+      <c r="Y310">
+        <v>45.464</v>
+      </c>
+    </row>
+    <row r="311" spans="1:25">
+      <c r="A311" t="s">
+        <v>25</v>
+      </c>
+      <c r="B311">
+        <v>2026</v>
+      </c>
+      <c r="C311">
+        <v>3523</v>
+      </c>
+      <c r="D311" t="s">
+        <v>82</v>
+      </c>
+      <c r="E311" t="s">
+        <v>70</v>
+      </c>
+      <c r="F311">
+        <v>11</v>
+      </c>
+      <c r="G311">
+        <v>1.39</v>
+      </c>
+      <c r="H311">
+        <v>266</v>
+      </c>
+      <c r="I311">
+        <v>0</v>
+      </c>
+      <c r="J311">
+        <v>0</v>
+      </c>
+      <c r="K311">
+        <v>610.565</v>
+      </c>
+      <c r="L311" t="s">
+        <v>27</v>
+      </c>
+      <c r="M311">
+        <v>1</v>
+      </c>
+      <c r="N311" t="s">
+        <v>83</v>
+      </c>
+      <c r="O311">
+        <v>2</v>
+      </c>
+      <c r="P311">
+        <v>16164</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>29</v>
+      </c>
+      <c r="R311" t="s">
+        <v>30</v>
+      </c>
+      <c r="S311" t="s">
+        <v>31</v>
+      </c>
+      <c r="T311" t="s">
+        <v>31</v>
+      </c>
+      <c r="U311" t="s">
+        <v>34</v>
+      </c>
+      <c r="V311">
+        <v>124</v>
+      </c>
+      <c r="W311">
+        <v>0</v>
+      </c>
+      <c r="X311">
+        <v>0</v>
+      </c>
+      <c r="Y311">
+        <v>249.039</v>
+      </c>
+    </row>
+    <row r="312" spans="1:25">
+      <c r="A312" t="s">
+        <v>25</v>
+      </c>
+      <c r="B312">
+        <v>2026</v>
+      </c>
+      <c r="C312">
+        <v>3523</v>
+      </c>
+      <c r="D312" t="s">
+        <v>82</v>
+      </c>
+      <c r="E312" t="s">
+        <v>70</v>
+      </c>
+      <c r="F312">
+        <v>11</v>
+      </c>
+      <c r="G312">
+        <v>1.39</v>
+      </c>
+      <c r="H312">
+        <v>266</v>
+      </c>
+      <c r="I312">
+        <v>0</v>
+      </c>
+      <c r="J312">
+        <v>0</v>
+      </c>
+      <c r="K312">
+        <v>610.565</v>
+      </c>
+      <c r="L312" t="s">
+        <v>27</v>
+      </c>
+      <c r="M312">
+        <v>1</v>
+      </c>
+      <c r="N312" t="s">
+        <v>83</v>
+      </c>
+      <c r="O312">
+        <v>2</v>
+      </c>
+      <c r="P312">
+        <v>16164</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>29</v>
+      </c>
+      <c r="R312" t="s">
+        <v>30</v>
+      </c>
+      <c r="S312" t="s">
+        <v>31</v>
+      </c>
+      <c r="T312" t="s">
+        <v>31</v>
+      </c>
+      <c r="U312" t="s">
+        <v>35</v>
+      </c>
+      <c r="V312">
+        <v>68</v>
+      </c>
+      <c r="W312">
+        <v>0</v>
+      </c>
+      <c r="X312">
+        <v>0</v>
+      </c>
+      <c r="Y312">
+        <v>197.544</v>
+      </c>
+    </row>
+    <row r="313" spans="1:25">
+      <c r="A313" t="s">
+        <v>25</v>
+      </c>
+      <c r="B313">
+        <v>2026</v>
+      </c>
+      <c r="C313">
+        <v>3523</v>
+      </c>
+      <c r="D313" t="s">
+        <v>82</v>
+      </c>
+      <c r="E313" t="s">
+        <v>70</v>
+      </c>
+      <c r="F313">
+        <v>11</v>
+      </c>
+      <c r="G313">
+        <v>1.39</v>
+      </c>
+      <c r="H313">
+        <v>266</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="J313">
+        <v>0</v>
+      </c>
+      <c r="K313">
+        <v>610.565</v>
+      </c>
+      <c r="L313" t="s">
+        <v>27</v>
+      </c>
+      <c r="M313">
+        <v>1</v>
+      </c>
+      <c r="N313" t="s">
+        <v>83</v>
+      </c>
+      <c r="O313">
+        <v>2</v>
+      </c>
+      <c r="P313">
+        <v>16164</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>29</v>
+      </c>
+      <c r="R313" t="s">
+        <v>30</v>
+      </c>
+      <c r="S313" t="s">
+        <v>31</v>
+      </c>
+      <c r="T313" t="s">
+        <v>31</v>
+      </c>
+      <c r="U313" t="s">
+        <v>39</v>
+      </c>
+      <c r="V313">
+        <v>13</v>
+      </c>
+      <c r="W313">
+        <v>0</v>
+      </c>
+      <c r="X313">
+        <v>0</v>
+      </c>
+      <c r="Y313">
+        <v>51.224</v>
+      </c>
+    </row>
+    <row r="314" spans="1:25">
+      <c r="A314" t="s">
+        <v>25</v>
+      </c>
+      <c r="B314">
+        <v>2026</v>
+      </c>
+      <c r="C314">
+        <v>3523</v>
+      </c>
+      <c r="D314" t="s">
+        <v>82</v>
+      </c>
+      <c r="E314" t="s">
+        <v>70</v>
+      </c>
+      <c r="F314">
+        <v>11</v>
+      </c>
+      <c r="G314">
+        <v>1.39</v>
+      </c>
+      <c r="H314">
+        <v>266</v>
+      </c>
+      <c r="I314">
+        <v>0</v>
+      </c>
+      <c r="J314">
+        <v>0</v>
+      </c>
+      <c r="K314">
+        <v>610.565</v>
+      </c>
+      <c r="L314" t="s">
+        <v>27</v>
+      </c>
+      <c r="M314">
+        <v>1</v>
+      </c>
+      <c r="N314" t="s">
+        <v>83</v>
+      </c>
+      <c r="O314">
+        <v>2</v>
+      </c>
+      <c r="P314">
+        <v>16164</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>29</v>
+      </c>
+      <c r="R314" t="s">
+        <v>30</v>
+      </c>
+      <c r="S314" t="s">
+        <v>31</v>
+      </c>
+      <c r="T314" t="s">
+        <v>31</v>
+      </c>
+      <c r="U314" t="s">
+        <v>51</v>
+      </c>
+      <c r="V314">
+        <v>3</v>
+      </c>
+      <c r="W314">
+        <v>0</v>
+      </c>
+      <c r="X314">
+        <v>0</v>
+      </c>
+      <c r="Y314">
+        <v>14.867</v>
+      </c>
+    </row>
+    <row r="315" spans="1:25">
+      <c r="A315" t="s">
+        <v>25</v>
+      </c>
+      <c r="B315">
+        <v>2026</v>
+      </c>
+      <c r="C315">
+        <v>3523</v>
+      </c>
+      <c r="D315" t="s">
+        <v>82</v>
+      </c>
+      <c r="E315" t="s">
+        <v>70</v>
+      </c>
+      <c r="F315">
+        <v>11</v>
+      </c>
+      <c r="G315">
+        <v>1.39</v>
+      </c>
+      <c r="H315">
+        <v>266</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
+      </c>
+      <c r="J315">
+        <v>0</v>
+      </c>
+      <c r="K315">
+        <v>610.565</v>
+      </c>
+      <c r="L315" t="s">
+        <v>27</v>
+      </c>
+      <c r="M315">
+        <v>1</v>
+      </c>
+      <c r="N315" t="s">
+        <v>83</v>
+      </c>
+      <c r="O315">
+        <v>2</v>
+      </c>
+      <c r="P315">
+        <v>16164</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>29</v>
+      </c>
+      <c r="R315" t="s">
+        <v>30</v>
+      </c>
+      <c r="S315" t="s">
+        <v>38</v>
+      </c>
+      <c r="T315" t="s">
+        <v>31</v>
+      </c>
+      <c r="U315" t="s">
+        <v>33</v>
+      </c>
+      <c r="V315">
+        <v>2</v>
+      </c>
+      <c r="W315">
+        <v>0</v>
+      </c>
+      <c r="X315">
+        <v>0</v>
+      </c>
+      <c r="Y315">
+        <v>2.648</v>
+      </c>
+    </row>
+    <row r="316" spans="1:25">
+      <c r="A316" t="s">
+        <v>25</v>
+      </c>
+      <c r="B316">
+        <v>2026</v>
+      </c>
+      <c r="C316">
+        <v>3523</v>
+      </c>
+      <c r="D316" t="s">
+        <v>82</v>
+      </c>
+      <c r="E316" t="s">
+        <v>70</v>
+      </c>
+      <c r="F316">
+        <v>11</v>
+      </c>
+      <c r="G316">
+        <v>1.39</v>
+      </c>
+      <c r="H316">
+        <v>266</v>
+      </c>
+      <c r="I316">
+        <v>0</v>
+      </c>
+      <c r="J316">
+        <v>0</v>
+      </c>
+      <c r="K316">
+        <v>610.565</v>
+      </c>
+      <c r="L316" t="s">
+        <v>27</v>
+      </c>
+      <c r="M316">
+        <v>1</v>
+      </c>
+      <c r="N316" t="s">
+        <v>83</v>
+      </c>
+      <c r="O316">
+        <v>2</v>
+      </c>
+      <c r="P316">
+        <v>16164</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>29</v>
+      </c>
+      <c r="R316" t="s">
+        <v>30</v>
+      </c>
+      <c r="S316" t="s">
+        <v>38</v>
+      </c>
+      <c r="T316" t="s">
+        <v>31</v>
+      </c>
+      <c r="U316" t="s">
+        <v>34</v>
+      </c>
+      <c r="V316">
+        <v>6</v>
+      </c>
+      <c r="W316">
+        <v>0</v>
+      </c>
+      <c r="X316">
+        <v>0</v>
+      </c>
+      <c r="Y316">
+        <v>11.608</v>
+      </c>
+    </row>
+    <row r="317" spans="1:25">
+      <c r="A317" t="s">
+        <v>25</v>
+      </c>
+      <c r="B317">
+        <v>2026</v>
+      </c>
+      <c r="C317">
+        <v>3523</v>
+      </c>
+      <c r="D317" t="s">
+        <v>82</v>
+      </c>
+      <c r="E317" t="s">
+        <v>70</v>
+      </c>
+      <c r="F317">
+        <v>11</v>
+      </c>
+      <c r="G317">
+        <v>1.39</v>
+      </c>
+      <c r="H317">
+        <v>266</v>
+      </c>
+      <c r="I317">
+        <v>0</v>
+      </c>
+      <c r="J317">
+        <v>0</v>
+      </c>
+      <c r="K317">
+        <v>610.565</v>
+      </c>
+      <c r="L317" t="s">
+        <v>27</v>
+      </c>
+      <c r="M317">
+        <v>1</v>
+      </c>
+      <c r="N317" t="s">
+        <v>83</v>
+      </c>
+      <c r="O317">
+        <v>2</v>
+      </c>
+      <c r="P317">
+        <v>16164</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>29</v>
+      </c>
+      <c r="R317" t="s">
+        <v>30</v>
+      </c>
+      <c r="S317" t="s">
+        <v>38</v>
+      </c>
+      <c r="T317" t="s">
+        <v>31</v>
+      </c>
+      <c r="U317" t="s">
+        <v>35</v>
+      </c>
+      <c r="V317">
+        <v>12</v>
+      </c>
+      <c r="W317">
+        <v>0</v>
+      </c>
+      <c r="X317">
+        <v>0</v>
+      </c>
+      <c r="Y317">
+        <v>33.144</v>
+      </c>
+    </row>
+    <row r="318" spans="1:25">
+      <c r="A318" t="s">
+        <v>25</v>
+      </c>
+      <c r="B318">
+        <v>2026</v>
+      </c>
+      <c r="C318">
+        <v>3523</v>
+      </c>
+      <c r="D318" t="s">
+        <v>82</v>
+      </c>
+      <c r="E318" t="s">
+        <v>70</v>
+      </c>
+      <c r="F318">
+        <v>11</v>
+      </c>
+      <c r="G318">
+        <v>1.39</v>
+      </c>
+      <c r="H318">
+        <v>266</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
+      </c>
+      <c r="J318">
+        <v>0</v>
+      </c>
+      <c r="K318">
+        <v>610.565</v>
+      </c>
+      <c r="L318" t="s">
+        <v>27</v>
+      </c>
+      <c r="M318">
+        <v>1</v>
+      </c>
+      <c r="N318" t="s">
+        <v>83</v>
+      </c>
+      <c r="O318">
+        <v>2</v>
+      </c>
+      <c r="P318">
+        <v>16164</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>29</v>
+      </c>
+      <c r="R318" t="s">
+        <v>30</v>
+      </c>
+      <c r="S318" t="s">
+        <v>38</v>
+      </c>
+      <c r="T318" t="s">
+        <v>31</v>
+      </c>
+      <c r="U318" t="s">
+        <v>39</v>
+      </c>
+      <c r="V318">
+        <v>1</v>
+      </c>
+      <c r="W318">
+        <v>0</v>
+      </c>
+      <c r="X318">
+        <v>0</v>
+      </c>
+      <c r="Y318">
+        <v>3.473</v>
+      </c>
+    </row>
+    <row r="319" spans="1:25">
+      <c r="A319" t="s">
+        <v>25</v>
+      </c>
+      <c r="B319">
+        <v>2026</v>
+      </c>
+      <c r="C319">
+        <v>3523</v>
+      </c>
+      <c r="D319" t="s">
+        <v>82</v>
+      </c>
+      <c r="E319" t="s">
+        <v>70</v>
+      </c>
+      <c r="F319">
+        <v>12</v>
+      </c>
+      <c r="G319">
+        <v>1.16</v>
+      </c>
+      <c r="H319">
+        <v>362</v>
+      </c>
+      <c r="I319">
+        <v>0</v>
+      </c>
+      <c r="J319">
+        <v>0</v>
+      </c>
+      <c r="K319">
+        <v>268.455</v>
+      </c>
+      <c r="L319" t="s">
+        <v>27</v>
+      </c>
+      <c r="M319">
+        <v>1</v>
+      </c>
+      <c r="N319" t="s">
+        <v>83</v>
+      </c>
+      <c r="O319">
+        <v>2</v>
+      </c>
+      <c r="P319">
+        <v>16164</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>29</v>
+      </c>
+      <c r="R319" t="s">
+        <v>30</v>
+      </c>
+      <c r="S319" t="s">
+        <v>31</v>
+      </c>
+      <c r="T319" t="s">
+        <v>31</v>
+      </c>
+      <c r="U319" t="s">
+        <v>43</v>
+      </c>
+      <c r="V319">
+        <v>17</v>
+      </c>
+      <c r="W319">
+        <v>0</v>
+      </c>
+      <c r="X319">
+        <v>0</v>
+      </c>
+      <c r="Y319">
+        <v>4.318</v>
+      </c>
+    </row>
+    <row r="320" spans="1:25">
+      <c r="A320" t="s">
+        <v>25</v>
+      </c>
+      <c r="B320">
+        <v>2026</v>
+      </c>
+      <c r="C320">
+        <v>3523</v>
+      </c>
+      <c r="D320" t="s">
+        <v>82</v>
+      </c>
+      <c r="E320" t="s">
+        <v>70</v>
+      </c>
+      <c r="F320">
+        <v>12</v>
+      </c>
+      <c r="G320">
+        <v>1.16</v>
+      </c>
+      <c r="H320">
+        <v>362</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
+      </c>
+      <c r="J320">
+        <v>0</v>
+      </c>
+      <c r="K320">
+        <v>268.455</v>
+      </c>
+      <c r="L320" t="s">
+        <v>27</v>
+      </c>
+      <c r="M320">
+        <v>1</v>
+      </c>
+      <c r="N320" t="s">
+        <v>83</v>
+      </c>
+      <c r="O320">
+        <v>2</v>
+      </c>
+      <c r="P320">
+        <v>16164</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>29</v>
+      </c>
+      <c r="R320" t="s">
+        <v>30</v>
+      </c>
+      <c r="S320" t="s">
+        <v>31</v>
+      </c>
+      <c r="T320" t="s">
+        <v>31</v>
+      </c>
+      <c r="U320" t="s">
+        <v>44</v>
+      </c>
+      <c r="V320">
+        <v>37</v>
+      </c>
+      <c r="W320">
+        <v>0</v>
+      </c>
+      <c r="X320">
+        <v>0</v>
+      </c>
+      <c r="Y320">
+        <v>13.616</v>
+      </c>
+    </row>
+    <row r="321" spans="1:25">
+      <c r="A321" t="s">
+        <v>25</v>
+      </c>
+      <c r="B321">
+        <v>2026</v>
+      </c>
+      <c r="C321">
+        <v>3523</v>
+      </c>
+      <c r="D321" t="s">
+        <v>82</v>
+      </c>
+      <c r="E321" t="s">
+        <v>70</v>
+      </c>
+      <c r="F321">
+        <v>12</v>
+      </c>
+      <c r="G321">
+        <v>1.16</v>
+      </c>
+      <c r="H321">
+        <v>362</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
+      </c>
+      <c r="J321">
+        <v>0</v>
+      </c>
+      <c r="K321">
+        <v>268.455</v>
+      </c>
+      <c r="L321" t="s">
+        <v>27</v>
+      </c>
+      <c r="M321">
+        <v>1</v>
+      </c>
+      <c r="N321" t="s">
+        <v>83</v>
+      </c>
+      <c r="O321">
+        <v>2</v>
+      </c>
+      <c r="P321">
+        <v>16164</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>29</v>
+      </c>
+      <c r="R321" t="s">
+        <v>30</v>
+      </c>
+      <c r="S321" t="s">
+        <v>31</v>
+      </c>
+      <c r="T321" t="s">
+        <v>31</v>
+      </c>
+      <c r="U321" t="s">
+        <v>32</v>
+      </c>
+      <c r="V321">
+        <v>130</v>
+      </c>
+      <c r="W321">
+        <v>0</v>
+      </c>
+      <c r="X321">
+        <v>0</v>
+      </c>
+      <c r="Y321">
+        <v>75.419</v>
+      </c>
+    </row>
+    <row r="322" spans="1:25">
+      <c r="A322" t="s">
+        <v>25</v>
+      </c>
+      <c r="B322">
+        <v>2026</v>
+      </c>
+      <c r="C322">
+        <v>3523</v>
+      </c>
+      <c r="D322" t="s">
+        <v>82</v>
+      </c>
+      <c r="E322" t="s">
+        <v>70</v>
+      </c>
+      <c r="F322">
+        <v>12</v>
+      </c>
+      <c r="G322">
+        <v>1.16</v>
+      </c>
+      <c r="H322">
+        <v>362</v>
+      </c>
+      <c r="I322">
+        <v>0</v>
+      </c>
+      <c r="J322">
+        <v>0</v>
+      </c>
+      <c r="K322">
+        <v>268.455</v>
+      </c>
+      <c r="L322" t="s">
+        <v>27</v>
+      </c>
+      <c r="M322">
+        <v>1</v>
+      </c>
+      <c r="N322" t="s">
+        <v>83</v>
+      </c>
+      <c r="O322">
+        <v>2</v>
+      </c>
+      <c r="P322">
+        <v>16164</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>29</v>
+      </c>
+      <c r="R322" t="s">
+        <v>30</v>
+      </c>
+      <c r="S322" t="s">
+        <v>31</v>
+      </c>
+      <c r="T322" t="s">
+        <v>31</v>
+      </c>
+      <c r="U322" t="s">
+        <v>33</v>
+      </c>
+      <c r="V322">
+        <v>91</v>
+      </c>
+      <c r="W322">
+        <v>0</v>
+      </c>
+      <c r="X322">
+        <v>0</v>
+      </c>
+      <c r="Y322">
+        <v>84.25</v>
+      </c>
+    </row>
+    <row r="323" spans="1:25">
+      <c r="A323" t="s">
+        <v>25</v>
+      </c>
+      <c r="B323">
+        <v>2026</v>
+      </c>
+      <c r="C323">
+        <v>3523</v>
+      </c>
+      <c r="D323" t="s">
+        <v>82</v>
+      </c>
+      <c r="E323" t="s">
+        <v>70</v>
+      </c>
+      <c r="F323">
+        <v>12</v>
+      </c>
+      <c r="G323">
+        <v>1.16</v>
+      </c>
+      <c r="H323">
+        <v>362</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="J323">
+        <v>0</v>
+      </c>
+      <c r="K323">
+        <v>268.455</v>
+      </c>
+      <c r="L323" t="s">
+        <v>27</v>
+      </c>
+      <c r="M323">
+        <v>1</v>
+      </c>
+      <c r="N323" t="s">
+        <v>83</v>
+      </c>
+      <c r="O323">
+        <v>2</v>
+      </c>
+      <c r="P323">
+        <v>16164</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>29</v>
+      </c>
+      <c r="R323" t="s">
+        <v>30</v>
+      </c>
+      <c r="S323" t="s">
+        <v>31</v>
+      </c>
+      <c r="T323" t="s">
+        <v>31</v>
+      </c>
+      <c r="U323" t="s">
+        <v>34</v>
+      </c>
+      <c r="V323">
+        <v>7</v>
+      </c>
+      <c r="W323">
+        <v>0</v>
+      </c>
+      <c r="X323">
+        <v>0</v>
+      </c>
+      <c r="Y323">
+        <v>10.855</v>
+      </c>
+    </row>
+    <row r="324" spans="1:25">
+      <c r="A324" t="s">
+        <v>25</v>
+      </c>
+      <c r="B324">
+        <v>2026</v>
+      </c>
+      <c r="C324">
+        <v>3523</v>
+      </c>
+      <c r="D324" t="s">
+        <v>82</v>
+      </c>
+      <c r="E324" t="s">
+        <v>70</v>
+      </c>
+      <c r="F324">
+        <v>12</v>
+      </c>
+      <c r="G324">
+        <v>1.16</v>
+      </c>
+      <c r="H324">
+        <v>362</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
+      </c>
+      <c r="J324">
+        <v>0</v>
+      </c>
+      <c r="K324">
+        <v>268.455</v>
+      </c>
+      <c r="L324" t="s">
+        <v>27</v>
+      </c>
+      <c r="M324">
+        <v>1</v>
+      </c>
+      <c r="N324" t="s">
+        <v>83</v>
+      </c>
+      <c r="O324">
+        <v>2</v>
+      </c>
+      <c r="P324">
+        <v>16164</v>
+      </c>
+      <c r="Q324" t="s">
+        <v>84</v>
+      </c>
+      <c r="R324" t="s">
+        <v>30</v>
+      </c>
+      <c r="S324" t="s">
+        <v>31</v>
+      </c>
+      <c r="T324" t="s">
+        <v>31</v>
+      </c>
+      <c r="U324" t="s">
+        <v>43</v>
+      </c>
+      <c r="V324">
+        <v>2</v>
+      </c>
+      <c r="W324">
+        <v>0</v>
+      </c>
+      <c r="X324">
+        <v>0</v>
+      </c>
+      <c r="Y324">
+        <v>0.508</v>
+      </c>
+    </row>
+    <row r="325" spans="1:25">
+      <c r="A325" t="s">
+        <v>25</v>
+      </c>
+      <c r="B325">
+        <v>2026</v>
+      </c>
+      <c r="C325">
+        <v>3523</v>
+      </c>
+      <c r="D325" t="s">
+        <v>82</v>
+      </c>
+      <c r="E325" t="s">
+        <v>70</v>
+      </c>
+      <c r="F325">
+        <v>12</v>
+      </c>
+      <c r="G325">
+        <v>1.16</v>
+      </c>
+      <c r="H325">
+        <v>362</v>
+      </c>
+      <c r="I325">
+        <v>0</v>
+      </c>
+      <c r="J325">
+        <v>0</v>
+      </c>
+      <c r="K325">
+        <v>268.455</v>
+      </c>
+      <c r="L325" t="s">
+        <v>27</v>
+      </c>
+      <c r="M325">
+        <v>1</v>
+      </c>
+      <c r="N325" t="s">
+        <v>83</v>
+      </c>
+      <c r="O325">
+        <v>2</v>
+      </c>
+      <c r="P325">
+        <v>16164</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>84</v>
+      </c>
+      <c r="R325" t="s">
+        <v>30</v>
+      </c>
+      <c r="S325" t="s">
+        <v>31</v>
+      </c>
+      <c r="T325" t="s">
+        <v>31</v>
+      </c>
+      <c r="U325" t="s">
+        <v>44</v>
+      </c>
+      <c r="V325">
+        <v>2</v>
+      </c>
+      <c r="W325">
+        <v>0</v>
+      </c>
+      <c r="X325">
+        <v>0</v>
+      </c>
+      <c r="Y325">
+        <v>0.736</v>
+      </c>
+    </row>
+    <row r="326" spans="1:25">
+      <c r="A326" t="s">
+        <v>25</v>
+      </c>
+      <c r="B326">
+        <v>2026</v>
+      </c>
+      <c r="C326">
+        <v>3523</v>
+      </c>
+      <c r="D326" t="s">
+        <v>82</v>
+      </c>
+      <c r="E326" t="s">
+        <v>70</v>
+      </c>
+      <c r="F326">
+        <v>12</v>
+      </c>
+      <c r="G326">
+        <v>1.16</v>
+      </c>
+      <c r="H326">
+        <v>362</v>
+      </c>
+      <c r="I326">
+        <v>0</v>
+      </c>
+      <c r="J326">
+        <v>0</v>
+      </c>
+      <c r="K326">
+        <v>268.455</v>
+      </c>
+      <c r="L326" t="s">
+        <v>27</v>
+      </c>
+      <c r="M326">
+        <v>1</v>
+      </c>
+      <c r="N326" t="s">
+        <v>83</v>
+      </c>
+      <c r="O326">
+        <v>2</v>
+      </c>
+      <c r="P326">
+        <v>16164</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>84</v>
+      </c>
+      <c r="R326" t="s">
+        <v>30</v>
+      </c>
+      <c r="S326" t="s">
+        <v>31</v>
+      </c>
+      <c r="T326" t="s">
+        <v>31</v>
+      </c>
+      <c r="U326" t="s">
+        <v>32</v>
+      </c>
+      <c r="V326">
+        <v>9</v>
+      </c>
+      <c r="W326">
+        <v>0</v>
+      </c>
+      <c r="X326">
+        <v>0</v>
+      </c>
+      <c r="Y326">
+        <v>5.406</v>
+      </c>
+    </row>
+    <row r="327" spans="1:25">
+      <c r="A327" t="s">
+        <v>25</v>
+      </c>
+      <c r="B327">
+        <v>2026</v>
+      </c>
+      <c r="C327">
+        <v>3523</v>
+      </c>
+      <c r="D327" t="s">
+        <v>82</v>
+      </c>
+      <c r="E327" t="s">
+        <v>70</v>
+      </c>
+      <c r="F327">
+        <v>12</v>
+      </c>
+      <c r="G327">
+        <v>1.16</v>
+      </c>
+      <c r="H327">
+        <v>362</v>
+      </c>
+      <c r="I327">
+        <v>0</v>
+      </c>
+      <c r="J327">
+        <v>0</v>
+      </c>
+      <c r="K327">
+        <v>268.455</v>
+      </c>
+      <c r="L327" t="s">
+        <v>27</v>
+      </c>
+      <c r="M327">
+        <v>1</v>
+      </c>
+      <c r="N327" t="s">
+        <v>83</v>
+      </c>
+      <c r="O327">
+        <v>2</v>
+      </c>
+      <c r="P327">
+        <v>16164</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>84</v>
+      </c>
+      <c r="R327" t="s">
+        <v>30</v>
+      </c>
+      <c r="S327" t="s">
+        <v>31</v>
+      </c>
+      <c r="T327" t="s">
+        <v>31</v>
+      </c>
+      <c r="U327" t="s">
+        <v>33</v>
+      </c>
+      <c r="V327">
+        <v>15</v>
+      </c>
+      <c r="W327">
+        <v>0</v>
+      </c>
+      <c r="X327">
+        <v>0</v>
+      </c>
+      <c r="Y327">
+        <v>15.0</v>
+      </c>
+    </row>
+    <row r="328" spans="1:25">
+      <c r="A328" t="s">
+        <v>25</v>
+      </c>
+      <c r="B328">
+        <v>2026</v>
+      </c>
+      <c r="C328">
+        <v>3523</v>
+      </c>
+      <c r="D328" t="s">
+        <v>82</v>
+      </c>
+      <c r="E328" t="s">
+        <v>70</v>
+      </c>
+      <c r="F328">
+        <v>12</v>
+      </c>
+      <c r="G328">
+        <v>1.16</v>
+      </c>
+      <c r="H328">
+        <v>362</v>
+      </c>
+      <c r="I328">
+        <v>0</v>
+      </c>
+      <c r="J328">
+        <v>0</v>
+      </c>
+      <c r="K328">
+        <v>268.455</v>
+      </c>
+      <c r="L328" t="s">
+        <v>27</v>
+      </c>
+      <c r="M328">
+        <v>1</v>
+      </c>
+      <c r="N328" t="s">
+        <v>83</v>
+      </c>
+      <c r="O328">
+        <v>2</v>
+      </c>
+      <c r="P328">
+        <v>16164</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>84</v>
+      </c>
+      <c r="R328" t="s">
+        <v>30</v>
+      </c>
+      <c r="S328" t="s">
+        <v>31</v>
+      </c>
+      <c r="T328" t="s">
+        <v>31</v>
+      </c>
+      <c r="U328" t="s">
+        <v>34</v>
+      </c>
+      <c r="V328">
+        <v>11</v>
+      </c>
+      <c r="W328">
+        <v>0</v>
+      </c>
+      <c r="X328">
+        <v>0</v>
+      </c>
+      <c r="Y328">
+        <v>17.89</v>
+      </c>
+    </row>
+    <row r="329" spans="1:25">
+      <c r="A329" t="s">
+        <v>25</v>
+      </c>
+      <c r="B329">
+        <v>2026</v>
+      </c>
+      <c r="C329">
+        <v>3523</v>
+      </c>
+      <c r="D329" t="s">
+        <v>82</v>
+      </c>
+      <c r="E329" t="s">
+        <v>70</v>
+      </c>
+      <c r="F329">
+        <v>12</v>
+      </c>
+      <c r="G329">
+        <v>1.16</v>
+      </c>
+      <c r="H329">
+        <v>362</v>
+      </c>
+      <c r="I329">
+        <v>0</v>
+      </c>
+      <c r="J329">
+        <v>0</v>
+      </c>
+      <c r="K329">
+        <v>268.455</v>
+      </c>
+      <c r="L329" t="s">
+        <v>27</v>
+      </c>
+      <c r="M329">
+        <v>1</v>
+      </c>
+      <c r="N329" t="s">
+        <v>83</v>
+      </c>
+      <c r="O329">
+        <v>2</v>
+      </c>
+      <c r="P329">
+        <v>16164</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>84</v>
+      </c>
+      <c r="R329" t="s">
+        <v>30</v>
+      </c>
+      <c r="S329" t="s">
+        <v>31</v>
+      </c>
+      <c r="T329" t="s">
+        <v>31</v>
+      </c>
+      <c r="U329" t="s">
+        <v>35</v>
+      </c>
+      <c r="V329">
+        <v>4</v>
+      </c>
+      <c r="W329">
+        <v>0</v>
+      </c>
+      <c r="X329">
+        <v>0</v>
+      </c>
+      <c r="Y329">
+        <v>9.544</v>
+      </c>
+    </row>
+    <row r="330" spans="1:25">
+      <c r="A330" t="s">
+        <v>25</v>
+      </c>
+      <c r="B330">
+        <v>2026</v>
+      </c>
+      <c r="C330">
+        <v>3523</v>
+      </c>
+      <c r="D330" t="s">
+        <v>82</v>
+      </c>
+      <c r="E330" t="s">
+        <v>70</v>
+      </c>
+      <c r="F330">
+        <v>12</v>
+      </c>
+      <c r="G330">
+        <v>1.16</v>
+      </c>
+      <c r="H330">
+        <v>362</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
+      </c>
+      <c r="J330">
+        <v>0</v>
+      </c>
+      <c r="K330">
+        <v>268.455</v>
+      </c>
+      <c r="L330" t="s">
+        <v>27</v>
+      </c>
+      <c r="M330">
+        <v>1</v>
+      </c>
+      <c r="N330" t="s">
+        <v>83</v>
+      </c>
+      <c r="O330">
+        <v>2</v>
+      </c>
+      <c r="P330">
+        <v>16164</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>29</v>
+      </c>
+      <c r="R330" t="s">
+        <v>30</v>
+      </c>
+      <c r="S330" t="s">
+        <v>38</v>
+      </c>
+      <c r="T330" t="s">
+        <v>31</v>
+      </c>
+      <c r="U330" t="s">
+        <v>44</v>
+      </c>
+      <c r="V330">
+        <v>1</v>
+      </c>
+      <c r="W330">
+        <v>0</v>
+      </c>
+      <c r="X330">
+        <v>0</v>
+      </c>
+      <c r="Y330">
+        <v>0.347</v>
+      </c>
+    </row>
+    <row r="331" spans="1:25">
+      <c r="A331" t="s">
+        <v>25</v>
+      </c>
+      <c r="B331">
+        <v>2026</v>
+      </c>
+      <c r="C331">
+        <v>3523</v>
+      </c>
+      <c r="D331" t="s">
+        <v>82</v>
+      </c>
+      <c r="E331" t="s">
+        <v>70</v>
+      </c>
+      <c r="F331">
+        <v>12</v>
+      </c>
+      <c r="G331">
+        <v>1.16</v>
+      </c>
+      <c r="H331">
+        <v>362</v>
+      </c>
+      <c r="I331">
+        <v>0</v>
+      </c>
+      <c r="J331">
+        <v>0</v>
+      </c>
+      <c r="K331">
+        <v>268.455</v>
+      </c>
+      <c r="L331" t="s">
+        <v>27</v>
+      </c>
+      <c r="M331">
+        <v>1</v>
+      </c>
+      <c r="N331" t="s">
+        <v>83</v>
+      </c>
+      <c r="O331">
+        <v>2</v>
+      </c>
+      <c r="P331">
+        <v>16164</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>29</v>
+      </c>
+      <c r="R331" t="s">
+        <v>30</v>
+      </c>
+      <c r="S331" t="s">
+        <v>38</v>
+      </c>
+      <c r="T331" t="s">
+        <v>31</v>
+      </c>
+      <c r="U331" t="s">
+        <v>32</v>
+      </c>
+      <c r="V331">
+        <v>13</v>
+      </c>
+      <c r="W331">
+        <v>0</v>
+      </c>
+      <c r="X331">
+        <v>0</v>
+      </c>
+      <c r="Y331">
+        <v>7.576</v>
+      </c>
+    </row>
+    <row r="332" spans="1:25">
+      <c r="A332" t="s">
+        <v>25</v>
+      </c>
+      <c r="B332">
+        <v>2026</v>
+      </c>
+      <c r="C332">
+        <v>3523</v>
+      </c>
+      <c r="D332" t="s">
+        <v>82</v>
+      </c>
+      <c r="E332" t="s">
+        <v>70</v>
+      </c>
+      <c r="F332">
+        <v>12</v>
+      </c>
+      <c r="G332">
+        <v>1.16</v>
+      </c>
+      <c r="H332">
+        <v>362</v>
+      </c>
+      <c r="I332">
+        <v>0</v>
+      </c>
+      <c r="J332">
+        <v>0</v>
+      </c>
+      <c r="K332">
+        <v>268.455</v>
+      </c>
+      <c r="L332" t="s">
+        <v>27</v>
+      </c>
+      <c r="M332">
+        <v>1</v>
+      </c>
+      <c r="N332" t="s">
+        <v>83</v>
+      </c>
+      <c r="O332">
+        <v>2</v>
+      </c>
+      <c r="P332">
+        <v>16164</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>29</v>
+      </c>
+      <c r="R332" t="s">
+        <v>30</v>
+      </c>
+      <c r="S332" t="s">
+        <v>38</v>
+      </c>
+      <c r="T332" t="s">
+        <v>31</v>
+      </c>
+      <c r="U332" t="s">
+        <v>33</v>
+      </c>
+      <c r="V332">
+        <v>21</v>
+      </c>
+      <c r="W332">
+        <v>0</v>
+      </c>
+      <c r="X332">
+        <v>0</v>
+      </c>
+      <c r="Y332">
+        <v>20.019</v>
+      </c>
+    </row>
+    <row r="333" spans="1:25">
+      <c r="A333" t="s">
+        <v>25</v>
+      </c>
+      <c r="B333">
+        <v>2026</v>
+      </c>
+      <c r="C333">
+        <v>3523</v>
+      </c>
+      <c r="D333" t="s">
+        <v>82</v>
+      </c>
+      <c r="E333" t="s">
+        <v>70</v>
+      </c>
+      <c r="F333">
+        <v>12</v>
+      </c>
+      <c r="G333">
+        <v>1.16</v>
+      </c>
+      <c r="H333">
+        <v>362</v>
+      </c>
+      <c r="I333">
+        <v>0</v>
+      </c>
+      <c r="J333">
+        <v>0</v>
+      </c>
+      <c r="K333">
+        <v>268.455</v>
+      </c>
+      <c r="L333" t="s">
+        <v>27</v>
+      </c>
+      <c r="M333">
+        <v>1</v>
+      </c>
+      <c r="N333" t="s">
+        <v>83</v>
+      </c>
+      <c r="O333">
+        <v>2</v>
+      </c>
+      <c r="P333">
+        <v>16164</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>29</v>
+      </c>
+      <c r="R333" t="s">
+        <v>30</v>
+      </c>
+      <c r="S333" t="s">
+        <v>38</v>
+      </c>
+      <c r="T333" t="s">
+        <v>31</v>
+      </c>
+      <c r="U333" t="s">
+        <v>34</v>
+      </c>
+      <c r="V333">
+        <v>2</v>
+      </c>
+      <c r="W333">
+        <v>0</v>
+      </c>
+      <c r="X333">
+        <v>0</v>
+      </c>
+      <c r="Y333">
+        <v>2.971</v>
+      </c>
+    </row>
+    <row r="334" spans="1:25">
+      <c r="A334" t="s">
+        <v>25</v>
+      </c>
+      <c r="B334">
+        <v>2026</v>
+      </c>
+      <c r="C334">
+        <v>3319</v>
+      </c>
+      <c r="D334" t="s">
+        <v>85</v>
+      </c>
+      <c r="E334" t="s">
+        <v>70</v>
+      </c>
+      <c r="F334">
+        <v>300</v>
+      </c>
+      <c r="G334">
+        <v>1.1381</v>
+      </c>
+      <c r="H334">
+        <v>38</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
+      </c>
+      <c r="J334">
+        <v>0</v>
+      </c>
+      <c r="K334">
+        <v>98.737</v>
+      </c>
+      <c r="L334" t="s">
+        <v>27</v>
+      </c>
+      <c r="M334">
+        <v>1</v>
+      </c>
+      <c r="N334" t="s">
+        <v>86</v>
+      </c>
+      <c r="O334">
+        <v>6</v>
+      </c>
+      <c r="P334">
+        <v>16164</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>29</v>
+      </c>
+      <c r="R334" t="s">
+        <v>30</v>
+      </c>
+      <c r="S334" t="s">
+        <v>38</v>
+      </c>
+      <c r="T334" t="s">
+        <v>31</v>
+      </c>
+      <c r="U334" t="s">
+        <v>32</v>
+      </c>
+      <c r="V334">
+        <v>3</v>
+      </c>
+      <c r="W334">
+        <v>0</v>
+      </c>
+      <c r="X334">
+        <v>0</v>
+      </c>
+      <c r="Y334">
+        <v>1.649</v>
+      </c>
+    </row>
+    <row r="335" spans="1:25">
+      <c r="A335" t="s">
+        <v>25</v>
+      </c>
+      <c r="B335">
+        <v>2026</v>
+      </c>
+      <c r="C335">
+        <v>3319</v>
+      </c>
+      <c r="D335" t="s">
+        <v>85</v>
+      </c>
+      <c r="E335" t="s">
+        <v>70</v>
+      </c>
+      <c r="F335">
+        <v>300</v>
+      </c>
+      <c r="G335">
+        <v>1.1381</v>
+      </c>
+      <c r="H335">
+        <v>38</v>
+      </c>
+      <c r="I335">
+        <v>0</v>
+      </c>
+      <c r="J335">
+        <v>0</v>
+      </c>
+      <c r="K335">
+        <v>98.737</v>
+      </c>
+      <c r="L335" t="s">
+        <v>27</v>
+      </c>
+      <c r="M335">
+        <v>1</v>
+      </c>
+      <c r="N335" t="s">
+        <v>86</v>
+      </c>
+      <c r="O335">
+        <v>6</v>
+      </c>
+      <c r="P335">
+        <v>16164</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>29</v>
+      </c>
+      <c r="R335" t="s">
+        <v>30</v>
+      </c>
+      <c r="S335" t="s">
+        <v>38</v>
+      </c>
+      <c r="T335" t="s">
+        <v>31</v>
+      </c>
+      <c r="U335" t="s">
+        <v>34</v>
+      </c>
+      <c r="V335">
+        <v>1</v>
+      </c>
+      <c r="W335">
+        <v>0</v>
+      </c>
+      <c r="X335">
+        <v>0</v>
+      </c>
+      <c r="Y335">
+        <v>1.456</v>
+      </c>
+    </row>
+    <row r="336" spans="1:25">
+      <c r="A336" t="s">
+        <v>25</v>
+      </c>
+      <c r="B336">
+        <v>2026</v>
+      </c>
+      <c r="C336">
+        <v>3319</v>
+      </c>
+      <c r="D336" t="s">
+        <v>85</v>
+      </c>
+      <c r="E336" t="s">
+        <v>70</v>
+      </c>
+      <c r="F336">
+        <v>300</v>
+      </c>
+      <c r="G336">
+        <v>1.1381</v>
+      </c>
+      <c r="H336">
+        <v>38</v>
+      </c>
+      <c r="I336">
+        <v>0</v>
+      </c>
+      <c r="J336">
+        <v>0</v>
+      </c>
+      <c r="K336">
+        <v>98.737</v>
+      </c>
+      <c r="L336" t="s">
+        <v>27</v>
+      </c>
+      <c r="M336">
+        <v>1</v>
+      </c>
+      <c r="N336" t="s">
+        <v>86</v>
+      </c>
+      <c r="O336">
+        <v>6</v>
+      </c>
+      <c r="P336">
+        <v>16164</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>29</v>
+      </c>
+      <c r="R336" t="s">
+        <v>30</v>
+      </c>
+      <c r="S336" t="s">
+        <v>38</v>
+      </c>
+      <c r="T336" t="s">
+        <v>31</v>
+      </c>
+      <c r="U336" t="s">
+        <v>35</v>
+      </c>
+      <c r="V336">
+        <v>4</v>
+      </c>
+      <c r="W336">
+        <v>0</v>
+      </c>
+      <c r="X336">
+        <v>0</v>
+      </c>
+      <c r="Y336">
+        <v>10.448</v>
+      </c>
+    </row>
+    <row r="337" spans="1:25">
+      <c r="A337" t="s">
+        <v>25</v>
+      </c>
+      <c r="B337">
+        <v>2026</v>
+      </c>
+      <c r="C337">
+        <v>3319</v>
+      </c>
+      <c r="D337" t="s">
+        <v>85</v>
+      </c>
+      <c r="E337" t="s">
+        <v>70</v>
+      </c>
+      <c r="F337">
+        <v>300</v>
+      </c>
+      <c r="G337">
+        <v>1.1381</v>
+      </c>
+      <c r="H337">
+        <v>38</v>
+      </c>
+      <c r="I337">
+        <v>0</v>
+      </c>
+      <c r="J337">
+        <v>0</v>
+      </c>
+      <c r="K337">
+        <v>98.737</v>
+      </c>
+      <c r="L337" t="s">
+        <v>27</v>
+      </c>
+      <c r="M337">
+        <v>1</v>
+      </c>
+      <c r="N337" t="s">
+        <v>86</v>
+      </c>
+      <c r="O337">
+        <v>6</v>
+      </c>
+      <c r="P337">
+        <v>16164</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>29</v>
+      </c>
+      <c r="R337" t="s">
+        <v>30</v>
+      </c>
+      <c r="S337" t="s">
+        <v>38</v>
+      </c>
+      <c r="T337" t="s">
+        <v>31</v>
+      </c>
+      <c r="U337" t="s">
+        <v>39</v>
+      </c>
+      <c r="V337">
+        <v>1</v>
+      </c>
+      <c r="W337">
+        <v>0</v>
+      </c>
+      <c r="X337">
+        <v>0</v>
+      </c>
+      <c r="Y337">
+        <v>3.499</v>
+      </c>
+    </row>
+    <row r="338" spans="1:25">
+      <c r="A338" t="s">
+        <v>25</v>
+      </c>
+      <c r="B338">
+        <v>2026</v>
+      </c>
+      <c r="C338">
+        <v>3319</v>
+      </c>
+      <c r="D338" t="s">
+        <v>85</v>
+      </c>
+      <c r="E338" t="s">
+        <v>70</v>
+      </c>
+      <c r="F338">
+        <v>300</v>
+      </c>
+      <c r="G338">
+        <v>1.1381</v>
+      </c>
+      <c r="H338">
+        <v>38</v>
+      </c>
+      <c r="I338">
+        <v>0</v>
+      </c>
+      <c r="J338">
+        <v>0</v>
+      </c>
+      <c r="K338">
+        <v>98.737</v>
+      </c>
+      <c r="L338" t="s">
+        <v>27</v>
+      </c>
+      <c r="M338">
+        <v>1</v>
+      </c>
+      <c r="N338" t="s">
+        <v>86</v>
+      </c>
+      <c r="O338">
+        <v>6</v>
+      </c>
+      <c r="P338">
+        <v>16164</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>29</v>
+      </c>
+      <c r="R338" t="s">
+        <v>30</v>
+      </c>
+      <c r="S338" t="s">
+        <v>38</v>
+      </c>
+      <c r="T338" t="s">
+        <v>31</v>
+      </c>
+      <c r="U338" t="s">
+        <v>51</v>
+      </c>
+      <c r="V338">
+        <v>4</v>
+      </c>
+      <c r="W338">
+        <v>0</v>
+      </c>
+      <c r="X338">
+        <v>0</v>
+      </c>
+      <c r="Y338">
+        <v>16.124</v>
+      </c>
+    </row>
+    <row r="339" spans="1:25">
+      <c r="A339" t="s">
+        <v>25</v>
+      </c>
+      <c r="B339">
+        <v>2026</v>
+      </c>
+      <c r="C339">
+        <v>3319</v>
+      </c>
+      <c r="D339" t="s">
+        <v>85</v>
+      </c>
+      <c r="E339" t="s">
+        <v>70</v>
+      </c>
+      <c r="F339">
+        <v>300</v>
+      </c>
+      <c r="G339">
+        <v>1.1381</v>
+      </c>
+      <c r="H339">
+        <v>38</v>
+      </c>
+      <c r="I339">
+        <v>0</v>
+      </c>
+      <c r="J339">
+        <v>0</v>
+      </c>
+      <c r="K339">
+        <v>98.737</v>
+      </c>
+      <c r="L339" t="s">
+        <v>27</v>
+      </c>
+      <c r="M339">
+        <v>1</v>
+      </c>
+      <c r="N339" t="s">
+        <v>86</v>
+      </c>
+      <c r="O339">
+        <v>6</v>
+      </c>
+      <c r="P339">
+        <v>16164</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>29</v>
+      </c>
+      <c r="R339" t="s">
+        <v>30</v>
+      </c>
+      <c r="S339" t="s">
+        <v>38</v>
+      </c>
+      <c r="T339" t="s">
+        <v>31</v>
+      </c>
+      <c r="U339" t="s">
+        <v>52</v>
+      </c>
+      <c r="V339">
+        <v>1</v>
+      </c>
+      <c r="W339">
+        <v>0</v>
+      </c>
+      <c r="X339">
+        <v>0</v>
+      </c>
+      <c r="Y339">
+        <v>5.793</v>
+      </c>
+    </row>
+    <row r="340" spans="1:25">
+      <c r="A340" t="s">
+        <v>25</v>
+      </c>
+      <c r="B340">
+        <v>2026</v>
+      </c>
+      <c r="C340">
+        <v>3319</v>
+      </c>
+      <c r="D340" t="s">
+        <v>85</v>
+      </c>
+      <c r="E340" t="s">
+        <v>70</v>
+      </c>
+      <c r="F340">
+        <v>300</v>
+      </c>
+      <c r="G340">
+        <v>1.1381</v>
+      </c>
+      <c r="H340">
+        <v>38</v>
+      </c>
+      <c r="I340">
+        <v>0</v>
+      </c>
+      <c r="J340">
+        <v>0</v>
+      </c>
+      <c r="K340">
+        <v>98.737</v>
+      </c>
+      <c r="L340" t="s">
+        <v>27</v>
+      </c>
+      <c r="M340">
+        <v>1</v>
+      </c>
+      <c r="N340" t="s">
+        <v>86</v>
+      </c>
+      <c r="O340">
+        <v>6</v>
+      </c>
+      <c r="P340">
+        <v>16164</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>29</v>
+      </c>
+      <c r="R340" t="s">
+        <v>30</v>
+      </c>
+      <c r="S340" t="s">
+        <v>31</v>
+      </c>
+      <c r="T340" t="s">
+        <v>31</v>
+      </c>
+      <c r="U340" t="s">
+        <v>32</v>
+      </c>
+      <c r="V340">
+        <v>1</v>
+      </c>
+      <c r="W340">
+        <v>0</v>
+      </c>
+      <c r="X340">
+        <v>0</v>
+      </c>
+      <c r="Y340">
+        <v>0.539</v>
+      </c>
+    </row>
+    <row r="341" spans="1:25">
+      <c r="A341" t="s">
+        <v>25</v>
+      </c>
+      <c r="B341">
+        <v>2026</v>
+      </c>
+      <c r="C341">
+        <v>3319</v>
+      </c>
+      <c r="D341" t="s">
+        <v>85</v>
+      </c>
+      <c r="E341" t="s">
+        <v>70</v>
+      </c>
+      <c r="F341">
+        <v>300</v>
+      </c>
+      <c r="G341">
+        <v>1.1381</v>
+      </c>
+      <c r="H341">
+        <v>38</v>
+      </c>
+      <c r="I341">
+        <v>0</v>
+      </c>
+      <c r="J341">
+        <v>0</v>
+      </c>
+      <c r="K341">
+        <v>98.737</v>
+      </c>
+      <c r="L341" t="s">
+        <v>27</v>
+      </c>
+      <c r="M341">
+        <v>1</v>
+      </c>
+      <c r="N341" t="s">
+        <v>86</v>
+      </c>
+      <c r="O341">
+        <v>6</v>
+      </c>
+      <c r="P341">
+        <v>16164</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>29</v>
+      </c>
+      <c r="R341" t="s">
+        <v>30</v>
+      </c>
+      <c r="S341" t="s">
+        <v>31</v>
+      </c>
+      <c r="T341" t="s">
+        <v>31</v>
+      </c>
+      <c r="U341" t="s">
+        <v>33</v>
+      </c>
+      <c r="V341">
+        <v>2</v>
+      </c>
+      <c r="W341">
+        <v>0</v>
+      </c>
+      <c r="X341">
+        <v>0</v>
+      </c>
+      <c r="Y341">
+        <v>2.429</v>
+      </c>
+    </row>
+    <row r="342" spans="1:25">
+      <c r="A342" t="s">
+        <v>25</v>
+      </c>
+      <c r="B342">
+        <v>2026</v>
+      </c>
+      <c r="C342">
+        <v>3319</v>
+      </c>
+      <c r="D342" t="s">
+        <v>85</v>
+      </c>
+      <c r="E342" t="s">
+        <v>70</v>
+      </c>
+      <c r="F342">
+        <v>300</v>
+      </c>
+      <c r="G342">
+        <v>1.1381</v>
+      </c>
+      <c r="H342">
+        <v>38</v>
+      </c>
+      <c r="I342">
+        <v>0</v>
+      </c>
+      <c r="J342">
+        <v>0</v>
+      </c>
+      <c r="K342">
+        <v>98.737</v>
+      </c>
+      <c r="L342" t="s">
+        <v>27</v>
+      </c>
+      <c r="M342">
+        <v>1</v>
+      </c>
+      <c r="N342" t="s">
+        <v>86</v>
+      </c>
+      <c r="O342">
+        <v>6</v>
+      </c>
+      <c r="P342">
+        <v>16164</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>29</v>
+      </c>
+      <c r="R342" t="s">
+        <v>30</v>
+      </c>
+      <c r="S342" t="s">
+        <v>31</v>
+      </c>
+      <c r="T342" t="s">
+        <v>31</v>
+      </c>
+      <c r="U342" t="s">
+        <v>34</v>
+      </c>
+      <c r="V342">
+        <v>8</v>
+      </c>
+      <c r="W342">
+        <v>0</v>
+      </c>
+      <c r="X342">
+        <v>0</v>
+      </c>
+      <c r="Y342">
+        <v>14.746</v>
+      </c>
+    </row>
+    <row r="343" spans="1:25">
+      <c r="A343" t="s">
+        <v>25</v>
+      </c>
+      <c r="B343">
+        <v>2026</v>
+      </c>
+      <c r="C343">
+        <v>3319</v>
+      </c>
+      <c r="D343" t="s">
+        <v>85</v>
+      </c>
+      <c r="E343" t="s">
+        <v>70</v>
+      </c>
+      <c r="F343">
+        <v>300</v>
+      </c>
+      <c r="G343">
+        <v>1.1381</v>
+      </c>
+      <c r="H343">
+        <v>38</v>
+      </c>
+      <c r="I343">
+        <v>0</v>
+      </c>
+      <c r="J343">
+        <v>0</v>
+      </c>
+      <c r="K343">
+        <v>98.737</v>
+      </c>
+      <c r="L343" t="s">
+        <v>27</v>
+      </c>
+      <c r="M343">
+        <v>1</v>
+      </c>
+      <c r="N343" t="s">
+        <v>86</v>
+      </c>
+      <c r="O343">
+        <v>6</v>
+      </c>
+      <c r="P343">
+        <v>16164</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>29</v>
+      </c>
+      <c r="R343" t="s">
+        <v>30</v>
+      </c>
+      <c r="S343" t="s">
+        <v>31</v>
+      </c>
+      <c r="T343" t="s">
+        <v>31</v>
+      </c>
+      <c r="U343" t="s">
+        <v>35</v>
+      </c>
+      <c r="V343">
+        <v>7</v>
+      </c>
+      <c r="W343">
+        <v>0</v>
+      </c>
+      <c r="X343">
+        <v>0</v>
+      </c>
+      <c r="Y343">
+        <v>18.89</v>
+      </c>
+    </row>
+    <row r="344" spans="1:25">
+      <c r="A344" t="s">
+        <v>25</v>
+      </c>
+      <c r="B344">
+        <v>2026</v>
+      </c>
+      <c r="C344">
+        <v>3319</v>
+      </c>
+      <c r="D344" t="s">
+        <v>85</v>
+      </c>
+      <c r="E344" t="s">
+        <v>70</v>
+      </c>
+      <c r="F344">
+        <v>300</v>
+      </c>
+      <c r="G344">
+        <v>1.1381</v>
+      </c>
+      <c r="H344">
+        <v>38</v>
+      </c>
+      <c r="I344">
+        <v>0</v>
+      </c>
+      <c r="J344">
+        <v>0</v>
+      </c>
+      <c r="K344">
+        <v>98.737</v>
+      </c>
+      <c r="L344" t="s">
+        <v>27</v>
+      </c>
+      <c r="M344">
+        <v>1</v>
+      </c>
+      <c r="N344" t="s">
+        <v>86</v>
+      </c>
+      <c r="O344">
+        <v>6</v>
+      </c>
+      <c r="P344">
+        <v>16164</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>29</v>
+      </c>
+      <c r="R344" t="s">
+        <v>30</v>
+      </c>
+      <c r="S344" t="s">
+        <v>31</v>
+      </c>
+      <c r="T344" t="s">
+        <v>31</v>
+      </c>
+      <c r="U344" t="s">
+        <v>39</v>
+      </c>
+      <c r="V344">
+        <v>4</v>
+      </c>
+      <c r="W344">
+        <v>0</v>
+      </c>
+      <c r="X344">
+        <v>0</v>
+      </c>
+      <c r="Y344">
+        <v>14.426</v>
+      </c>
+    </row>
+    <row r="345" spans="1:25">
+      <c r="A345" t="s">
+        <v>25</v>
+      </c>
+      <c r="B345">
+        <v>2026</v>
+      </c>
+      <c r="C345">
+        <v>3319</v>
+      </c>
+      <c r="D345" t="s">
+        <v>85</v>
+      </c>
+      <c r="E345" t="s">
+        <v>70</v>
+      </c>
+      <c r="F345">
+        <v>300</v>
+      </c>
+      <c r="G345">
+        <v>1.1381</v>
+      </c>
+      <c r="H345">
+        <v>38</v>
+      </c>
+      <c r="I345">
+        <v>0</v>
+      </c>
+      <c r="J345">
+        <v>0</v>
+      </c>
+      <c r="K345">
+        <v>98.737</v>
+      </c>
+      <c r="L345" t="s">
+        <v>27</v>
+      </c>
+      <c r="M345">
+        <v>1</v>
+      </c>
+      <c r="N345" t="s">
+        <v>86</v>
+      </c>
+      <c r="O345">
+        <v>6</v>
+      </c>
+      <c r="P345">
+        <v>16164</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>29</v>
+      </c>
+      <c r="R345" t="s">
+        <v>30</v>
+      </c>
+      <c r="S345" t="s">
+        <v>31</v>
+      </c>
+      <c r="T345" t="s">
+        <v>31</v>
+      </c>
+      <c r="U345" t="s">
+        <v>51</v>
+      </c>
+      <c r="V345">
+        <v>2</v>
+      </c>
+      <c r="W345">
+        <v>0</v>
+      </c>
+      <c r="X345">
+        <v>0</v>
+      </c>
+      <c r="Y345">
+        <v>8.738</v>
+      </c>
+    </row>
+    <row r="346" spans="1:25">
+      <c r="A346" t="s">
+        <v>25</v>
+      </c>
+      <c r="B346">
+        <v>2026</v>
+      </c>
+      <c r="C346">
+        <v>3320</v>
+      </c>
+      <c r="D346" t="s">
+        <v>87</v>
+      </c>
+      <c r="E346" t="s">
+        <v>70</v>
+      </c>
+      <c r="F346">
+        <v>200</v>
+      </c>
+      <c r="G346">
+        <v>9.1933</v>
+      </c>
+      <c r="H346">
+        <v>3489</v>
+      </c>
+      <c r="I346">
+        <v>0</v>
+      </c>
+      <c r="J346">
+        <v>1.746</v>
+      </c>
+      <c r="K346">
+        <v>157.934</v>
+      </c>
+      <c r="L346" t="s">
+        <v>27</v>
+      </c>
+      <c r="M346">
+        <v>1</v>
+      </c>
+      <c r="N346" t="s">
+        <v>88</v>
+      </c>
+      <c r="O346">
+        <v>2</v>
+      </c>
+      <c r="P346">
+        <v>16164</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>89</v>
+      </c>
+      <c r="R346" t="s">
+        <v>48</v>
+      </c>
+      <c r="S346" t="s">
+        <v>31</v>
+      </c>
+      <c r="T346" t="s">
+        <v>31</v>
+      </c>
+      <c r="U346" t="s">
+        <v>61</v>
+      </c>
+      <c r="V346">
+        <v>37</v>
+      </c>
+      <c r="W346">
+        <v>0</v>
+      </c>
+      <c r="X346">
+        <v>0</v>
+      </c>
+      <c r="Y346">
+        <v>0.767</v>
+      </c>
+    </row>
+    <row r="347" spans="1:25">
+      <c r="A347" t="s">
+        <v>25</v>
+      </c>
+      <c r="B347">
+        <v>2026</v>
+      </c>
+      <c r="C347">
+        <v>3320</v>
+      </c>
+      <c r="D347" t="s">
+        <v>87</v>
+      </c>
+      <c r="E347" t="s">
+        <v>70</v>
+      </c>
+      <c r="F347">
+        <v>200</v>
+      </c>
+      <c r="G347">
+        <v>9.1933</v>
+      </c>
+      <c r="H347">
+        <v>3489</v>
+      </c>
+      <c r="I347">
+        <v>0</v>
+      </c>
+      <c r="J347">
+        <v>1.746</v>
+      </c>
+      <c r="K347">
+        <v>157.934</v>
+      </c>
+      <c r="L347" t="s">
+        <v>27</v>
+      </c>
+      <c r="M347">
+        <v>1</v>
+      </c>
+      <c r="N347" t="s">
+        <v>88</v>
+      </c>
+      <c r="O347">
+        <v>2</v>
+      </c>
+      <c r="P347">
+        <v>16164</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>89</v>
+      </c>
+      <c r="R347" t="s">
+        <v>48</v>
+      </c>
+      <c r="S347" t="s">
+        <v>31</v>
+      </c>
+      <c r="T347" t="s">
+        <v>31</v>
+      </c>
+      <c r="U347" t="s">
+        <v>43</v>
+      </c>
+      <c r="V347">
+        <v>16</v>
+      </c>
+      <c r="W347">
+        <v>0</v>
+      </c>
+      <c r="X347">
+        <v>0</v>
+      </c>
+      <c r="Y347">
+        <v>0.979</v>
+      </c>
+    </row>
+    <row r="348" spans="1:25">
+      <c r="A348" t="s">
+        <v>25</v>
+      </c>
+      <c r="B348">
+        <v>2026</v>
+      </c>
+      <c r="C348">
+        <v>3320</v>
+      </c>
+      <c r="D348" t="s">
+        <v>87</v>
+      </c>
+      <c r="E348" t="s">
+        <v>70</v>
+      </c>
+      <c r="F348">
+        <v>200</v>
+      </c>
+      <c r="G348">
+        <v>9.1933</v>
+      </c>
+      <c r="H348">
+        <v>3489</v>
+      </c>
+      <c r="I348">
+        <v>0</v>
+      </c>
+      <c r="J348">
+        <v>1.746</v>
+      </c>
+      <c r="K348">
+        <v>157.934</v>
+      </c>
+      <c r="L348" t="s">
+        <v>27</v>
+      </c>
+      <c r="M348">
+        <v>1</v>
+      </c>
+      <c r="N348" t="s">
+        <v>88</v>
+      </c>
+      <c r="O348">
+        <v>2</v>
+      </c>
+      <c r="P348">
+        <v>16164</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>29</v>
+      </c>
+      <c r="R348" t="s">
+        <v>48</v>
+      </c>
+      <c r="S348" t="s">
+        <v>38</v>
+      </c>
+      <c r="T348" t="s">
+        <v>31</v>
+      </c>
+      <c r="U348" t="s">
+        <v>61</v>
+      </c>
+      <c r="V348">
+        <v>2</v>
+      </c>
+      <c r="W348">
+        <v>0</v>
+      </c>
+      <c r="X348">
+        <v>0</v>
+      </c>
+      <c r="Y348">
+        <v>0.072</v>
+      </c>
+    </row>
+    <row r="349" spans="1:25">
+      <c r="A349" t="s">
+        <v>25</v>
+      </c>
+      <c r="B349">
+        <v>2026</v>
+      </c>
+      <c r="C349">
+        <v>3320</v>
+      </c>
+      <c r="D349" t="s">
+        <v>87</v>
+      </c>
+      <c r="E349" t="s">
+        <v>70</v>
+      </c>
+      <c r="F349">
+        <v>200</v>
+      </c>
+      <c r="G349">
+        <v>9.1933</v>
+      </c>
+      <c r="H349">
+        <v>3489</v>
+      </c>
+      <c r="I349">
+        <v>0</v>
+      </c>
+      <c r="J349">
+        <v>1.746</v>
+      </c>
+      <c r="K349">
+        <v>157.934</v>
+      </c>
+      <c r="L349" t="s">
+        <v>27</v>
+      </c>
+      <c r="M349">
+        <v>1</v>
+      </c>
+      <c r="N349" t="s">
+        <v>88</v>
+      </c>
+      <c r="O349">
+        <v>2</v>
+      </c>
+      <c r="P349">
+        <v>16164</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>29</v>
+      </c>
+      <c r="R349" t="s">
+        <v>48</v>
+      </c>
+      <c r="S349" t="s">
+        <v>38</v>
+      </c>
+      <c r="T349" t="s">
+        <v>31</v>
+      </c>
+      <c r="U349" t="s">
+        <v>43</v>
+      </c>
+      <c r="V349">
+        <v>11</v>
+      </c>
+      <c r="W349">
+        <v>0</v>
+      </c>
+      <c r="X349">
+        <v>0</v>
+      </c>
+      <c r="Y349">
+        <v>0.996</v>
+      </c>
+    </row>
+    <row r="350" spans="1:25">
+      <c r="A350" t="s">
+        <v>25</v>
+      </c>
+      <c r="B350">
+        <v>2026</v>
+      </c>
+      <c r="C350">
+        <v>3320</v>
+      </c>
+      <c r="D350" t="s">
+        <v>87</v>
+      </c>
+      <c r="E350" t="s">
+        <v>70</v>
+      </c>
+      <c r="F350">
+        <v>200</v>
+      </c>
+      <c r="G350">
+        <v>9.1933</v>
+      </c>
+      <c r="H350">
+        <v>3489</v>
+      </c>
+      <c r="I350">
+        <v>0</v>
+      </c>
+      <c r="J350">
+        <v>1.746</v>
+      </c>
+      <c r="K350">
+        <v>157.934</v>
+      </c>
+      <c r="L350" t="s">
+        <v>27</v>
+      </c>
+      <c r="M350">
+        <v>1</v>
+      </c>
+      <c r="N350" t="s">
+        <v>88</v>
+      </c>
+      <c r="O350">
+        <v>2</v>
+      </c>
+      <c r="P350">
+        <v>16164</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>29</v>
+      </c>
+      <c r="R350" t="s">
+        <v>48</v>
+      </c>
+      <c r="S350" t="s">
+        <v>38</v>
+      </c>
+      <c r="T350" t="s">
+        <v>31</v>
+      </c>
+      <c r="U350" t="s">
+        <v>44</v>
+      </c>
+      <c r="V350">
+        <v>3</v>
+      </c>
+      <c r="W350">
+        <v>0</v>
+      </c>
+      <c r="X350">
+        <v>0</v>
+      </c>
+      <c r="Y350">
+        <v>0.51</v>
+      </c>
+    </row>
+    <row r="351" spans="1:25">
+      <c r="A351" t="s">
+        <v>25</v>
+      </c>
+      <c r="B351">
+        <v>2026</v>
+      </c>
+      <c r="C351">
+        <v>3320</v>
+      </c>
+      <c r="D351" t="s">
+        <v>87</v>
+      </c>
+      <c r="E351" t="s">
+        <v>70</v>
+      </c>
+      <c r="F351">
+        <v>200</v>
+      </c>
+      <c r="G351">
+        <v>9.1933</v>
+      </c>
+      <c r="H351">
+        <v>3489</v>
+      </c>
+      <c r="I351">
+        <v>0</v>
+      </c>
+      <c r="J351">
+        <v>1.746</v>
+      </c>
+      <c r="K351">
+        <v>157.934</v>
+      </c>
+      <c r="L351" t="s">
+        <v>27</v>
+      </c>
+      <c r="M351">
+        <v>1</v>
+      </c>
+      <c r="N351" t="s">
+        <v>88</v>
+      </c>
+      <c r="O351">
+        <v>2</v>
+      </c>
+      <c r="P351">
+        <v>16164</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>29</v>
+      </c>
+      <c r="R351" t="s">
+        <v>48</v>
+      </c>
+      <c r="S351" t="s">
+        <v>38</v>
+      </c>
+      <c r="T351" t="s">
+        <v>31</v>
+      </c>
+      <c r="U351" t="s">
+        <v>32</v>
+      </c>
+      <c r="V351">
+        <v>12</v>
+      </c>
+      <c r="W351">
+        <v>0</v>
+      </c>
+      <c r="X351">
+        <v>0</v>
+      </c>
+      <c r="Y351">
+        <v>4.01</v>
+      </c>
+    </row>
+    <row r="352" spans="1:25">
+      <c r="A352" t="s">
+        <v>25</v>
+      </c>
+      <c r="B352">
+        <v>2026</v>
+      </c>
+      <c r="C352">
+        <v>3320</v>
+      </c>
+      <c r="D352" t="s">
+        <v>87</v>
+      </c>
+      <c r="E352" t="s">
+        <v>70</v>
+      </c>
+      <c r="F352">
+        <v>200</v>
+      </c>
+      <c r="G352">
+        <v>9.1933</v>
+      </c>
+      <c r="H352">
+        <v>3489</v>
+      </c>
+      <c r="I352">
+        <v>0</v>
+      </c>
+      <c r="J352">
+        <v>1.746</v>
+      </c>
+      <c r="K352">
+        <v>157.934</v>
+      </c>
+      <c r="L352" t="s">
+        <v>27</v>
+      </c>
+      <c r="M352">
+        <v>1</v>
+      </c>
+      <c r="N352" t="s">
+        <v>88</v>
+      </c>
+      <c r="O352">
+        <v>2</v>
+      </c>
+      <c r="P352">
+        <v>16164</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>29</v>
+      </c>
+      <c r="R352" t="s">
+        <v>48</v>
+      </c>
+      <c r="S352" t="s">
+        <v>38</v>
+      </c>
+      <c r="T352" t="s">
+        <v>31</v>
+      </c>
+      <c r="U352" t="s">
+        <v>33</v>
+      </c>
+      <c r="V352">
+        <v>14</v>
+      </c>
+      <c r="W352">
+        <v>0</v>
+      </c>
+      <c r="X352">
+        <v>0</v>
+      </c>
+      <c r="Y352">
+        <v>10.039</v>
+      </c>
+    </row>
+    <row r="353" spans="1:25">
+      <c r="A353" t="s">
+        <v>25</v>
+      </c>
+      <c r="B353">
+        <v>2026</v>
+      </c>
+      <c r="C353">
+        <v>3320</v>
+      </c>
+      <c r="D353" t="s">
+        <v>87</v>
+      </c>
+      <c r="E353" t="s">
+        <v>70</v>
+      </c>
+      <c r="F353">
+        <v>200</v>
+      </c>
+      <c r="G353">
+        <v>9.1933</v>
+      </c>
+      <c r="H353">
+        <v>3489</v>
+      </c>
+      <c r="I353">
+        <v>0</v>
+      </c>
+      <c r="J353">
+        <v>1.746</v>
+      </c>
+      <c r="K353">
+        <v>157.934</v>
+      </c>
+      <c r="L353" t="s">
+        <v>27</v>
+      </c>
+      <c r="M353">
+        <v>1</v>
+      </c>
+      <c r="N353" t="s">
+        <v>88</v>
+      </c>
+      <c r="O353">
+        <v>2</v>
+      </c>
+      <c r="P353">
+        <v>16164</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>29</v>
+      </c>
+      <c r="R353" t="s">
+        <v>48</v>
+      </c>
+      <c r="S353" t="s">
+        <v>31</v>
+      </c>
+      <c r="T353" t="s">
+        <v>31</v>
+      </c>
+      <c r="U353" t="s">
+        <v>61</v>
+      </c>
+      <c r="V353">
+        <v>2003</v>
+      </c>
+      <c r="W353">
+        <v>0</v>
+      </c>
+      <c r="X353">
+        <v>0</v>
+      </c>
+      <c r="Y353">
+        <v>47.652</v>
+      </c>
+    </row>
+    <row r="354" spans="1:25">
+      <c r="A354" t="s">
+        <v>25</v>
+      </c>
+      <c r="B354">
+        <v>2026</v>
+      </c>
+      <c r="C354">
+        <v>3320</v>
+      </c>
+      <c r="D354" t="s">
+        <v>87</v>
+      </c>
+      <c r="E354" t="s">
+        <v>70</v>
+      </c>
+      <c r="F354">
+        <v>200</v>
+      </c>
+      <c r="G354">
+        <v>9.1933</v>
+      </c>
+      <c r="H354">
+        <v>3489</v>
+      </c>
+      <c r="I354">
+        <v>0</v>
+      </c>
+      <c r="J354">
+        <v>1.746</v>
+      </c>
+      <c r="K354">
+        <v>157.934</v>
+      </c>
+      <c r="L354" t="s">
+        <v>27</v>
+      </c>
+      <c r="M354">
+        <v>1</v>
+      </c>
+      <c r="N354" t="s">
+        <v>88</v>
+      </c>
+      <c r="O354">
+        <v>2</v>
+      </c>
+      <c r="P354">
+        <v>16164</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>29</v>
+      </c>
+      <c r="R354" t="s">
+        <v>48</v>
+      </c>
+      <c r="S354" t="s">
+        <v>31</v>
+      </c>
+      <c r="T354" t="s">
+        <v>31</v>
+      </c>
+      <c r="U354" t="s">
+        <v>43</v>
+      </c>
+      <c r="V354">
+        <v>497</v>
+      </c>
+      <c r="W354">
+        <v>0</v>
+      </c>
+      <c r="X354">
+        <v>0</v>
+      </c>
+      <c r="Y354">
+        <v>39.08</v>
+      </c>
+    </row>
+    <row r="355" spans="1:25">
+      <c r="A355" t="s">
+        <v>25</v>
+      </c>
+      <c r="B355">
+        <v>2026</v>
+      </c>
+      <c r="C355">
+        <v>3320</v>
+      </c>
+      <c r="D355" t="s">
+        <v>87</v>
+      </c>
+      <c r="E355" t="s">
+        <v>70</v>
+      </c>
+      <c r="F355">
+        <v>200</v>
+      </c>
+      <c r="G355">
+        <v>9.1933</v>
+      </c>
+      <c r="H355">
+        <v>3489</v>
+      </c>
+      <c r="I355">
+        <v>0</v>
+      </c>
+      <c r="J355">
+        <v>1.746</v>
+      </c>
+      <c r="K355">
+        <v>157.934</v>
+      </c>
+      <c r="L355" t="s">
+        <v>27</v>
+      </c>
+      <c r="M355">
+        <v>1</v>
+      </c>
+      <c r="N355" t="s">
+        <v>88</v>
+      </c>
+      <c r="O355">
+        <v>2</v>
+      </c>
+      <c r="P355">
+        <v>16164</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>29</v>
+      </c>
+      <c r="R355" t="s">
+        <v>48</v>
+      </c>
+      <c r="S355" t="s">
+        <v>31</v>
+      </c>
+      <c r="T355" t="s">
+        <v>31</v>
+      </c>
+      <c r="U355" t="s">
+        <v>44</v>
+      </c>
+      <c r="V355">
+        <v>74</v>
+      </c>
+      <c r="W355">
+        <v>0</v>
+      </c>
+      <c r="X355">
+        <v>0</v>
+      </c>
+      <c r="Y355">
+        <v>14.138</v>
+      </c>
+    </row>
+    <row r="356" spans="1:25">
+      <c r="A356" t="s">
+        <v>25</v>
+      </c>
+      <c r="B356">
+        <v>2026</v>
+      </c>
+      <c r="C356">
+        <v>3320</v>
+      </c>
+      <c r="D356" t="s">
+        <v>87</v>
+      </c>
+      <c r="E356" t="s">
+        <v>70</v>
+      </c>
+      <c r="F356">
+        <v>200</v>
+      </c>
+      <c r="G356">
+        <v>9.1933</v>
+      </c>
+      <c r="H356">
+        <v>3489</v>
+      </c>
+      <c r="I356">
+        <v>0</v>
+      </c>
+      <c r="J356">
+        <v>1.746</v>
+      </c>
+      <c r="K356">
+        <v>157.934</v>
+      </c>
+      <c r="L356" t="s">
+        <v>27</v>
+      </c>
+      <c r="M356">
+        <v>1</v>
+      </c>
+      <c r="N356" t="s">
+        <v>88</v>
+      </c>
+      <c r="O356">
+        <v>2</v>
+      </c>
+      <c r="P356">
+        <v>16164</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>29</v>
+      </c>
+      <c r="R356" t="s">
+        <v>48</v>
+      </c>
+      <c r="S356" t="s">
+        <v>31</v>
+      </c>
+      <c r="T356" t="s">
+        <v>31</v>
+      </c>
+      <c r="U356" t="s">
+        <v>32</v>
+      </c>
+      <c r="V356">
+        <v>32</v>
+      </c>
+      <c r="W356">
+        <v>0</v>
+      </c>
+      <c r="X356">
+        <v>0</v>
+      </c>
+      <c r="Y356">
+        <v>11.308</v>
+      </c>
+    </row>
+    <row r="357" spans="1:25">
+      <c r="A357" t="s">
+        <v>25</v>
+      </c>
+      <c r="B357">
+        <v>2026</v>
+      </c>
+      <c r="C357">
+        <v>3320</v>
+      </c>
+      <c r="D357" t="s">
+        <v>87</v>
+      </c>
+      <c r="E357" t="s">
+        <v>70</v>
+      </c>
+      <c r="F357">
+        <v>200</v>
+      </c>
+      <c r="G357">
+        <v>9.1933</v>
+      </c>
+      <c r="H357">
+        <v>3489</v>
+      </c>
+      <c r="I357">
+        <v>0</v>
+      </c>
+      <c r="J357">
+        <v>1.746</v>
+      </c>
+      <c r="K357">
+        <v>157.934</v>
+      </c>
+      <c r="L357" t="s">
+        <v>27</v>
+      </c>
+      <c r="M357">
+        <v>1</v>
+      </c>
+      <c r="N357" t="s">
+        <v>88</v>
+      </c>
+      <c r="O357">
+        <v>2</v>
+      </c>
+      <c r="P357">
+        <v>16164</v>
+      </c>
+      <c r="Q357" t="s">
+        <v>29</v>
+      </c>
+      <c r="R357" t="s">
+        <v>48</v>
+      </c>
+      <c r="S357" t="s">
+        <v>31</v>
+      </c>
+      <c r="T357" t="s">
+        <v>31</v>
+      </c>
+      <c r="U357" t="s">
+        <v>33</v>
+      </c>
+      <c r="V357">
+        <v>3</v>
+      </c>
+      <c r="W357">
+        <v>0</v>
+      </c>
+      <c r="X357">
+        <v>0</v>
+      </c>
+      <c r="Y357">
+        <v>1.871</v>
+      </c>
+    </row>
+    <row r="358" spans="1:25">
+      <c r="A358" t="s">
+        <v>25</v>
+      </c>
+      <c r="B358">
+        <v>2026</v>
+      </c>
+      <c r="C358">
+        <v>3320</v>
+      </c>
+      <c r="D358" t="s">
+        <v>87</v>
+      </c>
+      <c r="E358" t="s">
+        <v>70</v>
+      </c>
+      <c r="F358">
+        <v>200</v>
+      </c>
+      <c r="G358">
+        <v>9.1933</v>
+      </c>
+      <c r="H358">
+        <v>3489</v>
+      </c>
+      <c r="I358">
+        <v>0</v>
+      </c>
+      <c r="J358">
+        <v>1.746</v>
+      </c>
+      <c r="K358">
+        <v>157.934</v>
+      </c>
+      <c r="L358" t="s">
+        <v>27</v>
+      </c>
+      <c r="M358">
+        <v>1</v>
+      </c>
+      <c r="N358" t="s">
+        <v>88</v>
+      </c>
+      <c r="O358">
+        <v>2</v>
+      </c>
+      <c r="P358">
+        <v>16164</v>
+      </c>
+      <c r="Q358" t="s">
+        <v>29</v>
+      </c>
+      <c r="R358" t="s">
+        <v>48</v>
+      </c>
+      <c r="S358" t="s">
+        <v>31</v>
+      </c>
+      <c r="T358" t="s">
+        <v>31</v>
+      </c>
+      <c r="U358" t="s">
+        <v>34</v>
+      </c>
+      <c r="V358">
+        <v>1</v>
+      </c>
+      <c r="W358">
+        <v>0</v>
+      </c>
+      <c r="X358">
+        <v>0</v>
+      </c>
+      <c r="Y358">
+        <v>1.424</v>
+      </c>
+    </row>
+    <row r="359" spans="1:25">
+      <c r="A359" t="s">
+        <v>25</v>
+      </c>
+      <c r="B359">
+        <v>2026</v>
+      </c>
+      <c r="C359">
+        <v>3320</v>
+      </c>
+      <c r="D359" t="s">
+        <v>87</v>
+      </c>
+      <c r="E359" t="s">
+        <v>70</v>
+      </c>
+      <c r="F359">
+        <v>200</v>
+      </c>
+      <c r="G359">
+        <v>9.1933</v>
+      </c>
+      <c r="H359">
+        <v>3489</v>
+      </c>
+      <c r="I359">
+        <v>0</v>
+      </c>
+      <c r="J359">
+        <v>1.746</v>
+      </c>
+      <c r="K359">
+        <v>157.934</v>
+      </c>
+      <c r="L359" t="s">
+        <v>27</v>
+      </c>
+      <c r="M359">
+        <v>1</v>
+      </c>
+      <c r="N359" t="s">
+        <v>88</v>
+      </c>
+      <c r="O359">
+        <v>2</v>
+      </c>
+      <c r="P359">
+        <v>16164</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>62</v>
+      </c>
+      <c r="R359" t="s">
+        <v>48</v>
+      </c>
+      <c r="S359" t="s">
+        <v>38</v>
+      </c>
+      <c r="T359" t="s">
+        <v>31</v>
+      </c>
+      <c r="U359" t="s">
+        <v>61</v>
+      </c>
+      <c r="V359">
+        <v>1</v>
+      </c>
+      <c r="W359">
+        <v>0</v>
+      </c>
+      <c r="X359">
+        <v>0</v>
+      </c>
+      <c r="Y359">
+        <v>0.036</v>
+      </c>
+    </row>
+    <row r="360" spans="1:25">
+      <c r="A360" t="s">
+        <v>25</v>
+      </c>
+      <c r="B360">
+        <v>2026</v>
+      </c>
+      <c r="C360">
+        <v>3320</v>
+      </c>
+      <c r="D360" t="s">
+        <v>87</v>
+      </c>
+      <c r="E360" t="s">
+        <v>70</v>
+      </c>
+      <c r="F360">
+        <v>200</v>
+      </c>
+      <c r="G360">
+        <v>9.1933</v>
+      </c>
+      <c r="H360">
+        <v>3489</v>
+      </c>
+      <c r="I360">
+        <v>0</v>
+      </c>
+      <c r="J360">
+        <v>1.746</v>
+      </c>
+      <c r="K360">
+        <v>157.934</v>
+      </c>
+      <c r="L360" t="s">
+        <v>27</v>
+      </c>
+      <c r="M360">
+        <v>1</v>
+      </c>
+      <c r="N360" t="s">
+        <v>88</v>
+      </c>
+      <c r="O360">
+        <v>2</v>
+      </c>
+      <c r="P360">
+        <v>16164</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>62</v>
+      </c>
+      <c r="R360" t="s">
+        <v>48</v>
+      </c>
+      <c r="S360" t="s">
+        <v>38</v>
+      </c>
+      <c r="T360" t="s">
+        <v>31</v>
+      </c>
+      <c r="U360" t="s">
+        <v>43</v>
+      </c>
+      <c r="V360">
+        <v>1</v>
+      </c>
+      <c r="W360">
+        <v>0</v>
+      </c>
+      <c r="X360">
+        <v>0</v>
+      </c>
+      <c r="Y360">
+        <v>0.108</v>
+      </c>
+    </row>
+    <row r="361" spans="1:25">
+      <c r="A361" t="s">
+        <v>25</v>
+      </c>
+      <c r="B361">
+        <v>2026</v>
+      </c>
+      <c r="C361">
+        <v>3320</v>
+      </c>
+      <c r="D361" t="s">
+        <v>87</v>
+      </c>
+      <c r="E361" t="s">
+        <v>70</v>
+      </c>
+      <c r="F361">
+        <v>200</v>
+      </c>
+      <c r="G361">
+        <v>9.1933</v>
+      </c>
+      <c r="H361">
+        <v>3489</v>
+      </c>
+      <c r="I361">
+        <v>0</v>
+      </c>
+      <c r="J361">
+        <v>1.746</v>
+      </c>
+      <c r="K361">
+        <v>157.934</v>
+      </c>
+      <c r="L361" t="s">
+        <v>27</v>
+      </c>
+      <c r="M361">
+        <v>1</v>
+      </c>
+      <c r="N361" t="s">
+        <v>88</v>
+      </c>
+      <c r="O361">
+        <v>2</v>
+      </c>
+      <c r="P361">
+        <v>16164</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>62</v>
+      </c>
+      <c r="R361" t="s">
+        <v>48</v>
+      </c>
+      <c r="S361" t="s">
+        <v>31</v>
+      </c>
+      <c r="T361" t="s">
+        <v>31</v>
+      </c>
+      <c r="U361" t="s">
+        <v>61</v>
+      </c>
+      <c r="V361">
+        <v>643</v>
+      </c>
+      <c r="W361">
+        <v>0</v>
+      </c>
+      <c r="X361">
+        <v>0</v>
+      </c>
+      <c r="Y361">
+        <v>15.013</v>
+      </c>
+    </row>
+    <row r="362" spans="1:25">
+      <c r="A362" t="s">
+        <v>25</v>
+      </c>
+      <c r="B362">
+        <v>2026</v>
+      </c>
+      <c r="C362">
+        <v>3320</v>
+      </c>
+      <c r="D362" t="s">
+        <v>87</v>
+      </c>
+      <c r="E362" t="s">
+        <v>70</v>
+      </c>
+      <c r="F362">
+        <v>200</v>
+      </c>
+      <c r="G362">
+        <v>9.1933</v>
+      </c>
+      <c r="H362">
+        <v>3489</v>
+      </c>
+      <c r="I362">
+        <v>0</v>
+      </c>
+      <c r="J362">
+        <v>1.746</v>
+      </c>
+      <c r="K362">
+        <v>157.934</v>
+      </c>
+      <c r="L362" t="s">
+        <v>27</v>
+      </c>
+      <c r="M362">
+        <v>1</v>
+      </c>
+      <c r="N362" t="s">
+        <v>88</v>
+      </c>
+      <c r="O362">
+        <v>2</v>
+      </c>
+      <c r="P362">
+        <v>16164</v>
+      </c>
+      <c r="Q362" t="s">
+        <v>62</v>
+      </c>
+      <c r="R362" t="s">
+        <v>48</v>
+      </c>
+      <c r="S362" t="s">
+        <v>31</v>
+      </c>
+      <c r="T362" t="s">
+        <v>31</v>
+      </c>
+      <c r="U362" t="s">
+        <v>43</v>
+      </c>
+      <c r="V362">
+        <v>127</v>
+      </c>
+      <c r="W362">
+        <v>0</v>
+      </c>
+      <c r="X362">
+        <v>0</v>
+      </c>
+      <c r="Y362">
+        <v>9.462</v>
+      </c>
+    </row>
+    <row r="363" spans="1:25">
+      <c r="A363" t="s">
+        <v>25</v>
+      </c>
+      <c r="B363">
+        <v>2026</v>
+      </c>
+      <c r="C363">
+        <v>3320</v>
+      </c>
+      <c r="D363" t="s">
+        <v>87</v>
+      </c>
+      <c r="E363" t="s">
+        <v>70</v>
+      </c>
+      <c r="F363">
+        <v>200</v>
+      </c>
+      <c r="G363">
+        <v>9.1933</v>
+      </c>
+      <c r="H363">
+        <v>3489</v>
+      </c>
+      <c r="I363">
+        <v>0</v>
+      </c>
+      <c r="J363">
+        <v>1.746</v>
+      </c>
+      <c r="K363">
+        <v>157.934</v>
+      </c>
+      <c r="L363" t="s">
+        <v>27</v>
+      </c>
+      <c r="M363">
+        <v>1</v>
+      </c>
+      <c r="N363" t="s">
+        <v>88</v>
+      </c>
+      <c r="O363">
+        <v>2</v>
+      </c>
+      <c r="P363">
+        <v>16164</v>
+      </c>
+      <c r="Q363" t="s">
+        <v>62</v>
+      </c>
+      <c r="R363" t="s">
+        <v>48</v>
+      </c>
+      <c r="S363" t="s">
+        <v>31</v>
+      </c>
+      <c r="T363" t="s">
+        <v>31</v>
+      </c>
+      <c r="U363" t="s">
+        <v>44</v>
+      </c>
+      <c r="V363">
+        <v>11</v>
+      </c>
+      <c r="W363">
+        <v>0</v>
+      </c>
+      <c r="X363">
+        <v>0</v>
+      </c>
+      <c r="Y363">
+        <v>1.925</v>
+      </c>
+    </row>
+    <row r="364" spans="1:25">
+      <c r="A364" t="s">
+        <v>25</v>
+      </c>
+      <c r="B364">
+        <v>2026</v>
+      </c>
+      <c r="C364">
+        <v>3320</v>
+      </c>
+      <c r="D364" t="s">
+        <v>87</v>
+      </c>
+      <c r="E364" t="s">
+        <v>70</v>
+      </c>
+      <c r="F364">
+        <v>200</v>
+      </c>
+      <c r="G364">
+        <v>9.1933</v>
+      </c>
+      <c r="H364">
+        <v>3489</v>
+      </c>
+      <c r="I364">
+        <v>0</v>
+      </c>
+      <c r="J364">
+        <v>1.746</v>
+      </c>
+      <c r="K364">
+        <v>157.934</v>
+      </c>
+      <c r="L364" t="s">
+        <v>27</v>
+      </c>
+      <c r="M364">
+        <v>1</v>
+      </c>
+      <c r="N364" t="s">
+        <v>88</v>
+      </c>
+      <c r="O364">
+        <v>2</v>
+      </c>
+      <c r="P364">
+        <v>16164</v>
+      </c>
+      <c r="Q364" t="s">
+        <v>62</v>
+      </c>
+      <c r="R364" t="s">
+        <v>48</v>
+      </c>
+      <c r="S364" t="s">
+        <v>31</v>
+      </c>
+      <c r="T364" t="s">
+        <v>31</v>
+      </c>
+      <c r="U364" t="s">
+        <v>32</v>
+      </c>
+      <c r="V364">
+        <v>1</v>
+      </c>
+      <c r="W364">
+        <v>0</v>
+      </c>
+      <c r="X364">
+        <v>0</v>
+      </c>
+      <c r="Y364">
+        <v>0.29</v>
+      </c>
+    </row>
+    <row r="365" spans="1:25">
+      <c r="A365" t="s">
+        <v>25</v>
+      </c>
+      <c r="B365">
+        <v>2026</v>
+      </c>
+      <c r="C365">
+        <v>3320</v>
+      </c>
+      <c r="D365" t="s">
+        <v>87</v>
+      </c>
+      <c r="E365" t="s">
+        <v>70</v>
+      </c>
+      <c r="F365">
+        <v>201</v>
+      </c>
+      <c r="G365">
+        <v>1.4041</v>
+      </c>
+      <c r="H365">
+        <v>179</v>
+      </c>
+      <c r="I365">
+        <v>0</v>
+      </c>
+      <c r="J365">
+        <v>0</v>
+      </c>
+      <c r="K365">
+        <v>471.776</v>
+      </c>
+      <c r="L365" t="s">
+        <v>27</v>
+      </c>
+      <c r="M365">
+        <v>1</v>
+      </c>
+      <c r="N365" t="s">
+        <v>90</v>
+      </c>
+      <c r="O365">
+        <v>2</v>
+      </c>
+      <c r="P365">
+        <v>16164</v>
+      </c>
+      <c r="Q365" t="s">
+        <v>57</v>
+      </c>
+      <c r="R365" t="s">
+        <v>30</v>
+      </c>
+      <c r="S365" t="s">
+        <v>31</v>
+      </c>
+      <c r="T365" t="s">
+        <v>31</v>
+      </c>
+      <c r="U365" t="s">
+        <v>32</v>
+      </c>
+      <c r="V365">
+        <v>1</v>
+      </c>
+      <c r="W365">
+        <v>0</v>
+      </c>
+      <c r="X365">
+        <v>0</v>
+      </c>
+      <c r="Y365">
+        <v>0.742</v>
+      </c>
+    </row>
+    <row r="366" spans="1:25">
+      <c r="A366" t="s">
+        <v>25</v>
+      </c>
+      <c r="B366">
+        <v>2026</v>
+      </c>
+      <c r="C366">
+        <v>3320</v>
+      </c>
+      <c r="D366" t="s">
+        <v>87</v>
+      </c>
+      <c r="E366" t="s">
+        <v>70</v>
+      </c>
+      <c r="F366">
+        <v>201</v>
+      </c>
+      <c r="G366">
+        <v>1.4041</v>
+      </c>
+      <c r="H366">
+        <v>179</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
+      </c>
+      <c r="J366">
+        <v>0</v>
+      </c>
+      <c r="K366">
+        <v>471.776</v>
+      </c>
+      <c r="L366" t="s">
+        <v>27</v>
+      </c>
+      <c r="M366">
+        <v>1</v>
+      </c>
+      <c r="N366" t="s">
+        <v>90</v>
+      </c>
+      <c r="O366">
+        <v>2</v>
+      </c>
+      <c r="P366">
+        <v>16164</v>
+      </c>
+      <c r="Q366" t="s">
+        <v>57</v>
+      </c>
+      <c r="R366" t="s">
+        <v>30</v>
+      </c>
+      <c r="S366" t="s">
+        <v>31</v>
+      </c>
+      <c r="T366" t="s">
+        <v>31</v>
+      </c>
+      <c r="U366" t="s">
+        <v>33</v>
+      </c>
+      <c r="V366">
+        <v>7</v>
+      </c>
+      <c r="W366">
+        <v>0</v>
+      </c>
+      <c r="X366">
+        <v>0</v>
+      </c>
+      <c r="Y366">
+        <v>9.287</v>
+      </c>
+    </row>
+    <row r="367" spans="1:25">
+      <c r="A367" t="s">
+        <v>25</v>
+      </c>
+      <c r="B367">
+        <v>2026</v>
+      </c>
+      <c r="C367">
+        <v>3320</v>
+      </c>
+      <c r="D367" t="s">
+        <v>87</v>
+      </c>
+      <c r="E367" t="s">
+        <v>70</v>
+      </c>
+      <c r="F367">
+        <v>201</v>
+      </c>
+      <c r="G367">
+        <v>1.4041</v>
+      </c>
+      <c r="H367">
+        <v>179</v>
+      </c>
+      <c r="I367">
+        <v>0</v>
+      </c>
+      <c r="J367">
+        <v>0</v>
+      </c>
+      <c r="K367">
+        <v>471.776</v>
+      </c>
+      <c r="L367" t="s">
+        <v>27</v>
+      </c>
+      <c r="M367">
+        <v>1</v>
+      </c>
+      <c r="N367" t="s">
+        <v>90</v>
+      </c>
+      <c r="O367">
+        <v>2</v>
+      </c>
+      <c r="P367">
+        <v>16164</v>
+      </c>
+      <c r="Q367" t="s">
+        <v>57</v>
+      </c>
+      <c r="R367" t="s">
+        <v>30</v>
+      </c>
+      <c r="S367" t="s">
+        <v>31</v>
+      </c>
+      <c r="T367" t="s">
+        <v>31</v>
+      </c>
+      <c r="U367" t="s">
+        <v>34</v>
+      </c>
+      <c r="V367">
+        <v>40</v>
+      </c>
+      <c r="W367">
+        <v>0</v>
+      </c>
+      <c r="X367">
+        <v>0</v>
+      </c>
+      <c r="Y367">
+        <v>81.493</v>
+      </c>
+    </row>
+    <row r="368" spans="1:25">
+      <c r="A368" t="s">
+        <v>25</v>
+      </c>
+      <c r="B368">
+        <v>2026</v>
+      </c>
+      <c r="C368">
+        <v>3320</v>
+      </c>
+      <c r="D368" t="s">
+        <v>87</v>
+      </c>
+      <c r="E368" t="s">
+        <v>70</v>
+      </c>
+      <c r="F368">
+        <v>201</v>
+      </c>
+      <c r="G368">
+        <v>1.4041</v>
+      </c>
+      <c r="H368">
+        <v>179</v>
+      </c>
+      <c r="I368">
+        <v>0</v>
+      </c>
+      <c r="J368">
+        <v>0</v>
+      </c>
+      <c r="K368">
+        <v>471.776</v>
+      </c>
+      <c r="L368" t="s">
+        <v>27</v>
+      </c>
+      <c r="M368">
+        <v>1</v>
+      </c>
+      <c r="N368" t="s">
+        <v>90</v>
+      </c>
+      <c r="O368">
+        <v>2</v>
+      </c>
+      <c r="P368">
+        <v>16164</v>
+      </c>
+      <c r="Q368" t="s">
+        <v>57</v>
+      </c>
+      <c r="R368" t="s">
+        <v>30</v>
+      </c>
+      <c r="S368" t="s">
+        <v>31</v>
+      </c>
+      <c r="T368" t="s">
+        <v>31</v>
+      </c>
+      <c r="U368" t="s">
+        <v>35</v>
+      </c>
+      <c r="V368">
+        <v>54</v>
+      </c>
+      <c r="W368">
+        <v>0</v>
+      </c>
+      <c r="X368">
+        <v>0</v>
+      </c>
+      <c r="Y368">
+        <v>153.57</v>
+      </c>
+    </row>
+    <row r="369" spans="1:25">
+      <c r="A369" t="s">
+        <v>25</v>
+      </c>
+      <c r="B369">
+        <v>2026</v>
+      </c>
+      <c r="C369">
+        <v>3320</v>
+      </c>
+      <c r="D369" t="s">
+        <v>87</v>
+      </c>
+      <c r="E369" t="s">
+        <v>70</v>
+      </c>
+      <c r="F369">
+        <v>201</v>
+      </c>
+      <c r="G369">
+        <v>1.4041</v>
+      </c>
+      <c r="H369">
+        <v>179</v>
+      </c>
+      <c r="I369">
+        <v>0</v>
+      </c>
+      <c r="J369">
+        <v>0</v>
+      </c>
+      <c r="K369">
+        <v>471.776</v>
+      </c>
+      <c r="L369" t="s">
+        <v>27</v>
+      </c>
+      <c r="M369">
+        <v>1</v>
+      </c>
+      <c r="N369" t="s">
+        <v>90</v>
+      </c>
+      <c r="O369">
+        <v>2</v>
+      </c>
+      <c r="P369">
+        <v>16164</v>
+      </c>
+      <c r="Q369" t="s">
+        <v>57</v>
+      </c>
+      <c r="R369" t="s">
+        <v>30</v>
+      </c>
+      <c r="S369" t="s">
+        <v>31</v>
+      </c>
+      <c r="T369" t="s">
+        <v>31</v>
+      </c>
+      <c r="U369" t="s">
+        <v>39</v>
+      </c>
+      <c r="V369">
+        <v>22</v>
+      </c>
+      <c r="W369">
+        <v>0</v>
+      </c>
+      <c r="X369">
+        <v>0</v>
+      </c>
+      <c r="Y369">
+        <v>83.016</v>
+      </c>
+    </row>
+    <row r="370" spans="1:25">
+      <c r="A370" t="s">
+        <v>25</v>
+      </c>
+      <c r="B370">
+        <v>2026</v>
+      </c>
+      <c r="C370">
+        <v>3320</v>
+      </c>
+      <c r="D370" t="s">
+        <v>87</v>
+      </c>
+      <c r="E370" t="s">
+        <v>70</v>
+      </c>
+      <c r="F370">
+        <v>201</v>
+      </c>
+      <c r="G370">
+        <v>1.4041</v>
+      </c>
+      <c r="H370">
+        <v>179</v>
+      </c>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="J370">
+        <v>0</v>
+      </c>
+      <c r="K370">
+        <v>471.776</v>
+      </c>
+      <c r="L370" t="s">
+        <v>27</v>
+      </c>
+      <c r="M370">
+        <v>1</v>
+      </c>
+      <c r="N370" t="s">
+        <v>90</v>
+      </c>
+      <c r="O370">
+        <v>2</v>
+      </c>
+      <c r="P370">
+        <v>16164</v>
+      </c>
+      <c r="Q370" t="s">
+        <v>57</v>
+      </c>
+      <c r="R370" t="s">
+        <v>30</v>
+      </c>
+      <c r="S370" t="s">
+        <v>31</v>
+      </c>
+      <c r="T370" t="s">
+        <v>31</v>
+      </c>
+      <c r="U370" t="s">
+        <v>51</v>
+      </c>
+      <c r="V370">
+        <v>6</v>
+      </c>
+      <c r="W370">
+        <v>0</v>
+      </c>
+      <c r="X370">
+        <v>0</v>
+      </c>
+      <c r="Y370">
+        <v>27.152</v>
+      </c>
+    </row>
+    <row r="371" spans="1:25">
+      <c r="A371" t="s">
+        <v>25</v>
+      </c>
+      <c r="B371">
+        <v>2026</v>
+      </c>
+      <c r="C371">
+        <v>3320</v>
+      </c>
+      <c r="D371" t="s">
+        <v>87</v>
+      </c>
+      <c r="E371" t="s">
+        <v>70</v>
+      </c>
+      <c r="F371">
+        <v>201</v>
+      </c>
+      <c r="G371">
+        <v>1.4041</v>
+      </c>
+      <c r="H371">
+        <v>179</v>
+      </c>
+      <c r="I371">
+        <v>0</v>
+      </c>
+      <c r="J371">
+        <v>0</v>
+      </c>
+      <c r="K371">
+        <v>471.776</v>
+      </c>
+      <c r="L371" t="s">
+        <v>27</v>
+      </c>
+      <c r="M371">
+        <v>1</v>
+      </c>
+      <c r="N371" t="s">
+        <v>90</v>
+      </c>
+      <c r="O371">
+        <v>2</v>
+      </c>
+      <c r="P371">
+        <v>16164</v>
+      </c>
+      <c r="Q371" t="s">
+        <v>29</v>
+      </c>
+      <c r="R371" t="s">
+        <v>30</v>
+      </c>
+      <c r="S371" t="s">
+        <v>38</v>
+      </c>
+      <c r="T371" t="s">
+        <v>31</v>
+      </c>
+      <c r="U371" t="s">
+        <v>33</v>
+      </c>
+      <c r="V371">
+        <v>2</v>
+      </c>
+      <c r="W371">
+        <v>0</v>
+      </c>
+      <c r="X371">
+        <v>0</v>
+      </c>
+      <c r="Y371">
+        <v>1.944</v>
+      </c>
+    </row>
+    <row r="372" spans="1:25">
+      <c r="A372" t="s">
+        <v>25</v>
+      </c>
+      <c r="B372">
+        <v>2026</v>
+      </c>
+      <c r="C372">
+        <v>3320</v>
+      </c>
+      <c r="D372" t="s">
+        <v>87</v>
+      </c>
+      <c r="E372" t="s">
+        <v>70</v>
+      </c>
+      <c r="F372">
+        <v>201</v>
+      </c>
+      <c r="G372">
+        <v>1.4041</v>
+      </c>
+      <c r="H372">
+        <v>179</v>
+      </c>
+      <c r="I372">
+        <v>0</v>
+      </c>
+      <c r="J372">
+        <v>0</v>
+      </c>
+      <c r="K372">
+        <v>471.776</v>
+      </c>
+      <c r="L372" t="s">
+        <v>27</v>
+      </c>
+      <c r="M372">
+        <v>1</v>
+      </c>
+      <c r="N372" t="s">
+        <v>90</v>
+      </c>
+      <c r="O372">
+        <v>2</v>
+      </c>
+      <c r="P372">
+        <v>16164</v>
+      </c>
+      <c r="Q372" t="s">
+        <v>29</v>
+      </c>
+      <c r="R372" t="s">
+        <v>30</v>
+      </c>
+      <c r="S372" t="s">
+        <v>38</v>
+      </c>
+      <c r="T372" t="s">
+        <v>31</v>
+      </c>
+      <c r="U372" t="s">
+        <v>34</v>
+      </c>
+      <c r="V372">
+        <v>2</v>
+      </c>
+      <c r="W372">
+        <v>0</v>
+      </c>
+      <c r="X372">
+        <v>0</v>
+      </c>
+      <c r="Y372">
+        <v>2.956</v>
+      </c>
+    </row>
+    <row r="373" spans="1:25">
+      <c r="A373" t="s">
+        <v>25</v>
+      </c>
+      <c r="B373">
+        <v>2026</v>
+      </c>
+      <c r="C373">
+        <v>3320</v>
+      </c>
+      <c r="D373" t="s">
+        <v>87</v>
+      </c>
+      <c r="E373" t="s">
+        <v>70</v>
+      </c>
+      <c r="F373">
+        <v>201</v>
+      </c>
+      <c r="G373">
+        <v>1.4041</v>
+      </c>
+      <c r="H373">
+        <v>179</v>
+      </c>
+      <c r="I373">
+        <v>0</v>
+      </c>
+      <c r="J373">
+        <v>0</v>
+      </c>
+      <c r="K373">
+        <v>471.776</v>
+      </c>
+      <c r="L373" t="s">
+        <v>27</v>
+      </c>
+      <c r="M373">
+        <v>1</v>
+      </c>
+      <c r="N373" t="s">
+        <v>90</v>
+      </c>
+      <c r="O373">
+        <v>2</v>
+      </c>
+      <c r="P373">
+        <v>16164</v>
+      </c>
+      <c r="Q373" t="s">
+        <v>29</v>
+      </c>
+      <c r="R373" t="s">
+        <v>30</v>
+      </c>
+      <c r="S373" t="s">
+        <v>38</v>
+      </c>
+      <c r="T373" t="s">
+        <v>31</v>
+      </c>
+      <c r="U373" t="s">
+        <v>35</v>
+      </c>
+      <c r="V373">
+        <v>1</v>
+      </c>
+      <c r="W373">
+        <v>0</v>
+      </c>
+      <c r="X373">
+        <v>0</v>
+      </c>
+      <c r="Y373">
+        <v>1.934</v>
+      </c>
+    </row>
+    <row r="374" spans="1:25">
+      <c r="A374" t="s">
+        <v>25</v>
+      </c>
+      <c r="B374">
+        <v>2026</v>
+      </c>
+      <c r="C374">
+        <v>3320</v>
+      </c>
+      <c r="D374" t="s">
+        <v>87</v>
+      </c>
+      <c r="E374" t="s">
+        <v>70</v>
+      </c>
+      <c r="F374">
+        <v>201</v>
+      </c>
+      <c r="G374">
+        <v>1.4041</v>
+      </c>
+      <c r="H374">
+        <v>179</v>
+      </c>
+      <c r="I374">
+        <v>0</v>
+      </c>
+      <c r="J374">
+        <v>0</v>
+      </c>
+      <c r="K374">
+        <v>471.776</v>
+      </c>
+      <c r="L374" t="s">
+        <v>27</v>
+      </c>
+      <c r="M374">
+        <v>1</v>
+      </c>
+      <c r="N374" t="s">
+        <v>90</v>
+      </c>
+      <c r="O374">
+        <v>2</v>
+      </c>
+      <c r="P374">
+        <v>16164</v>
+      </c>
+      <c r="Q374" t="s">
+        <v>29</v>
+      </c>
+      <c r="R374" t="s">
+        <v>30</v>
+      </c>
+      <c r="S374" t="s">
+        <v>31</v>
+      </c>
+      <c r="T374" t="s">
+        <v>31</v>
+      </c>
+      <c r="U374" t="s">
+        <v>33</v>
+      </c>
+      <c r="V374">
+        <v>7</v>
+      </c>
+      <c r="W374">
+        <v>0</v>
+      </c>
+      <c r="X374">
+        <v>0</v>
+      </c>
+      <c r="Y374">
+        <v>7.361</v>
+      </c>
+    </row>
+    <row r="375" spans="1:25">
+      <c r="A375" t="s">
+        <v>25</v>
+      </c>
+      <c r="B375">
+        <v>2026</v>
+      </c>
+      <c r="C375">
+        <v>3320</v>
+      </c>
+      <c r="D375" t="s">
+        <v>87</v>
+      </c>
+      <c r="E375" t="s">
+        <v>70</v>
+      </c>
+      <c r="F375">
+        <v>201</v>
+      </c>
+      <c r="G375">
+        <v>1.4041</v>
+      </c>
+      <c r="H375">
+        <v>179</v>
+      </c>
+      <c r="I375">
+        <v>0</v>
+      </c>
+      <c r="J375">
+        <v>0</v>
+      </c>
+      <c r="K375">
+        <v>471.776</v>
+      </c>
+      <c r="L375" t="s">
+        <v>27</v>
+      </c>
+      <c r="M375">
+        <v>1</v>
+      </c>
+      <c r="N375" t="s">
+        <v>90</v>
+      </c>
+      <c r="O375">
+        <v>2</v>
+      </c>
+      <c r="P375">
+        <v>16164</v>
+      </c>
+      <c r="Q375" t="s">
+        <v>29</v>
+      </c>
+      <c r="R375" t="s">
+        <v>30</v>
+      </c>
+      <c r="S375" t="s">
+        <v>31</v>
+      </c>
+      <c r="T375" t="s">
+        <v>31</v>
+      </c>
+      <c r="U375" t="s">
+        <v>34</v>
+      </c>
+      <c r="V375">
+        <v>1</v>
+      </c>
+      <c r="W375">
+        <v>0</v>
+      </c>
+      <c r="X375">
+        <v>0</v>
+      </c>
+      <c r="Y375">
+        <v>1.701</v>
+      </c>
+    </row>
+    <row r="376" spans="1:25">
+      <c r="A376" t="s">
+        <v>25</v>
+      </c>
+      <c r="B376">
+        <v>2026</v>
+      </c>
+      <c r="C376">
+        <v>3320</v>
+      </c>
+      <c r="D376" t="s">
+        <v>87</v>
+      </c>
+      <c r="E376" t="s">
+        <v>70</v>
+      </c>
+      <c r="F376">
+        <v>201</v>
+      </c>
+      <c r="G376">
+        <v>1.4041</v>
+      </c>
+      <c r="H376">
+        <v>179</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="J376">
+        <v>0</v>
+      </c>
+      <c r="K376">
+        <v>471.776</v>
+      </c>
+      <c r="L376" t="s">
+        <v>27</v>
+      </c>
+      <c r="M376">
+        <v>1</v>
+      </c>
+      <c r="N376" t="s">
+        <v>90</v>
+      </c>
+      <c r="O376">
+        <v>2</v>
+      </c>
+      <c r="P376">
+        <v>16164</v>
+      </c>
+      <c r="Q376" t="s">
+        <v>57</v>
+      </c>
+      <c r="R376" t="s">
+        <v>30</v>
+      </c>
+      <c r="S376" t="s">
+        <v>45</v>
+      </c>
+      <c r="T376" t="s">
+        <v>31</v>
+      </c>
+      <c r="U376" t="s">
+        <v>33</v>
+      </c>
+      <c r="V376">
+        <v>2</v>
+      </c>
+      <c r="W376">
+        <v>0</v>
+      </c>
+      <c r="X376">
+        <v>0</v>
+      </c>
+      <c r="Y376">
+        <v>2.79</v>
+      </c>
+    </row>
+    <row r="377" spans="1:25">
+      <c r="A377" t="s">
+        <v>25</v>
+      </c>
+      <c r="B377">
+        <v>2026</v>
+      </c>
+      <c r="C377">
+        <v>3320</v>
+      </c>
+      <c r="D377" t="s">
+        <v>87</v>
+      </c>
+      <c r="E377" t="s">
+        <v>70</v>
+      </c>
+      <c r="F377">
+        <v>201</v>
+      </c>
+      <c r="G377">
+        <v>1.4041</v>
+      </c>
+      <c r="H377">
+        <v>179</v>
+      </c>
+      <c r="I377">
+        <v>0</v>
+      </c>
+      <c r="J377">
+        <v>0</v>
+      </c>
+      <c r="K377">
+        <v>471.776</v>
+      </c>
+      <c r="L377" t="s">
+        <v>27</v>
+      </c>
+      <c r="M377">
+        <v>1</v>
+      </c>
+      <c r="N377" t="s">
+        <v>90</v>
+      </c>
+      <c r="O377">
+        <v>2</v>
+      </c>
+      <c r="P377">
+        <v>16164</v>
+      </c>
+      <c r="Q377" t="s">
+        <v>57</v>
+      </c>
+      <c r="R377" t="s">
+        <v>30</v>
+      </c>
+      <c r="S377" t="s">
+        <v>45</v>
+      </c>
+      <c r="T377" t="s">
+        <v>31</v>
+      </c>
+      <c r="U377" t="s">
+        <v>34</v>
+      </c>
+      <c r="V377">
+        <v>9</v>
+      </c>
+      <c r="W377">
+        <v>0</v>
+      </c>
+      <c r="X377">
+        <v>0</v>
+      </c>
+      <c r="Y377">
+        <v>18.586</v>
+      </c>
+    </row>
+    <row r="378" spans="1:25">
+      <c r="A378" t="s">
+        <v>25</v>
+      </c>
+      <c r="B378">
+        <v>2026</v>
+      </c>
+      <c r="C378">
+        <v>3320</v>
+      </c>
+      <c r="D378" t="s">
+        <v>87</v>
+      </c>
+      <c r="E378" t="s">
+        <v>70</v>
+      </c>
+      <c r="F378">
+        <v>201</v>
+      </c>
+      <c r="G378">
+        <v>1.4041</v>
+      </c>
+      <c r="H378">
+        <v>179</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
+      </c>
+      <c r="J378">
+        <v>0</v>
+      </c>
+      <c r="K378">
+        <v>471.776</v>
+      </c>
+      <c r="L378" t="s">
+        <v>27</v>
+      </c>
+      <c r="M378">
+        <v>1</v>
+      </c>
+      <c r="N378" t="s">
+        <v>90</v>
+      </c>
+      <c r="O378">
+        <v>2</v>
+      </c>
+      <c r="P378">
+        <v>16164</v>
+      </c>
+      <c r="Q378" t="s">
+        <v>57</v>
+      </c>
+      <c r="R378" t="s">
+        <v>30</v>
+      </c>
+      <c r="S378" t="s">
+        <v>45</v>
+      </c>
+      <c r="T378" t="s">
+        <v>31</v>
+      </c>
+      <c r="U378" t="s">
+        <v>35</v>
+      </c>
+      <c r="V378">
+        <v>9</v>
+      </c>
+      <c r="W378">
+        <v>0</v>
+      </c>
+      <c r="X378">
+        <v>0</v>
+      </c>
+      <c r="Y378">
+        <v>26.281</v>
+      </c>
+    </row>
+    <row r="379" spans="1:25">
+      <c r="A379" t="s">
+        <v>25</v>
+      </c>
+      <c r="B379">
+        <v>2026</v>
+      </c>
+      <c r="C379">
+        <v>3320</v>
+      </c>
+      <c r="D379" t="s">
+        <v>87</v>
+      </c>
+      <c r="E379" t="s">
+        <v>70</v>
+      </c>
+      <c r="F379">
+        <v>201</v>
+      </c>
+      <c r="G379">
+        <v>1.4041</v>
+      </c>
+      <c r="H379">
+        <v>179</v>
+      </c>
+      <c r="I379">
+        <v>0</v>
+      </c>
+      <c r="J379">
+        <v>0</v>
+      </c>
+      <c r="K379">
+        <v>471.776</v>
+      </c>
+      <c r="L379" t="s">
+        <v>27</v>
+      </c>
+      <c r="M379">
+        <v>1</v>
+      </c>
+      <c r="N379" t="s">
+        <v>90</v>
+      </c>
+      <c r="O379">
+        <v>2</v>
+      </c>
+      <c r="P379">
+        <v>16164</v>
+      </c>
+      <c r="Q379" t="s">
+        <v>57</v>
+      </c>
+      <c r="R379" t="s">
+        <v>30</v>
+      </c>
+      <c r="S379" t="s">
+        <v>45</v>
+      </c>
+      <c r="T379" t="s">
+        <v>31</v>
+      </c>
+      <c r="U379" t="s">
+        <v>39</v>
+      </c>
+      <c r="V379">
+        <v>3</v>
+      </c>
+      <c r="W379">
+        <v>0</v>
+      </c>
+      <c r="X379">
+        <v>0</v>
+      </c>
+      <c r="Y379">
+        <v>10.794</v>
+      </c>
+    </row>
+    <row r="380" spans="1:25">
+      <c r="A380" t="s">
+        <v>25</v>
+      </c>
+      <c r="B380">
+        <v>2026</v>
+      </c>
+      <c r="C380">
+        <v>3320</v>
+      </c>
+      <c r="D380" t="s">
+        <v>87</v>
+      </c>
+      <c r="E380" t="s">
+        <v>70</v>
+      </c>
+      <c r="F380">
+        <v>201</v>
+      </c>
+      <c r="G380">
+        <v>1.4041</v>
+      </c>
+      <c r="H380">
+        <v>179</v>
+      </c>
+      <c r="I380">
+        <v>0</v>
+      </c>
+      <c r="J380">
+        <v>0</v>
+      </c>
+      <c r="K380">
+        <v>471.776</v>
+      </c>
+      <c r="L380" t="s">
+        <v>27</v>
+      </c>
+      <c r="M380">
+        <v>1</v>
+      </c>
+      <c r="N380" t="s">
+        <v>90</v>
+      </c>
+      <c r="O380">
+        <v>2</v>
+      </c>
+      <c r="P380">
+        <v>16164</v>
+      </c>
+      <c r="Q380" t="s">
+        <v>57</v>
+      </c>
+      <c r="R380" t="s">
+        <v>30</v>
+      </c>
+      <c r="S380" t="s">
+        <v>38</v>
+      </c>
+      <c r="T380" t="s">
+        <v>31</v>
+      </c>
+      <c r="U380" t="s">
+        <v>34</v>
+      </c>
+      <c r="V380">
+        <v>1</v>
+      </c>
+      <c r="W380">
+        <v>0</v>
+      </c>
+      <c r="X380">
+        <v>0</v>
+      </c>
+      <c r="Y380">
+        <v>1.908</v>
+      </c>
+    </row>
+    <row r="381" spans="1:25">
+      <c r="A381" t="s">
+        <v>25</v>
+      </c>
+      <c r="B381">
+        <v>2026</v>
+      </c>
+      <c r="C381">
+        <v>3320</v>
+      </c>
+      <c r="D381" t="s">
+        <v>87</v>
+      </c>
+      <c r="E381" t="s">
+        <v>70</v>
+      </c>
+      <c r="F381">
+        <v>201</v>
+      </c>
+      <c r="G381">
+        <v>1.4041</v>
+      </c>
+      <c r="H381">
+        <v>179</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="J381">
+        <v>0</v>
+      </c>
+      <c r="K381">
+        <v>471.776</v>
+      </c>
+      <c r="L381" t="s">
+        <v>27</v>
+      </c>
+      <c r="M381">
+        <v>1</v>
+      </c>
+      <c r="N381" t="s">
+        <v>90</v>
+      </c>
+      <c r="O381">
+        <v>2</v>
+      </c>
+      <c r="P381">
+        <v>16164</v>
+      </c>
+      <c r="Q381" t="s">
+        <v>57</v>
+      </c>
+      <c r="R381" t="s">
+        <v>30</v>
+      </c>
+      <c r="S381" t="s">
+        <v>38</v>
+      </c>
+      <c r="T381" t="s">
+        <v>31</v>
+      </c>
+      <c r="U381" t="s">
+        <v>39</v>
+      </c>
+      <c r="V381">
+        <v>2</v>
+      </c>
+      <c r="W381">
+        <v>0</v>
+      </c>
+      <c r="X381">
+        <v>0</v>
+      </c>
+      <c r="Y381">
+        <v>6.477</v>
+      </c>
+    </row>
+    <row r="382" spans="1:25">
+      <c r="A382" t="s">
+        <v>25</v>
+      </c>
+      <c r="B382">
+        <v>2026</v>
+      </c>
+      <c r="C382">
+        <v>3320</v>
+      </c>
+      <c r="D382" t="s">
+        <v>87</v>
+      </c>
+      <c r="E382" t="s">
+        <v>70</v>
+      </c>
+      <c r="F382">
+        <v>201</v>
+      </c>
+      <c r="G382">
+        <v>1.4041</v>
+      </c>
+      <c r="H382">
+        <v>179</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
+      </c>
+      <c r="J382">
+        <v>0</v>
+      </c>
+      <c r="K382">
+        <v>471.776</v>
+      </c>
+      <c r="L382" t="s">
+        <v>27</v>
+      </c>
+      <c r="M382">
+        <v>1</v>
+      </c>
+      <c r="N382" t="s">
+        <v>90</v>
+      </c>
+      <c r="O382">
+        <v>2</v>
+      </c>
+      <c r="P382">
+        <v>16164</v>
+      </c>
+      <c r="Q382" t="s">
+        <v>57</v>
+      </c>
+      <c r="R382" t="s">
+        <v>30</v>
+      </c>
+      <c r="S382" t="s">
+        <v>38</v>
+      </c>
+      <c r="T382" t="s">
+        <v>31</v>
+      </c>
+      <c r="U382" t="s">
+        <v>51</v>
+      </c>
+      <c r="V382">
+        <v>3</v>
+      </c>
+      <c r="W382">
+        <v>0</v>
+      </c>
+      <c r="X382">
+        <v>0</v>
+      </c>
+      <c r="Y382">
+        <v>13.394</v>
+      </c>
+    </row>
+    <row r="383" spans="1:25">
+      <c r="A383" t="s">
+        <v>25</v>
+      </c>
+      <c r="B383">
+        <v>2026</v>
+      </c>
+      <c r="C383">
+        <v>3320</v>
+      </c>
+      <c r="D383" t="s">
+        <v>87</v>
+      </c>
+      <c r="E383" t="s">
+        <v>70</v>
+      </c>
+      <c r="F383">
+        <v>201</v>
+      </c>
+      <c r="G383">
+        <v>1.4041</v>
+      </c>
+      <c r="H383">
+        <v>179</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="J383">
+        <v>0</v>
+      </c>
+      <c r="K383">
+        <v>471.776</v>
+      </c>
+      <c r="L383" t="s">
+        <v>27</v>
+      </c>
+      <c r="M383">
+        <v>1</v>
+      </c>
+      <c r="N383" t="s">
+        <v>90</v>
+      </c>
+      <c r="O383">
+        <v>2</v>
+      </c>
+      <c r="P383">
+        <v>16164</v>
+      </c>
+      <c r="Q383" t="s">
+        <v>91</v>
+      </c>
+      <c r="R383" t="s">
+        <v>40</v>
+      </c>
+      <c r="S383" t="s">
+        <v>92</v>
+      </c>
+      <c r="T383" t="s">
+        <v>31</v>
+      </c>
+      <c r="U383" t="s">
+        <v>34</v>
+      </c>
+      <c r="V383">
+        <v>2</v>
+      </c>
+      <c r="W383">
+        <v>0</v>
+      </c>
+      <c r="X383">
+        <v>0</v>
+      </c>
+      <c r="Y383">
+        <v>3.228</v>
+      </c>
+    </row>
+    <row r="384" spans="1:25">
+      <c r="A384" t="s">
+        <v>25</v>
+      </c>
+      <c r="B384">
+        <v>2026</v>
+      </c>
+      <c r="C384">
+        <v>3320</v>
+      </c>
+      <c r="D384" t="s">
+        <v>87</v>
+      </c>
+      <c r="E384" t="s">
+        <v>70</v>
+      </c>
+      <c r="F384">
+        <v>201</v>
+      </c>
+      <c r="G384">
+        <v>1.4041</v>
+      </c>
+      <c r="H384">
+        <v>179</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
+      </c>
+      <c r="J384">
+        <v>0</v>
+      </c>
+      <c r="K384">
+        <v>471.776</v>
+      </c>
+      <c r="L384" t="s">
+        <v>27</v>
+      </c>
+      <c r="M384">
+        <v>1</v>
+      </c>
+      <c r="N384" t="s">
+        <v>90</v>
+      </c>
+      <c r="O384">
+        <v>2</v>
+      </c>
+      <c r="P384">
+        <v>16164</v>
+      </c>
+      <c r="Q384" t="s">
+        <v>91</v>
+      </c>
+      <c r="R384" t="s">
+        <v>40</v>
+      </c>
+      <c r="S384" t="s">
+        <v>92</v>
+      </c>
+      <c r="T384" t="s">
+        <v>31</v>
+      </c>
+      <c r="U384" t="s">
+        <v>35</v>
+      </c>
+      <c r="V384">
+        <v>2</v>
+      </c>
+      <c r="W384">
+        <v>0</v>
+      </c>
+      <c r="X384">
+        <v>0</v>
+      </c>
+      <c r="Y384">
+        <v>5.959</v>
+      </c>
+    </row>
+    <row r="385" spans="1:25">
+      <c r="A385" t="s">
+        <v>25</v>
+      </c>
+      <c r="B385">
+        <v>2026</v>
+      </c>
+      <c r="C385">
+        <v>3320</v>
+      </c>
+      <c r="D385" t="s">
+        <v>87</v>
+      </c>
+      <c r="E385" t="s">
+        <v>70</v>
+      </c>
+      <c r="F385">
+        <v>201</v>
+      </c>
+      <c r="G385">
+        <v>1.4041</v>
+      </c>
+      <c r="H385">
+        <v>179</v>
+      </c>
+      <c r="I385">
+        <v>0</v>
+      </c>
+      <c r="J385">
+        <v>0</v>
+      </c>
+      <c r="K385">
+        <v>471.776</v>
+      </c>
+      <c r="L385" t="s">
+        <v>27</v>
+      </c>
+      <c r="M385">
+        <v>1</v>
+      </c>
+      <c r="N385" t="s">
+        <v>90</v>
+      </c>
+      <c r="O385">
+        <v>2</v>
+      </c>
+      <c r="P385">
+        <v>16164</v>
+      </c>
+      <c r="Q385" t="s">
+        <v>57</v>
+      </c>
+      <c r="R385" t="s">
+        <v>40</v>
+      </c>
+      <c r="S385" t="s">
+        <v>45</v>
+      </c>
+      <c r="T385" t="s">
+        <v>31</v>
+      </c>
+      <c r="U385" t="s">
+        <v>35</v>
+      </c>
+      <c r="V385">
+        <v>2</v>
+      </c>
+      <c r="W385">
+        <v>0</v>
+      </c>
+      <c r="X385">
+        <v>0</v>
+      </c>
+      <c r="Y385">
+        <v>6.106</v>
+      </c>
+    </row>
+    <row r="386" spans="1:25">
+      <c r="A386" t="s">
+        <v>25</v>
+      </c>
+      <c r="B386">
+        <v>2026</v>
+      </c>
+      <c r="C386">
+        <v>3320</v>
+      </c>
+      <c r="D386" t="s">
+        <v>87</v>
+      </c>
+      <c r="E386" t="s">
+        <v>70</v>
+      </c>
+      <c r="F386">
+        <v>201</v>
+      </c>
+      <c r="G386">
+        <v>1.4041</v>
+      </c>
+      <c r="H386">
+        <v>179</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
+      </c>
+      <c r="J386">
+        <v>0</v>
+      </c>
+      <c r="K386">
+        <v>471.776</v>
+      </c>
+      <c r="L386" t="s">
+        <v>27</v>
+      </c>
+      <c r="M386">
+        <v>1</v>
+      </c>
+      <c r="N386" t="s">
+        <v>90</v>
+      </c>
+      <c r="O386">
+        <v>2</v>
+      </c>
+      <c r="P386">
+        <v>16164</v>
+      </c>
+      <c r="Q386" t="s">
+        <v>47</v>
+      </c>
+      <c r="R386" t="s">
+        <v>30</v>
+      </c>
+      <c r="S386" t="s">
+        <v>31</v>
+      </c>
+      <c r="T386" t="s">
+        <v>31</v>
+      </c>
+      <c r="U386" t="s">
+        <v>51</v>
+      </c>
+      <c r="V386">
+        <v>1</v>
+      </c>
+      <c r="W386">
+        <v>0</v>
+      </c>
+      <c r="X386">
+        <v>0</v>
+      </c>
+      <c r="Y386">
+        <v>5.097</v>
+      </c>
+    </row>
+    <row r="387" spans="1:25">
+      <c r="A387" t="s">
+        <v>25</v>
+      </c>
+      <c r="B387">
+        <v>2026</v>
+      </c>
+      <c r="C387">
+        <v>3461</v>
+      </c>
+      <c r="D387" t="s">
+        <v>93</v>
+      </c>
+      <c r="E387" t="s">
+        <v>70</v>
+      </c>
+      <c r="F387">
+        <v>210</v>
+      </c>
+      <c r="G387">
+        <v>11.9582</v>
+      </c>
+      <c r="H387">
+        <v>2622</v>
+      </c>
+      <c r="I387">
+        <v>0</v>
+      </c>
+      <c r="J387">
+        <v>0</v>
+      </c>
+      <c r="K387">
+        <v>129.16</v>
+      </c>
+      <c r="L387" t="s">
+        <v>27</v>
+      </c>
+      <c r="M387">
+        <v>1</v>
+      </c>
+      <c r="N387" t="s">
+        <v>94</v>
+      </c>
+      <c r="O387">
+        <v>6</v>
+      </c>
+      <c r="P387">
+        <v>16164</v>
+      </c>
+      <c r="Q387" t="s">
+        <v>29</v>
+      </c>
+      <c r="R387" t="s">
+        <v>48</v>
+      </c>
+      <c r="S387" t="s">
+        <v>31</v>
+      </c>
+      <c r="T387" t="s">
+        <v>31</v>
+      </c>
+      <c r="U387" t="s">
+        <v>61</v>
+      </c>
+      <c r="V387">
+        <v>2155</v>
+      </c>
+      <c r="W387">
+        <v>0</v>
+      </c>
+      <c r="X387">
+        <v>0</v>
+      </c>
+      <c r="Y387">
+        <v>66.829</v>
+      </c>
+    </row>
+    <row r="388" spans="1:25">
+      <c r="A388" t="s">
+        <v>25</v>
+      </c>
+      <c r="B388">
+        <v>2026</v>
+      </c>
+      <c r="C388">
+        <v>3461</v>
+      </c>
+      <c r="D388" t="s">
+        <v>93</v>
+      </c>
+      <c r="E388" t="s">
+        <v>70</v>
+      </c>
+      <c r="F388">
+        <v>210</v>
+      </c>
+      <c r="G388">
+        <v>11.9582</v>
+      </c>
+      <c r="H388">
+        <v>2622</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
+      </c>
+      <c r="J388">
+        <v>0</v>
+      </c>
+      <c r="K388">
+        <v>129.16</v>
+      </c>
+      <c r="L388" t="s">
+        <v>27</v>
+      </c>
+      <c r="M388">
+        <v>1</v>
+      </c>
+      <c r="N388" t="s">
+        <v>94</v>
+      </c>
+      <c r="O388">
+        <v>6</v>
+      </c>
+      <c r="P388">
+        <v>16164</v>
+      </c>
+      <c r="Q388" t="s">
+        <v>29</v>
+      </c>
+      <c r="R388" t="s">
+        <v>48</v>
+      </c>
+      <c r="S388" t="s">
+        <v>31</v>
+      </c>
+      <c r="T388" t="s">
+        <v>31</v>
+      </c>
+      <c r="U388" t="s">
+        <v>43</v>
+      </c>
+      <c r="V388">
+        <v>440</v>
+      </c>
+      <c r="W388">
+        <v>0</v>
+      </c>
+      <c r="X388">
+        <v>0</v>
+      </c>
+      <c r="Y388">
+        <v>54.38</v>
+      </c>
+    </row>
+    <row r="389" spans="1:25">
+      <c r="A389" t="s">
+        <v>25</v>
+      </c>
+      <c r="B389">
+        <v>2026</v>
+      </c>
+      <c r="C389">
+        <v>3461</v>
+      </c>
+      <c r="D389" t="s">
+        <v>93</v>
+      </c>
+      <c r="E389" t="s">
+        <v>70</v>
+      </c>
+      <c r="F389">
+        <v>210</v>
+      </c>
+      <c r="G389">
+        <v>11.9582</v>
+      </c>
+      <c r="H389">
+        <v>2622</v>
+      </c>
+      <c r="I389">
+        <v>0</v>
+      </c>
+      <c r="J389">
+        <v>0</v>
+      </c>
+      <c r="K389">
+        <v>129.16</v>
+      </c>
+      <c r="L389" t="s">
+        <v>27</v>
+      </c>
+      <c r="M389">
+        <v>1</v>
+      </c>
+      <c r="N389" t="s">
+        <v>94</v>
+      </c>
+      <c r="O389">
+        <v>6</v>
+      </c>
+      <c r="P389">
+        <v>16164</v>
+      </c>
+      <c r="Q389" t="s">
+        <v>29</v>
+      </c>
+      <c r="R389" t="s">
+        <v>48</v>
+      </c>
+      <c r="S389" t="s">
+        <v>31</v>
+      </c>
+      <c r="T389" t="s">
+        <v>31</v>
+      </c>
+      <c r="U389" t="s">
+        <v>44</v>
+      </c>
+      <c r="V389">
+        <v>22</v>
+      </c>
+      <c r="W389">
+        <v>0</v>
+      </c>
+      <c r="X389">
+        <v>0</v>
+      </c>
+      <c r="Y389">
+        <v>5.786</v>
+      </c>
+    </row>
+    <row r="390" spans="1:25">
+      <c r="A390" t="s">
+        <v>25</v>
+      </c>
+      <c r="B390">
+        <v>2026</v>
+      </c>
+      <c r="C390">
+        <v>3461</v>
+      </c>
+      <c r="D390" t="s">
+        <v>93</v>
+      </c>
+      <c r="E390" t="s">
+        <v>70</v>
+      </c>
+      <c r="F390">
+        <v>210</v>
+      </c>
+      <c r="G390">
+        <v>11.9582</v>
+      </c>
+      <c r="H390">
+        <v>2622</v>
+      </c>
+      <c r="I390">
+        <v>0</v>
+      </c>
+      <c r="J390">
+        <v>0</v>
+      </c>
+      <c r="K390">
+        <v>129.16</v>
+      </c>
+      <c r="L390" t="s">
+        <v>27</v>
+      </c>
+      <c r="M390">
+        <v>1</v>
+      </c>
+      <c r="N390" t="s">
+        <v>94</v>
+      </c>
+      <c r="O390">
+        <v>6</v>
+      </c>
+      <c r="P390">
+        <v>16164</v>
+      </c>
+      <c r="Q390" t="s">
+        <v>29</v>
+      </c>
+      <c r="R390" t="s">
+        <v>48</v>
+      </c>
+      <c r="S390" t="s">
+        <v>31</v>
+      </c>
+      <c r="T390" t="s">
+        <v>31</v>
+      </c>
+      <c r="U390" t="s">
+        <v>32</v>
+      </c>
+      <c r="V390">
+        <v>4</v>
+      </c>
+      <c r="W390">
+        <v>0</v>
+      </c>
+      <c r="X390">
+        <v>0</v>
+      </c>
+      <c r="Y390">
+        <v>1.562</v>
+      </c>
+    </row>
+    <row r="391" spans="1:25">
+      <c r="A391" t="s">
+        <v>25</v>
+      </c>
+      <c r="B391">
+        <v>2026</v>
+      </c>
+      <c r="C391">
+        <v>3461</v>
+      </c>
+      <c r="D391" t="s">
+        <v>93</v>
+      </c>
+      <c r="E391" t="s">
+        <v>70</v>
+      </c>
+      <c r="F391">
+        <v>210</v>
+      </c>
+      <c r="G391">
+        <v>11.9582</v>
+      </c>
+      <c r="H391">
+        <v>2622</v>
+      </c>
+      <c r="I391">
+        <v>0</v>
+      </c>
+      <c r="J391">
+        <v>0</v>
+      </c>
+      <c r="K391">
+        <v>129.16</v>
+      </c>
+      <c r="L391" t="s">
+        <v>27</v>
+      </c>
+      <c r="M391">
+        <v>1</v>
+      </c>
+      <c r="N391" t="s">
+        <v>94</v>
+      </c>
+      <c r="O391">
+        <v>6</v>
+      </c>
+      <c r="P391">
+        <v>16164</v>
+      </c>
+      <c r="Q391" t="s">
+        <v>29</v>
+      </c>
+      <c r="R391" t="s">
+        <v>48</v>
+      </c>
+      <c r="S391" t="s">
+        <v>31</v>
+      </c>
+      <c r="T391" t="s">
+        <v>31</v>
+      </c>
+      <c r="U391" t="s">
+        <v>33</v>
+      </c>
+      <c r="V391">
+        <v>1</v>
+      </c>
+      <c r="W391">
+        <v>0</v>
+      </c>
+      <c r="X391">
+        <v>0</v>
+      </c>
+      <c r="Y391">
+        <v>0.603</v>
+      </c>
+    </row>
+    <row r="392" spans="1:25">
+      <c r="A392" t="s">
+        <v>25</v>
+      </c>
+      <c r="B392">
+        <v>2026</v>
+      </c>
+      <c r="C392">
+        <v>3461</v>
+      </c>
+      <c r="D392" t="s">
+        <v>93</v>
+      </c>
+      <c r="E392" t="s">
+        <v>70</v>
+      </c>
+      <c r="F392">
+        <v>211</v>
+      </c>
+      <c r="G392">
+        <v>1.535</v>
+      </c>
+      <c r="H392">
+        <v>24</v>
+      </c>
+      <c r="I392">
+        <v>0</v>
+      </c>
+      <c r="J392">
+        <v>39.552</v>
+      </c>
+      <c r="K392">
+        <v>0</v>
+      </c>
+      <c r="L392" t="s">
+        <v>27</v>
+      </c>
+      <c r="M392">
+        <v>1</v>
+      </c>
+      <c r="N392" t="s">
+        <v>95</v>
+      </c>
+      <c r="O392">
+        <v>6</v>
+      </c>
+      <c r="P392">
+        <v>16164</v>
+      </c>
+      <c r="Q392" t="s">
+        <v>59</v>
+      </c>
+      <c r="R392" t="s">
+        <v>48</v>
+      </c>
+      <c r="S392" t="s">
+        <v>31</v>
+      </c>
+      <c r="T392" t="s">
+        <v>31</v>
+      </c>
+      <c r="U392" t="s">
+        <v>33</v>
+      </c>
+      <c r="V392">
+        <v>1</v>
+      </c>
+      <c r="W392">
+        <v>0</v>
+      </c>
+      <c r="X392">
+        <v>0</v>
+      </c>
+      <c r="Y392">
+        <v>0.695</v>
+      </c>
+    </row>
+    <row r="393" spans="1:25">
+      <c r="A393" t="s">
+        <v>25</v>
+      </c>
+      <c r="B393">
+        <v>2026</v>
+      </c>
+      <c r="C393">
+        <v>3461</v>
+      </c>
+      <c r="D393" t="s">
+        <v>93</v>
+      </c>
+      <c r="E393" t="s">
+        <v>70</v>
+      </c>
+      <c r="F393">
+        <v>211</v>
+      </c>
+      <c r="G393">
+        <v>1.535</v>
+      </c>
+      <c r="H393">
+        <v>24</v>
+      </c>
+      <c r="I393">
+        <v>0</v>
+      </c>
+      <c r="J393">
+        <v>39.552</v>
+      </c>
+      <c r="K393">
+        <v>0</v>
+      </c>
+      <c r="L393" t="s">
+        <v>27</v>
+      </c>
+      <c r="M393">
+        <v>1</v>
+      </c>
+      <c r="N393" t="s">
+        <v>95</v>
+      </c>
+      <c r="O393">
+        <v>6</v>
+      </c>
+      <c r="P393">
+        <v>16164</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>59</v>
+      </c>
+      <c r="R393" t="s">
+        <v>48</v>
+      </c>
+      <c r="S393" t="s">
+        <v>31</v>
+      </c>
+      <c r="T393" t="s">
+        <v>31</v>
+      </c>
+      <c r="U393" t="s">
+        <v>34</v>
+      </c>
+      <c r="V393">
+        <v>3</v>
+      </c>
+      <c r="W393">
+        <v>0</v>
+      </c>
+      <c r="X393">
+        <v>0</v>
+      </c>
+      <c r="Y393">
+        <v>3.618</v>
+      </c>
+    </row>
+    <row r="394" spans="1:25">
+      <c r="A394" t="s">
+        <v>25</v>
+      </c>
+      <c r="B394">
+        <v>2026</v>
+      </c>
+      <c r="C394">
+        <v>3461</v>
+      </c>
+      <c r="D394" t="s">
+        <v>93</v>
+      </c>
+      <c r="E394" t="s">
+        <v>70</v>
+      </c>
+      <c r="F394">
+        <v>211</v>
+      </c>
+      <c r="G394">
+        <v>1.535</v>
+      </c>
+      <c r="H394">
+        <v>24</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
+      </c>
+      <c r="J394">
+        <v>39.552</v>
+      </c>
+      <c r="K394">
+        <v>0</v>
+      </c>
+      <c r="L394" t="s">
+        <v>27</v>
+      </c>
+      <c r="M394">
+        <v>1</v>
+      </c>
+      <c r="N394" t="s">
+        <v>95</v>
+      </c>
+      <c r="O394">
+        <v>6</v>
+      </c>
+      <c r="P394">
+        <v>16164</v>
+      </c>
+      <c r="Q394" t="s">
+        <v>59</v>
+      </c>
+      <c r="R394" t="s">
+        <v>48</v>
+      </c>
+      <c r="S394" t="s">
+        <v>31</v>
+      </c>
+      <c r="T394" t="s">
+        <v>31</v>
+      </c>
+      <c r="U394" t="s">
+        <v>35</v>
+      </c>
+      <c r="V394">
+        <v>8</v>
+      </c>
+      <c r="W394">
+        <v>0</v>
+      </c>
+      <c r="X394">
+        <v>0</v>
+      </c>
+      <c r="Y394">
+        <v>12.357</v>
+      </c>
+    </row>
+    <row r="395" spans="1:25">
+      <c r="A395" t="s">
+        <v>25</v>
+      </c>
+      <c r="B395">
+        <v>2026</v>
+      </c>
+      <c r="C395">
+        <v>3461</v>
+      </c>
+      <c r="D395" t="s">
+        <v>93</v>
+      </c>
+      <c r="E395" t="s">
+        <v>70</v>
+      </c>
+      <c r="F395">
+        <v>211</v>
+      </c>
+      <c r="G395">
+        <v>1.535</v>
+      </c>
+      <c r="H395">
+        <v>24</v>
+      </c>
+      <c r="I395">
+        <v>0</v>
+      </c>
+      <c r="J395">
+        <v>39.552</v>
+      </c>
+      <c r="K395">
+        <v>0</v>
+      </c>
+      <c r="L395" t="s">
+        <v>27</v>
+      </c>
+      <c r="M395">
+        <v>1</v>
+      </c>
+      <c r="N395" t="s">
+        <v>95</v>
+      </c>
+      <c r="O395">
+        <v>6</v>
+      </c>
+      <c r="P395">
+        <v>16164</v>
+      </c>
+      <c r="Q395" t="s">
+        <v>59</v>
+      </c>
+      <c r="R395" t="s">
+        <v>48</v>
+      </c>
+      <c r="S395" t="s">
+        <v>31</v>
+      </c>
+      <c r="T395" t="s">
+        <v>31</v>
+      </c>
+      <c r="U395" t="s">
+        <v>39</v>
+      </c>
+      <c r="V395">
+        <v>3</v>
+      </c>
+      <c r="W395">
+        <v>0</v>
+      </c>
+      <c r="X395">
+        <v>0</v>
+      </c>
+      <c r="Y395">
+        <v>6.21</v>
+      </c>
+    </row>
+    <row r="396" spans="1:25">
+      <c r="A396" t="s">
+        <v>25</v>
+      </c>
+      <c r="B396">
+        <v>2026</v>
+      </c>
+      <c r="C396">
+        <v>3461</v>
+      </c>
+      <c r="D396" t="s">
+        <v>93</v>
+      </c>
+      <c r="E396" t="s">
+        <v>70</v>
+      </c>
+      <c r="F396">
+        <v>211</v>
+      </c>
+      <c r="G396">
+        <v>1.535</v>
+      </c>
+      <c r="H396">
+        <v>24</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
+      </c>
+      <c r="J396">
+        <v>39.552</v>
+      </c>
+      <c r="K396">
+        <v>0</v>
+      </c>
+      <c r="L396" t="s">
+        <v>27</v>
+      </c>
+      <c r="M396">
+        <v>1</v>
+      </c>
+      <c r="N396" t="s">
+        <v>95</v>
+      </c>
+      <c r="O396">
+        <v>6</v>
+      </c>
+      <c r="P396">
+        <v>16164</v>
+      </c>
+      <c r="Q396" t="s">
+        <v>59</v>
+      </c>
+      <c r="R396" t="s">
+        <v>48</v>
+      </c>
+      <c r="S396" t="s">
+        <v>31</v>
+      </c>
+      <c r="T396" t="s">
+        <v>31</v>
+      </c>
+      <c r="U396" t="s">
+        <v>51</v>
+      </c>
+      <c r="V396">
+        <v>2</v>
+      </c>
+      <c r="W396">
+        <v>0</v>
+      </c>
+      <c r="X396">
+        <v>0</v>
+      </c>
+      <c r="Y396">
+        <v>6.058</v>
+      </c>
+    </row>
+    <row r="397" spans="1:25">
+      <c r="A397" t="s">
+        <v>25</v>
+      </c>
+      <c r="B397">
+        <v>2026</v>
+      </c>
+      <c r="C397">
+        <v>3461</v>
+      </c>
+      <c r="D397" t="s">
+        <v>93</v>
+      </c>
+      <c r="E397" t="s">
+        <v>70</v>
+      </c>
+      <c r="F397">
+        <v>211</v>
+      </c>
+      <c r="G397">
+        <v>1.535</v>
+      </c>
+      <c r="H397">
+        <v>24</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
+      </c>
+      <c r="J397">
+        <v>39.552</v>
+      </c>
+      <c r="K397">
+        <v>0</v>
+      </c>
+      <c r="L397" t="s">
+        <v>27</v>
+      </c>
+      <c r="M397">
+        <v>1</v>
+      </c>
+      <c r="N397" t="s">
+        <v>95</v>
+      </c>
+      <c r="O397">
+        <v>6</v>
+      </c>
+      <c r="P397">
+        <v>16164</v>
+      </c>
+      <c r="Q397" t="s">
+        <v>59</v>
+      </c>
+      <c r="R397" t="s">
+        <v>48</v>
+      </c>
+      <c r="S397" t="s">
+        <v>96</v>
+      </c>
+      <c r="T397" t="s">
+        <v>31</v>
+      </c>
+      <c r="U397" t="s">
+        <v>34</v>
+      </c>
+      <c r="V397">
+        <v>4</v>
+      </c>
+      <c r="W397">
+        <v>0</v>
+      </c>
+      <c r="X397">
+        <v>0</v>
+      </c>
+      <c r="Y397">
+        <v>4.576</v>
+      </c>
+    </row>
+    <row r="398" spans="1:25">
+      <c r="A398" t="s">
+        <v>25</v>
+      </c>
+      <c r="B398">
+        <v>2026</v>
+      </c>
+      <c r="C398">
+        <v>3461</v>
+      </c>
+      <c r="D398" t="s">
+        <v>93</v>
+      </c>
+      <c r="E398" t="s">
+        <v>70</v>
+      </c>
+      <c r="F398">
+        <v>211</v>
+      </c>
+      <c r="G398">
+        <v>1.535</v>
+      </c>
+      <c r="H398">
+        <v>24</v>
+      </c>
+      <c r="I398">
+        <v>0</v>
+      </c>
+      <c r="J398">
+        <v>39.552</v>
+      </c>
+      <c r="K398">
+        <v>0</v>
+      </c>
+      <c r="L398" t="s">
+        <v>27</v>
+      </c>
+      <c r="M398">
+        <v>1</v>
+      </c>
+      <c r="N398" t="s">
+        <v>95</v>
+      </c>
+      <c r="O398">
+        <v>6</v>
+      </c>
+      <c r="P398">
+        <v>16164</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>59</v>
+      </c>
+      <c r="R398" t="s">
+        <v>48</v>
+      </c>
+      <c r="S398" t="s">
+        <v>96</v>
+      </c>
+      <c r="T398" t="s">
+        <v>31</v>
+      </c>
+      <c r="U398" t="s">
+        <v>35</v>
+      </c>
+      <c r="V398">
+        <v>2</v>
+      </c>
+      <c r="W398">
+        <v>0</v>
+      </c>
+      <c r="X398">
+        <v>0</v>
+      </c>
+      <c r="Y398">
+        <v>3.551</v>
+      </c>
+    </row>
+    <row r="399" spans="1:25">
+      <c r="A399" t="s">
+        <v>25</v>
+      </c>
+      <c r="B399">
+        <v>2026</v>
+      </c>
+      <c r="C399">
+        <v>3461</v>
+      </c>
+      <c r="D399" t="s">
+        <v>93</v>
+      </c>
+      <c r="E399" t="s">
+        <v>70</v>
+      </c>
+      <c r="F399">
+        <v>211</v>
+      </c>
+      <c r="G399">
+        <v>1.535</v>
+      </c>
+      <c r="H399">
+        <v>24</v>
+      </c>
+      <c r="I399">
+        <v>0</v>
+      </c>
+      <c r="J399">
+        <v>39.552</v>
+      </c>
+      <c r="K399">
+        <v>0</v>
+      </c>
+      <c r="L399" t="s">
+        <v>27</v>
+      </c>
+      <c r="M399">
+        <v>1</v>
+      </c>
+      <c r="N399" t="s">
+        <v>95</v>
+      </c>
+      <c r="O399">
+        <v>6</v>
+      </c>
+      <c r="P399">
+        <v>16164</v>
+      </c>
+      <c r="Q399" t="s">
+        <v>59</v>
+      </c>
+      <c r="R399" t="s">
+        <v>48</v>
+      </c>
+      <c r="S399" t="s">
+        <v>96</v>
+      </c>
+      <c r="T399" t="s">
+        <v>31</v>
+      </c>
+      <c r="U399" t="s">
+        <v>39</v>
+      </c>
+      <c r="V399">
+        <v>1</v>
+      </c>
+      <c r="W399">
+        <v>0</v>
+      </c>
+      <c r="X399">
+        <v>0</v>
+      </c>
+      <c r="Y399">
+        <v>2.487</v>
+      </c>
+    </row>
+    <row r="400" spans="1:25">
+      <c r="A400" t="s">
+        <v>25</v>
+      </c>
+      <c r="B400">
+        <v>2026</v>
+      </c>
+      <c r="C400">
+        <v>3118</v>
+      </c>
+      <c r="D400" t="s">
+        <v>97</v>
+      </c>
+      <c r="E400" t="s">
+        <v>70</v>
+      </c>
+      <c r="F400">
+        <v>310</v>
+      </c>
+      <c r="G400">
+        <v>2.5913</v>
+      </c>
+      <c r="H400">
+        <v>332</v>
+      </c>
+      <c r="I400">
+        <v>0</v>
+      </c>
+      <c r="J400">
+        <v>0</v>
+      </c>
+      <c r="K400">
+        <v>922.905</v>
+      </c>
+      <c r="L400" t="s">
+        <v>27</v>
+      </c>
+      <c r="M400">
+        <v>1</v>
+      </c>
+      <c r="N400" t="s">
+        <v>98</v>
+      </c>
+      <c r="O400">
+        <v>2</v>
+      </c>
+      <c r="P400">
+        <v>16164</v>
+      </c>
+      <c r="Q400" t="s">
+        <v>29</v>
+      </c>
+      <c r="R400" t="s">
+        <v>30</v>
+      </c>
+      <c r="S400" t="s">
+        <v>31</v>
+      </c>
+      <c r="T400" t="s">
+        <v>31</v>
+      </c>
+      <c r="U400" t="s">
+        <v>33</v>
+      </c>
+      <c r="V400">
+        <v>16</v>
+      </c>
+      <c r="W400">
+        <v>0</v>
+      </c>
+      <c r="X400">
+        <v>0</v>
+      </c>
+      <c r="Y400">
+        <v>17.1</v>
+      </c>
+    </row>
+    <row r="401" spans="1:25">
+      <c r="A401" t="s">
+        <v>25</v>
+      </c>
+      <c r="B401">
+        <v>2026</v>
+      </c>
+      <c r="C401">
+        <v>3118</v>
+      </c>
+      <c r="D401" t="s">
+        <v>97</v>
+      </c>
+      <c r="E401" t="s">
+        <v>70</v>
+      </c>
+      <c r="F401">
+        <v>310</v>
+      </c>
+      <c r="G401">
+        <v>2.5913</v>
+      </c>
+      <c r="H401">
+        <v>332</v>
+      </c>
+      <c r="I401">
+        <v>0</v>
+      </c>
+      <c r="J401">
+        <v>0</v>
+      </c>
+      <c r="K401">
+        <v>922.905</v>
+      </c>
+      <c r="L401" t="s">
+        <v>27</v>
+      </c>
+      <c r="M401">
+        <v>1</v>
+      </c>
+      <c r="N401" t="s">
+        <v>98</v>
+      </c>
+      <c r="O401">
+        <v>2</v>
+      </c>
+      <c r="P401">
+        <v>16164</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>29</v>
+      </c>
+      <c r="R401" t="s">
+        <v>30</v>
+      </c>
+      <c r="S401" t="s">
+        <v>31</v>
+      </c>
+      <c r="T401" t="s">
+        <v>31</v>
+      </c>
+      <c r="U401" t="s">
+        <v>34</v>
+      </c>
+      <c r="V401">
+        <v>87</v>
+      </c>
+      <c r="W401">
+        <v>0</v>
+      </c>
+      <c r="X401">
+        <v>0</v>
+      </c>
+      <c r="Y401">
+        <v>153.4</v>
+      </c>
+    </row>
+    <row r="402" spans="1:25">
+      <c r="A402" t="s">
+        <v>25</v>
+      </c>
+      <c r="B402">
+        <v>2026</v>
+      </c>
+      <c r="C402">
+        <v>3118</v>
+      </c>
+      <c r="D402" t="s">
+        <v>97</v>
+      </c>
+      <c r="E402" t="s">
+        <v>70</v>
+      </c>
+      <c r="F402">
+        <v>310</v>
+      </c>
+      <c r="G402">
+        <v>2.5913</v>
+      </c>
+      <c r="H402">
+        <v>332</v>
+      </c>
+      <c r="I402">
+        <v>0</v>
+      </c>
+      <c r="J402">
+        <v>0</v>
+      </c>
+      <c r="K402">
+        <v>922.905</v>
+      </c>
+      <c r="L402" t="s">
+        <v>27</v>
+      </c>
+      <c r="M402">
+        <v>1</v>
+      </c>
+      <c r="N402" t="s">
+        <v>98</v>
+      </c>
+      <c r="O402">
+        <v>2</v>
+      </c>
+      <c r="P402">
+        <v>16164</v>
+      </c>
+      <c r="Q402" t="s">
+        <v>29</v>
+      </c>
+      <c r="R402" t="s">
+        <v>30</v>
+      </c>
+      <c r="S402" t="s">
+        <v>31</v>
+      </c>
+      <c r="T402" t="s">
+        <v>31</v>
+      </c>
+      <c r="U402" t="s">
+        <v>35</v>
+      </c>
+      <c r="V402">
+        <v>126</v>
+      </c>
+      <c r="W402">
+        <v>0</v>
+      </c>
+      <c r="X402">
+        <v>0</v>
+      </c>
+      <c r="Y402">
+        <v>342.3</v>
+      </c>
+    </row>
+    <row r="403" spans="1:25">
+      <c r="A403" t="s">
+        <v>25</v>
+      </c>
+      <c r="B403">
+        <v>2026</v>
+      </c>
+      <c r="C403">
+        <v>3118</v>
+      </c>
+      <c r="D403" t="s">
+        <v>97</v>
+      </c>
+      <c r="E403" t="s">
+        <v>70</v>
+      </c>
+      <c r="F403">
+        <v>310</v>
+      </c>
+      <c r="G403">
+        <v>2.5913</v>
+      </c>
+      <c r="H403">
+        <v>332</v>
+      </c>
+      <c r="I403">
+        <v>0</v>
+      </c>
+      <c r="J403">
+        <v>0</v>
+      </c>
+      <c r="K403">
+        <v>922.905</v>
+      </c>
+      <c r="L403" t="s">
+        <v>27</v>
+      </c>
+      <c r="M403">
+        <v>1</v>
+      </c>
+      <c r="N403" t="s">
+        <v>98</v>
+      </c>
+      <c r="O403">
+        <v>2</v>
+      </c>
+      <c r="P403">
+        <v>16164</v>
+      </c>
+      <c r="Q403" t="s">
+        <v>29</v>
+      </c>
+      <c r="R403" t="s">
+        <v>30</v>
+      </c>
+      <c r="S403" t="s">
+        <v>31</v>
+      </c>
+      <c r="T403" t="s">
+        <v>31</v>
+      </c>
+      <c r="U403" t="s">
+        <v>39</v>
+      </c>
+      <c r="V403">
+        <v>50</v>
+      </c>
+      <c r="W403">
+        <v>0</v>
+      </c>
+      <c r="X403">
+        <v>0</v>
+      </c>
+      <c r="Y403">
+        <v>176.6</v>
+      </c>
+    </row>
+    <row r="404" spans="1:25">
+      <c r="A404" t="s">
+        <v>25</v>
+      </c>
+      <c r="B404">
+        <v>2026</v>
+      </c>
+      <c r="C404">
+        <v>3118</v>
+      </c>
+      <c r="D404" t="s">
+        <v>97</v>
+      </c>
+      <c r="E404" t="s">
+        <v>70</v>
+      </c>
+      <c r="F404">
+        <v>310</v>
+      </c>
+      <c r="G404">
+        <v>2.5913</v>
+      </c>
+      <c r="H404">
+        <v>332</v>
+      </c>
+      <c r="I404">
+        <v>0</v>
+      </c>
+      <c r="J404">
+        <v>0</v>
+      </c>
+      <c r="K404">
+        <v>922.905</v>
+      </c>
+      <c r="L404" t="s">
+        <v>27</v>
+      </c>
+      <c r="M404">
+        <v>1</v>
+      </c>
+      <c r="N404" t="s">
+        <v>98</v>
+      </c>
+      <c r="O404">
+        <v>2</v>
+      </c>
+      <c r="P404">
+        <v>16164</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>29</v>
+      </c>
+      <c r="R404" t="s">
+        <v>30</v>
+      </c>
+      <c r="S404" t="s">
+        <v>31</v>
+      </c>
+      <c r="T404" t="s">
+        <v>31</v>
+      </c>
+      <c r="U404" t="s">
+        <v>51</v>
+      </c>
+      <c r="V404">
+        <v>53</v>
+      </c>
+      <c r="W404">
+        <v>0</v>
+      </c>
+      <c r="X404">
+        <v>0</v>
+      </c>
+      <c r="Y404">
+        <v>233.505</v>
+      </c>
+    </row>
+    <row r="405" spans="1:25">
+      <c r="A405" t="s">
+        <v>25</v>
+      </c>
+      <c r="B405">
+        <v>2026</v>
+      </c>
+      <c r="C405">
+        <v>3118</v>
+      </c>
+      <c r="D405" t="s">
+        <v>97</v>
+      </c>
+      <c r="E405" t="s">
+        <v>70</v>
+      </c>
+      <c r="F405">
+        <v>311</v>
+      </c>
+      <c r="G405">
+        <v>2.5</v>
+      </c>
+      <c r="H405">
+        <v>381</v>
+      </c>
+      <c r="I405">
+        <v>0</v>
+      </c>
+      <c r="J405">
+        <v>0</v>
+      </c>
+      <c r="K405">
+        <v>955.223</v>
+      </c>
+      <c r="L405" t="s">
+        <v>27</v>
+      </c>
+      <c r="M405">
+        <v>1</v>
+      </c>
+      <c r="N405" t="s">
+        <v>99</v>
+      </c>
+      <c r="O405">
+        <v>2</v>
+      </c>
+      <c r="P405">
+        <v>16164</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>29</v>
+      </c>
+      <c r="R405" t="s">
+        <v>30</v>
+      </c>
+      <c r="S405" t="s">
+        <v>31</v>
+      </c>
+      <c r="T405" t="s">
+        <v>31</v>
+      </c>
+      <c r="U405" t="s">
+        <v>33</v>
+      </c>
+      <c r="V405">
+        <v>28</v>
+      </c>
+      <c r="W405">
+        <v>0</v>
+      </c>
+      <c r="X405">
+        <v>0</v>
+      </c>
+      <c r="Y405">
+        <v>34.197</v>
+      </c>
+    </row>
+    <row r="406" spans="1:25">
+      <c r="A406" t="s">
+        <v>25</v>
+      </c>
+      <c r="B406">
+        <v>2026</v>
+      </c>
+      <c r="C406">
+        <v>3118</v>
+      </c>
+      <c r="D406" t="s">
+        <v>97</v>
+      </c>
+      <c r="E406" t="s">
+        <v>70</v>
+      </c>
+      <c r="F406">
+        <v>311</v>
+      </c>
+      <c r="G406">
+        <v>2.5</v>
+      </c>
+      <c r="H406">
+        <v>381</v>
+      </c>
+      <c r="I406">
+        <v>0</v>
+      </c>
+      <c r="J406">
+        <v>0</v>
+      </c>
+      <c r="K406">
+        <v>955.223</v>
+      </c>
+      <c r="L406" t="s">
+        <v>27</v>
+      </c>
+      <c r="M406">
+        <v>1</v>
+      </c>
+      <c r="N406" t="s">
+        <v>99</v>
+      </c>
+      <c r="O406">
+        <v>2</v>
+      </c>
+      <c r="P406">
+        <v>16164</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>29</v>
+      </c>
+      <c r="R406" t="s">
+        <v>30</v>
+      </c>
+      <c r="S406" t="s">
+        <v>31</v>
+      </c>
+      <c r="T406" t="s">
+        <v>31</v>
+      </c>
+      <c r="U406" t="s">
+        <v>34</v>
+      </c>
+      <c r="V406">
+        <v>162</v>
+      </c>
+      <c r="W406">
+        <v>0</v>
+      </c>
+      <c r="X406">
+        <v>0</v>
+      </c>
+      <c r="Y406">
+        <v>300.848</v>
+      </c>
+    </row>
+    <row r="407" spans="1:25">
+      <c r="A407" t="s">
+        <v>25</v>
+      </c>
+      <c r="B407">
+        <v>2026</v>
+      </c>
+      <c r="C407">
+        <v>3118</v>
+      </c>
+      <c r="D407" t="s">
+        <v>97</v>
+      </c>
+      <c r="E407" t="s">
+        <v>70</v>
+      </c>
+      <c r="F407">
+        <v>311</v>
+      </c>
+      <c r="G407">
+        <v>2.5</v>
+      </c>
+      <c r="H407">
+        <v>381</v>
+      </c>
+      <c r="I407">
+        <v>0</v>
+      </c>
+      <c r="J407">
+        <v>0</v>
+      </c>
+      <c r="K407">
+        <v>955.223</v>
+      </c>
+      <c r="L407" t="s">
+        <v>27</v>
+      </c>
+      <c r="M407">
+        <v>1</v>
+      </c>
+      <c r="N407" t="s">
+        <v>99</v>
+      </c>
+      <c r="O407">
+        <v>2</v>
+      </c>
+      <c r="P407">
+        <v>16164</v>
+      </c>
+      <c r="Q407" t="s">
+        <v>29</v>
+      </c>
+      <c r="R407" t="s">
+        <v>30</v>
+      </c>
+      <c r="S407" t="s">
+        <v>31</v>
+      </c>
+      <c r="T407" t="s">
+        <v>31</v>
+      </c>
+      <c r="U407" t="s">
+        <v>35</v>
+      </c>
+      <c r="V407">
+        <v>152</v>
+      </c>
+      <c r="W407">
+        <v>0</v>
+      </c>
+      <c r="X407">
+        <v>0</v>
+      </c>
+      <c r="Y407">
+        <v>456.114</v>
+      </c>
+    </row>
+    <row r="408" spans="1:25">
+      <c r="A408" t="s">
+        <v>25</v>
+      </c>
+      <c r="B408">
+        <v>2026</v>
+      </c>
+      <c r="C408">
+        <v>3118</v>
+      </c>
+      <c r="D408" t="s">
+        <v>97</v>
+      </c>
+      <c r="E408" t="s">
+        <v>70</v>
+      </c>
+      <c r="F408">
+        <v>311</v>
+      </c>
+      <c r="G408">
+        <v>2.5</v>
+      </c>
+      <c r="H408">
+        <v>381</v>
+      </c>
+      <c r="I408">
+        <v>0</v>
+      </c>
+      <c r="J408">
+        <v>0</v>
+      </c>
+      <c r="K408">
+        <v>955.223</v>
+      </c>
+      <c r="L408" t="s">
+        <v>27</v>
+      </c>
+      <c r="M408">
+        <v>1</v>
+      </c>
+      <c r="N408" t="s">
+        <v>99</v>
+      </c>
+      <c r="O408">
+        <v>2</v>
+      </c>
+      <c r="P408">
+        <v>16164</v>
+      </c>
+      <c r="Q408" t="s">
+        <v>29</v>
+      </c>
+      <c r="R408" t="s">
+        <v>30</v>
+      </c>
+      <c r="S408" t="s">
+        <v>31</v>
+      </c>
+      <c r="T408" t="s">
+        <v>31</v>
+      </c>
+      <c r="U408" t="s">
+        <v>39</v>
+      </c>
+      <c r="V408">
+        <v>28</v>
+      </c>
+      <c r="W408">
+        <v>0</v>
+      </c>
+      <c r="X408">
+        <v>0</v>
+      </c>
+      <c r="Y408">
+        <v>114.849</v>
+      </c>
+    </row>
+    <row r="409" spans="1:25">
+      <c r="A409" t="s">
+        <v>25</v>
+      </c>
+      <c r="B409">
+        <v>2026</v>
+      </c>
+      <c r="C409">
+        <v>3118</v>
+      </c>
+      <c r="D409" t="s">
+        <v>97</v>
+      </c>
+      <c r="E409" t="s">
+        <v>70</v>
+      </c>
+      <c r="F409">
+        <v>311</v>
+      </c>
+      <c r="G409">
+        <v>2.5</v>
+      </c>
+      <c r="H409">
+        <v>381</v>
+      </c>
+      <c r="I409">
+        <v>0</v>
+      </c>
+      <c r="J409">
+        <v>0</v>
+      </c>
+      <c r="K409">
+        <v>955.223</v>
+      </c>
+      <c r="L409" t="s">
+        <v>27</v>
+      </c>
+      <c r="M409">
+        <v>1</v>
+      </c>
+      <c r="N409" t="s">
+        <v>99</v>
+      </c>
+      <c r="O409">
+        <v>2</v>
+      </c>
+      <c r="P409">
+        <v>16164</v>
+      </c>
+      <c r="Q409" t="s">
+        <v>29</v>
+      </c>
+      <c r="R409" t="s">
+        <v>30</v>
+      </c>
+      <c r="S409" t="s">
+        <v>31</v>
+      </c>
+      <c r="T409" t="s">
+        <v>31</v>
+      </c>
+      <c r="U409" t="s">
+        <v>51</v>
+      </c>
+      <c r="V409">
+        <v>5</v>
+      </c>
+      <c r="W409">
+        <v>0</v>
+      </c>
+      <c r="X409">
+        <v>0</v>
+      </c>
+      <c r="Y409">
+        <v>26.785</v>
+      </c>
+    </row>
+    <row r="410" spans="1:25">
+      <c r="A410" t="s">
+        <v>25</v>
+      </c>
+      <c r="B410">
+        <v>2026</v>
+      </c>
+      <c r="C410">
+        <v>3118</v>
+      </c>
+      <c r="D410" t="s">
+        <v>97</v>
+      </c>
+      <c r="E410" t="s">
+        <v>70</v>
+      </c>
+      <c r="F410">
+        <v>311</v>
+      </c>
+      <c r="G410">
+        <v>2.5</v>
+      </c>
+      <c r="H410">
+        <v>381</v>
+      </c>
+      <c r="I410">
+        <v>0</v>
+      </c>
+      <c r="J410">
+        <v>0</v>
+      </c>
+      <c r="K410">
+        <v>955.223</v>
+      </c>
+      <c r="L410" t="s">
+        <v>27</v>
+      </c>
+      <c r="M410">
+        <v>1</v>
+      </c>
+      <c r="N410" t="s">
+        <v>99</v>
+      </c>
+      <c r="O410">
+        <v>2</v>
+      </c>
+      <c r="P410">
+        <v>16164</v>
+      </c>
+      <c r="Q410" t="s">
+        <v>29</v>
+      </c>
+      <c r="R410" t="s">
+        <v>30</v>
+      </c>
+      <c r="S410" t="s">
+        <v>38</v>
+      </c>
+      <c r="T410" t="s">
+        <v>31</v>
+      </c>
+      <c r="U410" t="s">
+        <v>34</v>
+      </c>
+      <c r="V410">
+        <v>1</v>
+      </c>
+      <c r="W410">
+        <v>0</v>
+      </c>
+      <c r="X410">
+        <v>0</v>
+      </c>
+      <c r="Y410">
+        <v>1.825</v>
+      </c>
+    </row>
+    <row r="411" spans="1:25">
+      <c r="A411" t="s">
+        <v>25</v>
+      </c>
+      <c r="B411">
+        <v>2026</v>
+      </c>
+      <c r="C411">
+        <v>3118</v>
+      </c>
+      <c r="D411" t="s">
+        <v>97</v>
+      </c>
+      <c r="E411" t="s">
+        <v>70</v>
+      </c>
+      <c r="F411">
+        <v>311</v>
+      </c>
+      <c r="G411">
+        <v>2.5</v>
+      </c>
+      <c r="H411">
+        <v>381</v>
+      </c>
+      <c r="I411">
+        <v>0</v>
+      </c>
+      <c r="J411">
+        <v>0</v>
+      </c>
+      <c r="K411">
+        <v>955.223</v>
+      </c>
+      <c r="L411" t="s">
+        <v>27</v>
+      </c>
+      <c r="M411">
+        <v>1</v>
+      </c>
+      <c r="N411" t="s">
+        <v>99</v>
+      </c>
+      <c r="O411">
+        <v>2</v>
+      </c>
+      <c r="P411">
+        <v>16164</v>
+      </c>
+      <c r="Q411" t="s">
+        <v>29</v>
+      </c>
+      <c r="R411" t="s">
+        <v>30</v>
+      </c>
+      <c r="S411" t="s">
+        <v>38</v>
+      </c>
+      <c r="T411" t="s">
+        <v>31</v>
+      </c>
+      <c r="U411" t="s">
+        <v>35</v>
+      </c>
+      <c r="V411">
+        <v>3</v>
+      </c>
+      <c r="W411">
+        <v>0</v>
+      </c>
+      <c r="X411">
+        <v>0</v>
+      </c>
+      <c r="Y411">
+        <v>10.107</v>
+      </c>
+    </row>
+    <row r="412" spans="1:25">
+      <c r="A412" t="s">
+        <v>25</v>
+      </c>
+      <c r="B412">
+        <v>2026</v>
+      </c>
+      <c r="C412">
+        <v>3118</v>
+      </c>
+      <c r="D412" t="s">
+        <v>97</v>
+      </c>
+      <c r="E412" t="s">
+        <v>70</v>
+      </c>
+      <c r="F412">
+        <v>311</v>
+      </c>
+      <c r="G412">
+        <v>2.5</v>
+      </c>
+      <c r="H412">
+        <v>381</v>
+      </c>
+      <c r="I412">
+        <v>0</v>
+      </c>
+      <c r="J412">
+        <v>0</v>
+      </c>
+      <c r="K412">
+        <v>955.223</v>
+      </c>
+      <c r="L412" t="s">
+        <v>27</v>
+      </c>
+      <c r="M412">
+        <v>1</v>
+      </c>
+      <c r="N412" t="s">
+        <v>99</v>
+      </c>
+      <c r="O412">
+        <v>2</v>
+      </c>
+      <c r="P412">
+        <v>16164</v>
+      </c>
+      <c r="Q412" t="s">
+        <v>29</v>
+      </c>
+      <c r="R412" t="s">
+        <v>30</v>
+      </c>
+      <c r="S412" t="s">
+        <v>38</v>
+      </c>
+      <c r="T412" t="s">
+        <v>31</v>
+      </c>
+      <c r="U412" t="s">
+        <v>39</v>
+      </c>
+      <c r="V412">
+        <v>1</v>
+      </c>
+      <c r="W412">
+        <v>0</v>
+      </c>
+      <c r="X412">
+        <v>0</v>
+      </c>
+      <c r="Y412">
+        <v>3.998</v>
+      </c>
+    </row>
+    <row r="413" spans="1:25">
+      <c r="A413" t="s">
+        <v>25</v>
+      </c>
+      <c r="B413">
+        <v>2026</v>
+      </c>
+      <c r="C413">
+        <v>3118</v>
+      </c>
+      <c r="D413" t="s">
+        <v>97</v>
+      </c>
+      <c r="E413" t="s">
+        <v>70</v>
+      </c>
+      <c r="F413">
+        <v>311</v>
+      </c>
+      <c r="G413">
+        <v>2.5</v>
+      </c>
+      <c r="H413">
+        <v>381</v>
+      </c>
+      <c r="I413">
+        <v>0</v>
+      </c>
+      <c r="J413">
+        <v>0</v>
+      </c>
+      <c r="K413">
+        <v>955.223</v>
+      </c>
+      <c r="L413" t="s">
+        <v>27</v>
+      </c>
+      <c r="M413">
+        <v>1</v>
+      </c>
+      <c r="N413" t="s">
+        <v>99</v>
+      </c>
+      <c r="O413">
+        <v>2</v>
+      </c>
+      <c r="P413">
+        <v>16164</v>
+      </c>
+      <c r="Q413" t="s">
+        <v>29</v>
+      </c>
+      <c r="R413" t="s">
+        <v>30</v>
+      </c>
+      <c r="S413" t="s">
+        <v>38</v>
+      </c>
+      <c r="T413" t="s">
+        <v>31</v>
+      </c>
+      <c r="U413" t="s">
+        <v>51</v>
+      </c>
+      <c r="V413">
+        <v>1</v>
+      </c>
+      <c r="W413">
+        <v>0</v>
+      </c>
+      <c r="X413">
+        <v>0</v>
+      </c>
+      <c r="Y413">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="414" spans="1:25">
+      <c r="A414" t="s">
+        <v>25</v>
+      </c>
+      <c r="B414">
+        <v>2026</v>
+      </c>
+      <c r="C414">
+        <v>3118</v>
+      </c>
+      <c r="D414" t="s">
+        <v>97</v>
+      </c>
+      <c r="E414" t="s">
+        <v>70</v>
+      </c>
+      <c r="F414">
+        <v>312</v>
+      </c>
+      <c r="G414">
+        <v>6.1957</v>
+      </c>
+      <c r="H414">
+        <v>239</v>
+      </c>
+      <c r="I414">
+        <v>0</v>
+      </c>
+      <c r="J414">
+        <v>0</v>
+      </c>
+      <c r="K414">
+        <v>294.4</v>
+      </c>
+      <c r="L414" t="s">
+        <v>27</v>
+      </c>
+      <c r="M414">
+        <v>1</v>
+      </c>
+      <c r="N414" t="s">
+        <v>100</v>
+      </c>
+      <c r="O414">
+        <v>2</v>
+      </c>
+      <c r="P414">
+        <v>16164</v>
+      </c>
+      <c r="Q414" t="s">
+        <v>29</v>
+      </c>
+      <c r="R414" t="s">
+        <v>101</v>
+      </c>
+      <c r="S414" t="s">
+        <v>31</v>
+      </c>
+      <c r="T414" t="s">
+        <v>31</v>
+      </c>
+      <c r="U414" t="s">
+        <v>32</v>
+      </c>
+      <c r="V414">
+        <v>20</v>
+      </c>
+      <c r="W414">
+        <v>0</v>
+      </c>
+      <c r="X414">
+        <v>0</v>
+      </c>
+      <c r="Y414">
+        <v>11.545</v>
+      </c>
+    </row>
+    <row r="415" spans="1:25">
+      <c r="A415" t="s">
+        <v>25</v>
+      </c>
+      <c r="B415">
+        <v>2026</v>
+      </c>
+      <c r="C415">
+        <v>3118</v>
+      </c>
+      <c r="D415" t="s">
+        <v>97</v>
+      </c>
+      <c r="E415" t="s">
+        <v>70</v>
+      </c>
+      <c r="F415">
+        <v>312</v>
+      </c>
+      <c r="G415">
+        <v>6.1957</v>
+      </c>
+      <c r="H415">
+        <v>239</v>
+      </c>
+      <c r="I415">
+        <v>0</v>
+      </c>
+      <c r="J415">
+        <v>0</v>
+      </c>
+      <c r="K415">
+        <v>294.4</v>
+      </c>
+      <c r="L415" t="s">
+        <v>27</v>
+      </c>
+      <c r="M415">
+        <v>1</v>
+      </c>
+      <c r="N415" t="s">
+        <v>100</v>
+      </c>
+      <c r="O415">
+        <v>2</v>
+      </c>
+      <c r="P415">
+        <v>16164</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>29</v>
+      </c>
+      <c r="R415" t="s">
+        <v>101</v>
+      </c>
+      <c r="S415" t="s">
+        <v>31</v>
+      </c>
+      <c r="T415" t="s">
+        <v>31</v>
+      </c>
+      <c r="U415" t="s">
+        <v>33</v>
+      </c>
+      <c r="V415">
+        <v>161</v>
+      </c>
+      <c r="W415">
+        <v>0</v>
+      </c>
+      <c r="X415">
+        <v>0</v>
+      </c>
+      <c r="Y415">
+        <v>180.673</v>
+      </c>
+    </row>
+    <row r="416" spans="1:25">
+      <c r="A416" t="s">
+        <v>25</v>
+      </c>
+      <c r="B416">
+        <v>2026</v>
+      </c>
+      <c r="C416">
+        <v>3118</v>
+      </c>
+      <c r="D416" t="s">
+        <v>97</v>
+      </c>
+      <c r="E416" t="s">
+        <v>70</v>
+      </c>
+      <c r="F416">
+        <v>312</v>
+      </c>
+      <c r="G416">
+        <v>6.1957</v>
+      </c>
+      <c r="H416">
+        <v>239</v>
+      </c>
+      <c r="I416">
+        <v>0</v>
+      </c>
+      <c r="J416">
+        <v>0</v>
+      </c>
+      <c r="K416">
+        <v>294.4</v>
+      </c>
+      <c r="L416" t="s">
+        <v>27</v>
+      </c>
+      <c r="M416">
+        <v>1</v>
+      </c>
+      <c r="N416" t="s">
+        <v>100</v>
+      </c>
+      <c r="O416">
+        <v>2</v>
+      </c>
+      <c r="P416">
+        <v>16164</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>29</v>
+      </c>
+      <c r="R416" t="s">
+        <v>101</v>
+      </c>
+      <c r="S416" t="s">
+        <v>31</v>
+      </c>
+      <c r="T416" t="s">
+        <v>31</v>
+      </c>
+      <c r="U416" t="s">
+        <v>34</v>
+      </c>
+      <c r="V416">
+        <v>52</v>
+      </c>
+      <c r="W416">
+        <v>0</v>
+      </c>
+      <c r="X416">
+        <v>0</v>
+      </c>
+      <c r="Y416">
+        <v>91.433</v>
+      </c>
+    </row>
+    <row r="417" spans="1:25">
+      <c r="A417" t="s">
+        <v>25</v>
+      </c>
+      <c r="B417">
+        <v>2026</v>
+      </c>
+      <c r="C417">
+        <v>3118</v>
+      </c>
+      <c r="D417" t="s">
+        <v>97</v>
+      </c>
+      <c r="E417" t="s">
+        <v>70</v>
+      </c>
+      <c r="F417">
+        <v>312</v>
+      </c>
+      <c r="G417">
+        <v>6.1957</v>
+      </c>
+      <c r="H417">
+        <v>239</v>
+      </c>
+      <c r="I417">
+        <v>0</v>
+      </c>
+      <c r="J417">
+        <v>0</v>
+      </c>
+      <c r="K417">
+        <v>294.4</v>
+      </c>
+      <c r="L417" t="s">
+        <v>27</v>
+      </c>
+      <c r="M417">
+        <v>1</v>
+      </c>
+      <c r="N417" t="s">
+        <v>100</v>
+      </c>
+      <c r="O417">
+        <v>2</v>
+      </c>
+      <c r="P417">
+        <v>16164</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>29</v>
+      </c>
+      <c r="R417" t="s">
+        <v>101</v>
+      </c>
+      <c r="S417" t="s">
+        <v>31</v>
+      </c>
+      <c r="T417" t="s">
+        <v>31</v>
+      </c>
+      <c r="U417" t="s">
+        <v>35</v>
+      </c>
+      <c r="V417">
+        <v>1</v>
+      </c>
+      <c r="W417">
+        <v>0</v>
+      </c>
+      <c r="X417">
+        <v>0</v>
+      </c>
+      <c r="Y417">
+        <v>2.677</v>
+      </c>
+    </row>
+    <row r="418" spans="1:25">
+      <c r="A418" t="s">
+        <v>25</v>
+      </c>
+      <c r="B418">
+        <v>2026</v>
+      </c>
+      <c r="C418">
+        <v>3118</v>
+      </c>
+      <c r="D418" t="s">
+        <v>97</v>
+      </c>
+      <c r="E418" t="s">
+        <v>70</v>
+      </c>
+      <c r="F418">
+        <v>312</v>
+      </c>
+      <c r="G418">
+        <v>6.1957</v>
+      </c>
+      <c r="H418">
+        <v>239</v>
+      </c>
+      <c r="I418">
+        <v>0</v>
+      </c>
+      <c r="J418">
+        <v>0</v>
+      </c>
+      <c r="K418">
+        <v>294.4</v>
+      </c>
+      <c r="L418" t="s">
+        <v>27</v>
+      </c>
+      <c r="M418">
+        <v>1</v>
+      </c>
+      <c r="N418" t="s">
+        <v>100</v>
+      </c>
+      <c r="O418">
+        <v>2</v>
+      </c>
+      <c r="P418">
+        <v>16164</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>29</v>
+      </c>
+      <c r="R418" t="s">
+        <v>101</v>
+      </c>
+      <c r="S418" t="s">
+        <v>38</v>
+      </c>
+      <c r="T418" t="s">
+        <v>31</v>
+      </c>
+      <c r="U418" t="s">
+        <v>33</v>
+      </c>
+      <c r="V418">
+        <v>3</v>
+      </c>
+      <c r="W418">
+        <v>0</v>
+      </c>
+      <c r="X418">
+        <v>0</v>
+      </c>
+      <c r="Y418">
+        <v>3.901</v>
+      </c>
+    </row>
+    <row r="419" spans="1:25">
+      <c r="A419" t="s">
+        <v>25</v>
+      </c>
+      <c r="B419">
+        <v>2026</v>
+      </c>
+      <c r="C419">
+        <v>3118</v>
+      </c>
+      <c r="D419" t="s">
+        <v>97</v>
+      </c>
+      <c r="E419" t="s">
+        <v>70</v>
+      </c>
+      <c r="F419">
+        <v>312</v>
+      </c>
+      <c r="G419">
+        <v>6.1957</v>
+      </c>
+      <c r="H419">
+        <v>239</v>
+      </c>
+      <c r="I419">
+        <v>0</v>
+      </c>
+      <c r="J419">
+        <v>0</v>
+      </c>
+      <c r="K419">
+        <v>294.4</v>
+      </c>
+      <c r="L419" t="s">
+        <v>27</v>
+      </c>
+      <c r="M419">
+        <v>1</v>
+      </c>
+      <c r="N419" t="s">
+        <v>100</v>
+      </c>
+      <c r="O419">
+        <v>2</v>
+      </c>
+      <c r="P419">
+        <v>16164</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>29</v>
+      </c>
+      <c r="R419" t="s">
+        <v>101</v>
+      </c>
+      <c r="S419" t="s">
+        <v>38</v>
+      </c>
+      <c r="T419" t="s">
+        <v>31</v>
+      </c>
+      <c r="U419" t="s">
+        <v>34</v>
+      </c>
+      <c r="V419">
+        <v>2</v>
+      </c>
+      <c r="W419">
+        <v>0</v>
+      </c>
+      <c r="X419">
+        <v>0</v>
+      </c>
+      <c r="Y419">
+        <v>4.171</v>
+      </c>
+    </row>
+    <row r="420" spans="1:25">
+      <c r="A420" t="s">
+        <v>25</v>
+      </c>
+      <c r="B420">
+        <v>2026</v>
+      </c>
+      <c r="C420">
+        <v>3118</v>
+      </c>
+      <c r="D420" t="s">
+        <v>97</v>
+      </c>
+      <c r="E420" t="s">
+        <v>70</v>
+      </c>
+      <c r="F420">
+        <v>313</v>
+      </c>
+      <c r="G420">
+        <v>1.5478</v>
+      </c>
+      <c r="H420">
+        <v>105</v>
+      </c>
+      <c r="I420">
+        <v>0</v>
+      </c>
+      <c r="J420">
+        <v>0</v>
+      </c>
+      <c r="K420">
+        <v>258.575</v>
+      </c>
+      <c r="L420" t="s">
+        <v>27</v>
+      </c>
+      <c r="M420">
+        <v>1</v>
+      </c>
+      <c r="N420" t="s">
+        <v>102</v>
+      </c>
+      <c r="O420">
+        <v>2</v>
+      </c>
+      <c r="P420">
+        <v>16164</v>
+      </c>
+      <c r="Q420" t="s">
+        <v>47</v>
+      </c>
+      <c r="R420" t="s">
+        <v>48</v>
+      </c>
+      <c r="S420" t="s">
+        <v>31</v>
+      </c>
+      <c r="T420" t="s">
+        <v>31</v>
+      </c>
+      <c r="U420" t="s">
+        <v>32</v>
+      </c>
+      <c r="V420">
+        <v>1</v>
+      </c>
+      <c r="W420">
+        <v>0</v>
+      </c>
+      <c r="X420">
+        <v>0</v>
+      </c>
+      <c r="Y420">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="421" spans="1:25">
+      <c r="A421" t="s">
+        <v>25</v>
+      </c>
+      <c r="B421">
+        <v>2026</v>
+      </c>
+      <c r="C421">
+        <v>3118</v>
+      </c>
+      <c r="D421" t="s">
+        <v>97</v>
+      </c>
+      <c r="E421" t="s">
+        <v>70</v>
+      </c>
+      <c r="F421">
+        <v>313</v>
+      </c>
+      <c r="G421">
+        <v>1.5478</v>
+      </c>
+      <c r="H421">
+        <v>105</v>
+      </c>
+      <c r="I421">
+        <v>0</v>
+      </c>
+      <c r="J421">
+        <v>0</v>
+      </c>
+      <c r="K421">
+        <v>258.575</v>
+      </c>
+      <c r="L421" t="s">
+        <v>27</v>
+      </c>
+      <c r="M421">
+        <v>1</v>
+      </c>
+      <c r="N421" t="s">
+        <v>102</v>
+      </c>
+      <c r="O421">
+        <v>2</v>
+      </c>
+      <c r="P421">
+        <v>16164</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>47</v>
+      </c>
+      <c r="R421" t="s">
+        <v>48</v>
+      </c>
+      <c r="S421" t="s">
+        <v>31</v>
+      </c>
+      <c r="T421" t="s">
+        <v>31</v>
+      </c>
+      <c r="U421" t="s">
+        <v>33</v>
+      </c>
+      <c r="V421">
+        <v>18</v>
+      </c>
+      <c r="W421">
+        <v>0</v>
+      </c>
+      <c r="X421">
+        <v>0</v>
+      </c>
+      <c r="Y421">
+        <v>18.698</v>
+      </c>
+    </row>
+    <row r="422" spans="1:25">
+      <c r="A422" t="s">
+        <v>25</v>
+      </c>
+      <c r="B422">
+        <v>2026</v>
+      </c>
+      <c r="C422">
+        <v>3118</v>
+      </c>
+      <c r="D422" t="s">
+        <v>97</v>
+      </c>
+      <c r="E422" t="s">
+        <v>70</v>
+      </c>
+      <c r="F422">
+        <v>313</v>
+      </c>
+      <c r="G422">
+        <v>1.5478</v>
+      </c>
+      <c r="H422">
+        <v>105</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="J422">
+        <v>0</v>
+      </c>
+      <c r="K422">
+        <v>258.575</v>
+      </c>
+      <c r="L422" t="s">
+        <v>27</v>
+      </c>
+      <c r="M422">
+        <v>1</v>
+      </c>
+      <c r="N422" t="s">
+        <v>102</v>
+      </c>
+      <c r="O422">
+        <v>2</v>
+      </c>
+      <c r="P422">
+        <v>16164</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>47</v>
+      </c>
+      <c r="R422" t="s">
+        <v>48</v>
+      </c>
+      <c r="S422" t="s">
+        <v>31</v>
+      </c>
+      <c r="T422" t="s">
+        <v>31</v>
+      </c>
+      <c r="U422" t="s">
+        <v>34</v>
+      </c>
+      <c r="V422">
+        <v>31</v>
+      </c>
+      <c r="W422">
+        <v>0</v>
+      </c>
+      <c r="X422">
+        <v>0</v>
+      </c>
+      <c r="Y422">
+        <v>54.045</v>
+      </c>
+    </row>
+    <row r="423" spans="1:25">
+      <c r="A423" t="s">
+        <v>25</v>
+      </c>
+      <c r="B423">
+        <v>2026</v>
+      </c>
+      <c r="C423">
+        <v>3118</v>
+      </c>
+      <c r="D423" t="s">
+        <v>97</v>
+      </c>
+      <c r="E423" t="s">
+        <v>70</v>
+      </c>
+      <c r="F423">
+        <v>313</v>
+      </c>
+      <c r="G423">
+        <v>1.5478</v>
+      </c>
+      <c r="H423">
+        <v>105</v>
+      </c>
+      <c r="I423">
+        <v>0</v>
+      </c>
+      <c r="J423">
+        <v>0</v>
+      </c>
+      <c r="K423">
+        <v>258.575</v>
+      </c>
+      <c r="L423" t="s">
+        <v>27</v>
+      </c>
+      <c r="M423">
+        <v>1</v>
+      </c>
+      <c r="N423" t="s">
+        <v>102</v>
+      </c>
+      <c r="O423">
+        <v>2</v>
+      </c>
+      <c r="P423">
+        <v>16164</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>47</v>
+      </c>
+      <c r="R423" t="s">
+        <v>48</v>
+      </c>
+      <c r="S423" t="s">
+        <v>31</v>
+      </c>
+      <c r="T423" t="s">
+        <v>31</v>
+      </c>
+      <c r="U423" t="s">
+        <v>35</v>
+      </c>
+      <c r="V423">
+        <v>23</v>
+      </c>
+      <c r="W423">
+        <v>0</v>
+      </c>
+      <c r="X423">
+        <v>0</v>
+      </c>
+      <c r="Y423">
+        <v>64.356</v>
+      </c>
+    </row>
+    <row r="424" spans="1:25">
+      <c r="A424" t="s">
+        <v>25</v>
+      </c>
+      <c r="B424">
+        <v>2026</v>
+      </c>
+      <c r="C424">
+        <v>3118</v>
+      </c>
+      <c r="D424" t="s">
+        <v>97</v>
+      </c>
+      <c r="E424" t="s">
+        <v>70</v>
+      </c>
+      <c r="F424">
+        <v>313</v>
+      </c>
+      <c r="G424">
+        <v>1.5478</v>
+      </c>
+      <c r="H424">
+        <v>105</v>
+      </c>
+      <c r="I424">
+        <v>0</v>
+      </c>
+      <c r="J424">
+        <v>0</v>
+      </c>
+      <c r="K424">
+        <v>258.575</v>
+      </c>
+      <c r="L424" t="s">
+        <v>27</v>
+      </c>
+      <c r="M424">
+        <v>1</v>
+      </c>
+      <c r="N424" t="s">
+        <v>102</v>
+      </c>
+      <c r="O424">
+        <v>2</v>
+      </c>
+      <c r="P424">
+        <v>16164</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>47</v>
+      </c>
+      <c r="R424" t="s">
+        <v>48</v>
+      </c>
+      <c r="S424" t="s">
+        <v>31</v>
+      </c>
+      <c r="T424" t="s">
+        <v>31</v>
+      </c>
+      <c r="U424" t="s">
+        <v>39</v>
+      </c>
+      <c r="V424">
+        <v>3</v>
+      </c>
+      <c r="W424">
+        <v>0</v>
+      </c>
+      <c r="X424">
+        <v>0</v>
+      </c>
+      <c r="Y424">
+        <v>11.028</v>
+      </c>
+    </row>
+    <row r="425" spans="1:25">
+      <c r="A425" t="s">
+        <v>25</v>
+      </c>
+      <c r="B425">
+        <v>2026</v>
+      </c>
+      <c r="C425">
+        <v>3118</v>
+      </c>
+      <c r="D425" t="s">
+        <v>97</v>
+      </c>
+      <c r="E425" t="s">
+        <v>70</v>
+      </c>
+      <c r="F425">
+        <v>313</v>
+      </c>
+      <c r="G425">
+        <v>1.5478</v>
+      </c>
+      <c r="H425">
+        <v>105</v>
+      </c>
+      <c r="I425">
+        <v>0</v>
+      </c>
+      <c r="J425">
+        <v>0</v>
+      </c>
+      <c r="K425">
+        <v>258.575</v>
+      </c>
+      <c r="L425" t="s">
+        <v>27</v>
+      </c>
+      <c r="M425">
+        <v>1</v>
+      </c>
+      <c r="N425" t="s">
+        <v>102</v>
+      </c>
+      <c r="O425">
+        <v>2</v>
+      </c>
+      <c r="P425">
+        <v>16164</v>
+      </c>
+      <c r="Q425" t="s">
+        <v>47</v>
+      </c>
+      <c r="R425" t="s">
+        <v>48</v>
+      </c>
+      <c r="S425" t="s">
+        <v>45</v>
+      </c>
+      <c r="T425" t="s">
+        <v>31</v>
+      </c>
+      <c r="U425" t="s">
+        <v>34</v>
+      </c>
+      <c r="V425">
+        <v>1</v>
+      </c>
+      <c r="W425">
+        <v>0</v>
+      </c>
+      <c r="X425">
+        <v>0</v>
+      </c>
+      <c r="Y425">
+        <v>1.531</v>
+      </c>
+    </row>
+    <row r="426" spans="1:25">
+      <c r="A426" t="s">
+        <v>25</v>
+      </c>
+      <c r="B426">
+        <v>2026</v>
+      </c>
+      <c r="C426">
+        <v>3118</v>
+      </c>
+      <c r="D426" t="s">
+        <v>97</v>
+      </c>
+      <c r="E426" t="s">
+        <v>70</v>
+      </c>
+      <c r="F426">
+        <v>313</v>
+      </c>
+      <c r="G426">
+        <v>1.5478</v>
+      </c>
+      <c r="H426">
+        <v>105</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="J426">
+        <v>0</v>
+      </c>
+      <c r="K426">
+        <v>258.575</v>
+      </c>
+      <c r="L426" t="s">
+        <v>27</v>
+      </c>
+      <c r="M426">
+        <v>1</v>
+      </c>
+      <c r="N426" t="s">
+        <v>102</v>
+      </c>
+      <c r="O426">
+        <v>2</v>
+      </c>
+      <c r="P426">
+        <v>16164</v>
+      </c>
+      <c r="Q426" t="s">
+        <v>47</v>
+      </c>
+      <c r="R426" t="s">
+        <v>48</v>
+      </c>
+      <c r="S426" t="s">
+        <v>45</v>
+      </c>
+      <c r="T426" t="s">
+        <v>31</v>
+      </c>
+      <c r="U426" t="s">
+        <v>35</v>
+      </c>
+      <c r="V426">
+        <v>1</v>
+      </c>
+      <c r="W426">
+        <v>0</v>
+      </c>
+      <c r="X426">
+        <v>0</v>
+      </c>
+      <c r="Y426">
+        <v>2.82</v>
+      </c>
+    </row>
+    <row r="427" spans="1:25">
+      <c r="A427" t="s">
+        <v>25</v>
+      </c>
+      <c r="B427">
+        <v>2026</v>
+      </c>
+      <c r="C427">
+        <v>3118</v>
+      </c>
+      <c r="D427" t="s">
+        <v>97</v>
+      </c>
+      <c r="E427" t="s">
+        <v>70</v>
+      </c>
+      <c r="F427">
+        <v>313</v>
+      </c>
+      <c r="G427">
+        <v>1.5478</v>
+      </c>
+      <c r="H427">
+        <v>105</v>
+      </c>
+      <c r="I427">
+        <v>0</v>
+      </c>
+      <c r="J427">
+        <v>0</v>
+      </c>
+      <c r="K427">
+        <v>258.575</v>
+      </c>
+      <c r="L427" t="s">
+        <v>27</v>
+      </c>
+      <c r="M427">
+        <v>1</v>
+      </c>
+      <c r="N427" t="s">
+        <v>102</v>
+      </c>
+      <c r="O427">
+        <v>2</v>
+      </c>
+      <c r="P427">
+        <v>16164</v>
+      </c>
+      <c r="Q427" t="s">
+        <v>57</v>
+      </c>
+      <c r="R427" t="s">
+        <v>48</v>
+      </c>
+      <c r="S427" t="s">
+        <v>31</v>
+      </c>
+      <c r="T427" t="s">
+        <v>31</v>
+      </c>
+      <c r="U427" t="s">
+        <v>34</v>
+      </c>
+      <c r="V427">
+        <v>5</v>
+      </c>
+      <c r="W427">
+        <v>0</v>
+      </c>
+      <c r="X427">
+        <v>0</v>
+      </c>
+      <c r="Y427">
+        <v>12.027</v>
+      </c>
+    </row>
+    <row r="428" spans="1:25">
+      <c r="A428" t="s">
+        <v>25</v>
+      </c>
+      <c r="B428">
+        <v>2026</v>
+      </c>
+      <c r="C428">
+        <v>3118</v>
+      </c>
+      <c r="D428" t="s">
+        <v>97</v>
+      </c>
+      <c r="E428" t="s">
+        <v>70</v>
+      </c>
+      <c r="F428">
+        <v>313</v>
+      </c>
+      <c r="G428">
+        <v>1.5478</v>
+      </c>
+      <c r="H428">
+        <v>105</v>
+      </c>
+      <c r="I428">
+        <v>0</v>
+      </c>
+      <c r="J428">
+        <v>0</v>
+      </c>
+      <c r="K428">
+        <v>258.575</v>
+      </c>
+      <c r="L428" t="s">
+        <v>27</v>
+      </c>
+      <c r="M428">
+        <v>1</v>
+      </c>
+      <c r="N428" t="s">
+        <v>102</v>
+      </c>
+      <c r="O428">
+        <v>2</v>
+      </c>
+      <c r="P428">
+        <v>16164</v>
+      </c>
+      <c r="Q428" t="s">
+        <v>57</v>
+      </c>
+      <c r="R428" t="s">
+        <v>48</v>
+      </c>
+      <c r="S428" t="s">
+        <v>31</v>
+      </c>
+      <c r="T428" t="s">
+        <v>31</v>
+      </c>
+      <c r="U428" t="s">
+        <v>35</v>
+      </c>
+      <c r="V428">
+        <v>13</v>
+      </c>
+      <c r="W428">
+        <v>0</v>
+      </c>
+      <c r="X428">
+        <v>0</v>
+      </c>
+      <c r="Y428">
+        <v>47.762</v>
+      </c>
+    </row>
+    <row r="429" spans="1:25">
+      <c r="A429" t="s">
+        <v>25</v>
+      </c>
+      <c r="B429">
+        <v>2026</v>
+      </c>
+      <c r="C429">
+        <v>3118</v>
+      </c>
+      <c r="D429" t="s">
+        <v>97</v>
+      </c>
+      <c r="E429" t="s">
+        <v>70</v>
+      </c>
+      <c r="F429">
+        <v>313</v>
+      </c>
+      <c r="G429">
+        <v>1.5478</v>
+      </c>
+      <c r="H429">
+        <v>105</v>
+      </c>
+      <c r="I429">
+        <v>0</v>
+      </c>
+      <c r="J429">
+        <v>0</v>
+      </c>
+      <c r="K429">
+        <v>258.575</v>
+      </c>
+      <c r="L429" t="s">
+        <v>27</v>
+      </c>
+      <c r="M429">
+        <v>1</v>
+      </c>
+      <c r="N429" t="s">
+        <v>102</v>
+      </c>
+      <c r="O429">
+        <v>2</v>
+      </c>
+      <c r="P429">
+        <v>16164</v>
+      </c>
+      <c r="Q429" t="s">
+        <v>57</v>
+      </c>
+      <c r="R429" t="s">
+        <v>48</v>
+      </c>
+      <c r="S429" t="s">
+        <v>31</v>
+      </c>
+      <c r="T429" t="s">
+        <v>31</v>
+      </c>
+      <c r="U429" t="s">
+        <v>39</v>
+      </c>
+      <c r="V429">
+        <v>5</v>
+      </c>
+      <c r="W429">
+        <v>0</v>
+      </c>
+      <c r="X429">
+        <v>0</v>
+      </c>
+      <c r="Y429">
+        <v>23.06</v>
+      </c>
+    </row>
+    <row r="430" spans="1:25">
+      <c r="A430" t="s">
+        <v>25</v>
+      </c>
+      <c r="B430">
+        <v>2026</v>
+      </c>
+      <c r="C430">
+        <v>3118</v>
+      </c>
+      <c r="D430" t="s">
+        <v>97</v>
+      </c>
+      <c r="E430" t="s">
+        <v>70</v>
+      </c>
+      <c r="F430">
+        <v>313</v>
+      </c>
+      <c r="G430">
+        <v>1.5478</v>
+      </c>
+      <c r="H430">
+        <v>105</v>
+      </c>
+      <c r="I430">
+        <v>0</v>
+      </c>
+      <c r="J430">
+        <v>0</v>
+      </c>
+      <c r="K430">
+        <v>258.575</v>
+      </c>
+      <c r="L430" t="s">
+        <v>27</v>
+      </c>
+      <c r="M430">
+        <v>1</v>
+      </c>
+      <c r="N430" t="s">
+        <v>102</v>
+      </c>
+      <c r="O430">
+        <v>2</v>
+      </c>
+      <c r="P430">
+        <v>16164</v>
+      </c>
+      <c r="Q430" t="s">
+        <v>57</v>
+      </c>
+      <c r="R430" t="s">
+        <v>48</v>
+      </c>
+      <c r="S430" t="s">
+        <v>31</v>
+      </c>
+      <c r="T430" t="s">
+        <v>31</v>
+      </c>
+      <c r="U430" t="s">
+        <v>51</v>
+      </c>
+      <c r="V430">
+        <v>4</v>
+      </c>
+      <c r="W430">
+        <v>0</v>
+      </c>
+      <c r="X430">
+        <v>0</v>
+      </c>
+      <c r="Y430">
+        <v>22.648</v>
+      </c>
+    </row>
+    <row r="431" spans="1:25">
+      <c r="A431" t="s">
+        <v>25</v>
+      </c>
+      <c r="B431">
+        <v>2026</v>
+      </c>
+      <c r="C431">
+        <v>3118</v>
+      </c>
+      <c r="D431" t="s">
+        <v>97</v>
+      </c>
+      <c r="E431" t="s">
+        <v>70</v>
+      </c>
+      <c r="F431">
+        <v>314</v>
+      </c>
+      <c r="G431">
+        <v>2.7569</v>
+      </c>
+      <c r="H431">
+        <v>835</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="J431">
+        <v>0</v>
+      </c>
+      <c r="K431">
+        <v>1483.488</v>
+      </c>
+      <c r="L431" t="s">
+        <v>27</v>
+      </c>
+      <c r="M431">
+        <v>1</v>
+      </c>
+      <c r="N431" t="s">
+        <v>103</v>
+      </c>
+      <c r="O431">
+        <v>2</v>
+      </c>
+      <c r="P431">
+        <v>16164</v>
+      </c>
+      <c r="Q431" t="s">
+        <v>29</v>
+      </c>
+      <c r="R431" t="s">
+        <v>30</v>
+      </c>
+      <c r="S431" t="s">
+        <v>31</v>
+      </c>
+      <c r="T431" t="s">
+        <v>31</v>
+      </c>
+      <c r="U431" t="s">
+        <v>32</v>
+      </c>
+      <c r="V431">
+        <v>7</v>
+      </c>
+      <c r="W431">
+        <v>0</v>
+      </c>
+      <c r="X431">
+        <v>0</v>
+      </c>
+      <c r="Y431">
+        <v>4.172</v>
+      </c>
+    </row>
+    <row r="432" spans="1:25">
+      <c r="A432" t="s">
+        <v>25</v>
+      </c>
+      <c r="B432">
+        <v>2026</v>
+      </c>
+      <c r="C432">
+        <v>3118</v>
+      </c>
+      <c r="D432" t="s">
+        <v>97</v>
+      </c>
+      <c r="E432" t="s">
+        <v>70</v>
+      </c>
+      <c r="F432">
+        <v>314</v>
+      </c>
+      <c r="G432">
+        <v>2.7569</v>
+      </c>
+      <c r="H432">
+        <v>835</v>
+      </c>
+      <c r="I432">
+        <v>0</v>
+      </c>
+      <c r="J432">
+        <v>0</v>
+      </c>
+      <c r="K432">
+        <v>1483.488</v>
+      </c>
+      <c r="L432" t="s">
+        <v>27</v>
+      </c>
+      <c r="M432">
+        <v>1</v>
+      </c>
+      <c r="N432" t="s">
+        <v>103</v>
+      </c>
+      <c r="O432">
+        <v>2</v>
+      </c>
+      <c r="P432">
+        <v>16164</v>
+      </c>
+      <c r="Q432" t="s">
+        <v>29</v>
+      </c>
+      <c r="R432" t="s">
+        <v>30</v>
+      </c>
+      <c r="S432" t="s">
+        <v>31</v>
+      </c>
+      <c r="T432" t="s">
+        <v>31</v>
+      </c>
+      <c r="U432" t="s">
+        <v>33</v>
+      </c>
+      <c r="V432">
+        <v>285</v>
+      </c>
+      <c r="W432">
+        <v>0</v>
+      </c>
+      <c r="X432">
+        <v>0</v>
+      </c>
+      <c r="Y432">
+        <v>326.607</v>
+      </c>
+    </row>
+    <row r="433" spans="1:25">
+      <c r="A433" t="s">
+        <v>25</v>
+      </c>
+      <c r="B433">
+        <v>2026</v>
+      </c>
+      <c r="C433">
+        <v>3118</v>
+      </c>
+      <c r="D433" t="s">
+        <v>97</v>
+      </c>
+      <c r="E433" t="s">
+        <v>70</v>
+      </c>
+      <c r="F433">
+        <v>314</v>
+      </c>
+      <c r="G433">
+        <v>2.7569</v>
+      </c>
+      <c r="H433">
+        <v>835</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
+      </c>
+      <c r="J433">
+        <v>0</v>
+      </c>
+      <c r="K433">
+        <v>1483.488</v>
+      </c>
+      <c r="L433" t="s">
+        <v>27</v>
+      </c>
+      <c r="M433">
+        <v>1</v>
+      </c>
+      <c r="N433" t="s">
+        <v>103</v>
+      </c>
+      <c r="O433">
+        <v>2</v>
+      </c>
+      <c r="P433">
+        <v>16164</v>
+      </c>
+      <c r="Q433" t="s">
+        <v>29</v>
+      </c>
+      <c r="R433" t="s">
+        <v>30</v>
+      </c>
+      <c r="S433" t="s">
+        <v>31</v>
+      </c>
+      <c r="T433" t="s">
+        <v>31</v>
+      </c>
+      <c r="U433" t="s">
+        <v>34</v>
+      </c>
+      <c r="V433">
+        <v>429</v>
+      </c>
+      <c r="W433">
+        <v>0</v>
+      </c>
+      <c r="X433">
+        <v>0</v>
+      </c>
+      <c r="Y433">
+        <v>799.644</v>
+      </c>
+    </row>
+    <row r="434" spans="1:25">
+      <c r="A434" t="s">
+        <v>25</v>
+      </c>
+      <c r="B434">
+        <v>2026</v>
+      </c>
+      <c r="C434">
+        <v>3118</v>
+      </c>
+      <c r="D434" t="s">
+        <v>97</v>
+      </c>
+      <c r="E434" t="s">
+        <v>70</v>
+      </c>
+      <c r="F434">
+        <v>314</v>
+      </c>
+      <c r="G434">
+        <v>2.7569</v>
+      </c>
+      <c r="H434">
+        <v>835</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
+      </c>
+      <c r="J434">
+        <v>0</v>
+      </c>
+      <c r="K434">
+        <v>1483.488</v>
+      </c>
+      <c r="L434" t="s">
+        <v>27</v>
+      </c>
+      <c r="M434">
+        <v>1</v>
+      </c>
+      <c r="N434" t="s">
+        <v>103</v>
+      </c>
+      <c r="O434">
+        <v>2</v>
+      </c>
+      <c r="P434">
+        <v>16164</v>
+      </c>
+      <c r="Q434" t="s">
+        <v>29</v>
+      </c>
+      <c r="R434" t="s">
+        <v>30</v>
+      </c>
+      <c r="S434" t="s">
+        <v>31</v>
+      </c>
+      <c r="T434" t="s">
+        <v>31</v>
+      </c>
+      <c r="U434" t="s">
+        <v>35</v>
+      </c>
+      <c r="V434">
+        <v>108</v>
+      </c>
+      <c r="W434">
+        <v>0</v>
+      </c>
+      <c r="X434">
+        <v>0</v>
+      </c>
+      <c r="Y434">
+        <v>324.922</v>
+      </c>
+    </row>
+    <row r="435" spans="1:25">
+      <c r="A435" t="s">
+        <v>25</v>
+      </c>
+      <c r="B435">
+        <v>2026</v>
+      </c>
+      <c r="C435">
+        <v>3118</v>
+      </c>
+      <c r="D435" t="s">
+        <v>97</v>
+      </c>
+      <c r="E435" t="s">
+        <v>70</v>
+      </c>
+      <c r="F435">
+        <v>314</v>
+      </c>
+      <c r="G435">
+        <v>2.7569</v>
+      </c>
+      <c r="H435">
+        <v>835</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="J435">
+        <v>0</v>
+      </c>
+      <c r="K435">
+        <v>1483.488</v>
+      </c>
+      <c r="L435" t="s">
+        <v>27</v>
+      </c>
+      <c r="M435">
+        <v>1</v>
+      </c>
+      <c r="N435" t="s">
+        <v>103</v>
+      </c>
+      <c r="O435">
+        <v>2</v>
+      </c>
+      <c r="P435">
+        <v>16164</v>
+      </c>
+      <c r="Q435" t="s">
+        <v>29</v>
+      </c>
+      <c r="R435" t="s">
+        <v>30</v>
+      </c>
+      <c r="S435" t="s">
+        <v>31</v>
+      </c>
+      <c r="T435" t="s">
+        <v>31</v>
+      </c>
+      <c r="U435" t="s">
+        <v>39</v>
+      </c>
+      <c r="V435">
+        <v>6</v>
+      </c>
+      <c r="W435">
+        <v>0</v>
+      </c>
+      <c r="X435">
+        <v>0</v>
+      </c>
+      <c r="Y435">
+        <v>28.143</v>
+      </c>
+    </row>
+    <row r="436" spans="1:25">
+      <c r="A436" t="s">
+        <v>25</v>
+      </c>
+      <c r="B436">
+        <v>2026</v>
+      </c>
+      <c r="C436">
+        <v>3118</v>
+      </c>
+      <c r="D436" t="s">
+        <v>97</v>
+      </c>
+      <c r="E436" t="s">
+        <v>70</v>
+      </c>
+      <c r="F436">
+        <v>315</v>
+      </c>
+      <c r="G436">
+        <v>0.5404</v>
+      </c>
+      <c r="H436">
+        <v>148</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="J436">
+        <v>0</v>
+      </c>
+      <c r="K436">
+        <v>248.812</v>
+      </c>
+      <c r="L436" t="s">
+        <v>27</v>
+      </c>
+      <c r="M436">
+        <v>1</v>
+      </c>
+      <c r="N436" t="s">
+        <v>104</v>
+      </c>
+      <c r="O436">
+        <v>2</v>
+      </c>
+      <c r="P436">
+        <v>16164</v>
+      </c>
+      <c r="Q436" t="s">
+        <v>29</v>
+      </c>
+      <c r="R436" t="s">
+        <v>30</v>
+      </c>
+      <c r="S436" t="s">
+        <v>31</v>
+      </c>
+      <c r="T436" t="s">
+        <v>31</v>
+      </c>
+      <c r="U436" t="s">
+        <v>32</v>
+      </c>
+      <c r="V436">
+        <v>5</v>
+      </c>
+      <c r="W436">
+        <v>0</v>
+      </c>
+      <c r="X436">
+        <v>0</v>
+      </c>
+      <c r="Y436">
+        <v>2.831</v>
+      </c>
+    </row>
+    <row r="437" spans="1:25">
+      <c r="A437" t="s">
+        <v>25</v>
+      </c>
+      <c r="B437">
+        <v>2026</v>
+      </c>
+      <c r="C437">
+        <v>3118</v>
+      </c>
+      <c r="D437" t="s">
+        <v>97</v>
+      </c>
+      <c r="E437" t="s">
+        <v>70</v>
+      </c>
+      <c r="F437">
+        <v>315</v>
+      </c>
+      <c r="G437">
+        <v>0.5404</v>
+      </c>
+      <c r="H437">
+        <v>148</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
+      </c>
+      <c r="J437">
+        <v>0</v>
+      </c>
+      <c r="K437">
+        <v>248.812</v>
+      </c>
+      <c r="L437" t="s">
+        <v>27</v>
+      </c>
+      <c r="M437">
+        <v>1</v>
+      </c>
+      <c r="N437" t="s">
+        <v>104</v>
+      </c>
+      <c r="O437">
+        <v>2</v>
+      </c>
+      <c r="P437">
+        <v>16164</v>
+      </c>
+      <c r="Q437" t="s">
+        <v>29</v>
+      </c>
+      <c r="R437" t="s">
+        <v>30</v>
+      </c>
+      <c r="S437" t="s">
+        <v>31</v>
+      </c>
+      <c r="T437" t="s">
+        <v>31</v>
+      </c>
+      <c r="U437" t="s">
+        <v>33</v>
+      </c>
+      <c r="V437">
+        <v>48</v>
+      </c>
+      <c r="W437">
+        <v>0</v>
+      </c>
+      <c r="X437">
+        <v>0</v>
+      </c>
+      <c r="Y437">
+        <v>50.606</v>
+      </c>
+    </row>
+    <row r="438" spans="1:25">
+      <c r="A438" t="s">
+        <v>25</v>
+      </c>
+      <c r="B438">
+        <v>2026</v>
+      </c>
+      <c r="C438">
+        <v>3118</v>
+      </c>
+      <c r="D438" t="s">
+        <v>97</v>
+      </c>
+      <c r="E438" t="s">
+        <v>70</v>
+      </c>
+      <c r="F438">
+        <v>315</v>
+      </c>
+      <c r="G438">
+        <v>0.5404</v>
+      </c>
+      <c r="H438">
+        <v>148</v>
+      </c>
+      <c r="I438">
+        <v>0</v>
+      </c>
+      <c r="J438">
+        <v>0</v>
+      </c>
+      <c r="K438">
+        <v>248.812</v>
+      </c>
+      <c r="L438" t="s">
+        <v>27</v>
+      </c>
+      <c r="M438">
+        <v>1</v>
+      </c>
+      <c r="N438" t="s">
+        <v>104</v>
+      </c>
+      <c r="O438">
+        <v>2</v>
+      </c>
+      <c r="P438">
+        <v>16164</v>
+      </c>
+      <c r="Q438" t="s">
+        <v>29</v>
+      </c>
+      <c r="R438" t="s">
+        <v>30</v>
+      </c>
+      <c r="S438" t="s">
+        <v>31</v>
+      </c>
+      <c r="T438" t="s">
+        <v>31</v>
+      </c>
+      <c r="U438" t="s">
+        <v>34</v>
+      </c>
+      <c r="V438">
+        <v>77</v>
+      </c>
+      <c r="W438">
+        <v>0</v>
+      </c>
+      <c r="X438">
+        <v>0</v>
+      </c>
+      <c r="Y438">
+        <v>141.212</v>
+      </c>
+    </row>
+    <row r="439" spans="1:25">
+      <c r="A439" t="s">
+        <v>25</v>
+      </c>
+      <c r="B439">
+        <v>2026</v>
+      </c>
+      <c r="C439">
+        <v>3118</v>
+      </c>
+      <c r="D439" t="s">
+        <v>97</v>
+      </c>
+      <c r="E439" t="s">
+        <v>70</v>
+      </c>
+      <c r="F439">
+        <v>315</v>
+      </c>
+      <c r="G439">
+        <v>0.5404</v>
+      </c>
+      <c r="H439">
+        <v>148</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="J439">
+        <v>0</v>
+      </c>
+      <c r="K439">
+        <v>248.812</v>
+      </c>
+      <c r="L439" t="s">
+        <v>27</v>
+      </c>
+      <c r="M439">
+        <v>1</v>
+      </c>
+      <c r="N439" t="s">
+        <v>104</v>
+      </c>
+      <c r="O439">
+        <v>2</v>
+      </c>
+      <c r="P439">
+        <v>16164</v>
+      </c>
+      <c r="Q439" t="s">
+        <v>29</v>
+      </c>
+      <c r="R439" t="s">
+        <v>30</v>
+      </c>
+      <c r="S439" t="s">
+        <v>31</v>
+      </c>
+      <c r="T439" t="s">
+        <v>31</v>
+      </c>
+      <c r="U439" t="s">
+        <v>35</v>
+      </c>
+      <c r="V439">
+        <v>15</v>
+      </c>
+      <c r="W439">
+        <v>0</v>
+      </c>
+      <c r="X439">
+        <v>0</v>
+      </c>
+      <c r="Y439">
+        <v>42.065</v>
+      </c>
+    </row>
+    <row r="440" spans="1:25">
+      <c r="A440" t="s">
+        <v>25</v>
+      </c>
+      <c r="B440">
+        <v>2026</v>
+      </c>
+      <c r="C440">
+        <v>3118</v>
+      </c>
+      <c r="D440" t="s">
+        <v>97</v>
+      </c>
+      <c r="E440" t="s">
+        <v>70</v>
+      </c>
+      <c r="F440">
+        <v>315</v>
+      </c>
+      <c r="G440">
+        <v>0.5404</v>
+      </c>
+      <c r="H440">
+        <v>148</v>
+      </c>
+      <c r="I440">
+        <v>0</v>
+      </c>
+      <c r="J440">
+        <v>0</v>
+      </c>
+      <c r="K440">
+        <v>248.812</v>
+      </c>
+      <c r="L440" t="s">
+        <v>27</v>
+      </c>
+      <c r="M440">
+        <v>1</v>
+      </c>
+      <c r="N440" t="s">
+        <v>104</v>
+      </c>
+      <c r="O440">
+        <v>2</v>
+      </c>
+      <c r="P440">
+        <v>16164</v>
+      </c>
+      <c r="Q440" t="s">
+        <v>29</v>
+      </c>
+      <c r="R440" t="s">
+        <v>30</v>
+      </c>
+      <c r="S440" t="s">
+        <v>31</v>
+      </c>
+      <c r="T440" t="s">
+        <v>31</v>
+      </c>
+      <c r="U440" t="s">
+        <v>39</v>
+      </c>
+      <c r="V440">
+        <v>3</v>
+      </c>
+      <c r="W440">
+        <v>0</v>
+      </c>
+      <c r="X440">
+        <v>0</v>
+      </c>
+      <c r="Y440">
+        <v>12.098</v>
+      </c>
+    </row>
+    <row r="441" spans="1:25">
+      <c r="A441" t="s">
+        <v>25</v>
+      </c>
+      <c r="B441">
+        <v>2026</v>
+      </c>
+      <c r="C441">
+        <v>3118</v>
+      </c>
+      <c r="D441" t="s">
+        <v>97</v>
+      </c>
+      <c r="E441" t="s">
+        <v>70</v>
+      </c>
+      <c r="F441">
+        <v>316</v>
+      </c>
+      <c r="G441">
+        <v>0.3</v>
+      </c>
+      <c r="H441">
+        <v>66</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="J441">
+        <v>0</v>
+      </c>
+      <c r="K441">
+        <v>158.391</v>
+      </c>
+      <c r="L441" t="s">
+        <v>27</v>
+      </c>
+      <c r="M441">
+        <v>1</v>
+      </c>
+      <c r="N441" t="s">
+        <v>105</v>
+      </c>
+      <c r="O441">
+        <v>2</v>
+      </c>
+      <c r="P441">
+        <v>16164</v>
+      </c>
+      <c r="Q441" t="s">
+        <v>29</v>
+      </c>
+      <c r="R441" t="s">
+        <v>30</v>
+      </c>
+      <c r="S441" t="s">
+        <v>38</v>
+      </c>
+      <c r="T441" t="s">
+        <v>31</v>
+      </c>
+      <c r="U441" t="s">
+        <v>32</v>
+      </c>
+      <c r="V441">
+        <v>2</v>
+      </c>
+      <c r="W441">
+        <v>0</v>
+      </c>
+      <c r="X441">
+        <v>0</v>
+      </c>
+      <c r="Y441">
+        <v>0.958</v>
+      </c>
+    </row>
+    <row r="442" spans="1:25">
+      <c r="A442" t="s">
+        <v>25</v>
+      </c>
+      <c r="B442">
+        <v>2026</v>
+      </c>
+      <c r="C442">
+        <v>3118</v>
+      </c>
+      <c r="D442" t="s">
+        <v>97</v>
+      </c>
+      <c r="E442" t="s">
+        <v>70</v>
+      </c>
+      <c r="F442">
+        <v>316</v>
+      </c>
+      <c r="G442">
+        <v>0.3</v>
+      </c>
+      <c r="H442">
+        <v>66</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
+      </c>
+      <c r="J442">
+        <v>0</v>
+      </c>
+      <c r="K442">
+        <v>158.391</v>
+      </c>
+      <c r="L442" t="s">
+        <v>27</v>
+      </c>
+      <c r="M442">
+        <v>1</v>
+      </c>
+      <c r="N442" t="s">
+        <v>105</v>
+      </c>
+      <c r="O442">
+        <v>2</v>
+      </c>
+      <c r="P442">
+        <v>16164</v>
+      </c>
+      <c r="Q442" t="s">
+        <v>29</v>
+      </c>
+      <c r="R442" t="s">
+        <v>30</v>
+      </c>
+      <c r="S442" t="s">
+        <v>38</v>
+      </c>
+      <c r="T442" t="s">
+        <v>31</v>
+      </c>
+      <c r="U442" t="s">
+        <v>33</v>
+      </c>
+      <c r="V442">
+        <v>9</v>
+      </c>
+      <c r="W442">
+        <v>0</v>
+      </c>
+      <c r="X442">
+        <v>0</v>
+      </c>
+      <c r="Y442">
+        <v>7.472</v>
+      </c>
+    </row>
+    <row r="443" spans="1:25">
+      <c r="A443" t="s">
+        <v>25</v>
+      </c>
+      <c r="B443">
+        <v>2026</v>
+      </c>
+      <c r="C443">
+        <v>3118</v>
+      </c>
+      <c r="D443" t="s">
+        <v>97</v>
+      </c>
+      <c r="E443" t="s">
+        <v>70</v>
+      </c>
+      <c r="F443">
+        <v>316</v>
+      </c>
+      <c r="G443">
+        <v>0.3</v>
+      </c>
+      <c r="H443">
+        <v>66</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="J443">
+        <v>0</v>
+      </c>
+      <c r="K443">
+        <v>158.391</v>
+      </c>
+      <c r="L443" t="s">
+        <v>27</v>
+      </c>
+      <c r="M443">
+        <v>1</v>
+      </c>
+      <c r="N443" t="s">
+        <v>105</v>
+      </c>
+      <c r="O443">
+        <v>2</v>
+      </c>
+      <c r="P443">
+        <v>16164</v>
+      </c>
+      <c r="Q443" t="s">
+        <v>29</v>
+      </c>
+      <c r="R443" t="s">
+        <v>30</v>
+      </c>
+      <c r="S443" t="s">
+        <v>38</v>
+      </c>
+      <c r="T443" t="s">
+        <v>31</v>
+      </c>
+      <c r="U443" t="s">
+        <v>34</v>
+      </c>
+      <c r="V443">
+        <v>23</v>
+      </c>
+      <c r="W443">
+        <v>0</v>
+      </c>
+      <c r="X443">
+        <v>0</v>
+      </c>
+      <c r="Y443">
+        <v>37.662</v>
+      </c>
+    </row>
+    <row r="444" spans="1:25">
+      <c r="A444" t="s">
+        <v>25</v>
+      </c>
+      <c r="B444">
+        <v>2026</v>
+      </c>
+      <c r="C444">
+        <v>3118</v>
+      </c>
+      <c r="D444" t="s">
+        <v>97</v>
+      </c>
+      <c r="E444" t="s">
+        <v>70</v>
+      </c>
+      <c r="F444">
+        <v>316</v>
+      </c>
+      <c r="G444">
+        <v>0.3</v>
+      </c>
+      <c r="H444">
+        <v>66</v>
+      </c>
+      <c r="I444">
+        <v>0</v>
+      </c>
+      <c r="J444">
+        <v>0</v>
+      </c>
+      <c r="K444">
+        <v>158.391</v>
+      </c>
+      <c r="L444" t="s">
+        <v>27</v>
+      </c>
+      <c r="M444">
+        <v>1</v>
+      </c>
+      <c r="N444" t="s">
+        <v>105</v>
+      </c>
+      <c r="O444">
+        <v>2</v>
+      </c>
+      <c r="P444">
+        <v>16164</v>
+      </c>
+      <c r="Q444" t="s">
+        <v>29</v>
+      </c>
+      <c r="R444" t="s">
+        <v>30</v>
+      </c>
+      <c r="S444" t="s">
+        <v>38</v>
+      </c>
+      <c r="T444" t="s">
+        <v>31</v>
+      </c>
+      <c r="U444" t="s">
+        <v>35</v>
+      </c>
+      <c r="V444">
+        <v>16</v>
+      </c>
+      <c r="W444">
+        <v>0</v>
+      </c>
+      <c r="X444">
+        <v>0</v>
+      </c>
+      <c r="Y444">
+        <v>41.83</v>
+      </c>
+    </row>
+    <row r="445" spans="1:25">
+      <c r="A445" t="s">
+        <v>25</v>
+      </c>
+      <c r="B445">
+        <v>2026</v>
+      </c>
+      <c r="C445">
+        <v>3118</v>
+      </c>
+      <c r="D445" t="s">
+        <v>97</v>
+      </c>
+      <c r="E445" t="s">
+        <v>70</v>
+      </c>
+      <c r="F445">
+        <v>316</v>
+      </c>
+      <c r="G445">
+        <v>0.3</v>
+      </c>
+      <c r="H445">
+        <v>66</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="J445">
+        <v>0</v>
+      </c>
+      <c r="K445">
+        <v>158.391</v>
+      </c>
+      <c r="L445" t="s">
+        <v>27</v>
+      </c>
+      <c r="M445">
+        <v>1</v>
+      </c>
+      <c r="N445" t="s">
+        <v>105</v>
+      </c>
+      <c r="O445">
+        <v>2</v>
+      </c>
+      <c r="P445">
+        <v>16164</v>
+      </c>
+      <c r="Q445" t="s">
+        <v>29</v>
+      </c>
+      <c r="R445" t="s">
+        <v>30</v>
+      </c>
+      <c r="S445" t="s">
+        <v>38</v>
+      </c>
+      <c r="T445" t="s">
+        <v>31</v>
+      </c>
+      <c r="U445" t="s">
+        <v>39</v>
+      </c>
+      <c r="V445">
+        <v>9</v>
+      </c>
+      <c r="W445">
+        <v>0</v>
+      </c>
+      <c r="X445">
+        <v>0</v>
+      </c>
+      <c r="Y445">
+        <v>36.248</v>
+      </c>
+    </row>
+    <row r="446" spans="1:25">
+      <c r="A446" t="s">
+        <v>25</v>
+      </c>
+      <c r="B446">
+        <v>2026</v>
+      </c>
+      <c r="C446">
+        <v>3118</v>
+      </c>
+      <c r="D446" t="s">
+        <v>97</v>
+      </c>
+      <c r="E446" t="s">
+        <v>70</v>
+      </c>
+      <c r="F446">
+        <v>316</v>
+      </c>
+      <c r="G446">
+        <v>0.3</v>
+      </c>
+      <c r="H446">
+        <v>66</v>
+      </c>
+      <c r="I446">
+        <v>0</v>
+      </c>
+      <c r="J446">
+        <v>0</v>
+      </c>
+      <c r="K446">
+        <v>158.391</v>
+      </c>
+      <c r="L446" t="s">
+        <v>27</v>
+      </c>
+      <c r="M446">
+        <v>1</v>
+      </c>
+      <c r="N446" t="s">
+        <v>105</v>
+      </c>
+      <c r="O446">
+        <v>2</v>
+      </c>
+      <c r="P446">
+        <v>16164</v>
+      </c>
+      <c r="Q446" t="s">
+        <v>29</v>
+      </c>
+      <c r="R446" t="s">
+        <v>30</v>
+      </c>
+      <c r="S446" t="s">
+        <v>38</v>
+      </c>
+      <c r="T446" t="s">
+        <v>31</v>
+      </c>
+      <c r="U446" t="s">
+        <v>51</v>
+      </c>
+      <c r="V446">
+        <v>7</v>
+      </c>
+      <c r="W446">
+        <v>0</v>
+      </c>
+      <c r="X446">
+        <v>0</v>
+      </c>
+      <c r="Y446">
+        <v>34.221</v>
+      </c>
+    </row>
+    <row r="447" spans="1:25">
+      <c r="A447" t="s">
+        <v>25</v>
+      </c>
+      <c r="B447">
+        <v>2026</v>
+      </c>
+      <c r="C447">
+        <v>3118</v>
+      </c>
+      <c r="D447" t="s">
+        <v>97</v>
+      </c>
+      <c r="E447" t="s">
+        <v>70</v>
+      </c>
+      <c r="F447">
+        <v>317</v>
+      </c>
+      <c r="G447">
+        <v>0.5</v>
+      </c>
+      <c r="H447">
+        <v>54</v>
+      </c>
+      <c r="I447">
+        <v>0</v>
+      </c>
+      <c r="J447">
+        <v>0</v>
+      </c>
+      <c r="K447">
+        <v>192.446</v>
+      </c>
+      <c r="L447" t="s">
+        <v>27</v>
+      </c>
+      <c r="M447">
+        <v>1</v>
+      </c>
+      <c r="N447" t="s">
+        <v>106</v>
+      </c>
+      <c r="O447">
+        <v>2</v>
+      </c>
+      <c r="P447">
+        <v>16164</v>
+      </c>
+      <c r="Q447" t="s">
+        <v>29</v>
+      </c>
+      <c r="R447" t="s">
+        <v>30</v>
+      </c>
+      <c r="S447" t="s">
+        <v>31</v>
+      </c>
+      <c r="T447" t="s">
+        <v>31</v>
+      </c>
+      <c r="U447" t="s">
+        <v>32</v>
+      </c>
+      <c r="V447">
+        <v>1</v>
+      </c>
+      <c r="W447">
+        <v>0</v>
+      </c>
+      <c r="X447">
+        <v>0</v>
+      </c>
+      <c r="Y447">
+        <v>0.535</v>
+      </c>
+    </row>
+    <row r="448" spans="1:25">
+      <c r="A448" t="s">
+        <v>25</v>
+      </c>
+      <c r="B448">
+        <v>2026</v>
+      </c>
+      <c r="C448">
+        <v>3118</v>
+      </c>
+      <c r="D448" t="s">
+        <v>97</v>
+      </c>
+      <c r="E448" t="s">
+        <v>70</v>
+      </c>
+      <c r="F448">
+        <v>317</v>
+      </c>
+      <c r="G448">
+        <v>0.5</v>
+      </c>
+      <c r="H448">
+        <v>54</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="J448">
+        <v>0</v>
+      </c>
+      <c r="K448">
+        <v>192.446</v>
+      </c>
+      <c r="L448" t="s">
+        <v>27</v>
+      </c>
+      <c r="M448">
+        <v>1</v>
+      </c>
+      <c r="N448" t="s">
+        <v>106</v>
+      </c>
+      <c r="O448">
+        <v>2</v>
+      </c>
+      <c r="P448">
+        <v>16164</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>29</v>
+      </c>
+      <c r="R448" t="s">
+        <v>30</v>
+      </c>
+      <c r="S448" t="s">
+        <v>31</v>
+      </c>
+      <c r="T448" t="s">
+        <v>31</v>
+      </c>
+      <c r="U448" t="s">
+        <v>33</v>
+      </c>
+      <c r="V448">
+        <v>1</v>
+      </c>
+      <c r="W448">
+        <v>0</v>
+      </c>
+      <c r="X448">
+        <v>0</v>
+      </c>
+      <c r="Y448">
+        <v>0.938</v>
+      </c>
+    </row>
+    <row r="449" spans="1:25">
+      <c r="A449" t="s">
+        <v>25</v>
+      </c>
+      <c r="B449">
+        <v>2026</v>
+      </c>
+      <c r="C449">
+        <v>3118</v>
+      </c>
+      <c r="D449" t="s">
+        <v>97</v>
+      </c>
+      <c r="E449" t="s">
+        <v>70</v>
+      </c>
+      <c r="F449">
+        <v>317</v>
+      </c>
+      <c r="G449">
+        <v>0.5</v>
+      </c>
+      <c r="H449">
+        <v>54</v>
+      </c>
+      <c r="I449">
+        <v>0</v>
+      </c>
+      <c r="J449">
+        <v>0</v>
+      </c>
+      <c r="K449">
+        <v>192.446</v>
+      </c>
+      <c r="L449" t="s">
+        <v>27</v>
+      </c>
+      <c r="M449">
+        <v>1</v>
+      </c>
+      <c r="N449" t="s">
+        <v>106</v>
+      </c>
+      <c r="O449">
+        <v>2</v>
+      </c>
+      <c r="P449">
+        <v>16164</v>
+      </c>
+      <c r="Q449" t="s">
+        <v>29</v>
+      </c>
+      <c r="R449" t="s">
+        <v>30</v>
+      </c>
+      <c r="S449" t="s">
+        <v>31</v>
+      </c>
+      <c r="T449" t="s">
+        <v>31</v>
+      </c>
+      <c r="U449" t="s">
+        <v>34</v>
+      </c>
+      <c r="V449">
+        <v>9</v>
+      </c>
+      <c r="W449">
+        <v>0</v>
+      </c>
+      <c r="X449">
+        <v>0</v>
+      </c>
+      <c r="Y449">
+        <v>17.927</v>
+      </c>
+    </row>
+    <row r="450" spans="1:25">
+      <c r="A450" t="s">
+        <v>25</v>
+      </c>
+      <c r="B450">
+        <v>2026</v>
+      </c>
+      <c r="C450">
+        <v>3118</v>
+      </c>
+      <c r="D450" t="s">
+        <v>97</v>
+      </c>
+      <c r="E450" t="s">
+        <v>70</v>
+      </c>
+      <c r="F450">
+        <v>317</v>
+      </c>
+      <c r="G450">
+        <v>0.5</v>
+      </c>
+      <c r="H450">
+        <v>54</v>
+      </c>
+      <c r="I450">
+        <v>0</v>
+      </c>
+      <c r="J450">
+        <v>0</v>
+      </c>
+      <c r="K450">
+        <v>192.446</v>
+      </c>
+      <c r="L450" t="s">
+        <v>27</v>
+      </c>
+      <c r="M450">
+        <v>1</v>
+      </c>
+      <c r="N450" t="s">
+        <v>106</v>
+      </c>
+      <c r="O450">
+        <v>2</v>
+      </c>
+      <c r="P450">
+        <v>16164</v>
+      </c>
+      <c r="Q450" t="s">
+        <v>29</v>
+      </c>
+      <c r="R450" t="s">
+        <v>30</v>
+      </c>
+      <c r="S450" t="s">
+        <v>31</v>
+      </c>
+      <c r="T450" t="s">
+        <v>31</v>
+      </c>
+      <c r="U450" t="s">
+        <v>35</v>
+      </c>
+      <c r="V450">
+        <v>20</v>
+      </c>
+      <c r="W450">
+        <v>0</v>
+      </c>
+      <c r="X450">
+        <v>0</v>
+      </c>
+      <c r="Y450">
+        <v>63.129</v>
+      </c>
+    </row>
+    <row r="451" spans="1:25">
+      <c r="A451" t="s">
+        <v>25</v>
+      </c>
+      <c r="B451">
+        <v>2026</v>
+      </c>
+      <c r="C451">
+        <v>3118</v>
+      </c>
+      <c r="D451" t="s">
+        <v>97</v>
+      </c>
+      <c r="E451" t="s">
+        <v>70</v>
+      </c>
+      <c r="F451">
+        <v>317</v>
+      </c>
+      <c r="G451">
+        <v>0.5</v>
+      </c>
+      <c r="H451">
+        <v>54</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
+      </c>
+      <c r="J451">
+        <v>0</v>
+      </c>
+      <c r="K451">
+        <v>192.446</v>
+      </c>
+      <c r="L451" t="s">
+        <v>27</v>
+      </c>
+      <c r="M451">
+        <v>1</v>
+      </c>
+      <c r="N451" t="s">
+        <v>106</v>
+      </c>
+      <c r="O451">
+        <v>2</v>
+      </c>
+      <c r="P451">
+        <v>16164</v>
+      </c>
+      <c r="Q451" t="s">
+        <v>29</v>
+      </c>
+      <c r="R451" t="s">
+        <v>30</v>
+      </c>
+      <c r="S451" t="s">
+        <v>31</v>
+      </c>
+      <c r="T451" t="s">
+        <v>31</v>
+      </c>
+      <c r="U451" t="s">
+        <v>39</v>
+      </c>
+      <c r="V451">
+        <v>19</v>
+      </c>
+      <c r="W451">
+        <v>0</v>
+      </c>
+      <c r="X451">
+        <v>0</v>
+      </c>
+      <c r="Y451">
+        <v>88.272</v>
+      </c>
+    </row>
+    <row r="452" spans="1:25">
+      <c r="A452" t="s">
+        <v>25</v>
+      </c>
+      <c r="B452">
+        <v>2026</v>
+      </c>
+      <c r="C452">
+        <v>3118</v>
+      </c>
+      <c r="D452" t="s">
+        <v>97</v>
+      </c>
+      <c r="E452" t="s">
+        <v>70</v>
+      </c>
+      <c r="F452">
+        <v>317</v>
+      </c>
+      <c r="G452">
+        <v>0.5</v>
+      </c>
+      <c r="H452">
+        <v>54</v>
+      </c>
+      <c r="I452">
+        <v>0</v>
+      </c>
+      <c r="J452">
+        <v>0</v>
+      </c>
+      <c r="K452">
+        <v>192.446</v>
+      </c>
+      <c r="L452" t="s">
+        <v>27</v>
+      </c>
+      <c r="M452">
+        <v>1</v>
+      </c>
+      <c r="N452" t="s">
+        <v>106</v>
+      </c>
+      <c r="O452">
+        <v>2</v>
+      </c>
+      <c r="P452">
+        <v>16164</v>
+      </c>
+      <c r="Q452" t="s">
+        <v>29</v>
+      </c>
+      <c r="R452" t="s">
+        <v>30</v>
+      </c>
+      <c r="S452" t="s">
+        <v>31</v>
+      </c>
+      <c r="T452" t="s">
+        <v>31</v>
+      </c>
+      <c r="U452" t="s">
+        <v>51</v>
+      </c>
+      <c r="V452">
+        <v>3</v>
+      </c>
+      <c r="W452">
+        <v>0</v>
+      </c>
+      <c r="X452">
+        <v>0</v>
+      </c>
+      <c r="Y452">
+        <v>15.895</v>
+      </c>
+    </row>
+    <row r="453" spans="1:25">
+      <c r="A453" t="s">
+        <v>25</v>
+      </c>
+      <c r="B453">
+        <v>2026</v>
+      </c>
+      <c r="C453">
+        <v>3118</v>
+      </c>
+      <c r="D453" t="s">
+        <v>97</v>
+      </c>
+      <c r="E453" t="s">
+        <v>70</v>
+      </c>
+      <c r="F453">
+        <v>317</v>
+      </c>
+      <c r="G453">
+        <v>0.5</v>
+      </c>
+      <c r="H453">
+        <v>54</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="J453">
+        <v>0</v>
+      </c>
+      <c r="K453">
+        <v>192.446</v>
+      </c>
+      <c r="L453" t="s">
+        <v>27</v>
+      </c>
+      <c r="M453">
+        <v>1</v>
+      </c>
+      <c r="N453" t="s">
+        <v>106</v>
+      </c>
+      <c r="O453">
+        <v>2</v>
+      </c>
+      <c r="P453">
+        <v>16164</v>
+      </c>
+      <c r="Q453" t="s">
+        <v>29</v>
+      </c>
+      <c r="R453" t="s">
+        <v>30</v>
+      </c>
+      <c r="S453" t="s">
+        <v>31</v>
+      </c>
+      <c r="T453" t="s">
+        <v>31</v>
+      </c>
+      <c r="U453" t="s">
+        <v>52</v>
+      </c>
+      <c r="V453">
+        <v>1</v>
+      </c>
+      <c r="W453">
+        <v>0</v>
+      </c>
+      <c r="X453">
+        <v>0</v>
+      </c>
+      <c r="Y453">
+        <v>5.75</v>
+      </c>
+    </row>
+    <row r="454" spans="1:25">
+      <c r="A454" t="s">
+        <v>25</v>
+      </c>
+      <c r="B454">
+        <v>2026</v>
+      </c>
+      <c r="C454">
+        <v>3118</v>
+      </c>
+      <c r="D454" t="s">
+        <v>97</v>
+      </c>
+      <c r="E454" t="s">
+        <v>70</v>
+      </c>
+      <c r="F454">
+        <v>318</v>
+      </c>
+      <c r="G454">
+        <v>40.201</v>
+      </c>
+      <c r="H454">
+        <v>1297</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="J454">
+        <v>0</v>
+      </c>
+      <c r="K454">
+        <v>621.9</v>
+      </c>
+      <c r="L454" t="s">
+        <v>27</v>
+      </c>
+      <c r="M454">
+        <v>1</v>
+      </c>
+      <c r="N454" t="s">
+        <v>107</v>
+      </c>
+      <c r="O454">
+        <v>2</v>
+      </c>
+      <c r="P454">
+        <v>16164</v>
+      </c>
+      <c r="Q454" t="s">
+        <v>108</v>
+      </c>
+      <c r="R454" t="s">
+        <v>30</v>
+      </c>
+      <c r="S454" t="s">
+        <v>31</v>
+      </c>
+      <c r="T454" t="s">
+        <v>31</v>
+      </c>
+      <c r="U454" t="s">
+        <v>61</v>
+      </c>
+      <c r="V454">
+        <v>147</v>
+      </c>
+      <c r="W454">
+        <v>0</v>
+      </c>
+      <c r="X454">
+        <v>0</v>
+      </c>
+      <c r="Y454">
+        <v>5.292</v>
+      </c>
+    </row>
+    <row r="455" spans="1:25">
+      <c r="A455" t="s">
+        <v>25</v>
+      </c>
+      <c r="B455">
+        <v>2026</v>
+      </c>
+      <c r="C455">
+        <v>3118</v>
+      </c>
+      <c r="D455" t="s">
+        <v>97</v>
+      </c>
+      <c r="E455" t="s">
+        <v>70</v>
+      </c>
+      <c r="F455">
+        <v>318</v>
+      </c>
+      <c r="G455">
+        <v>40.201</v>
+      </c>
+      <c r="H455">
+        <v>1297</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
+      </c>
+      <c r="J455">
+        <v>0</v>
+      </c>
+      <c r="K455">
+        <v>621.9</v>
+      </c>
+      <c r="L455" t="s">
+        <v>27</v>
+      </c>
+      <c r="M455">
+        <v>1</v>
+      </c>
+      <c r="N455" t="s">
+        <v>107</v>
+      </c>
+      <c r="O455">
+        <v>2</v>
+      </c>
+      <c r="P455">
+        <v>16164</v>
+      </c>
+      <c r="Q455" t="s">
+        <v>108</v>
+      </c>
+      <c r="R455" t="s">
+        <v>30</v>
+      </c>
+      <c r="S455" t="s">
+        <v>31</v>
+      </c>
+      <c r="T455" t="s">
+        <v>31</v>
+      </c>
+      <c r="U455" t="s">
+        <v>43</v>
+      </c>
+      <c r="V455">
+        <v>349</v>
+      </c>
+      <c r="W455">
+        <v>0</v>
+      </c>
+      <c r="X455">
+        <v>0</v>
+      </c>
+      <c r="Y455">
+        <v>41.427</v>
+      </c>
+    </row>
+    <row r="456" spans="1:25">
+      <c r="A456" t="s">
+        <v>25</v>
+      </c>
+      <c r="B456">
+        <v>2026</v>
+      </c>
+      <c r="C456">
+        <v>3118</v>
+      </c>
+      <c r="D456" t="s">
+        <v>97</v>
+      </c>
+      <c r="E456" t="s">
+        <v>70</v>
+      </c>
+      <c r="F456">
+        <v>318</v>
+      </c>
+      <c r="G456">
+        <v>40.201</v>
+      </c>
+      <c r="H456">
+        <v>1297</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="J456">
+        <v>0</v>
+      </c>
+      <c r="K456">
+        <v>621.9</v>
+      </c>
+      <c r="L456" t="s">
+        <v>27</v>
+      </c>
+      <c r="M456">
+        <v>1</v>
+      </c>
+      <c r="N456" t="s">
+        <v>107</v>
+      </c>
+      <c r="O456">
+        <v>2</v>
+      </c>
+      <c r="P456">
+        <v>16164</v>
+      </c>
+      <c r="Q456" t="s">
+        <v>108</v>
+      </c>
+      <c r="R456" t="s">
+        <v>30</v>
+      </c>
+      <c r="S456" t="s">
+        <v>31</v>
+      </c>
+      <c r="T456" t="s">
+        <v>31</v>
+      </c>
+      <c r="U456" t="s">
+        <v>44</v>
+      </c>
+      <c r="V456">
+        <v>162</v>
+      </c>
+      <c r="W456">
+        <v>0</v>
+      </c>
+      <c r="X456">
+        <v>0</v>
+      </c>
+      <c r="Y456">
+        <v>46.494</v>
+      </c>
+    </row>
+    <row r="457" spans="1:25">
+      <c r="A457" t="s">
+        <v>25</v>
+      </c>
+      <c r="B457">
+        <v>2026</v>
+      </c>
+      <c r="C457">
+        <v>3118</v>
+      </c>
+      <c r="D457" t="s">
+        <v>97</v>
+      </c>
+      <c r="E457" t="s">
+        <v>70</v>
+      </c>
+      <c r="F457">
+        <v>318</v>
+      </c>
+      <c r="G457">
+        <v>40.201</v>
+      </c>
+      <c r="H457">
+        <v>1297</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="J457">
+        <v>0</v>
+      </c>
+      <c r="K457">
+        <v>621.9</v>
+      </c>
+      <c r="L457" t="s">
+        <v>27</v>
+      </c>
+      <c r="M457">
+        <v>1</v>
+      </c>
+      <c r="N457" t="s">
+        <v>107</v>
+      </c>
+      <c r="O457">
+        <v>2</v>
+      </c>
+      <c r="P457">
+        <v>16164</v>
+      </c>
+      <c r="Q457" t="s">
+        <v>108</v>
+      </c>
+      <c r="R457" t="s">
+        <v>30</v>
+      </c>
+      <c r="S457" t="s">
+        <v>31</v>
+      </c>
+      <c r="T457" t="s">
+        <v>31</v>
+      </c>
+      <c r="U457" t="s">
+        <v>32</v>
+      </c>
+      <c r="V457">
+        <v>270</v>
+      </c>
+      <c r="W457">
+        <v>0</v>
+      </c>
+      <c r="X457">
+        <v>0</v>
+      </c>
+      <c r="Y457">
+        <v>123.914</v>
+      </c>
+    </row>
+    <row r="458" spans="1:25">
+      <c r="A458" t="s">
+        <v>25</v>
+      </c>
+      <c r="B458">
+        <v>2026</v>
+      </c>
+      <c r="C458">
+        <v>3118</v>
+      </c>
+      <c r="D458" t="s">
+        <v>97</v>
+      </c>
+      <c r="E458" t="s">
+        <v>70</v>
+      </c>
+      <c r="F458">
+        <v>318</v>
+      </c>
+      <c r="G458">
+        <v>40.201</v>
+      </c>
+      <c r="H458">
+        <v>1297</v>
+      </c>
+      <c r="I458">
+        <v>0</v>
+      </c>
+      <c r="J458">
+        <v>0</v>
+      </c>
+      <c r="K458">
+        <v>621.9</v>
+      </c>
+      <c r="L458" t="s">
+        <v>27</v>
+      </c>
+      <c r="M458">
+        <v>1</v>
+      </c>
+      <c r="N458" t="s">
+        <v>107</v>
+      </c>
+      <c r="O458">
+        <v>2</v>
+      </c>
+      <c r="P458">
+        <v>16164</v>
+      </c>
+      <c r="Q458" t="s">
+        <v>108</v>
+      </c>
+      <c r="R458" t="s">
+        <v>30</v>
+      </c>
+      <c r="S458" t="s">
+        <v>31</v>
+      </c>
+      <c r="T458" t="s">
+        <v>31</v>
+      </c>
+      <c r="U458" t="s">
+        <v>33</v>
+      </c>
+      <c r="V458">
+        <v>244</v>
+      </c>
+      <c r="W458">
+        <v>0</v>
+      </c>
+      <c r="X458">
+        <v>0</v>
+      </c>
+      <c r="Y458">
+        <v>214.884</v>
+      </c>
+    </row>
+    <row r="459" spans="1:25">
+      <c r="A459" t="s">
+        <v>25</v>
+      </c>
+      <c r="B459">
+        <v>2026</v>
+      </c>
+      <c r="C459">
+        <v>3118</v>
+      </c>
+      <c r="D459" t="s">
+        <v>97</v>
+      </c>
+      <c r="E459" t="s">
+        <v>70</v>
+      </c>
+      <c r="F459">
+        <v>318</v>
+      </c>
+      <c r="G459">
+        <v>40.201</v>
+      </c>
+      <c r="H459">
+        <v>1297</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="J459">
+        <v>0</v>
+      </c>
+      <c r="K459">
+        <v>621.9</v>
+      </c>
+      <c r="L459" t="s">
+        <v>27</v>
+      </c>
+      <c r="M459">
+        <v>1</v>
+      </c>
+      <c r="N459" t="s">
+        <v>107</v>
+      </c>
+      <c r="O459">
+        <v>2</v>
+      </c>
+      <c r="P459">
+        <v>16164</v>
+      </c>
+      <c r="Q459" t="s">
+        <v>108</v>
+      </c>
+      <c r="R459" t="s">
+        <v>30</v>
+      </c>
+      <c r="S459" t="s">
+        <v>31</v>
+      </c>
+      <c r="T459" t="s">
+        <v>31</v>
+      </c>
+      <c r="U459" t="s">
+        <v>34</v>
+      </c>
+      <c r="V459">
+        <v>62</v>
+      </c>
+      <c r="W459">
+        <v>0</v>
+      </c>
+      <c r="X459">
+        <v>0</v>
+      </c>
+      <c r="Y459">
+        <v>108.248</v>
+      </c>
+    </row>
+    <row r="460" spans="1:25">
+      <c r="A460" t="s">
+        <v>25</v>
+      </c>
+      <c r="B460">
+        <v>2026</v>
+      </c>
+      <c r="C460">
+        <v>3118</v>
+      </c>
+      <c r="D460" t="s">
+        <v>97</v>
+      </c>
+      <c r="E460" t="s">
+        <v>70</v>
+      </c>
+      <c r="F460">
+        <v>318</v>
+      </c>
+      <c r="G460">
+        <v>40.201</v>
+      </c>
+      <c r="H460">
+        <v>1297</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="J460">
+        <v>0</v>
+      </c>
+      <c r="K460">
+        <v>621.9</v>
+      </c>
+      <c r="L460" t="s">
+        <v>27</v>
+      </c>
+      <c r="M460">
+        <v>1</v>
+      </c>
+      <c r="N460" t="s">
+        <v>107</v>
+      </c>
+      <c r="O460">
+        <v>2</v>
+      </c>
+      <c r="P460">
+        <v>16164</v>
+      </c>
+      <c r="Q460" t="s">
+        <v>108</v>
+      </c>
+      <c r="R460" t="s">
+        <v>30</v>
+      </c>
+      <c r="S460" t="s">
+        <v>31</v>
+      </c>
+      <c r="T460" t="s">
+        <v>31</v>
+      </c>
+      <c r="U460" t="s">
+        <v>35</v>
+      </c>
+      <c r="V460">
+        <v>11</v>
+      </c>
+      <c r="W460">
+        <v>0</v>
+      </c>
+      <c r="X460">
+        <v>0</v>
+      </c>
+      <c r="Y460">
+        <v>30.975</v>
+      </c>
+    </row>
+    <row r="461" spans="1:25">
+      <c r="A461" t="s">
+        <v>25</v>
+      </c>
+      <c r="B461">
+        <v>2026</v>
+      </c>
+      <c r="C461">
+        <v>3118</v>
+      </c>
+      <c r="D461" t="s">
+        <v>97</v>
+      </c>
+      <c r="E461" t="s">
+        <v>70</v>
+      </c>
+      <c r="F461">
+        <v>318</v>
+      </c>
+      <c r="G461">
+        <v>40.201</v>
+      </c>
+      <c r="H461">
+        <v>1297</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="J461">
+        <v>0</v>
+      </c>
+      <c r="K461">
+        <v>621.9</v>
+      </c>
+      <c r="L461" t="s">
+        <v>27</v>
+      </c>
+      <c r="M461">
+        <v>1</v>
+      </c>
+      <c r="N461" t="s">
+        <v>107</v>
+      </c>
+      <c r="O461">
+        <v>2</v>
+      </c>
+      <c r="P461">
+        <v>16164</v>
+      </c>
+      <c r="Q461" t="s">
+        <v>29</v>
+      </c>
+      <c r="R461" t="s">
+        <v>48</v>
+      </c>
+      <c r="S461" t="s">
+        <v>31</v>
+      </c>
+      <c r="T461" t="s">
+        <v>31</v>
+      </c>
+      <c r="U461" t="s">
+        <v>44</v>
+      </c>
+      <c r="V461">
+        <v>2</v>
+      </c>
+      <c r="W461">
+        <v>0</v>
+      </c>
+      <c r="X461">
+        <v>0</v>
+      </c>
+      <c r="Y461">
+        <v>0.574</v>
+      </c>
+    </row>
+    <row r="462" spans="1:25">
+      <c r="A462" t="s">
+        <v>25</v>
+      </c>
+      <c r="B462">
+        <v>2026</v>
+      </c>
+      <c r="C462">
+        <v>3118</v>
+      </c>
+      <c r="D462" t="s">
+        <v>97</v>
+      </c>
+      <c r="E462" t="s">
+        <v>70</v>
+      </c>
+      <c r="F462">
+        <v>318</v>
+      </c>
+      <c r="G462">
+        <v>40.201</v>
+      </c>
+      <c r="H462">
+        <v>1297</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="J462">
+        <v>0</v>
+      </c>
+      <c r="K462">
+        <v>621.9</v>
+      </c>
+      <c r="L462" t="s">
+        <v>27</v>
+      </c>
+      <c r="M462">
+        <v>1</v>
+      </c>
+      <c r="N462" t="s">
+        <v>107</v>
+      </c>
+      <c r="O462">
+        <v>2</v>
+      </c>
+      <c r="P462">
+        <v>16164</v>
+      </c>
+      <c r="Q462" t="s">
+        <v>29</v>
+      </c>
+      <c r="R462" t="s">
+        <v>48</v>
+      </c>
+      <c r="S462" t="s">
+        <v>31</v>
+      </c>
+      <c r="T462" t="s">
+        <v>31</v>
+      </c>
+      <c r="U462" t="s">
+        <v>32</v>
+      </c>
+      <c r="V462">
+        <v>14</v>
+      </c>
+      <c r="W462">
+        <v>0</v>
+      </c>
+      <c r="X462">
+        <v>0</v>
+      </c>
+      <c r="Y462">
+        <v>6.402</v>
+      </c>
+    </row>
+    <row r="463" spans="1:25">
+      <c r="A463" t="s">
+        <v>25</v>
+      </c>
+      <c r="B463">
+        <v>2026</v>
+      </c>
+      <c r="C463">
+        <v>3118</v>
+      </c>
+      <c r="D463" t="s">
+        <v>97</v>
+      </c>
+      <c r="E463" t="s">
+        <v>70</v>
+      </c>
+      <c r="F463">
+        <v>318</v>
+      </c>
+      <c r="G463">
+        <v>40.201</v>
+      </c>
+      <c r="H463">
+        <v>1297</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="J463">
+        <v>0</v>
+      </c>
+      <c r="K463">
+        <v>621.9</v>
+      </c>
+      <c r="L463" t="s">
+        <v>27</v>
+      </c>
+      <c r="M463">
+        <v>1</v>
+      </c>
+      <c r="N463" t="s">
+        <v>107</v>
+      </c>
+      <c r="O463">
+        <v>2</v>
+      </c>
+      <c r="P463">
+        <v>16164</v>
+      </c>
+      <c r="Q463" t="s">
+        <v>29</v>
+      </c>
+      <c r="R463" t="s">
+        <v>48</v>
+      </c>
+      <c r="S463" t="s">
+        <v>31</v>
+      </c>
+      <c r="T463" t="s">
+        <v>31</v>
+      </c>
+      <c r="U463" t="s">
+        <v>33</v>
+      </c>
+      <c r="V463">
+        <v>3</v>
+      </c>
+      <c r="W463">
+        <v>0</v>
+      </c>
+      <c r="X463">
+        <v>0</v>
+      </c>
+      <c r="Y463">
+        <v>3.049</v>
+      </c>
+    </row>
+    <row r="464" spans="1:25">
+      <c r="A464" t="s">
+        <v>25</v>
+      </c>
+      <c r="B464">
+        <v>2026</v>
+      </c>
+      <c r="C464">
+        <v>3118</v>
+      </c>
+      <c r="D464" t="s">
+        <v>97</v>
+      </c>
+      <c r="E464" t="s">
+        <v>70</v>
+      </c>
+      <c r="F464">
+        <v>318</v>
+      </c>
+      <c r="G464">
+        <v>40.201</v>
+      </c>
+      <c r="H464">
+        <v>1297</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="J464">
+        <v>0</v>
+      </c>
+      <c r="K464">
+        <v>621.9</v>
+      </c>
+      <c r="L464" t="s">
+        <v>27</v>
+      </c>
+      <c r="M464">
+        <v>1</v>
+      </c>
+      <c r="N464" t="s">
+        <v>107</v>
+      </c>
+      <c r="O464">
+        <v>2</v>
+      </c>
+      <c r="P464">
+        <v>16164</v>
+      </c>
+      <c r="Q464" t="s">
+        <v>29</v>
+      </c>
+      <c r="R464" t="s">
+        <v>48</v>
+      </c>
+      <c r="S464" t="s">
+        <v>31</v>
+      </c>
+      <c r="T464" t="s">
+        <v>31</v>
+      </c>
+      <c r="U464" t="s">
+        <v>34</v>
+      </c>
+      <c r="V464">
+        <v>1</v>
+      </c>
+      <c r="W464">
+        <v>0</v>
+      </c>
+      <c r="X464">
+        <v>0</v>
+      </c>
+      <c r="Y464">
+        <v>1.507</v>
+      </c>
+    </row>
+    <row r="465" spans="1:25">
+      <c r="A465" t="s">
+        <v>25</v>
+      </c>
+      <c r="B465">
+        <v>2026</v>
+      </c>
+      <c r="C465">
+        <v>3118</v>
+      </c>
+      <c r="D465" t="s">
+        <v>97</v>
+      </c>
+      <c r="E465" t="s">
+        <v>70</v>
+      </c>
+      <c r="F465">
+        <v>318</v>
+      </c>
+      <c r="G465">
+        <v>40.201</v>
+      </c>
+      <c r="H465">
+        <v>1297</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="J465">
+        <v>0</v>
+      </c>
+      <c r="K465">
+        <v>621.9</v>
+      </c>
+      <c r="L465" t="s">
+        <v>27</v>
+      </c>
+      <c r="M465">
+        <v>1</v>
+      </c>
+      <c r="N465" t="s">
+        <v>107</v>
+      </c>
+      <c r="O465">
+        <v>2</v>
+      </c>
+      <c r="P465">
+        <v>16164</v>
+      </c>
+      <c r="Q465" t="s">
+        <v>47</v>
+      </c>
+      <c r="R465" t="s">
+        <v>48</v>
+      </c>
+      <c r="S465" t="s">
+        <v>31</v>
+      </c>
+      <c r="T465" t="s">
+        <v>31</v>
+      </c>
+      <c r="U465" t="s">
+        <v>32</v>
+      </c>
+      <c r="V465">
+        <v>7</v>
+      </c>
+      <c r="W465">
+        <v>0</v>
+      </c>
+      <c r="X465">
+        <v>0</v>
+      </c>
+      <c r="Y465">
+        <v>3.628</v>
+      </c>
+    </row>
+    <row r="466" spans="1:25">
+      <c r="A466" t="s">
+        <v>25</v>
+      </c>
+      <c r="B466">
+        <v>2026</v>
+      </c>
+      <c r="C466">
+        <v>3118</v>
+      </c>
+      <c r="D466" t="s">
+        <v>97</v>
+      </c>
+      <c r="E466" t="s">
+        <v>70</v>
+      </c>
+      <c r="F466">
+        <v>318</v>
+      </c>
+      <c r="G466">
+        <v>40.201</v>
+      </c>
+      <c r="H466">
+        <v>1297</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
+      </c>
+      <c r="J466">
+        <v>0</v>
+      </c>
+      <c r="K466">
+        <v>621.9</v>
+      </c>
+      <c r="L466" t="s">
+        <v>27</v>
+      </c>
+      <c r="M466">
+        <v>1</v>
+      </c>
+      <c r="N466" t="s">
+        <v>107</v>
+      </c>
+      <c r="O466">
+        <v>2</v>
+      </c>
+      <c r="P466">
+        <v>16164</v>
+      </c>
+      <c r="Q466" t="s">
+        <v>47</v>
+      </c>
+      <c r="R466" t="s">
+        <v>48</v>
+      </c>
+      <c r="S466" t="s">
+        <v>31</v>
+      </c>
+      <c r="T466" t="s">
+        <v>31</v>
+      </c>
+      <c r="U466" t="s">
+        <v>33</v>
+      </c>
+      <c r="V466">
+        <v>12</v>
+      </c>
+      <c r="W466">
+        <v>0</v>
+      </c>
+      <c r="X466">
+        <v>0</v>
+      </c>
+      <c r="Y466">
+        <v>11.8</v>
+      </c>
+    </row>
+    <row r="467" spans="1:25">
+      <c r="A467" t="s">
+        <v>25</v>
+      </c>
+      <c r="B467">
+        <v>2026</v>
+      </c>
+      <c r="C467">
+        <v>3118</v>
+      </c>
+      <c r="D467" t="s">
+        <v>97</v>
+      </c>
+      <c r="E467" t="s">
+        <v>70</v>
+      </c>
+      <c r="F467">
+        <v>318</v>
+      </c>
+      <c r="G467">
+        <v>40.201</v>
+      </c>
+      <c r="H467">
+        <v>1297</v>
+      </c>
+      <c r="I467">
+        <v>0</v>
+      </c>
+      <c r="J467">
+        <v>0</v>
+      </c>
+      <c r="K467">
+        <v>621.9</v>
+      </c>
+      <c r="L467" t="s">
+        <v>27</v>
+      </c>
+      <c r="M467">
+        <v>1</v>
+      </c>
+      <c r="N467" t="s">
+        <v>107</v>
+      </c>
+      <c r="O467">
+        <v>2</v>
+      </c>
+      <c r="P467">
+        <v>16164</v>
+      </c>
+      <c r="Q467" t="s">
+        <v>47</v>
+      </c>
+      <c r="R467" t="s">
+        <v>48</v>
+      </c>
+      <c r="S467" t="s">
+        <v>31</v>
+      </c>
+      <c r="T467" t="s">
+        <v>31</v>
+      </c>
+      <c r="U467" t="s">
+        <v>34</v>
+      </c>
+      <c r="V467">
+        <v>5</v>
+      </c>
+      <c r="W467">
+        <v>0</v>
+      </c>
+      <c r="X467">
+        <v>0</v>
+      </c>
+      <c r="Y467">
+        <v>9.127</v>
+      </c>
+    </row>
+    <row r="468" spans="1:25">
+      <c r="A468" t="s">
+        <v>25</v>
+      </c>
+      <c r="B468">
+        <v>2026</v>
+      </c>
+      <c r="C468">
+        <v>3118</v>
+      </c>
+      <c r="D468" t="s">
+        <v>97</v>
+      </c>
+      <c r="E468" t="s">
+        <v>70</v>
+      </c>
+      <c r="F468">
+        <v>318</v>
+      </c>
+      <c r="G468">
+        <v>40.201</v>
+      </c>
+      <c r="H468">
+        <v>1297</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="J468">
+        <v>0</v>
+      </c>
+      <c r="K468">
+        <v>621.9</v>
+      </c>
+      <c r="L468" t="s">
+        <v>27</v>
+      </c>
+      <c r="M468">
+        <v>1</v>
+      </c>
+      <c r="N468" t="s">
+        <v>107</v>
+      </c>
+      <c r="O468">
+        <v>2</v>
+      </c>
+      <c r="P468">
+        <v>16164</v>
+      </c>
+      <c r="Q468" t="s">
+        <v>47</v>
+      </c>
+      <c r="R468" t="s">
+        <v>48</v>
+      </c>
+      <c r="S468" t="s">
+        <v>31</v>
+      </c>
+      <c r="T468" t="s">
+        <v>31</v>
+      </c>
+      <c r="U468" t="s">
+        <v>35</v>
+      </c>
+      <c r="V468">
+        <v>1</v>
+      </c>
+      <c r="W468">
+        <v>0</v>
+      </c>
+      <c r="X468">
+        <v>0</v>
+      </c>
+      <c r="Y468">
+        <v>2.758</v>
+      </c>
+    </row>
+    <row r="469" spans="1:25">
+      <c r="A469" t="s">
+        <v>25</v>
+      </c>
+      <c r="B469">
+        <v>2026</v>
+      </c>
+      <c r="C469">
+        <v>3118</v>
+      </c>
+      <c r="D469" t="s">
+        <v>97</v>
+      </c>
+      <c r="E469" t="s">
+        <v>70</v>
+      </c>
+      <c r="F469">
+        <v>318</v>
+      </c>
+      <c r="G469">
+        <v>40.201</v>
+      </c>
+      <c r="H469">
+        <v>1297</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="J469">
+        <v>0</v>
+      </c>
+      <c r="K469">
+        <v>621.9</v>
+      </c>
+      <c r="L469" t="s">
+        <v>27</v>
+      </c>
+      <c r="M469">
+        <v>1</v>
+      </c>
+      <c r="N469" t="s">
+        <v>107</v>
+      </c>
+      <c r="O469">
+        <v>2</v>
+      </c>
+      <c r="P469">
+        <v>16164</v>
+      </c>
+      <c r="Q469" t="s">
+        <v>29</v>
+      </c>
+      <c r="R469" t="s">
+        <v>30</v>
+      </c>
+      <c r="S469" t="s">
+        <v>31</v>
+      </c>
+      <c r="T469" t="s">
+        <v>31</v>
+      </c>
+      <c r="U469" t="s">
+        <v>33</v>
+      </c>
+      <c r="V469">
+        <v>3</v>
+      </c>
+      <c r="W469">
+        <v>0</v>
+      </c>
+      <c r="X469">
+        <v>0</v>
+      </c>
+      <c r="Y469">
+        <v>2.679</v>
+      </c>
+    </row>
+    <row r="470" spans="1:25">
+      <c r="A470" t="s">
+        <v>25</v>
+      </c>
+      <c r="B470">
+        <v>2026</v>
+      </c>
+      <c r="C470">
+        <v>3118</v>
+      </c>
+      <c r="D470" t="s">
+        <v>97</v>
+      </c>
+      <c r="E470" t="s">
+        <v>70</v>
+      </c>
+      <c r="F470">
+        <v>318</v>
+      </c>
+      <c r="G470">
+        <v>40.201</v>
+      </c>
+      <c r="H470">
+        <v>1297</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
+      </c>
+      <c r="J470">
+        <v>0</v>
+      </c>
+      <c r="K470">
+        <v>621.9</v>
+      </c>
+      <c r="L470" t="s">
+        <v>27</v>
+      </c>
+      <c r="M470">
+        <v>1</v>
+      </c>
+      <c r="N470" t="s">
+        <v>107</v>
+      </c>
+      <c r="O470">
+        <v>2</v>
+      </c>
+      <c r="P470">
+        <v>16164</v>
+      </c>
+      <c r="Q470" t="s">
+        <v>29</v>
+      </c>
+      <c r="R470" t="s">
+        <v>30</v>
+      </c>
+      <c r="S470" t="s">
+        <v>31</v>
+      </c>
+      <c r="T470" t="s">
+        <v>31</v>
+      </c>
+      <c r="U470" t="s">
+        <v>34</v>
+      </c>
+      <c r="V470">
+        <v>2</v>
+      </c>
+      <c r="W470">
+        <v>0</v>
+      </c>
+      <c r="X470">
+        <v>0</v>
+      </c>
+      <c r="Y470">
+        <v>3.268</v>
+      </c>
+    </row>
+    <row r="471" spans="1:25">
+      <c r="A471" t="s">
+        <v>25</v>
+      </c>
+      <c r="B471">
+        <v>2026</v>
+      </c>
+      <c r="C471">
+        <v>3118</v>
+      </c>
+      <c r="D471" t="s">
+        <v>97</v>
+      </c>
+      <c r="E471" t="s">
+        <v>70</v>
+      </c>
+      <c r="F471">
+        <v>318</v>
+      </c>
+      <c r="G471">
+        <v>40.201</v>
+      </c>
+      <c r="H471">
+        <v>1297</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
+      </c>
+      <c r="J471">
+        <v>0</v>
+      </c>
+      <c r="K471">
+        <v>621.9</v>
+      </c>
+      <c r="L471" t="s">
+        <v>27</v>
+      </c>
+      <c r="M471">
+        <v>1</v>
+      </c>
+      <c r="N471" t="s">
+        <v>107</v>
+      </c>
+      <c r="O471">
+        <v>2</v>
+      </c>
+      <c r="P471">
+        <v>16164</v>
+      </c>
+      <c r="Q471" t="s">
+        <v>29</v>
+      </c>
+      <c r="R471" t="s">
+        <v>30</v>
+      </c>
+      <c r="S471" t="s">
+        <v>31</v>
+      </c>
+      <c r="T471" t="s">
+        <v>31</v>
+      </c>
+      <c r="U471" t="s">
+        <v>35</v>
+      </c>
+      <c r="V471">
+        <v>2</v>
+      </c>
+      <c r="W471">
+        <v>0</v>
+      </c>
+      <c r="X471">
+        <v>0</v>
+      </c>
+      <c r="Y471">
+        <v>5.874</v>
+      </c>
+    </row>
+    <row r="472" spans="1:25">
+      <c r="A472" t="s">
+        <v>25</v>
+      </c>
+      <c r="B472">
+        <v>2026</v>
+      </c>
+      <c r="C472">
+        <v>3554</v>
+      </c>
+      <c r="D472" t="s">
+        <v>109</v>
+      </c>
+      <c r="E472" t="s">
+        <v>70</v>
+      </c>
+      <c r="F472">
+        <v>330</v>
+      </c>
+      <c r="G472">
+        <v>0.2129</v>
+      </c>
+      <c r="H472">
+        <v>117</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
+      </c>
+      <c r="J472">
+        <v>0</v>
+      </c>
+      <c r="K472">
+        <v>114.574</v>
+      </c>
+      <c r="L472" t="s">
+        <v>27</v>
+      </c>
+      <c r="M472">
+        <v>1</v>
+      </c>
+      <c r="N472" t="s">
+        <v>110</v>
+      </c>
+      <c r="O472">
+        <v>6</v>
+      </c>
+      <c r="P472">
+        <v>16164</v>
+      </c>
+      <c r="Q472" t="s">
+        <v>29</v>
+      </c>
+      <c r="R472" t="s">
+        <v>30</v>
+      </c>
+      <c r="S472" t="s">
+        <v>31</v>
+      </c>
+      <c r="T472" t="s">
+        <v>31</v>
+      </c>
+      <c r="U472" t="s">
+        <v>44</v>
+      </c>
+      <c r="V472">
+        <v>6</v>
+      </c>
+      <c r="W472">
+        <v>0</v>
+      </c>
+      <c r="X472">
+        <v>0</v>
+      </c>
+      <c r="Y472">
+        <v>2.172</v>
+      </c>
+    </row>
+    <row r="473" spans="1:25">
+      <c r="A473" t="s">
+        <v>25</v>
+      </c>
+      <c r="B473">
+        <v>2026</v>
+      </c>
+      <c r="C473">
+        <v>3554</v>
+      </c>
+      <c r="D473" t="s">
+        <v>109</v>
+      </c>
+      <c r="E473" t="s">
+        <v>70</v>
+      </c>
+      <c r="F473">
+        <v>330</v>
+      </c>
+      <c r="G473">
+        <v>0.2129</v>
+      </c>
+      <c r="H473">
+        <v>117</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
+      </c>
+      <c r="J473">
+        <v>0</v>
+      </c>
+      <c r="K473">
+        <v>114.574</v>
+      </c>
+      <c r="L473" t="s">
+        <v>27</v>
+      </c>
+      <c r="M473">
+        <v>1</v>
+      </c>
+      <c r="N473" t="s">
+        <v>110</v>
+      </c>
+      <c r="O473">
+        <v>6</v>
+      </c>
+      <c r="P473">
+        <v>16164</v>
+      </c>
+      <c r="Q473" t="s">
+        <v>29</v>
+      </c>
+      <c r="R473" t="s">
+        <v>30</v>
+      </c>
+      <c r="S473" t="s">
+        <v>31</v>
+      </c>
+      <c r="T473" t="s">
+        <v>31</v>
+      </c>
+      <c r="U473" t="s">
+        <v>32</v>
+      </c>
+      <c r="V473">
+        <v>30</v>
+      </c>
+      <c r="W473">
+        <v>0</v>
+      </c>
+      <c r="X473">
+        <v>0</v>
+      </c>
+      <c r="Y473">
+        <v>16.63</v>
+      </c>
+    </row>
+    <row r="474" spans="1:25">
+      <c r="A474" t="s">
+        <v>25</v>
+      </c>
+      <c r="B474">
+        <v>2026</v>
+      </c>
+      <c r="C474">
+        <v>3554</v>
+      </c>
+      <c r="D474" t="s">
+        <v>109</v>
+      </c>
+      <c r="E474" t="s">
+        <v>70</v>
+      </c>
+      <c r="F474">
+        <v>330</v>
+      </c>
+      <c r="G474">
+        <v>0.2129</v>
+      </c>
+      <c r="H474">
+        <v>117</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="J474">
+        <v>0</v>
+      </c>
+      <c r="K474">
+        <v>114.574</v>
+      </c>
+      <c r="L474" t="s">
+        <v>27</v>
+      </c>
+      <c r="M474">
+        <v>1</v>
+      </c>
+      <c r="N474" t="s">
+        <v>110</v>
+      </c>
+      <c r="O474">
+        <v>6</v>
+      </c>
+      <c r="P474">
+        <v>16164</v>
+      </c>
+      <c r="Q474" t="s">
+        <v>29</v>
+      </c>
+      <c r="R474" t="s">
+        <v>30</v>
+      </c>
+      <c r="S474" t="s">
+        <v>31</v>
+      </c>
+      <c r="T474" t="s">
+        <v>31</v>
+      </c>
+      <c r="U474" t="s">
+        <v>33</v>
+      </c>
+      <c r="V474">
+        <v>63</v>
+      </c>
+      <c r="W474">
+        <v>0</v>
+      </c>
+      <c r="X474">
+        <v>0</v>
+      </c>
+      <c r="Y474">
+        <v>64.146</v>
+      </c>
+    </row>
+    <row r="475" spans="1:25">
+      <c r="A475" t="s">
+        <v>25</v>
+      </c>
+      <c r="B475">
+        <v>2026</v>
+      </c>
+      <c r="C475">
+        <v>3554</v>
+      </c>
+      <c r="D475" t="s">
+        <v>109</v>
+      </c>
+      <c r="E475" t="s">
+        <v>70</v>
+      </c>
+      <c r="F475">
+        <v>330</v>
+      </c>
+      <c r="G475">
+        <v>0.2129</v>
+      </c>
+      <c r="H475">
+        <v>117</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
+      </c>
+      <c r="J475">
+        <v>0</v>
+      </c>
+      <c r="K475">
+        <v>114.574</v>
+      </c>
+      <c r="L475" t="s">
+        <v>27</v>
+      </c>
+      <c r="M475">
+        <v>1</v>
+      </c>
+      <c r="N475" t="s">
+        <v>110</v>
+      </c>
+      <c r="O475">
+        <v>6</v>
+      </c>
+      <c r="P475">
+        <v>16164</v>
+      </c>
+      <c r="Q475" t="s">
+        <v>29</v>
+      </c>
+      <c r="R475" t="s">
+        <v>30</v>
+      </c>
+      <c r="S475" t="s">
+        <v>31</v>
+      </c>
+      <c r="T475" t="s">
+        <v>31</v>
+      </c>
+      <c r="U475" t="s">
+        <v>34</v>
+      </c>
+      <c r="V475">
+        <v>18</v>
+      </c>
+      <c r="W475">
+        <v>0</v>
+      </c>
+      <c r="X475">
+        <v>0</v>
+      </c>
+      <c r="Y475">
+        <v>31.626</v>
+      </c>
+    </row>
+    <row r="476" spans="1:25">
+      <c r="A476" t="s">
+        <v>25</v>
+      </c>
+      <c r="B476">
+        <v>2026</v>
+      </c>
+      <c r="C476">
+        <v>3554</v>
+      </c>
+      <c r="D476" t="s">
+        <v>109</v>
+      </c>
+      <c r="E476" t="s">
+        <v>70</v>
+      </c>
+      <c r="F476">
+        <v>331</v>
+      </c>
+      <c r="G476">
+        <v>3.2676</v>
+      </c>
+      <c r="H476">
+        <v>1070</v>
+      </c>
+      <c r="I476">
+        <v>0</v>
+      </c>
+      <c r="J476">
+        <v>0</v>
+      </c>
+      <c r="K476">
+        <v>107.546</v>
+      </c>
+      <c r="L476" t="s">
+        <v>27</v>
+      </c>
+      <c r="M476">
+        <v>1</v>
+      </c>
+      <c r="N476" t="s">
+        <v>111</v>
+      </c>
+      <c r="O476">
+        <v>6</v>
+      </c>
+      <c r="P476">
+        <v>16164</v>
+      </c>
+      <c r="Q476" t="s">
+        <v>29</v>
+      </c>
+      <c r="R476" t="s">
+        <v>48</v>
+      </c>
+      <c r="S476" t="s">
+        <v>31</v>
+      </c>
+      <c r="T476" t="s">
+        <v>31</v>
+      </c>
+      <c r="U476" t="s">
+        <v>61</v>
+      </c>
+      <c r="V476">
+        <v>627</v>
+      </c>
+      <c r="W476">
+        <v>0</v>
+      </c>
+      <c r="X476">
+        <v>0</v>
+      </c>
+      <c r="Y476">
+        <v>18.393</v>
+      </c>
+    </row>
+    <row r="477" spans="1:25">
+      <c r="A477" t="s">
+        <v>25</v>
+      </c>
+      <c r="B477">
+        <v>2026</v>
+      </c>
+      <c r="C477">
+        <v>3554</v>
+      </c>
+      <c r="D477" t="s">
+        <v>109</v>
+      </c>
+      <c r="E477" t="s">
+        <v>70</v>
+      </c>
+      <c r="F477">
+        <v>331</v>
+      </c>
+      <c r="G477">
+        <v>3.2676</v>
+      </c>
+      <c r="H477">
+        <v>1070</v>
+      </c>
+      <c r="I477">
+        <v>0</v>
+      </c>
+      <c r="J477">
+        <v>0</v>
+      </c>
+      <c r="K477">
+        <v>107.546</v>
+      </c>
+      <c r="L477" t="s">
+        <v>27</v>
+      </c>
+      <c r="M477">
+        <v>1</v>
+      </c>
+      <c r="N477" t="s">
+        <v>111</v>
+      </c>
+      <c r="O477">
+        <v>6</v>
+      </c>
+      <c r="P477">
+        <v>16164</v>
+      </c>
+      <c r="Q477" t="s">
+        <v>29</v>
+      </c>
+      <c r="R477" t="s">
+        <v>48</v>
+      </c>
+      <c r="S477" t="s">
+        <v>31</v>
+      </c>
+      <c r="T477" t="s">
+        <v>31</v>
+      </c>
+      <c r="U477" t="s">
+        <v>43</v>
+      </c>
+      <c r="V477">
+        <v>394</v>
+      </c>
+      <c r="W477">
+        <v>0</v>
+      </c>
+      <c r="X477">
+        <v>0</v>
+      </c>
+      <c r="Y477">
+        <v>40.686</v>
+      </c>
+    </row>
+    <row r="478" spans="1:25">
+      <c r="A478" t="s">
+        <v>25</v>
+      </c>
+      <c r="B478">
+        <v>2026</v>
+      </c>
+      <c r="C478">
+        <v>3554</v>
+      </c>
+      <c r="D478" t="s">
+        <v>109</v>
+      </c>
+      <c r="E478" t="s">
+        <v>70</v>
+      </c>
+      <c r="F478">
+        <v>331</v>
+      </c>
+      <c r="G478">
+        <v>3.2676</v>
+      </c>
+      <c r="H478">
+        <v>1070</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="J478">
+        <v>0</v>
+      </c>
+      <c r="K478">
+        <v>107.546</v>
+      </c>
+      <c r="L478" t="s">
+        <v>27</v>
+      </c>
+      <c r="M478">
+        <v>1</v>
+      </c>
+      <c r="N478" t="s">
+        <v>111</v>
+      </c>
+      <c r="O478">
+        <v>6</v>
+      </c>
+      <c r="P478">
+        <v>16164</v>
+      </c>
+      <c r="Q478" t="s">
+        <v>29</v>
+      </c>
+      <c r="R478" t="s">
+        <v>48</v>
+      </c>
+      <c r="S478" t="s">
+        <v>31</v>
+      </c>
+      <c r="T478" t="s">
+        <v>31</v>
+      </c>
+      <c r="U478" t="s">
+        <v>44</v>
+      </c>
+      <c r="V478">
+        <v>9</v>
+      </c>
+      <c r="W478">
+        <v>0</v>
+      </c>
+      <c r="X478">
+        <v>0</v>
+      </c>
+      <c r="Y478">
+        <v>2.25</v>
+      </c>
+    </row>
+    <row r="479" spans="1:25">
+      <c r="A479" t="s">
+        <v>25</v>
+      </c>
+      <c r="B479">
+        <v>2026</v>
+      </c>
+      <c r="C479">
+        <v>3554</v>
+      </c>
+      <c r="D479" t="s">
+        <v>109</v>
+      </c>
+      <c r="E479" t="s">
+        <v>70</v>
+      </c>
+      <c r="F479">
+        <v>331</v>
+      </c>
+      <c r="G479">
+        <v>3.2676</v>
+      </c>
+      <c r="H479">
+        <v>1070</v>
+      </c>
+      <c r="I479">
+        <v>0</v>
+      </c>
+      <c r="J479">
+        <v>0</v>
+      </c>
+      <c r="K479">
+        <v>107.546</v>
+      </c>
+      <c r="L479" t="s">
+        <v>27</v>
+      </c>
+      <c r="M479">
+        <v>1</v>
+      </c>
+      <c r="N479" t="s">
+        <v>111</v>
+      </c>
+      <c r="O479">
+        <v>6</v>
+      </c>
+      <c r="P479">
+        <v>16164</v>
+      </c>
+      <c r="Q479" t="s">
+        <v>29</v>
+      </c>
+      <c r="R479" t="s">
+        <v>40</v>
+      </c>
+      <c r="S479" t="s">
+        <v>31</v>
+      </c>
+      <c r="T479" t="s">
+        <v>31</v>
+      </c>
+      <c r="U479" t="s">
+        <v>32</v>
+      </c>
+      <c r="V479">
+        <v>1</v>
+      </c>
+      <c r="W479">
+        <v>0</v>
+      </c>
+      <c r="X479">
+        <v>0</v>
+      </c>
+      <c r="Y479">
+        <v>0.535</v>
+      </c>
+    </row>
+    <row r="480" spans="1:25">
+      <c r="A480" t="s">
+        <v>25</v>
+      </c>
+      <c r="B480">
+        <v>2026</v>
+      </c>
+      <c r="C480">
+        <v>3554</v>
+      </c>
+      <c r="D480" t="s">
+        <v>109</v>
+      </c>
+      <c r="E480" t="s">
+        <v>70</v>
+      </c>
+      <c r="F480">
+        <v>331</v>
+      </c>
+      <c r="G480">
+        <v>3.2676</v>
+      </c>
+      <c r="H480">
+        <v>1070</v>
+      </c>
+      <c r="I480">
+        <v>0</v>
+      </c>
+      <c r="J480">
+        <v>0</v>
+      </c>
+      <c r="K480">
+        <v>107.546</v>
+      </c>
+      <c r="L480" t="s">
+        <v>27</v>
+      </c>
+      <c r="M480">
+        <v>1</v>
+      </c>
+      <c r="N480" t="s">
+        <v>111</v>
+      </c>
+      <c r="O480">
+        <v>6</v>
+      </c>
+      <c r="P480">
+        <v>16164</v>
+      </c>
+      <c r="Q480" t="s">
+        <v>29</v>
+      </c>
+      <c r="R480" t="s">
+        <v>40</v>
+      </c>
+      <c r="S480" t="s">
+        <v>31</v>
+      </c>
+      <c r="T480" t="s">
+        <v>31</v>
+      </c>
+      <c r="U480" t="s">
+        <v>33</v>
+      </c>
+      <c r="V480">
+        <v>12</v>
+      </c>
+      <c r="W480">
+        <v>0</v>
+      </c>
+      <c r="X480">
+        <v>0</v>
+      </c>
+      <c r="Y480">
+        <v>11.672</v>
+      </c>
+    </row>
+    <row r="481" spans="1:25">
+      <c r="A481" t="s">
+        <v>25</v>
+      </c>
+      <c r="B481">
+        <v>2026</v>
+      </c>
+      <c r="C481">
+        <v>3554</v>
+      </c>
+      <c r="D481" t="s">
+        <v>109</v>
+      </c>
+      <c r="E481" t="s">
+        <v>70</v>
+      </c>
+      <c r="F481">
+        <v>331</v>
+      </c>
+      <c r="G481">
+        <v>3.2676</v>
+      </c>
+      <c r="H481">
+        <v>1070</v>
+      </c>
+      <c r="I481">
+        <v>0</v>
+      </c>
+      <c r="J481">
+        <v>0</v>
+      </c>
+      <c r="K481">
+        <v>107.546</v>
+      </c>
+      <c r="L481" t="s">
+        <v>27</v>
+      </c>
+      <c r="M481">
+        <v>1</v>
+      </c>
+      <c r="N481" t="s">
+        <v>111</v>
+      </c>
+      <c r="O481">
+        <v>6</v>
+      </c>
+      <c r="P481">
+        <v>16164</v>
+      </c>
+      <c r="Q481" t="s">
+        <v>29</v>
+      </c>
+      <c r="R481" t="s">
+        <v>40</v>
+      </c>
+      <c r="S481" t="s">
+        <v>31</v>
+      </c>
+      <c r="T481" t="s">
+        <v>31</v>
+      </c>
+      <c r="U481" t="s">
+        <v>34</v>
+      </c>
+      <c r="V481">
+        <v>6</v>
+      </c>
+      <c r="W481">
+        <v>0</v>
+      </c>
+      <c r="X481">
+        <v>0</v>
+      </c>
+      <c r="Y481">
+        <v>10.018</v>
+      </c>
+    </row>
+    <row r="482" spans="1:25">
+      <c r="A482" t="s">
+        <v>25</v>
+      </c>
+      <c r="B482">
+        <v>2026</v>
+      </c>
+      <c r="C482">
+        <v>3554</v>
+      </c>
+      <c r="D482" t="s">
+        <v>109</v>
+      </c>
+      <c r="E482" t="s">
+        <v>70</v>
+      </c>
+      <c r="F482">
+        <v>331</v>
+      </c>
+      <c r="G482">
+        <v>3.2676</v>
+      </c>
+      <c r="H482">
+        <v>1070</v>
+      </c>
+      <c r="I482">
+        <v>0</v>
+      </c>
+      <c r="J482">
+        <v>0</v>
+      </c>
+      <c r="K482">
+        <v>107.546</v>
+      </c>
+      <c r="L482" t="s">
+        <v>27</v>
+      </c>
+      <c r="M482">
+        <v>1</v>
+      </c>
+      <c r="N482" t="s">
+        <v>111</v>
+      </c>
+      <c r="O482">
+        <v>6</v>
+      </c>
+      <c r="P482">
+        <v>16164</v>
+      </c>
+      <c r="Q482" t="s">
+        <v>29</v>
+      </c>
+      <c r="R482" t="s">
+        <v>40</v>
+      </c>
+      <c r="S482" t="s">
+        <v>31</v>
+      </c>
+      <c r="T482" t="s">
+        <v>31</v>
+      </c>
+      <c r="U482" t="s">
+        <v>35</v>
+      </c>
+      <c r="V482">
+        <v>1</v>
+      </c>
+      <c r="W482">
+        <v>0</v>
+      </c>
+      <c r="X482">
+        <v>0</v>
+      </c>
+      <c r="Y482">
+        <v>2.463</v>
+      </c>
+    </row>
+    <row r="483" spans="1:25">
+      <c r="A483" t="s">
+        <v>25</v>
+      </c>
+      <c r="B483">
+        <v>2026</v>
+      </c>
+      <c r="C483">
+        <v>3554</v>
+      </c>
+      <c r="D483" t="s">
+        <v>109</v>
+      </c>
+      <c r="E483" t="s">
+        <v>70</v>
+      </c>
+      <c r="F483">
+        <v>331</v>
+      </c>
+      <c r="G483">
+        <v>3.2676</v>
+      </c>
+      <c r="H483">
+        <v>1070</v>
+      </c>
+      <c r="I483">
+        <v>0</v>
+      </c>
+      <c r="J483">
+        <v>0</v>
+      </c>
+      <c r="K483">
+        <v>107.546</v>
+      </c>
+      <c r="L483" t="s">
+        <v>27</v>
+      </c>
+      <c r="M483">
+        <v>1</v>
+      </c>
+      <c r="N483" t="s">
+        <v>111</v>
+      </c>
+      <c r="O483">
+        <v>6</v>
+      </c>
+      <c r="P483">
+        <v>16164</v>
+      </c>
+      <c r="Q483" t="s">
+        <v>29</v>
+      </c>
+      <c r="R483" t="s">
+        <v>40</v>
+      </c>
+      <c r="S483" t="s">
+        <v>92</v>
+      </c>
+      <c r="T483" t="s">
+        <v>31</v>
+      </c>
+      <c r="U483" t="s">
+        <v>32</v>
+      </c>
+      <c r="V483">
+        <v>3</v>
+      </c>
+      <c r="W483">
+        <v>0</v>
+      </c>
+      <c r="X483">
+        <v>0</v>
+      </c>
+      <c r="Y483">
+        <v>1.381</v>
+      </c>
+    </row>
+    <row r="484" spans="1:25">
+      <c r="A484" t="s">
+        <v>25</v>
+      </c>
+      <c r="B484">
+        <v>2026</v>
+      </c>
+      <c r="C484">
+        <v>3554</v>
+      </c>
+      <c r="D484" t="s">
+        <v>109</v>
+      </c>
+      <c r="E484" t="s">
+        <v>70</v>
+      </c>
+      <c r="F484">
+        <v>331</v>
+      </c>
+      <c r="G484">
+        <v>3.2676</v>
+      </c>
+      <c r="H484">
+        <v>1070</v>
+      </c>
+      <c r="I484">
+        <v>0</v>
+      </c>
+      <c r="J484">
+        <v>0</v>
+      </c>
+      <c r="K484">
+        <v>107.546</v>
+      </c>
+      <c r="L484" t="s">
+        <v>27</v>
+      </c>
+      <c r="M484">
+        <v>1</v>
+      </c>
+      <c r="N484" t="s">
+        <v>111</v>
+      </c>
+      <c r="O484">
+        <v>6</v>
+      </c>
+      <c r="P484">
+        <v>16164</v>
+      </c>
+      <c r="Q484" t="s">
+        <v>29</v>
+      </c>
+      <c r="R484" t="s">
+        <v>40</v>
+      </c>
+      <c r="S484" t="s">
+        <v>92</v>
+      </c>
+      <c r="T484" t="s">
+        <v>31</v>
+      </c>
+      <c r="U484" t="s">
+        <v>33</v>
+      </c>
+      <c r="V484">
+        <v>11</v>
+      </c>
+      <c r="W484">
+        <v>0</v>
+      </c>
+      <c r="X484">
+        <v>0</v>
+      </c>
+      <c r="Y484">
+        <v>10.078</v>
+      </c>
+    </row>
+    <row r="485" spans="1:25">
+      <c r="A485" t="s">
+        <v>25</v>
+      </c>
+      <c r="B485">
+        <v>2026</v>
+      </c>
+      <c r="C485">
+        <v>3554</v>
+      </c>
+      <c r="D485" t="s">
+        <v>109</v>
+      </c>
+      <c r="E485" t="s">
+        <v>70</v>
+      </c>
+      <c r="F485">
+        <v>331</v>
+      </c>
+      <c r="G485">
+        <v>3.2676</v>
+      </c>
+      <c r="H485">
+        <v>1070</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
+      </c>
+      <c r="J485">
+        <v>0</v>
+      </c>
+      <c r="K485">
+        <v>107.546</v>
+      </c>
+      <c r="L485" t="s">
+        <v>27</v>
+      </c>
+      <c r="M485">
+        <v>1</v>
+      </c>
+      <c r="N485" t="s">
+        <v>111</v>
+      </c>
+      <c r="O485">
+        <v>6</v>
+      </c>
+      <c r="P485">
+        <v>16164</v>
+      </c>
+      <c r="Q485" t="s">
+        <v>29</v>
+      </c>
+      <c r="R485" t="s">
+        <v>40</v>
+      </c>
+      <c r="S485" t="s">
+        <v>92</v>
+      </c>
+      <c r="T485" t="s">
+        <v>31</v>
+      </c>
+      <c r="U485" t="s">
+        <v>34</v>
+      </c>
+      <c r="V485">
+        <v>4</v>
+      </c>
+      <c r="W485">
+        <v>0</v>
+      </c>
+      <c r="X485">
+        <v>0</v>
+      </c>
+      <c r="Y485">
+        <v>6.272</v>
+      </c>
+    </row>
+    <row r="486" spans="1:25">
+      <c r="A486" t="s">
+        <v>25</v>
+      </c>
+      <c r="B486">
+        <v>2026</v>
+      </c>
+      <c r="C486">
+        <v>3554</v>
+      </c>
+      <c r="D486" t="s">
+        <v>109</v>
+      </c>
+      <c r="E486" t="s">
+        <v>70</v>
+      </c>
+      <c r="F486">
+        <v>331</v>
+      </c>
+      <c r="G486">
+        <v>3.2676</v>
+      </c>
+      <c r="H486">
+        <v>1070</v>
+      </c>
+      <c r="I486">
+        <v>0</v>
+      </c>
+      <c r="J486">
+        <v>0</v>
+      </c>
+      <c r="K486">
+        <v>107.546</v>
+      </c>
+      <c r="L486" t="s">
+        <v>27</v>
+      </c>
+      <c r="M486">
+        <v>1</v>
+      </c>
+      <c r="N486" t="s">
+        <v>111</v>
+      </c>
+      <c r="O486">
+        <v>6</v>
+      </c>
+      <c r="P486">
+        <v>16164</v>
+      </c>
+      <c r="Q486" t="s">
+        <v>29</v>
+      </c>
+      <c r="R486" t="s">
+        <v>40</v>
+      </c>
+      <c r="S486" t="s">
+        <v>92</v>
+      </c>
+      <c r="T486" t="s">
+        <v>31</v>
+      </c>
+      <c r="U486" t="s">
+        <v>35</v>
+      </c>
+      <c r="V486">
+        <v>1</v>
+      </c>
+      <c r="W486">
+        <v>0</v>
+      </c>
+      <c r="X486">
+        <v>0</v>
+      </c>
+      <c r="Y486">
+        <v>2.814</v>
+      </c>
+    </row>
+    <row r="487" spans="1:25">
+      <c r="A487" t="s">
+        <v>25</v>
+      </c>
+      <c r="B487">
+        <v>2026</v>
+      </c>
+      <c r="C487">
+        <v>3554</v>
+      </c>
+      <c r="D487" t="s">
+        <v>109</v>
+      </c>
+      <c r="E487" t="s">
+        <v>70</v>
+      </c>
+      <c r="F487">
+        <v>331</v>
+      </c>
+      <c r="G487">
+        <v>3.2676</v>
+      </c>
+      <c r="H487">
+        <v>1070</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
+      </c>
+      <c r="J487">
+        <v>0</v>
+      </c>
+      <c r="K487">
+        <v>107.546</v>
+      </c>
+      <c r="L487" t="s">
+        <v>27</v>
+      </c>
+      <c r="M487">
+        <v>1</v>
+      </c>
+      <c r="N487" t="s">
+        <v>111</v>
+      </c>
+      <c r="O487">
+        <v>6</v>
+      </c>
+      <c r="P487">
+        <v>16164</v>
+      </c>
+      <c r="Q487" t="s">
+        <v>29</v>
+      </c>
+      <c r="R487" t="s">
+        <v>40</v>
+      </c>
+      <c r="S487" t="s">
+        <v>41</v>
+      </c>
+      <c r="T487" t="s">
+        <v>31</v>
+      </c>
+      <c r="U487" t="s">
+        <v>33</v>
+      </c>
+      <c r="V487">
+        <v>1</v>
+      </c>
+      <c r="W487">
+        <v>0</v>
+      </c>
+      <c r="X487">
+        <v>0</v>
+      </c>
+      <c r="Y487">
+        <v>0.984</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">